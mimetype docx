--- v0 (2025-12-16)
+++ v1 (2026-03-05)
@@ -1,156 +1,155 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a4"/>
         <w:tblW w:w="10881" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4189"/>
         <w:gridCol w:w="6692"/>
       </w:tblGrid>
       <w:tr w:rsidR="00016994" w:rsidRPr="00364F01" w:rsidTr="00682D11">
         <w:trPr>
           <w:trHeight w:val="2069"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4189" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00016994" w:rsidRPr="00364F01" w:rsidRDefault="00016994" w:rsidP="00016994">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2457450" cy="1387283"/>
                   <wp:effectExtent l="0" t="0" r="0" b="3810"/>
                   <wp:docPr id="1" name="Рисунок 1" descr="https://kaz.tengrinews.kz/userdata/news_kk/2017/news_282949/photo_40444.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 2" descr="https://kaz.tengrinews.kz/userdata/news_kk/2017/news_282949/photo_40444.jpg"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7" cstate="print">
+                          <a:blip r:embed="rId6" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2472739" cy="1395914"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6692" w:type="dxa"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="6163" w:type="dxa"/>
-              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+              <w:tblLook w:val="04A0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="6163"/>
             </w:tblGrid>
             <w:tr w:rsidR="00016994" w:rsidRPr="00364F01" w:rsidTr="00682D11">
               <w:trPr>
                 <w:trHeight w:val="1290"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6163" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w:rsidR="002B3074" w:rsidRPr="00364F01" w:rsidRDefault="002B3074" w:rsidP="00682D11">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="1380"/>
                       <w:tab w:val="left" w:pos="1664"/>
                     </w:tabs>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:sz w:val="24"/>
@@ -255,449 +254,247 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00016994" w:rsidRPr="00364F01" w:rsidRDefault="00016994" w:rsidP="00016994">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00016994" w:rsidRPr="00364F01" w:rsidRDefault="00016994" w:rsidP="00016994">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B34E40" w:rsidRDefault="00B34E40" w:rsidP="00016994">
+    <w:p w:rsidR="00016994" w:rsidRPr="00364F01" w:rsidRDefault="00C031F0" w:rsidP="00016994">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00364F01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>«</w:t>
+        <w:t xml:space="preserve">План мероприятий по </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidR="00016994" w:rsidRPr="00364F01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Рухани</w:t>
+        <w:t xml:space="preserve">реализации национальной программы </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00364F01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t> «</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidR="00016994" w:rsidRPr="00364F01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ж</w:t>
+        <w:t>Р</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B34E40">
+      <w:r w:rsidRPr="00364F01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>а</w:t>
+        <w:t>ухани жаңғыру»</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...197 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00B34E40" w:rsidRPr="00B34E40" w:rsidRDefault="00B34E40" w:rsidP="00016994">
+    <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00C031F0" w:rsidP="00016994">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00364F01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>№17 ЖОББСОБМ</w:t>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidR="00016994" w:rsidRPr="00364F01">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>СОПШДО №17</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C031F0" w:rsidRPr="00B34E40" w:rsidRDefault="00C031F0" w:rsidP="00016994">
+    <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00C031F0" w:rsidP="00016994">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00364F01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>201</w:t>
       </w:r>
       <w:r w:rsidR="002B3074" w:rsidRPr="00364F01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="00364F01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>-20</w:t>
       </w:r>
       <w:r w:rsidR="002B3074" w:rsidRPr="00364F01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidRPr="00364F01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-        <w:t>оқу жылы</w:t>
+        <w:t xml:space="preserve"> учебный год</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="0046739F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00364F01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ҚЫРКҮЙЕК</w:t>
+        <w:t>ҚЫРКҮЙЕК/ СЕНТЯБРЬ</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10785" w:type="dxa"/>
         <w:tblInd w:w="-268" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="407"/>
         <w:gridCol w:w="4547"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="2854"/>
       </w:tblGrid>
       <w:tr w:rsidR="0046739F" w:rsidRPr="00364F01" w:rsidTr="00372395">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00C031F0" w:rsidP="0046739F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
@@ -731,295 +528,345 @@
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0046739F" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="0046739F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Іс-шаралар</w:t>
+              <w:t>Іс-шаралар/</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00C031F0" w:rsidP="0046739F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мероприятия</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="0046739F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Өтетін</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00B34E40">
+              <w:t>Өтетін күн/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0046739F" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="0046739F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> күн</w:t>
-[...1 lines deleted...]
-          </w:p>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
           <w:p w:rsidR="0046739F" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="0046739F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сынып/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="0046739F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Класс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2854" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0046739F" w:rsidRPr="00364F01" w:rsidRDefault="00B34E40" w:rsidP="0046739F">
+          <w:p w:rsidR="0046739F" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="0046739F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Сынып</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00C031F0" w:rsidP="0046739F">
+              <w:t>Жауапты/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0032723E" w:rsidRPr="00364F01" w:rsidRDefault="00C031F0" w:rsidP="0046739F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...16 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...24 lines deleted...]
-            </w:pPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ответственный</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0046739F" w:rsidRPr="00364F01" w:rsidTr="00372395">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="0032723E" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="003730AA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="0032723E" w:rsidRPr="00B34E40" w:rsidRDefault="00B34E40" w:rsidP="00B34E40">
+          <w:p w:rsidR="002B3074" w:rsidRPr="00364F01" w:rsidRDefault="0032723E" w:rsidP="002B3074">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="002B3074" w:rsidRPr="00B34E40">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Единый урок </w:t>
+            </w:r>
+            <w:r w:rsidR="002B3074" w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>гражданственности и патриотизма</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0032723E" w:rsidRPr="00364F01" w:rsidRDefault="002B3074" w:rsidP="002B3074">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>«Саналы ұрпақ – жарқын болашақ».</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="0032723E" w:rsidRPr="00364F01" w:rsidRDefault="008C4E24" w:rsidP="002B3074">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
@@ -1076,900 +923,842 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2854" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00E82D7F" w:rsidRDefault="00E82D7F" w:rsidP="00E82D7F">
-[...486 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="0032723E" w:rsidRPr="00364F01" w:rsidRDefault="008C4E24" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЗДВР</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C4E24" w:rsidRPr="00364F01" w:rsidRDefault="008C4E24" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кл.руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0046739F" w:rsidRPr="00364F01" w:rsidTr="00372395">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="0032723E" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="003730AA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4547" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="0032723E" w:rsidRPr="00364F01" w:rsidRDefault="0032723E" w:rsidP="008C4E24">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Работа над планом организаци</w:t>
+            </w:r>
+            <w:r w:rsidR="008C4E24" w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и «Жас ұлан». </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Областной п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>роект «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Менің туым</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="0032723E" w:rsidRPr="00364F01" w:rsidRDefault="008C4E24" w:rsidP="00372395">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>01.09</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C4E24" w:rsidRPr="00364F01" w:rsidRDefault="008C4E24" w:rsidP="00372395">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="0032723E" w:rsidRPr="00364F01" w:rsidRDefault="008C4E24" w:rsidP="00372395">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2854" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="0032723E" w:rsidRPr="00364F01" w:rsidRDefault="008C4E24" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Администрация школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0046739F" w:rsidRPr="00364F01" w:rsidTr="00372395">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="407" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C4E24" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="003730AA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4547" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C4E24" w:rsidRPr="00364F01" w:rsidRDefault="008C4E24" w:rsidP="008C4E24">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Областной проект «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Family</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>day</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C4E24" w:rsidRPr="00364F01" w:rsidRDefault="008C4E24" w:rsidP="00372395">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>29.09</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C4E24" w:rsidRPr="00364F01" w:rsidRDefault="008C4E24" w:rsidP="00372395">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1-3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2854" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C4E24" w:rsidRPr="00364F01" w:rsidRDefault="008C4E24" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кл.руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0046739F" w:rsidRPr="00364F01" w:rsidTr="00372395">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="407" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="0032723E" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="003730AA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="0032723E" w:rsidRPr="00364F01" w:rsidRDefault="0032723E" w:rsidP="00320828">
+          <w:p w:rsidR="0032723E" w:rsidRPr="00364F01" w:rsidRDefault="0032723E" w:rsidP="00016994">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> «Адал </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00E82D7F">
+              <w:t xml:space="preserve">Областной проект «Адал </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>friends</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>friends</w:t>
-[...7 lines deleted...]
-              </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidR="00B34E40">
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="0032723E" w:rsidRPr="00364F01" w:rsidRDefault="008C4E24" w:rsidP="00372395">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="0032723E" w:rsidRPr="00364F01" w:rsidRDefault="008C4E24" w:rsidP="00372395">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2854" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="0032723E" w:rsidRPr="00364F01" w:rsidRDefault="008C4E24" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ст.вожатая</w:t>
+            </w:r>
+            <w:r w:rsidR="002B3074" w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00320828">
-[...114 lines deleted...]
-            </w:r>
           </w:p>
           <w:p w:rsidR="002B3074" w:rsidRPr="00364F01" w:rsidRDefault="002B3074" w:rsidP="00016994">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> М.А</w:t>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кабышева М.А</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00682D11" w:rsidRPr="00364F01" w:rsidTr="00372395">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00682D11" w:rsidRPr="00364F01" w:rsidRDefault="00682D11" w:rsidP="003730AA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00682D11" w:rsidRPr="00364F01" w:rsidRDefault="00682D11" w:rsidP="00B34E40">
+          <w:p w:rsidR="00682D11" w:rsidRPr="00364F01" w:rsidRDefault="00682D11" w:rsidP="00682D11">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">» </w:t>
+              <w:t xml:space="preserve">«В мире Абая» </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00682D11" w:rsidRPr="00364F01" w:rsidRDefault="00E46C06" w:rsidP="00372395">
-[...20 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00682D11" w:rsidRPr="00364F01" w:rsidRDefault="00682D11" w:rsidP="00372395">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00682D11" w:rsidRPr="00364F01" w:rsidRDefault="00682D11" w:rsidP="00372395">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
@@ -2039,962 +1828,797 @@
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="0032723E" w:rsidRPr="00364F01" w:rsidRDefault="008C4E24" w:rsidP="0032723E">
+          <w:p w:rsidR="0032723E" w:rsidRPr="00364F01" w:rsidRDefault="0032723E" w:rsidP="0032723E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3840"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B34E40">
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Областной проект </w:t>
+            </w:r>
+            <w:r w:rsidR="008C4E24" w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0032723E" w:rsidRPr="00364F01">
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidR="0032723E" w:rsidRPr="00B34E40">
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="0032723E" w:rsidRPr="00364F01">
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Bala</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>BUSINESS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidR="00B34E40">
-[...18 lines deleted...]
-          <w:p w:rsidR="0032723E" w:rsidRPr="00B34E40" w:rsidRDefault="0032723E" w:rsidP="0032723E">
+          </w:p>
+          <w:p w:rsidR="0032723E" w:rsidRPr="00364F01" w:rsidRDefault="0032723E" w:rsidP="0032723E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3840"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B34E40">
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00320828">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Областной проект «Эко </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00B34E40" w:rsidRPr="00B34E40">
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>boom</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="0032723E" w:rsidRPr="00364F01" w:rsidRDefault="00B34E40" w:rsidP="0032723E">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0032723E" w:rsidRPr="00364F01" w:rsidRDefault="0032723E" w:rsidP="0032723E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3840"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00B34E40">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>акция «Сад первоклассника»</w:t>
+            </w:r>
+            <w:r w:rsidR="008C4E24" w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...26 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0032723E" w:rsidRPr="00364F01" w:rsidRDefault="0032723E" w:rsidP="0032723E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3840"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00B34E40" w:rsidRPr="00B34E40">
+              <w:t>акция «Твори добро»</w:t>
+            </w:r>
+            <w:r w:rsidR="008C4E24" w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Жақсылық жаса</w:t>
-[...35 lines deleted...]
-              <w:t>сы.</w:t>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="0032723E" w:rsidRPr="00364F01" w:rsidRDefault="00E46C06" w:rsidP="00372395">
-[...17 lines deleted...]
-              <w:t>қыркүйек</w:t>
+          <w:p w:rsidR="0032723E" w:rsidRPr="00364F01" w:rsidRDefault="008C4E24" w:rsidP="00372395">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="0032723E" w:rsidRPr="00364F01" w:rsidRDefault="008C4E24" w:rsidP="00372395">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1-7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2854" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="0032723E" w:rsidRPr="00E46C06" w:rsidRDefault="00E46C06" w:rsidP="00016994">
-[...36 lines deleted...]
-              <w:t>Аға тәлімгер</w:t>
+          <w:p w:rsidR="0032723E" w:rsidRPr="00364F01" w:rsidRDefault="008C4E24" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кл.руководители</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C4E24" w:rsidRPr="00364F01" w:rsidRDefault="008C4E24" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ст.вожатая</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0046739F" w:rsidRPr="00364F01" w:rsidTr="00372395">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="0032723E" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="003730AA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="0032723E" w:rsidRPr="00364F01" w:rsidRDefault="0032723E" w:rsidP="00320828">
+          <w:p w:rsidR="0032723E" w:rsidRPr="00364F01" w:rsidRDefault="0032723E" w:rsidP="0032723E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3840"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> «Шаңырақ»</w:t>
-[...35 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Областной проект «Шаңырақ»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="0032723E" w:rsidRPr="00364F01" w:rsidRDefault="00E46C06" w:rsidP="00372395">
-[...20 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="0032723E" w:rsidRPr="00364F01" w:rsidRDefault="008C4E24" w:rsidP="00372395">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="0032723E" w:rsidRPr="00364F01" w:rsidRDefault="008C4E24" w:rsidP="00372395">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2854" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="0032723E" w:rsidRPr="00E46C06" w:rsidRDefault="00E46C06" w:rsidP="00016994">
-[...56 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="0032723E" w:rsidRPr="00364F01" w:rsidRDefault="008C4E24" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЗДВР</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C4E24" w:rsidRPr="00364F01" w:rsidRDefault="008C4E24" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя технологии</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C4E24" w:rsidRPr="00364F01" w:rsidRDefault="008C4E24" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кл.руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0046739F" w:rsidRPr="00364F01" w:rsidTr="00372395">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="0032723E" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="003730AA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="0032723E" w:rsidRPr="00B34E40" w:rsidRDefault="00B34E40" w:rsidP="00016994">
-[...16 lines deleted...]
-              <w:t>Тілдер айлығы.</w:t>
+          <w:p w:rsidR="0032723E" w:rsidRPr="00364F01" w:rsidRDefault="00372395" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Месячник языков</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="0032723E" w:rsidRPr="00364F01" w:rsidRDefault="00E46C06" w:rsidP="00372395">
-[...20 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="0032723E" w:rsidRPr="00364F01" w:rsidRDefault="008C4E24" w:rsidP="00372395">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="0032723E" w:rsidRPr="00364F01" w:rsidRDefault="008C4E24" w:rsidP="00372395">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2854" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="0032723E" w:rsidRPr="00E46C06" w:rsidRDefault="00E46C06" w:rsidP="00016994">
-[...16 lines deleted...]
-              <w:t>Қазақ,орыс және ағылшын тілдерінің мұғалімдері</w:t>
+          <w:p w:rsidR="0032723E" w:rsidRPr="00364F01" w:rsidRDefault="008C4E24" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МО казахского, русского и английского языков</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0046739F" w:rsidRPr="00364F01" w:rsidTr="00372395">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="0032723E" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="003730AA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="0032723E" w:rsidRPr="00B34E40" w:rsidRDefault="00B34E40" w:rsidP="00016994">
-[...96 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="0032723E" w:rsidRPr="00364F01" w:rsidRDefault="00372395" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Фестиваль здоровья. Мастер-класс по то</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ғыз құмалақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="0032723E" w:rsidRPr="00364F01" w:rsidRDefault="008C4E24" w:rsidP="00372395">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
@@ -3041,275 +2665,135 @@
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2854" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="0032723E" w:rsidRPr="00364F01" w:rsidRDefault="008C4E24" w:rsidP="00016994">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> С.К.</w:t>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Темирбаев С.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0046739F" w:rsidRPr="00364F01" w:rsidTr="00372395">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="003730AA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00B34E40" w:rsidP="00B34E40">
-[...154 lines deleted...]
-              <w:t xml:space="preserve">. </w:t>
+          <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="005A2B63" w:rsidP="00682D11">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>День театра. Выход в казахский драматически теат</w:t>
+            </w:r>
+            <w:r w:rsidR="00372395" w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">р им. Ж.Аймаутова </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00372395" w:rsidP="00372395">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
@@ -3346,254 +2830,152 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2854" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00E46C06" w:rsidP="00016994">
-[...138 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="005A2B63" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЗДВР</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005A2B63" w:rsidRPr="00364F01" w:rsidRDefault="005A2B63" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00C031F0" w:rsidP="00016994">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00364F01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="00016994">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00364F01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ҚАЗАН</w:t>
+        <w:t>ҚАЗАН/ ОКТЯБРЬ</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10774" w:type="dxa"/>
         <w:tblInd w:w="-276" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="4535"/>
         <w:gridCol w:w="1967"/>
         <w:gridCol w:w="1721"/>
         <w:gridCol w:w="2126"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidTr="00016994">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00C031F0" w:rsidP="0046739F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
@@ -3607,362 +2989,346 @@
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0046739F" w:rsidRPr="00364F01" w:rsidRDefault="00B34E40" w:rsidP="0046739F">
+          <w:p w:rsidR="0046739F" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="0046739F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Іс-шаралар</w:t>
+              <w:t>Іс-шаралар/</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00C031F0" w:rsidP="0046739F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мероприятия</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="0046739F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Өтетін</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00B34E40">
+              <w:t>Өтетін күн/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0046739F" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="0046739F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> күн</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1721" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="0046739F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сынып/</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0046739F" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="0046739F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="1721" w:type="dxa"/>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Класс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00B34E40" w:rsidP="0046739F">
+          <w:p w:rsidR="0046739F" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="0046739F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Сынып</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="0046739F" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="0046739F">
+              <w:t>Жауапты/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00C031F0" w:rsidP="0046739F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...19 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...24 lines deleted...]
-            </w:pPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ответственный</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidTr="00016994">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="003730AA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidRDefault="00B34E40" w:rsidP="00B34E40">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidRDefault="00372395" w:rsidP="0046739F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Мектеп </w:t>
-[...53 lines deleted...]
-              <w:t>.</w:t>
+              <w:t xml:space="preserve">Выборы Ұланбасы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">школы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="0046739F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
@@ -3999,1876 +3365,1480 @@
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidRDefault="00E46C06" w:rsidP="00016994">
-[...16 lines deleted...]
-              <w:t>Аға тәлімгер</w:t>
+          <w:p w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ст.вожатая</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidTr="00016994">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="003730AA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB3980" w:rsidRDefault="00DB3980" w:rsidP="0046739F">
+          <w:p w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidRDefault="00372395" w:rsidP="00372395">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3840"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DB3980">
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...153 lines deleted...]
-          <w:p w:rsidR="00DB3980" w:rsidRPr="00DB3980" w:rsidRDefault="00372395" w:rsidP="00DB3980">
+              <w:t xml:space="preserve">Областной конкурс стартап-проектов «Моя инициатива – моей Родине» </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidRDefault="00372395" w:rsidP="0046739F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3840"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00364F01">
+              <w:t>Областной фестиваль «Менің шежірем»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1967" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="0046739F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1721" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="0046739F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Талипова Э.Е.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidTr="00016994">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="003730AA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidRDefault="00372395" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Областной проект «Адал </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>friends</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1967" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="0046739F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1721" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="0046739F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ст. </w:t>
+            </w:r>
+            <w:r w:rsidR="00D90773" w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ожатая</w:t>
+            </w:r>
+            <w:r w:rsidR="00D90773" w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Зарлыкова А.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D90773" w:rsidRPr="00364F01" w:rsidRDefault="00D90773" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кабышева М.А.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidTr="00016994">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="003730AA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidRDefault="00372395" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Ghallenge Другой ты!» месячник езды на велосипедах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1967" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="0046739F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1721" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="0046739F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя ФВ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidTr="00016994">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="003730AA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4535" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidRDefault="00372395" w:rsidP="00372395">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+            </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Менің</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00364F01">
+              <w:t xml:space="preserve">Областной проект </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidRDefault="00372395" w:rsidP="00372395">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>шежірем</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:lastRenderedPageBreak/>
+              <w:t>«Эко boom»</w:t>
+            </w:r>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>: Акция «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Утилизация использованных батареек и изделий из ПВХ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidR="00DB3980">
-[...3 lines deleted...]
-          <w:p w:rsidR="00372395" w:rsidRPr="00DB3980" w:rsidRDefault="00DB3980" w:rsidP="00DB3980">
+            <w:r w:rsidR="0046739F" w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Акция «Твори добро»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidRDefault="00372395" w:rsidP="0046739F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3840"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Областной проект </w:t>
+            </w:r>
+            <w:r w:rsidR="0046739F" w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Bala</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">і </w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>BUSINESS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidRDefault="00E46C06" w:rsidP="0046739F">
-[...17 lines deleted...]
-              <w:t>қазан</w:t>
+          <w:p w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="0046739F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>октябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="0046739F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>5-11</w:t>
+              <w:t>1-9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="00016994">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Талипова Э.Е.</w:t>
+              <w:t>Кл.руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidTr="00016994">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="003730AA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidRDefault="00372395" w:rsidP="001E4C83">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00364F01">
+          <w:p w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidRDefault="00372395" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> «Адал </w:t>
-[...9 lines deleted...]
-            </w:r>
+            </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>»</w:t>
-[...26 lines deleted...]
-              <w:t>тық жобасы.</w:t>
+              <w:t>Областной проект «Шаңырақ»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidRDefault="00E46C06" w:rsidP="0046739F">
-[...17 lines deleted...]
-              <w:t>қазан</w:t>
+          <w:p w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="0046739F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="0046739F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidRDefault="00E46C06" w:rsidP="00016994">
-[...46 lines deleted...]
-              <w:t>Кабышева М.А.</w:t>
+          <w:p w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя технологии</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0046739F" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кл.руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidTr="00016994">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="003730AA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>4</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidRDefault="00372395" w:rsidP="00320828">
+          <w:p w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidRDefault="00E64F68" w:rsidP="00016994">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...37 lines deleted...]
-              <w:t>.</w:t>
+              </w:rPr>
+              <w:t>1 октября творческая встреча «Содружество возрастов»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidRDefault="00E46C06" w:rsidP="0046739F">
-[...17 lines deleted...]
-              <w:t>қазан</w:t>
+          <w:p w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="0046739F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>01.10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
+          <w:p w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidRDefault="00372395" w:rsidP="0046739F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
           <w:p w:rsidR="00372395" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="0046739F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:jc w:val="center"/>
-[...746 lines deleted...]
-              <w:t>Музыка басшылары</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Музыкальные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidTr="006A4401">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="003730AA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00C031F0" w:rsidRPr="007D362C" w:rsidRDefault="00E64F68" w:rsidP="007D362C">
-[...43 lines deleted...]
-              <w:t>Еріктілердің қарттарға шығуы.</w:t>
+          <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00E64F68" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тимуровский десант. </w:t>
+            </w:r>
+            <w:r w:rsidR="006A4401" w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Выход волонтеров к пожилым людям.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00E46C06" w:rsidP="0046739F">
-[...51 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="006A4401" w:rsidP="0046739F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в течение месяца</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="006A4401" w:rsidP="0046739F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5-8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C031F0" w:rsidRPr="00E46C06" w:rsidRDefault="00E46C06" w:rsidP="00016994">
-[...16 lines deleted...]
-              <w:t>Аға тәлімгер</w:t>
+          <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="006A4401" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ст.вожатая</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008C4E24" w:rsidRPr="00364F01" w:rsidTr="006A4401">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008C4E24" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="003730AA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
@@ -5892,146 +4862,92 @@
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008C4E24" w:rsidRPr="00364F01" w:rsidRDefault="008C4E24" w:rsidP="008C4E24">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>«Ертегі терапиясы»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C4E24" w:rsidRPr="00364F01" w:rsidRDefault="008C4E24" w:rsidP="0046739F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сказкотеропия, </w:t>
+            </w:r>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>театрализация сказок</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
-            </w:r>
-[...73 lines deleted...]
-              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008C4E24" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="0046739F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
@@ -6135,68 +5051,76 @@
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008C4E24" w:rsidRPr="007D362C" w:rsidRDefault="007D362C" w:rsidP="00016994">
-[...16 lines deleted...]
-              <w:t>Рухани келісім күні «Құстың күші қанатында, ердің күші достықта».</w:t>
+          <w:p w:rsidR="008C4E24" w:rsidRPr="00364F01" w:rsidRDefault="008C4E24" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>День духовного согласия</w:t>
+            </w:r>
+            <w:r w:rsidR="00D90773" w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  "Сила птицы - в крыльях, сила человека - в дружбе".</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008C4E24" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="0046739F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
@@ -6233,68 +5157,68 @@
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008C4E24" w:rsidRPr="00364F01" w:rsidRDefault="00E46C06" w:rsidP="00016994">
-[...16 lines deleted...]
-              <w:t>Музыка басшылары</w:t>
+          <w:p w:rsidR="008C4E24" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Музыкальные руководители</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D90773" w:rsidRPr="00364F01" w:rsidRDefault="00D90773" w:rsidP="00016994">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007D295B" w:rsidRPr="00364F01" w:rsidTr="006A4401">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -6311,86 +5235,68 @@
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007D295B" w:rsidRPr="00364F01" w:rsidRDefault="007D295B" w:rsidP="007D362C">
-[...34 lines deleted...]
-              <w:t>».</w:t>
+          <w:p w:rsidR="007D295B" w:rsidRPr="00364F01" w:rsidRDefault="007D295B" w:rsidP="007D295B">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«В мире Абая».</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="007D295B" w:rsidRPr="00364F01" w:rsidRDefault="007D295B" w:rsidP="0046739F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
@@ -6427,77 +5333,68 @@
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2-9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007D295B" w:rsidRPr="00364F01" w:rsidRDefault="00E46C06" w:rsidP="00016994">
-[...25 lines deleted...]
-              <w:t>,</w:t>
+          <w:p w:rsidR="007D295B" w:rsidRPr="00364F01" w:rsidRDefault="007D295B" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Музыкальные руководители,</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="007D295B" w:rsidRPr="00364F01" w:rsidRDefault="007D295B" w:rsidP="00016994">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Талипова Э. Е.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -6518,69 +5415,69 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="00016994">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00364F01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ҚАРАША</w:t>
+        <w:t>ҚАРАША/ НОЯБРЬ</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10774" w:type="dxa"/>
         <w:tblInd w:w="-276" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="426"/>
         <w:gridCol w:w="4527"/>
         <w:gridCol w:w="1970"/>
         <w:gridCol w:w="1724"/>
         <w:gridCol w:w="2127"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidTr="00E4512C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00C031F0" w:rsidP="0046739F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
@@ -6594,336 +5491,346 @@
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4527" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0046739F" w:rsidRPr="00364F01" w:rsidRDefault="007D362C" w:rsidP="0046739F">
+          <w:p w:rsidR="0046739F" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="0046739F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Іс-шаралар</w:t>
+              <w:t>Іс-шаралар/</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00C031F0" w:rsidP="0046739F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мероприятия</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="0046739F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Өтетін</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="007D362C">
+              <w:t>Өтетін күн/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0046739F" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="0046739F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> күн</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="0046739F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сынып/</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0046739F" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="0046739F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="1724" w:type="dxa"/>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Класс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="007D362C" w:rsidP="0046739F">
+          <w:p w:rsidR="0046739F" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="0046739F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Сынып</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="0046739F" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="0046739F">
+              <w:t>Жауапты/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00C031F0" w:rsidP="0046739F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...16 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-[...22 lines deleted...]
-            </w:pPr>
+              <w:t>Ответственный</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008C4E24" w:rsidRPr="00364F01" w:rsidTr="00E4512C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008C4E24" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="003730AA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4527" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008C4E24" w:rsidRPr="007D362C" w:rsidRDefault="007D362C" w:rsidP="00016994">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="008C4E24" w:rsidRPr="00364F01" w:rsidRDefault="008C4E24" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«Тоғызқұмалақ-fest» т</w:t>
-[...11 lines deleted...]
-            <w:r w:rsidR="008C4E24" w:rsidRPr="00364F01">
+              <w:t>«Тоғызқұмалақ-fest» Турни</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ры</w:t>
-            </w:r>
-[...8 lines deleted...]
-              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008C4E24" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="0046739F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
@@ -7027,77 +5934,68 @@
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4527" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00E64F68" w:rsidRPr="00364F01" w:rsidRDefault="007D362C" w:rsidP="00016994">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="007D362C">
+          <w:p w:rsidR="00E64F68" w:rsidRPr="00364F01" w:rsidRDefault="008D70A6" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«100 жаңа тұлға» жобасы аясында танымал спортшылармен кездесу</w:t>
-[...8 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Встреча с известными спортсменами в рамках проекта «100 новых лиц»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00E64F68" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="000D4F50">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
@@ -7143,208 +6041,228 @@
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00E64F68" w:rsidRPr="00364F01" w:rsidRDefault="00E46C06" w:rsidP="00016994">
-[...16 lines deleted...]
-              <w:t>Дене шынықтыру мұғалімдері</w:t>
+          <w:p w:rsidR="00E64F68" w:rsidRPr="00364F01" w:rsidRDefault="0046739F" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя ФВ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E64F68" w:rsidRPr="00364F01" w:rsidTr="00E4512C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00E64F68" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="003730AA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4527" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00E64F68" w:rsidRPr="007D362C" w:rsidRDefault="00E64F68" w:rsidP="001E4C83">
+          <w:p w:rsidR="00E64F68" w:rsidRPr="00364F01" w:rsidRDefault="00E64F68" w:rsidP="00E64F68">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">«Бақытты отбасы» </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="007D362C">
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>сайыстық бағдарлама</w:t>
+              <w:t>«Бақытты отбасы» конкурсная</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E64F68" w:rsidRPr="00364F01" w:rsidRDefault="00E64F68" w:rsidP="000D4F50">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="000D4F50" w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>рограмма</w:t>
+            </w:r>
+            <w:r w:rsidR="000D4F50" w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Областной проект «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Family</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="007D362C">
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>day</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Family day</w:t>
-[...7 lines deleted...]
-              </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidR="007D362C">
-[...25 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00E64F68" w:rsidRPr="00364F01" w:rsidRDefault="000D4F50" w:rsidP="007D295B">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
@@ -7398,369 +6316,302 @@
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00E46C06" w:rsidRPr="00E46C06" w:rsidRDefault="00E46C06" w:rsidP="00E46C06">
-[...36 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00E64F68" w:rsidRPr="00364F01" w:rsidRDefault="000D4F50" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЗДВР</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000D4F50" w:rsidRPr="00364F01" w:rsidRDefault="000D4F50" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кл.руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E64F68" w:rsidRPr="00364F01" w:rsidTr="00E4512C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00E64F68" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="003730AA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4527" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007D362C" w:rsidRPr="007D362C" w:rsidRDefault="007D362C" w:rsidP="007D362C">
+          <w:p w:rsidR="007D295B" w:rsidRPr="00364F01" w:rsidRDefault="007D295B" w:rsidP="007D295B">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...2 lines deleted...]
-              <w:pStyle w:val="a3"/>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="007D362C">
+              <w:t>Месячник «Милосердие» (по отдельному плану)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E64F68" w:rsidRPr="00364F01" w:rsidRDefault="007D295B" w:rsidP="007D295B">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«Мейірімділік» айлығы (жеке жоспар бойынша)</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="001E4C83" w:rsidRPr="001E4C83" w:rsidRDefault="001E4C83" w:rsidP="001E4C83">
+              <w:t xml:space="preserve">Волонтерское движение («Адал friends», социальная работа, помощь пожилым людям). </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E64F68" w:rsidRPr="00364F01" w:rsidRDefault="000D4F50" w:rsidP="0046739F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E64F68" w:rsidRPr="00364F01" w:rsidRDefault="000D4F50" w:rsidP="0046739F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="007D295B" w:rsidRPr="00364F01" w:rsidRDefault="000D4F50" w:rsidP="00016994">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ст.вожатая</w:t>
+            </w:r>
+            <w:r w:rsidR="007D295B" w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Еріктілер қозғалысы</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="007D295B" w:rsidRPr="00364F01">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007D295B" w:rsidRPr="00364F01" w:rsidRDefault="007D295B" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> («Адал friends», </w:t>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="001E4C83">
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>әлеуметтік жұмыс</w:t>
-[...153 lines deleted...]
-              <w:t>.,</w:t>
+              <w:t>Зарлыкова А.С.,</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00E64F68" w:rsidRPr="00364F01" w:rsidRDefault="007D295B" w:rsidP="00016994">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Кабышева М.А.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E64F68" w:rsidRPr="00364F01" w:rsidTr="00E4512C">
@@ -7786,292 +6637,238 @@
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4527" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="001E4C83" w:rsidP="008D70A6">
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="008D70A6" w:rsidP="008D70A6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3840"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Облыстық жоба</w:t>
+              <w:t xml:space="preserve">Областной проект </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="008D70A6" w:rsidP="008D70A6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3840"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>«Эко boom»:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001E4C83" w:rsidRDefault="001E4C83" w:rsidP="000D4F50">
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="008D70A6" w:rsidP="008D70A6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3840"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001E4C83">
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>«Болашақ үшін энергия мен су» акциясы</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00E64F68" w:rsidRPr="00364F01" w:rsidRDefault="008D70A6" w:rsidP="001E4C83">
+              <w:t>Акция «Энергия и вода для будущего»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E64F68" w:rsidRPr="00364F01" w:rsidRDefault="008D70A6" w:rsidP="000D4F50">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3840"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...53 lines deleted...]
-              <w:t>сы</w:t>
+              <w:t>Акция «Твори добро»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00E64F68" w:rsidRPr="00364F01" w:rsidRDefault="00E46C06" w:rsidP="0046739F">
-[...17 lines deleted...]
-              <w:t>қараша</w:t>
+          <w:p w:rsidR="00E64F68" w:rsidRPr="00364F01" w:rsidRDefault="000D4F50" w:rsidP="0046739F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00E64F68" w:rsidRPr="00364F01" w:rsidRDefault="000D4F50" w:rsidP="0046739F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00E64F68" w:rsidRPr="00364F01" w:rsidRDefault="00E46C06" w:rsidP="00016994">
-[...16 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00E64F68" w:rsidRPr="00364F01" w:rsidRDefault="000D4F50" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кл.руководители</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="007D295B" w:rsidRPr="00364F01" w:rsidRDefault="007D295B" w:rsidP="00016994">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="007D295B" w:rsidRPr="00364F01" w:rsidRDefault="007D295B" w:rsidP="00016994">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
@@ -8108,489 +6905,459 @@
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4527" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="001E4C83" w:rsidRDefault="001E4C83" w:rsidP="008D70A6">
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="008D70A6" w:rsidP="008D70A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сакральные места Павлодарской области глазами детей</w:t>
+            </w:r>
+            <w:r w:rsidR="000D4F50" w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="008D70A6" w:rsidP="008D70A6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3840"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001E4C83">
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Балалардың көзімен Павлодар облысының киелі орындары</w:t>
-[...6 lines deleted...]
-              </w:tabs>
+              <w:t>Областной проект «Шаңырақ»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="000D4F50" w:rsidP="0046739F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="000D4F50" w:rsidP="0046739F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="000D4F50" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кл.руководители</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000D4F50" w:rsidRPr="00364F01" w:rsidRDefault="000D4F50" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя технологии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00987F78" w:rsidRPr="00364F01" w:rsidTr="00E4512C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00987F78" w:rsidRPr="00364F01" w:rsidRDefault="00987F78" w:rsidP="003730AA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4527" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00987F78" w:rsidRPr="00364F01" w:rsidRDefault="00987F78" w:rsidP="008D70A6">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> «Шаңырақ»</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="001E4C83">
+              <w:t>Проект «Жеті рухани кезең»</w:t>
+            </w:r>
+            <w:r w:rsidR="006F1E91" w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> облыстық жобасы.</w:t>
+              <w:t xml:space="preserve"> - «Кино в Казахстане»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="00E46C06" w:rsidP="0046739F">
-[...17 lines deleted...]
-              <w:t>қараша</w:t>
+          <w:p w:rsidR="00987F78" w:rsidRPr="00364F01" w:rsidRDefault="006F1E91" w:rsidP="0046739F">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="000D4F50" w:rsidP="0046739F">
+          <w:p w:rsidR="00987F78" w:rsidRPr="00364F01" w:rsidRDefault="006F1E91" w:rsidP="0046739F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00E46C06" w:rsidRPr="00364F01" w:rsidRDefault="00E46C06" w:rsidP="00E46C06">
-[...237 lines deleted...]
-              <w:t>Директордың тәрбие ісі жөніндегі орынбасары</w:t>
+          <w:p w:rsidR="00987F78" w:rsidRPr="00364F01" w:rsidRDefault="006F1E91" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЗДВР</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006A4401" w:rsidRPr="00364F01" w:rsidTr="00E4512C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="006A4401" w:rsidRPr="00364F01" w:rsidRDefault="00987F78" w:rsidP="003730AA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4527" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="006A4401" w:rsidRPr="001E4C83" w:rsidRDefault="001E4C83" w:rsidP="00016994">
-[...16 lines deleted...]
-              <w:t>Қазақстан Республикасының Мемлекеттік Гимнін орындауға арналған конкурс</w:t>
+          <w:p w:rsidR="006A4401" w:rsidRPr="00364F01" w:rsidRDefault="006A4401" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Конкурс на исполнение Национального Гимна РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="006A4401" w:rsidRPr="00364F01" w:rsidRDefault="006A4401" w:rsidP="000D4F50">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
@@ -8694,138 +7461,109 @@
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4527" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00854007" w:rsidRPr="001E4C83" w:rsidRDefault="001E4C83" w:rsidP="001E4C83">
-[...53 lines deleted...]
-              <w:t>сайыс.</w:t>
+          <w:p w:rsidR="00854007" w:rsidRPr="00364F01" w:rsidRDefault="00854007" w:rsidP="007D295B">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Конкурс на знание атрибутов государственных символов РК</w:t>
+            </w:r>
+            <w:r w:rsidR="007D295B" w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> « Менің туым» </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00854007" w:rsidRPr="00364F01" w:rsidRDefault="00854007" w:rsidP="000D4F50">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>28.11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00854007" w:rsidRPr="00364F01" w:rsidRDefault="007D295B" w:rsidP="0046739F">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -8840,142 +7578,130 @@
               <w:t>2-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00854007" w:rsidRPr="00364F01" w:rsidRDefault="007D295B" w:rsidP="000D4F50">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> К.С.</w:t>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Искакова К.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00C031F0" w:rsidP="00016994">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00364F01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E761A0" w:rsidRPr="00364F01" w:rsidRDefault="00C031F0" w:rsidP="00016994">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00364F01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003730AA" w:rsidRPr="00364F01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ЖЕЛТОҚСАН</w:t>
+        <w:t>ЖЕЛТОҚСАН/ ДЕКАБРЬ</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10774" w:type="dxa"/>
         <w:tblInd w:w="-276" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="568"/>
         <w:gridCol w:w="4394"/>
         <w:gridCol w:w="1967"/>
         <w:gridCol w:w="1721"/>
         <w:gridCol w:w="2124"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidTr="00E4512C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00C031F0" w:rsidP="003730AA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
@@ -9024,697 +7750,654 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Іс-шаралар</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00C031F0" w:rsidP="003730AA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мероприятия</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="003730AA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Өтетін</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="001E4C83">
+              <w:t>Өтетін күн/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003730AA" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="003730AA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> күн</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1721" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="003730AA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сынып/</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="003730AA" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="003730AA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="1721" w:type="dxa"/>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Класс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="001E4C83" w:rsidP="003730AA">
+          <w:p w:rsidR="003730AA" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="003730AA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Сынып</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="003730AA" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="003730AA">
+              <w:t>Жауапты/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00C031F0" w:rsidP="003730AA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...19 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-[...22 lines deleted...]
-            </w:pPr>
+              <w:t>Ответственный</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidTr="00E4512C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="003730AA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="001E4C83" w:rsidP="008D70A6">
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="008D70A6" w:rsidP="008D70A6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Облыстық жоба</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008D70A6" w:rsidRPr="001E4C83">
+              <w:t>Областной п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="008D70A6" w:rsidRPr="00364F01">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>роект «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Менің туым</w:t>
             </w:r>
-            <w:r w:rsidR="008D70A6" w:rsidRPr="001E4C83">
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> а</w:t>
-[...28 lines deleted...]
-            <w:r w:rsidR="008D70A6" w:rsidRPr="001E4C83">
+              <w:t xml:space="preserve"> Акция  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>«Флаг на моем балконе»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="333333"/>
-[...7 lines deleted...]
-            <w:r w:rsidR="008D70A6" w:rsidRPr="001E4C83">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Отан туым»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="008D70A6" w:rsidP="008D70A6">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="333333"/>
-[...2 lines deleted...]
-                <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Областной проект «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Family</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>day</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidR="008D70A6" w:rsidRPr="00364F01">
-[...72 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="003730AA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">15.12 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="003730AA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="00E46C06" w:rsidP="00016994">
-[...16 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кл.руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidTr="00E4512C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="003730AA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="001E4C83" w:rsidRDefault="001E4C83" w:rsidP="008D70A6">
-[...1 lines deleted...]
-              <w:pStyle w:val="a3"/>
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="008D70A6" w:rsidP="008D70A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001E4C83">
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...11 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Областной конкурс стартап-проектов «Моя инициатива – моей Родине»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="008D70A6" w:rsidP="008D70A6">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Област</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="001E4C83">
+              <w:t xml:space="preserve">Областной проект «Адал </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>ық жоба</w:t>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>friends</w:t>
             </w:r>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> «Адал </w:t>
-[...16 lines deleted...]
-              </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="00E46C06" w:rsidP="003730AA">
-[...17 lines deleted...]
-              <w:t>желтоқсан</w:t>
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="003730AA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="003730AA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
@@ -9785,983 +8468,832 @@
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008D70A6" w:rsidRPr="00320828" w:rsidRDefault="00320828" w:rsidP="00016994">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="008D70A6" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«Ghallenge сен басқа» шаңғы тебу айлығы.</w:t>
+              <w:t>«Ghallenge Другой ты!» месячник лыжных прогулок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="00E46C06" w:rsidP="00E46C06">
-[...17 lines deleted...]
-              <w:t>желтоқсан</w:t>
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="003730AA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="003730AA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4-9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="00E46C06" w:rsidP="00016994">
-[...16 lines deleted...]
-              <w:t>Дене шынықтыру мұғалімдері</w:t>
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя ФВ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidTr="00E4512C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="003730AA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008D70A6" w:rsidRPr="00320828" w:rsidRDefault="008D70A6" w:rsidP="008D70A6">
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="008D70A6" w:rsidP="008D70A6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Област</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="00320828">
+              <w:t xml:space="preserve">Областной проект </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="008D70A6" w:rsidP="008D70A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="008D70A6" w:rsidRPr="00320828" w:rsidRDefault="008D70A6" w:rsidP="008D70A6">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Эко boom»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>: А</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кция «Твори добро»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="008D70A6" w:rsidP="003730AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...112 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...53 lines deleted...]
-              <w:t>сы</w:t>
+              <w:t>Акция «Кафе для птиц»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="00E46C06" w:rsidP="003730AA">
-[...17 lines deleted...]
-              <w:t>желтоқсан</w:t>
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="003730AA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="003730AA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1-6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="00E46C06" w:rsidP="00016994">
-[...16 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кл.руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidTr="00E4512C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="003730AA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008D70A6" w:rsidRPr="00320828" w:rsidRDefault="00320828" w:rsidP="00320828">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00320828">
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="008D70A6" w:rsidP="003730AA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«Қазақстан балалары шекарасыз әлемде» балалар кинофестивалінің аудандық турына дайындық</w:t>
+              <w:t>Подготовка к районному туру Фестиваля детского кино «Дети Казахстана в мире без границ»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="00E46C06" w:rsidP="003730AA">
-[...17 lines deleted...]
-              <w:t>желтоқсан</w:t>
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="003730AA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="003730AA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1-9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="00E46C06" w:rsidP="00016994">
-[...16 lines deleted...]
-              <w:t>Аға тәлімгер</w:t>
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ст.вожатая</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidTr="00E4512C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="003730AA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="00320828" w:rsidP="00320828">
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="008D70A6" w:rsidP="003730AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00320828">
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>«Шеберлер қаласы» қолөнер фестивалі.</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Фестиваль ремесленного дела «Город мастеров»</w:t>
+            </w:r>
+            <w:r w:rsidR="003730AA" w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008D70A6" w:rsidRPr="00364F01">
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>«Шаңырақ»</w:t>
-[...17 lines deleted...]
-              <w:t>областық жобасы</w:t>
+              <w:t>Областной проект «Шаңырақ»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="00E46C06" w:rsidP="003730AA">
-[...17 lines deleted...]
-              <w:t>желтоқсан</w:t>
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="003730AA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="003730AA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00301150" w:rsidRPr="00301150" w:rsidRDefault="00301150" w:rsidP="00301150">
-[...36 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя технологии</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003730AA" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кл.руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidTr="00E4512C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="003730AA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="00320828" w:rsidP="008D70A6">
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="008D70A6" w:rsidP="008D70A6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00320828">
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«Жас Ұлан» қатарына қабылдау</w:t>
+              <w:t>Приём в ряды РЕДЮО «Жас Ұлан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="003730AA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
@@ -10798,189 +9330,135 @@
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">2, 5 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="00301150" w:rsidP="00016994">
-[...16 lines deleted...]
-              <w:t>Аға тәлімгер</w:t>
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ст.вожатая</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007D295B" w:rsidRPr="00364F01" w:rsidTr="00E4512C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="007D295B" w:rsidRPr="00364F01" w:rsidRDefault="007D295B" w:rsidP="003730AA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007D295B" w:rsidRPr="00364F01" w:rsidRDefault="007D295B" w:rsidP="00320828">
+          <w:p w:rsidR="007D295B" w:rsidRPr="00364F01" w:rsidRDefault="007D295B" w:rsidP="008D70A6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...53 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>«Золотая Орда» научная конференция.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="007D295B" w:rsidRPr="00364F01" w:rsidRDefault="007D295B" w:rsidP="003730AA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
@@ -11035,354 +9513,346 @@
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="007D295B" w:rsidRPr="00364F01" w:rsidRDefault="007D295B" w:rsidP="00016994">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Дандина А.Х.</w:t>
-            </w:r>
-[...208 lines deleted...]
-              <w:t xml:space="preserve"> басшылары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidTr="00E4512C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="007D295B" w:rsidP="003730AA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="008D70A6" w:rsidP="008D70A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Концерт «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Гүлдене бер, менің Қазақстаным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>!»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1967" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="00621A09" w:rsidP="003730AA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>15.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1721" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="00621A09" w:rsidP="003730AA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>10-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="00621A09" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЗДВР</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00621A09" w:rsidRPr="00364F01" w:rsidRDefault="00621A09" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Музыкальные руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidTr="00E4512C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="007D295B" w:rsidP="003730AA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008D70A6" w:rsidRPr="00320828" w:rsidRDefault="00621A09" w:rsidP="00320828">
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="008D70A6" w:rsidP="008D70A6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00320828">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00320828">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Выставки плакатов и</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="008D70A6" w:rsidP="00621A09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00320828">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00621A09" w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>плакаттар мен суреттер сайысы</w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рисунков «Мой Казахстан» </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="00621A09" w:rsidP="003730AA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
@@ -11419,68 +9889,68 @@
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="00301150" w:rsidP="00016994">
-[...16 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="00621A09" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кл.руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00854007" w:rsidRPr="00364F01" w:rsidTr="00E4512C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00854007" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="007D295B">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
@@ -11495,180 +9965,69 @@
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="007D295B" w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00854007" w:rsidRPr="00364F01" w:rsidRDefault="00320828" w:rsidP="00016994">
-[...128 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00854007" w:rsidRPr="00364F01" w:rsidRDefault="00854007" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Конкурс чтецов «Я – патриот своей родины»</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00854007" w:rsidRPr="00364F01" w:rsidRDefault="00854007" w:rsidP="00621A09">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
@@ -11714,69 +10073,58 @@
               <w:t>6-7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00854007" w:rsidRPr="00364F01" w:rsidRDefault="00854007" w:rsidP="00016994">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> К.К</w:t>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кашкимбаева К.К</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00854007" w:rsidRPr="00364F01" w:rsidTr="00E4512C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00854007" w:rsidRPr="00364F01" w:rsidRDefault="003730AA" w:rsidP="007D295B">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
@@ -11791,68 +10139,68 @@
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="007D295B" w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00854007" w:rsidRPr="00320828" w:rsidRDefault="00320828" w:rsidP="00320828">
-[...16 lines deleted...]
-              <w:t>«Қазақстан халықтарының ұлттық ойындары» байқауы</w:t>
+          <w:p w:rsidR="00854007" w:rsidRPr="00364F01" w:rsidRDefault="00854007" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Конкурс «Национальные игры народов Казахстана»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00854007" w:rsidRPr="00364F01" w:rsidRDefault="00854007" w:rsidP="00621A09">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
@@ -11931,51 +10279,51 @@
               <w:t>Хашим М.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00621A09" w:rsidRPr="00364F01" w:rsidRDefault="00621A09" w:rsidP="00016994">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Искакова К.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F1E91" w:rsidRPr="00301150" w:rsidTr="00E4512C">
+      <w:tr w:rsidR="006F1E91" w:rsidRPr="00364F01" w:rsidTr="00E4512C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="006F1E91" w:rsidRPr="00364F01" w:rsidRDefault="006F1E91" w:rsidP="007D295B">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -11985,288 +10333,166 @@
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="007D295B" w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="006F1E91" w:rsidRPr="00364F01" w:rsidRDefault="00320828" w:rsidP="00016994">
-[...136 lines deleted...]
-              <w:t>»</w:t>
+          <w:p w:rsidR="006F1E91" w:rsidRPr="00364F01" w:rsidRDefault="006F1E91" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Проект «Жеті рухани кезең» - «На сцене театра»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="006F1E91" w:rsidRPr="00364F01" w:rsidRDefault="00E46C06" w:rsidP="00621A09">
-[...20 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="006F1E91" w:rsidRPr="00364F01" w:rsidRDefault="006F1E91" w:rsidP="00621A09">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="006F1E91" w:rsidRPr="00364F01" w:rsidRDefault="006F1E91" w:rsidP="003730AA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00301150" w:rsidRDefault="00301150" w:rsidP="00016994">
-[...16 lines deleted...]
-              <w:t>Директордың тәрбие ісі жөніндегі орынбасары</w:t>
+          <w:p w:rsidR="006F1E91" w:rsidRPr="00364F01" w:rsidRDefault="006F1E91" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЗДВР</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="006F1E91" w:rsidRPr="00364F01" w:rsidRDefault="006F1E91" w:rsidP="00016994">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Шаповалова Н.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00854007" w:rsidRPr="00364F01" w:rsidTr="00E4512C">
@@ -12301,68 +10527,68 @@
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="007D295B" w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00854007" w:rsidRPr="00320828" w:rsidRDefault="00320828" w:rsidP="00016994">
-[...16 lines deleted...]
-              <w:t>Тарих апталығы</w:t>
+          <w:p w:rsidR="00854007" w:rsidRPr="00364F01" w:rsidRDefault="008D70A6" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Неделя истории</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00854007" w:rsidRPr="00364F01" w:rsidRDefault="009A0187" w:rsidP="00621A09">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
@@ -12399,68 +10625,68 @@
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00854007" w:rsidRPr="00364F01" w:rsidRDefault="00301150" w:rsidP="00016994">
-[...16 lines deleted...]
-              <w:t>Тарих мұғалімдері</w:t>
+          <w:p w:rsidR="00854007" w:rsidRPr="00364F01" w:rsidRDefault="00621A09" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя истории</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A0187" w:rsidRPr="00364F01" w:rsidTr="00E4512C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="009A0187" w:rsidRPr="00364F01" w:rsidRDefault="006F1E91" w:rsidP="007D295B">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
@@ -12475,679 +10701,300 @@
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="007D295B" w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="009A0187" w:rsidRPr="00364F01" w:rsidRDefault="00320828" w:rsidP="00320828">
-[...247 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="009A0187" w:rsidRPr="00364F01" w:rsidRDefault="009A0187" w:rsidP="009A0187">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ежегодная благотворительная акция в помощь детям из социально уязвимых семей «Подари ребенку сладость».</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="009A0187" w:rsidRPr="00364F01" w:rsidRDefault="00E46C06" w:rsidP="003730AA">
-[...17 lines deleted...]
-              <w:t>бір ай ішінде</w:t>
+          <w:p w:rsidR="009A0187" w:rsidRPr="00364F01" w:rsidRDefault="00621A09" w:rsidP="003730AA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidR="009A0187" w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> течение месяца</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="009A0187" w:rsidRPr="00301150" w:rsidRDefault="00E761A0" w:rsidP="003730AA">
-[...73 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="009A0187" w:rsidRPr="00364F01" w:rsidRDefault="00E761A0" w:rsidP="003730AA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1-11 классы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E761A0" w:rsidRPr="00364F01" w:rsidRDefault="00E761A0" w:rsidP="003730AA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Родители</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E761A0" w:rsidRPr="00364F01" w:rsidRDefault="00E761A0" w:rsidP="003730AA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Спонсоры</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00301150" w:rsidRDefault="00301150" w:rsidP="00016994">
-[...181 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="009A0187" w:rsidRPr="00364F01" w:rsidRDefault="009A0187" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЗДВР</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009A0187" w:rsidRPr="00364F01" w:rsidRDefault="009A0187" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Попечительский совет школы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00C031F0" w:rsidP="00016994">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00364F01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00621A09" w:rsidP="00016994">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00364F01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ҚАНТАР</w:t>
+        <w:t>ҚАНТАР/ ЯНВАРЬ</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpX="-276" w:tblpY="177"/>
         <w:tblW w:w="10781" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="575"/>
         <w:gridCol w:w="4373"/>
         <w:gridCol w:w="1969"/>
         <w:gridCol w:w="1723"/>
         <w:gridCol w:w="2141"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E4512C" w:rsidRPr="00364F01" w:rsidTr="00E4512C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00E4512C" w:rsidRPr="00364F01" w:rsidRDefault="00E4512C" w:rsidP="00621A09">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
@@ -13161,398 +11008,338 @@
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED090B" w:rsidRPr="00364F01" w:rsidRDefault="00B532BF" w:rsidP="00ED090B">
+          <w:p w:rsidR="00B532BF" w:rsidRPr="00364F01" w:rsidRDefault="00B532BF" w:rsidP="00621A09">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Іс-шаралар</w:t>
+              <w:t>Іс-шаралар/</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00E4512C" w:rsidRPr="00364F01" w:rsidRDefault="00E4512C" w:rsidP="00621A09">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мероприятия</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED090B" w:rsidRPr="00364F01" w:rsidRDefault="00B532BF" w:rsidP="00ED090B">
+          <w:p w:rsidR="00E4512C" w:rsidRPr="00364F01" w:rsidRDefault="00B532BF" w:rsidP="00621A09">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Өтетін күн</w:t>
+              <w:t>Өтетін күн/</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B532BF" w:rsidRPr="00364F01" w:rsidRDefault="00B532BF" w:rsidP="00621A09">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дата</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1723" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED090B" w:rsidRPr="00364F01" w:rsidRDefault="00B532BF" w:rsidP="00ED090B">
+          <w:p w:rsidR="00E4512C" w:rsidRPr="00364F01" w:rsidRDefault="00B532BF" w:rsidP="00621A09">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Сынып</w:t>
+              <w:t>Сынып/</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B532BF" w:rsidRPr="00364F01" w:rsidRDefault="00B532BF" w:rsidP="00621A09">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Класс</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2141" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED090B" w:rsidRPr="00364F01" w:rsidRDefault="00B532BF" w:rsidP="00ED090B">
+          <w:p w:rsidR="00B532BF" w:rsidRPr="00364F01" w:rsidRDefault="00B532BF" w:rsidP="00621A09">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Жауапты</w:t>
+              <w:t>Жауапты/</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00E4512C" w:rsidRPr="00364F01" w:rsidRDefault="00E4512C" w:rsidP="00621A09">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ответственный</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidTr="00E4512C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00ED090B" w:rsidP="00E4512C">
-[...116 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FA0740" w:rsidP="00E4512C">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«Карта моей малой родины» Квест - игра</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00D26CD7" w:rsidP="00B532BF">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
@@ -13588,473 +11375,311 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2141" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA0740" w:rsidRPr="00301150" w:rsidRDefault="00301150" w:rsidP="00E4512C">
-[...16 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00CA2768" w:rsidP="00E4512C">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кл.руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidTr="00CA2768">
         <w:trPr>
           <w:trHeight w:val="551"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00ED090B" w:rsidP="00DB4E3D">
+          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00DB4E3D" w:rsidP="00DB4E3D">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED090B">
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Әл Фарабиді еске алу кеші </w:t>
+              <w:t>Исторический вечер памяти Аль Фараби.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00CA2768" w:rsidP="00CA2768">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>10.01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FA0740" w:rsidP="00CA2768">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00CA2768" w:rsidP="00CA2768">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Оспанова А.Е.</w:t>
             </w:r>
             <w:r w:rsidR="00DB4E3D" w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...139 lines deleted...]
-              <w:t xml:space="preserve"> С.О.</w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шапиева С.О.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidTr="00E4512C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED090B" w:rsidRPr="00ED090B" w:rsidRDefault="00FA0740" w:rsidP="00ED090B">
+          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FA0740" w:rsidP="00FA0740">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...55 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...72 lines deleted...]
-              <w:t xml:space="preserve"> марафоны</w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«Кереку атақтылары» Марафон достижений моих земляков</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00CA2768" w:rsidP="00B532BF">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
@@ -14101,154 +11726,124 @@
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2141" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00CA2768" w:rsidP="00E4512C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> А.С.</w:t>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Нукежанова А.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidTr="00E4512C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00ED090B" w:rsidP="00FA0740">
+          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00E42DD1" w:rsidP="00FA0740">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...25 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Аль Фараби</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00CA2768" w:rsidP="00B532BF">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
@@ -14284,91 +11879,69 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2141" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00301150" w:rsidP="00E4512C">
-[...39 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00E42DD1" w:rsidP="00E4512C">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кл.руководители</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidTr="00E4512C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -14394,358 +11967,99 @@
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FA0740" w:rsidP="00FA0740">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00364F01">
+              <w:t>«Мақал-сөздің азығы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FA0740" w:rsidP="00FA0740">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Мақ</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+            </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="111111"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>ал-с</w:t>
-[...47 lines deleted...]
-              <w:t>,</w:t>
+              <w:t xml:space="preserve">жұмбақ – ойдың қазығы» </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FA0740" w:rsidP="00FA0740">
-            <w:pPr>
-[...96 lines deleted...]
-          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00ED090B" w:rsidP="00FA0740">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="314"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00ED090B">
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Мақал-мәтелдер</w:t>
-[...112 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Конкурс лучшего знатока  пословиц -поговорок</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00CA2768" w:rsidP="00B532BF">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
@@ -14791,1271 +12105,967 @@
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2141" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00E42DD1" w:rsidP="00E4512C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...274 lines deleted...]
-              <w:t>Технология мұғалімдері</w:t>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Смагулова Б.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidTr="00E4512C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="008D70A6" w:rsidP="00ED090B">
-[...52 lines deleted...]
-              <w:t>областық жобасы</w:t>
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="008D70A6" w:rsidP="008D70A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Областной конкурс </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="008D70A6" w:rsidP="008D70A6">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Бір шаңырақ астында»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="00301150" w:rsidP="00B532BF">
-[...20 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="00CA2768" w:rsidP="00B532BF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1723" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="00CA2768" w:rsidP="00B532BF">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>1-11</w:t>
+              <w:t>1-9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2141" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008D70A6" w:rsidRPr="00301150" w:rsidRDefault="00301150" w:rsidP="00E4512C">
-[...28 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="00CA2768" w:rsidP="00E4512C">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя технологии</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidTr="00E4512C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="008D70A6" w:rsidP="00ED090B">
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="008D70A6" w:rsidP="00E4512C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">«Ghallenge </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00ED090B">
+              <w:t xml:space="preserve">Областной проект «Адал </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>friends</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Сен басқа</w:t>
-[...17 lines deleted...]
-              <w:t>шаңғы тебу айлығы</w:t>
+              <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="00301150" w:rsidP="00CA2768">
-[...20 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="00CA2768" w:rsidP="00B532BF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1723" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="00CA2768" w:rsidP="00B532BF">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>4-9</w:t>
+              <w:t>1-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2141" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008D70A6" w:rsidRPr="00301150" w:rsidRDefault="00301150" w:rsidP="00E4512C">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="00CA2768" w:rsidP="00E4512C">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ст.вожатая</w:t>
+            </w:r>
+            <w:r w:rsidR="00E42DD1" w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E42DD1" w:rsidRPr="00364F01" w:rsidRDefault="00E42DD1" w:rsidP="00E4512C">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidTr="00E4512C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008D70A6" w:rsidRPr="00ED090B" w:rsidRDefault="008D70A6" w:rsidP="008D70A6">
-[...224 lines deleted...]
-              <w:t>сы</w:t>
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="008D70A6" w:rsidP="00E4512C">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Ghallenge Другой ты!» месячник </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>лыжных прогулок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="00301150" w:rsidP="00B532BF">
-[...20 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="00CA2768" w:rsidP="00CA2768">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>январь</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1723" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00B532BF">
-[...17 lines deleted...]
-              <w:t>1-5</w:t>
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="00CA2768" w:rsidP="00B532BF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4-9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2141" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008D70A6" w:rsidRPr="00301150" w:rsidRDefault="00301150" w:rsidP="00E4512C">
-[...16 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="00CA2768" w:rsidP="00E4512C">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя ФВ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidTr="00E4512C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4373" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="008D70A6" w:rsidP="008D70A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Областной проект </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="008D70A6" w:rsidP="008D70A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Эко boom» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>: А</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кция «Твори добро»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="008D70A6" w:rsidP="008D70A6">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Акция «Кафе для птиц»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00B532BF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00B532BF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1-5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00E4512C">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кл.руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidTr="00E4512C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="575" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="008D70A6" w:rsidP="008D70A6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>«Ақ шағала»</w:t>
-[...29 lines deleted...]
-              <w:t>ореографиялық топтардың сайысы</w:t>
+              <w:t>Конкурс хореографических коллективов «Ақ шағала»</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="008D70A6" w:rsidP="008D70A6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> «Шаңырақ»</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> облыстық жобасы</w:t>
+              <w:t>Областной проект «Шаңырақ»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="00301150" w:rsidP="00B532BF">
-[...20 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00B532BF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1723" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008D70A6" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00B532BF">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
@@ -16125,453 +13135,304 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="006F1E91" w:rsidRPr="00364F01" w:rsidRDefault="00ED090B" w:rsidP="00ED090B">
+          <w:p w:rsidR="006F1E91" w:rsidRPr="00364F01" w:rsidRDefault="006F1E91" w:rsidP="008D70A6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Жоба</w:t>
-[...26 lines deleted...]
-              <w:t>»</w:t>
+              <w:t>Проект «Жеті рухани кезең» - «История в музеях»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="006F1E91" w:rsidRPr="00364F01" w:rsidRDefault="00301150" w:rsidP="00B532BF">
-[...17 lines deleted...]
-              <w:t>қаңтар</w:t>
+          <w:p w:rsidR="006F1E91" w:rsidRPr="00364F01" w:rsidRDefault="006F1E91" w:rsidP="00B532BF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>январь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1723" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="006F1E91" w:rsidRPr="00364F01" w:rsidRDefault="006F1E91" w:rsidP="00B532BF">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5-8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2141" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00301150" w:rsidRDefault="00301150" w:rsidP="00E4512C">
-[...120 lines deleted...]
-          </w:p>
           <w:p w:rsidR="006F1E91" w:rsidRPr="00364F01" w:rsidRDefault="006F1E91" w:rsidP="00E4512C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> Б.</w:t>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЗДВР</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006F1E91" w:rsidRPr="00364F01" w:rsidRDefault="006F1E91" w:rsidP="00E4512C">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Хажихан Б.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00527218" w:rsidRPr="00364F01" w:rsidTr="00E4512C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00527218" w:rsidRPr="00364F01" w:rsidRDefault="00527218" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4373" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00527218" w:rsidRPr="00ED090B" w:rsidRDefault="00527218" w:rsidP="00527218">
+          <w:p w:rsidR="00527218" w:rsidRPr="00364F01" w:rsidRDefault="00527218" w:rsidP="00527218">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> «</w:t>
+              <w:t>Областной проект «</w:t>
             </w:r>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Family Day</w:t>
             </w:r>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidR="00ED090B">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00527218" w:rsidRPr="00364F01" w:rsidRDefault="00301150" w:rsidP="00B532BF">
-[...17 lines deleted...]
-              <w:t>қаңтар</w:t>
+          <w:p w:rsidR="00527218" w:rsidRPr="00364F01" w:rsidRDefault="00527218" w:rsidP="00B532BF">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>январь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1723" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00527218" w:rsidRPr="00364F01" w:rsidRDefault="00527218" w:rsidP="00B532BF">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
@@ -16585,69 +13446,58 @@
               <w:t>5-8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2141" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00527218" w:rsidRPr="00364F01" w:rsidRDefault="00527218" w:rsidP="00E4512C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> А.Х.</w:t>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дандина А.Х.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00C031F0" w:rsidP="00016994">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00364F01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
@@ -16658,530 +13508,515 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00364F01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>А</w:t>
       </w:r>
       <w:r w:rsidRPr="00364F01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ҚПАН</w:t>
+        <w:t>ҚПАН/ ФЕВРАЛЬ</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10794" w:type="dxa"/>
+        <w:tblW w:w="10774" w:type="dxa"/>
         <w:tblInd w:w="-276" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="568"/>
         <w:gridCol w:w="4536"/>
         <w:gridCol w:w="1829"/>
         <w:gridCol w:w="1719"/>
-        <w:gridCol w:w="2142"/>
+        <w:gridCol w:w="2122"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidTr="00301150">
+      <w:tr w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidTr="003D566E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00C031F0" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00ED090B" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00ED090B">
+          <w:p w:rsidR="00FD45E1" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Іс-шаралар</w:t>
+              <w:t>Іс-шаралар/</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00C031F0" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мероприятия</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1829" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00FD45E1" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00622221">
+          <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Өтетін</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00622221">
+              <w:t>Өтетін күн/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FD45E1" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> күн</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1719" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00622221" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00622221">
+          <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Сынып</w:t>
+              <w:t>Сынып/</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00FD45E1" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="2142" w:type="dxa"/>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00622221" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00622221">
+          <w:p w:rsidR="00FD45E1" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Жауапты</w:t>
+              <w:t>Жауапты/</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00C031F0" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ответственный</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidTr="00301150">
+      <w:tr w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidTr="003D566E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00622221" w:rsidRDefault="00B728FE" w:rsidP="00622221">
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00B728FE" w:rsidP="00B728FE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3840"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidR="00622221">
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...82 lines deleted...]
-          <w:p w:rsidR="00B728FE" w:rsidRPr="00622221" w:rsidRDefault="00B728FE" w:rsidP="00622221">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Изучаем</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00B728FE" w:rsidP="00B728FE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3840"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> «</w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> латинскую графику</w:t>
             </w:r>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00B728FE" w:rsidP="00FD45E1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Областной проект «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Family</w:t>
             </w:r>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>day</w:t>
             </w:r>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidR="00622221">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1829" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
@@ -17208,3206 +14043,2068 @@
           </w:tcPr>
           <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5-9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2142" w:type="dxa"/>
-[...147 lines deleted...]
-              <w:t>Қазақ тілі мұғалімдері</w:t>
+            <w:tcW w:w="2122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЗДВР</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FD45E1" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя каз.языка</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00527218" w:rsidRPr="00364F01" w:rsidRDefault="00527218" w:rsidP="00016994">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> А.Х.</w:t>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дандина А.Х.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidTr="00301150">
+      <w:tr w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidTr="003D566E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
-            </w:r>
-[...372 lines deleted...]
-              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00B728FE" w:rsidP="00B728FE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3840"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Школьный конкурс стартап-проектов «Моя инициатива – моей Родине»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00B728FE" w:rsidP="00B728FE">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Областной проект «Адал </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Profi</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>friends</w:t>
+            </w:r>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...16 lines deleted...]
-                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B728FE" w:rsidRPr="00622221" w:rsidRDefault="00622221" w:rsidP="00B728FE">
-[...19 lines deleted...]
-          <w:p w:rsidR="00B728FE" w:rsidRPr="00622221" w:rsidRDefault="00B728FE" w:rsidP="00B728FE">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1829" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>10.02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1719" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4-5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00527218" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кабышева М.А.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidTr="003D566E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00B728FE" w:rsidP="00B728FE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3840"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Фестиваль «</w:t>
+            </w:r>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Profi</w:t>
+            </w:r>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>KZ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00364F01">
+          </w:p>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00B728FE" w:rsidP="00B728FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-            </w:r>
+            </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...463 lines deleted...]
-          </w:tcPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Областной проект </w:t>
+            </w:r>
+          </w:p>
           <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00B728FE" w:rsidP="00B728FE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3840"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00622221">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Эко boom» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00622221" w:rsidRPr="00622221">
+              <w:t>: А</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>театр өнерінің фестиваль-конкурсы</w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кция «Твори добро»</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00B728FE" w:rsidP="00B728FE">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> «Шаңырақ»</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> облыстық жобасы</w:t>
+              <w:t>Акция «Кафе для птиц»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1829" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00301150" w:rsidP="00FD45E1">
-[...20 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1719" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>5-6</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2142" w:type="dxa"/>
+              <w:t>1-5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00016994">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> Н.В.</w:t>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кл.руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidTr="00301150">
+      <w:tr w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidTr="003D566E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
-[...17 lines deleted...]
-              <w:t>6</w:t>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00622221" w:rsidP="00B728FE">
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00B728FE" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Областной турнир имени Е.Бекмаханова по историческому наследию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1829" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1719" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5-9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя истории</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidTr="003D566E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00B728FE" w:rsidP="00B728FE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3840"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...62 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Фестиваль-конкурс театрального искусства «Театрдың ғажайып әлемі»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00B728FE" w:rsidP="00B728FE">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Областной проект «Шаңырақ»</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1829" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00301150" w:rsidP="00FD45E1">
-[...20 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1719" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шаповалова Н.В.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidTr="003D566E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
           <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>3-6</w:t>
-[...67 lines deleted...]
-              <w:t>7</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00622221" w:rsidP="00622221">
+          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FA0740" w:rsidP="00B728FE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3840"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...20 lines deleted...]
-              <w:t>сайысы</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Просмотр фильмов великого режиссера Ш. Айманова</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1829" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00301150" w:rsidP="00FD45E1">
-[...20 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1719" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...54 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>3-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ст.вожатая</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidTr="00301150">
+      <w:tr w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidTr="003D566E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FA0740" w:rsidP="00FD45E1">
+          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FA0740" w:rsidP="00B728FE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3840"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...72 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Конкурс рисунков по фильмам Ш.Айманова</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1829" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00301150" w:rsidP="00FD45E1">
-[...20 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1719" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>1-2</w:t>
-[...54 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кл.руководители</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidTr="00301150">
+      <w:tr w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidTr="003D566E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FA0740" w:rsidP="00FA0740">
-[...57 lines deleted...]
-          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00622221" w:rsidP="00FA0740">
+          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FA0740" w:rsidP="00FD45E1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3840"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-            <w:r>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«Павлодар облысына саяхат» Интерактивный моцион</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1829" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1719" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1-2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кл.руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidTr="003D566E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FA0740" w:rsidP="00FA0740">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Ш</w:t>
-[...2 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>әкен</w:t>
-[...267 lines deleted...]
-          </w:tcPr>
+              <w:t>«Золотые имена Прииртышья»</w:t>
+            </w:r>
+          </w:p>
           <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FA0740" w:rsidP="00FA0740">
-            <w:pPr>
-[...235 lines deleted...]
-          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FA0740" w:rsidP="00CA2768">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3840"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шакен Айманов Имитированная интерактивная исследовательская игра</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1829" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>20.02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1719" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FA0740" w:rsidP="00FD45E1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5-9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шапиева С.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidTr="003D566E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FA0740" w:rsidP="00FA0740">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«Ою-өрнек</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...107 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Party» Этнокультурный фестиваль</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1829" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:t>19.02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1719" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FA0740" w:rsidP="00FD45E1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>10-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя технологии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidTr="003D566E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FA0740" w:rsidP="00CA2768">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3840"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«Известные спортсмены моей малой родины» Конкурс проектов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1829" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>15-02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1719" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00FA0740" w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2142" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:t>Дене шынықтыру мұғалімдері</w:t>
+            <w:tcW w:w="2122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя ФВ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidTr="00301150">
+      <w:tr w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidTr="003D566E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00622221" w:rsidP="00CA2768">
+          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FA0740" w:rsidP="00CA2768">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00622221">
-[...134 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Конкурс «СМИру по строчке» на лучшее сочинение  о городах Казахстана</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1829" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
@@ -20434,340 +16131,143 @@
           </w:tcPr>
           <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FA0740" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2142" w:type="dxa"/>
+            <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00016994">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> И.Ю.</w:t>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Пелих И.Ю.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidTr="00301150">
+      <w:tr w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidTr="003D566E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="004D72D3" w:rsidRPr="004D72D3" w:rsidRDefault="004D72D3" w:rsidP="004D72D3">
+          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FA0740" w:rsidP="00CA2768">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-            </w:pPr>
-[...192 lines deleted...]
-              <w:t>ы</w:t>
+              <w:t>«Юрта – своеобразный музей казахского народа» Творческая площадка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1829" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
@@ -20795,603 +16295,334 @@
           </w:tcPr>
           <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FA0740" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2142" w:type="dxa"/>
-[...57 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:tcW w:w="2122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя технологии</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidTr="00301150">
+      <w:tr w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidTr="00B728FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00FA0740" w:rsidRPr="004D72D3" w:rsidRDefault="004D72D3" w:rsidP="00016994">
-[...134 lines deleted...]
-              <w:t>Қазақстан ғалымдарының өмірі мен жаңалықтары.</w:t>
+          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FA0740" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Устный журнал «Час великих свершений». </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FA0740" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жизнь и открытия ученых Казахстана.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1829" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FA0740" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>09.02.2018</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1719" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00FA0740" w:rsidRPr="00301150" w:rsidRDefault="00FA0740" w:rsidP="00301150">
-[...32 lines deleted...]
-            <w:tcW w:w="2142" w:type="dxa"/>
+          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FA0740" w:rsidP="00FD45E1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8 классы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FA0740" w:rsidP="00016994">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> С.Д.</w:t>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ахмарова С.Д.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidTr="00301150">
+      <w:tr w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidTr="00B728FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="004D72D3" w:rsidP="00016994">
-[...136 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FA0740" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Конкурс «Национальный костюм» (выставка кукол в национальных костюмах)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1829" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FA0740" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -21421,453 +16652,308 @@
           </w:tcPr>
           <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FA0740" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5-7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2142" w:type="dxa"/>
+            <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FA0740" w:rsidP="00016994">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> К.К.</w:t>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тлеубаева К.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F1E91" w:rsidRPr="00364F01" w:rsidTr="00301150">
+      <w:tr w:rsidR="006F1E91" w:rsidRPr="00364F01" w:rsidTr="00B728FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="006F1E91" w:rsidRPr="00364F01" w:rsidRDefault="006F1E91" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="006F1E91" w:rsidRPr="00364F01" w:rsidRDefault="004D72D3" w:rsidP="004D72D3">
-[...150 lines deleted...]
-              <w:t>»</w:t>
+          <w:p w:rsidR="006F1E91" w:rsidRPr="00364F01" w:rsidRDefault="006F1E91" w:rsidP="006F1E91">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    Проект «Жеті рухани кезең» -   «Start в </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>библиотеку» или « Чтение в радость»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1829" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="006F1E91" w:rsidRPr="00301150" w:rsidRDefault="00301150" w:rsidP="00FD45E1">
-[...17 lines deleted...]
-              <w:t>ақпан</w:t>
+          <w:p w:rsidR="006F1E91" w:rsidRPr="00364F01" w:rsidRDefault="006F1E91" w:rsidP="00FD45E1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>февраль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1719" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="006F1E91" w:rsidRPr="00364F01" w:rsidRDefault="006F1E91" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2142" w:type="dxa"/>
+            <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="006F1E91" w:rsidRPr="00364F01" w:rsidRDefault="006F1E91" w:rsidP="00016994">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> Т.В.</w:t>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Стрикунова Т.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00FD45E1" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00016994">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003D566E" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00016994">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00364F01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>НАУРЫЗ</w:t>
+        <w:t>НАУРЫЗ/ МАРТ</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10774" w:type="dxa"/>
         <w:tblInd w:w="-276" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="568"/>
         <w:gridCol w:w="4394"/>
         <w:gridCol w:w="1967"/>
         <w:gridCol w:w="1721"/>
         <w:gridCol w:w="2124"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidTr="00FD45E1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00C031F0" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
@@ -21881,321 +16967,397 @@
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004D72D3" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="004D72D3">
+          <w:p w:rsidR="00FD45E1" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Іс-шаралар</w:t>
+              <w:t>Іс-шаралар/</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00C031F0" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мероприятия</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004D72D3" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="004D72D3">
+          <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Өтетін күн</w:t>
+              <w:t>Өтетін күн/</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00FD45E1" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дата</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004D72D3" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="004D72D3">
+          <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Сынып</w:t>
+              <w:t>Сынып/</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00FD45E1" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Класс</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004D72D3" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="004D72D3">
+          <w:p w:rsidR="00FD45E1" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Жауапты</w:t>
+              <w:t>Жауапты/</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00C031F0" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ответственный</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidTr="00FD45E1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="004D72D3" w:rsidRPr="004D72D3" w:rsidRDefault="004D72D3" w:rsidP="004D72D3">
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00B728FE" w:rsidP="00B728FE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3840"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004D72D3">
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>«100 жаңа тұлға» жобасы аясында қызықты адамдармен кездесу</w:t>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="004D72D3">
+              <w:t>Встреча с интересными людьми в рамках проекта «100 новых лиц»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00B728FE" w:rsidP="00FD45E1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>«Отбасы күні» аймақтық жобасы</w:t>
+              <w:t>Областной проект «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Family</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>day</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
@@ -22251,3018 +17413,2180 @@
               <w:t>-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="00016994">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> Л.С.</w:t>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Овчарова Л.С.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00527218" w:rsidRPr="00364F01" w:rsidRDefault="00527218" w:rsidP="00016994">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> А.Х.</w:t>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дандина А.Х.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidTr="00FD45E1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="004D72D3" w:rsidRDefault="004D72D3" w:rsidP="00B728FE">
-[...27 lines deleted...]
-          </w:p>
           <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00B728FE" w:rsidP="00B728FE">
-            <w:pPr>
-[...862 lines deleted...]
-          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="004D72D3" w:rsidP="00B728FE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3840"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Аудандық сайыс</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00B728FE" w:rsidRPr="004D72D3">
+              <w:t>Участие в конкурсе на лучший школьный музей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00B728FE" w:rsidP="00B728FE">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> «Алтын қазына»</w:t>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="004D72D3">
+              <w:t xml:space="preserve">Областной проект «Адал </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>«Шаңырақ» аймақтық жобасы бойынша қорытынды іс-шаралар</w:t>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>friends</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00301150" w:rsidP="00FD45E1">
-[...20 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="00FD45E1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>март</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="00FD45E1">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00B728FE" w:rsidP="00FD45E1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B728FE" w:rsidRPr="00301150" w:rsidRDefault="00301150" w:rsidP="00016994">
-[...16 lines deleted...]
-              <w:t>Технология мұғалімдері</w:t>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Хажихан Б.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidTr="00FD45E1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00B728FE" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Асық ойнайық»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1967" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
           <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>7</w:t>
-[...127 lines deleted...]
-            <w:tcW w:w="1967" w:type="dxa"/>
+              <w:t>24.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1721" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="00FD45E1">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>04.03</w:t>
-[...32 lines deleted...]
-              <w:t>1-4</w:t>
+              <w:t>5-6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00301150" w:rsidP="00016994">
-[...39 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Темирбаев С.К.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidTr="00FD45E1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="007933DA">
-[...17 lines deleted...]
-              <w:t>8</w:t>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B728FE" w:rsidRPr="004D72D3" w:rsidRDefault="004D72D3" w:rsidP="00016994">
-[...154 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00B728FE" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«Туған жер.fm» Радио-игра</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="007933DA">
-[...17 lines deleted...]
-              <w:t>14.03</w:t>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="00FD45E1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>март</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00B728FE" w:rsidP="007933DA">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00B728FE" w:rsidP="00FD45E1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00817CEA" w:rsidP="00016994">
-[...16 lines deleted...]
-              <w:t>Петрук С.А.</w:t>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Школьный актив</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidTr="00FD45E1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="007933DA">
-[...17 lines deleted...]
-              <w:t>9</w:t>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00FD45E1" w:rsidP="00FD45E1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="004D72D3" w:rsidP="00016994">
-[...89 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00B728FE" w:rsidP="00B728FE">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3840"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Экономическая игра «По ступенькам бизнеса»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00B728FE" w:rsidP="00B728FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Областной проект </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00B728FE" w:rsidP="00B728FE">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Эко boom»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>: А</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кция «Твори добро»</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="007933DA">
-[...17 lines deleted...]
-              <w:t>03.03</w:t>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="00FD45E1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>март</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00B728FE" w:rsidP="007933DA">
-[...17 lines deleted...]
-              <w:t>1-4</w:t>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="00FD45E1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B728FE" w:rsidRPr="00301150" w:rsidRDefault="00301150" w:rsidP="00016994">
-[...16 lines deleted...]
-              <w:t>Кітапханашы</w:t>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кл.руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidTr="00FD45E1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="007933DA">
-[...17 lines deleted...]
-              <w:t>10</w:t>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="00FD45E1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B728FE" w:rsidRPr="004D72D3" w:rsidRDefault="00B728FE" w:rsidP="00016994">
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00B728FE" w:rsidP="00B728FE">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3840"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Районный к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>онкурс «Алтын қазына»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00B728FE" w:rsidP="00B728FE">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...30 lines deleted...]
-              <w:t xml:space="preserve"> сұлулық сайысы</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Итоговые моероприятия по областному проекту «Шаңырақ»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="007933DA">
-[...17 lines deleted...]
-              <w:t>07.03</w:t>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="00FD45E1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>март</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="007933DA">
-[...17 lines deleted...]
-              <w:t>11</w:t>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="00FD45E1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00301150" w:rsidRPr="00301150" w:rsidRDefault="00301150" w:rsidP="00301150">
-[...161 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя технологии</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidTr="00FD45E1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="00FD45E1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00B728FE" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«Туған жерімнің тарихы» Промо-акция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1967" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="00FD45E1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>04.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1721" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00B728FE" w:rsidP="00FD45E1">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кл.руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidTr="00FD45E1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
           <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="007933DA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00B728FE" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«Лидер чтения года» Конкурс в рамках акции «Читающая нация» в школе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1967" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="007933DA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>14.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1721" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00B728FE" w:rsidP="007933DA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00817CEA" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Петрук С.А.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidTr="00FD45E1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="007933DA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00B728FE" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«Баянаул</w:t>
+            </w:r>
+            <w:r w:rsidR="007933DA" w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="007933DA" w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Родина творцов» Творческая выставка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1967" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="007933DA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>03.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1721" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00B728FE" w:rsidP="007933DA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Библиотекарь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidTr="00FD45E1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="007933DA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00B728FE" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Конкурс красоты «Beauty-ару»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1967" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="007933DA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>07.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1721" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="007933DA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЗДВР</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007933DA" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кл.руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidTr="00FD45E1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="007933DA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B728FE" w:rsidRPr="004D72D3" w:rsidRDefault="004D72D3" w:rsidP="00BD5C9B">
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00B728FE" w:rsidP="007933DA">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="004D72D3">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:kern w:val="36"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Халық</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004D72D3">
+              <w:t>Кладезь народной мудрости, игра "Звездный час", посвященная народному творчеству</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1967" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="007933DA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>24.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1721" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="007933DA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6-7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя технологии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidTr="00FD45E1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="007933DA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00B728FE" w:rsidP="00817CEA">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:kern w:val="36"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>фестиваль</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...152 lines deleted...]
-              <w:t xml:space="preserve"> ойын.</w:t>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«Кітап FEST»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по произведениям </w:t>
+            </w:r>
+            <w:r w:rsidR="00817CEA" w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>А</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00817CEA" w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кунанбаева</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="007933DA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>24.03</w:t>
+              <w:t>25.03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="007933DA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>6-7</w:t>
+              <w:t>4-5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B728FE" w:rsidRPr="00301150" w:rsidRDefault="00301150" w:rsidP="00016994">
-[...267 lines deleted...]
-              <w:t>Кітапханашы</w:t>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Библиотекарь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidTr="007933DA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="007933DA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00BD5C9B" w:rsidP="00BD5C9B">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BD5C9B">
+          <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="003D566E" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Әжелер шақырумен киізбен жұмыс жасау бойынша </w:t>
-[...17 lines deleted...]
-              <w:t>Ұлттық дәстүрді сақтау үшін киізден тәжірибе алмасу.</w:t>
+              <w:t>Мастер-класс по работе с войлоком с приглашением әжелер. Передача опыта работы с войлоком по сохранению национальных традиций.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="007933DA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -25321,295 +19645,135 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="003D566E" w:rsidP="007933DA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> К.К.</w:t>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тлеубаева К.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidTr="007933DA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="007933DA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00C031F0" w:rsidP="00BD5C9B">
-[...65 lines deleted...]
-              <w:t>мерекелік бағдарлама.</w:t>
+          <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00C031F0" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Наурыз мейрамы» - праздничная программа</w:t>
             </w:r>
             <w:r w:rsidR="003D566E" w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...99 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>. Конкурс казахских традиций гостеприимства.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="003D566E" w:rsidP="007933DA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -25658,702 +19822,337 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1-8 классы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00301150" w:rsidP="00817CEA">
-[...129 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+          <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="003D566E" w:rsidP="00817CEA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЗДВР </w:t>
+            </w:r>
             <w:r w:rsidR="00817CEA" w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Паршукова</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> М.Г.</w:t>
+              <w:t>Паршукова М.Г.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00817CEA" w:rsidRPr="00364F01" w:rsidRDefault="00817CEA" w:rsidP="00817CEA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> З.А.</w:t>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Рушанова З.А.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00817CEA" w:rsidRPr="00364F01" w:rsidRDefault="00817CEA" w:rsidP="00817CEA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> К.С.</w:t>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Искакова К.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006F1E91" w:rsidRPr="00364F01" w:rsidTr="007933DA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="006F1E91" w:rsidRPr="00364F01" w:rsidRDefault="006F1E91" w:rsidP="007933DA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="006F1E91" w:rsidRPr="00BD5C9B" w:rsidRDefault="00BD5C9B" w:rsidP="00016994">
-[...125 lines deleted...]
-              <w:t>»</w:t>
+          <w:p w:rsidR="006F1E91" w:rsidRPr="00364F01" w:rsidRDefault="006F1E91" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Проект «Жеті рухани кезең» - «В семье единой»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="006F1E91" w:rsidRPr="00301150" w:rsidRDefault="00301150" w:rsidP="007933DA">
-[...17 lines deleted...]
-              <w:t>наурыз</w:t>
+          <w:p w:rsidR="006F1E91" w:rsidRPr="00364F01" w:rsidRDefault="006F1E91" w:rsidP="007933DA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>март</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="006F1E91" w:rsidRPr="00364F01" w:rsidRDefault="006F1E91" w:rsidP="007933DA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1-8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="006F1E91" w:rsidRPr="00364F01" w:rsidRDefault="00301150" w:rsidP="00016994">
-[...119 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="006F1E91" w:rsidRPr="00364F01" w:rsidRDefault="006F1E91" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЗДВР</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="003D566E" w:rsidRPr="00364F01" w:rsidRDefault="003D566E" w:rsidP="00016994">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00662487" w:rsidRPr="00364F01" w:rsidRDefault="00533BCB" w:rsidP="00016994">
+    <w:p w:rsidR="00662487" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="00016994">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00364F01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>СӘУ</w:t>
-[...9 lines deleted...]
-        <w:t>ІР</w:t>
+        <w:t>СӘҮІР/ АПРЕЛЬ</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10774" w:type="dxa"/>
         <w:tblInd w:w="-276" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="568"/>
         <w:gridCol w:w="4394"/>
         <w:gridCol w:w="1967"/>
         <w:gridCol w:w="1721"/>
         <w:gridCol w:w="2124"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidTr="00E4512C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00C031F0" w:rsidP="007933DA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
@@ -26367,1485 +20166,1319 @@
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BD5C9B" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="00BD5C9B">
+          <w:p w:rsidR="007933DA" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="007933DA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Іс-шаралар</w:t>
+              <w:t>Іс-шаралар/</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00C031F0" w:rsidP="007933DA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мероприятия</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007933DA" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="00BD5C9B">
+          <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="007933DA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Өтетін</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00BD5C9B">
+              <w:t>Өтетін күн/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007933DA" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="007933DA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> күн</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BD5C9B" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="00BD5C9B">
+          <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="007933DA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Сынып</w:t>
+              <w:t>Сынып/</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="007933DA" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="007933DA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>класс</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BD5C9B" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="00BD5C9B">
+          <w:p w:rsidR="007933DA" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="007933DA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Жауапты</w:t>
+              <w:t>Жауапты/</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00C031F0" w:rsidP="007933DA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ответственный</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidTr="00E4512C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="001F75C9" w:rsidP="001F75C9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00BD5C9B" w:rsidP="007933DA">
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00B728FE" w:rsidP="007933DA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3840"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5C9B">
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>«Менің кіші Отаным» зияткерлік сайысы (қалалық / аудандық тур)</w:t>
+              <w:t>Интеллектуальный конкурс «Моя малая родина»</w:t>
+            </w:r>
+            <w:r w:rsidR="007933DA" w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(городской/районный тур)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B728FE" w:rsidRPr="00301150" w:rsidRDefault="00301150" w:rsidP="007933DA">
-[...17 lines deleted...]
-              <w:t>сәуір</w:t>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="007933DA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="007933DA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B728FE" w:rsidRPr="00301150" w:rsidRDefault="00301150" w:rsidP="00016994">
-[...16 lines deleted...]
-              <w:t>Сынып жетекшілері</w:t>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="007933DA" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кл.руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidTr="00E4512C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="001F75C9" w:rsidP="001F75C9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="00BD5C9B" w:rsidP="008F6AB0">
+          <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="008F6AB0" w:rsidP="008F6AB0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3840"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Сайыс </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008F6AB0" w:rsidRPr="00364F01">
+              <w:t>Конкурс «Үздік ұлан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="008F6AB0" w:rsidRPr="00364F01">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> областной тур</w:t>
+            </w:r>
+            <w:r w:rsidR="00E73A5B" w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="008F6AB0" w:rsidP="008F6AB0">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Областной проект «Адал </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>friends</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r>
-[...63 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00301150" w:rsidP="007933DA">
-[...31 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00E73A5B" w:rsidP="007933DA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00817CEA" w:rsidP="00E73A5B">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5-7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B728FE" w:rsidRPr="00301150" w:rsidRDefault="00301150" w:rsidP="00016994">
-[...16 lines deleted...]
-              <w:t>Аға тәлімгер</w:t>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00E73A5B" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ст.вожатая</w:t>
+            </w:r>
+            <w:r w:rsidR="00817CEA" w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00817CEA" w:rsidRPr="00364F01" w:rsidRDefault="00817CEA" w:rsidP="00016994">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> М.А.</w:t>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кабышева М.А.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidTr="00E4512C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="001F75C9" w:rsidP="001F75C9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00BD5C9B" w:rsidP="00E73A5B">
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="008F6AB0" w:rsidP="00E73A5B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3840"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5C9B">
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>«Менің Отаным -Қазақстан» туристік экспедициялық бөлімшелерінің кездесуі</w:t>
+              <w:t>Слет туристско-экспедиционных отрядов «Моя родина -Казахстан»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00301150" w:rsidP="007933DA">
-[...31 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00E73A5B" w:rsidP="007933DA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00E73A5B" w:rsidP="007933DA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5-9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00301150" w:rsidP="00016994">
-[...39 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00E73A5B" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ст.вожатая</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidTr="00E4512C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="001F75C9" w:rsidP="001F75C9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008F6AB0" w:rsidRPr="00BD5C9B" w:rsidRDefault="00BD5C9B" w:rsidP="008F6AB0">
+          <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="008F6AB0" w:rsidP="008F6AB0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="008F6AB0" w:rsidRPr="00BD5C9B" w:rsidRDefault="008F6AB0" w:rsidP="008F6AB0">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Областной проект </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="008F6AB0" w:rsidP="008F6AB0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3840"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BD5C9B">
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">«Эко boom» </w:t>
             </w:r>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">: </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BD5C9B">
+              <w:t>: А</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00BD5C9B">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кция «Твори добро»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Жақсылық жаса</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BD5C9B">
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="008F6AB0" w:rsidP="008F6AB0">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:t xml:space="preserve">Акция «ЭКО </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>CROSS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidR="00BD5C9B">
-[...99 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00301150" w:rsidP="007933DA">
-[...31 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00E73A5B" w:rsidP="007933DA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00E73A5B" w:rsidP="007933DA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00301150" w:rsidP="00016994">
-[...39 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00B728FE" w:rsidRPr="00364F01" w:rsidRDefault="00E73A5B" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кл.руководители</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidTr="00E4512C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="001F75C9" w:rsidP="001F75C9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008F6AB0" w:rsidRPr="00BD5C9B" w:rsidRDefault="008F6AB0" w:rsidP="008F6AB0">
+          <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="008F6AB0" w:rsidP="008F6AB0">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="36"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...24 lines deleted...]
-                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> облыстық сайысы</w:t>
+              <w:t>Областной к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>онкурс «Алтын қазына»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="00301150" w:rsidP="007933DA">
-[...31 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+          <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="00E73A5B" w:rsidP="007933DA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="00E73A5B" w:rsidP="007933DA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="00301150" w:rsidP="00016994">
-[...39 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="00E73A5B" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кл.руководители</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidTr="00E4512C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="001F75C9" w:rsidP="001F75C9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -27870,117 +21503,52 @@
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="008F6AB0" w:rsidP="008F6AB0">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="36"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...65 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+              <w:t>«Баянауылым – киелі жерім» Увлекательный серпантин</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="00E73A5B" w:rsidP="007933DA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
@@ -28016,91 +21584,69 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="00301150" w:rsidP="00016994">
-[...39 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="00E73A5B" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кл.руководители</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidTr="00E4512C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="001F75C9" w:rsidP="001F75C9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -28219,1765 +21765,1119 @@
               <w:t>1-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="00E73A5B" w:rsidP="00016994">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> С.</w:t>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жазкей С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidTr="00E4512C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="001F75C9" w:rsidP="001F75C9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00615835" w:rsidRDefault="008F6AB0" w:rsidP="00BD5C9B">
+          <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="008F6AB0" w:rsidP="008F6AB0">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidR="00615835">
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Жұ</w:t>
+              <w:t>Жүлдыз.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">fm» </w:t>
             </w:r>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>лдыз.</w:t>
-[...76 lines deleted...]
-          <w:p w:rsidR="008F6AB0" w:rsidRPr="00615835" w:rsidRDefault="00615835" w:rsidP="00615835">
+              <w:t>спецпроект «Қазақ ертегілері» конкурс на лучшее чтение сказки и запись на аудионосители</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Конкурс на интернет-ресурсах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1967" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="00E73A5B" w:rsidP="007933DA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>10.04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1721" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="008F6AB0" w:rsidP="007933DA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1-9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="00E73A5B" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Султанов Т.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E73A5B" w:rsidRPr="00364F01" w:rsidRDefault="00E73A5B" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кл.руководители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidTr="00E4512C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="001F75C9" w:rsidP="001F75C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="008F6AB0" w:rsidP="008F6AB0">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00615835">
-[...44 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«Лучшее видео чтение» Конкурс на интернет-ресурсах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="00E73A5B" w:rsidP="007933DA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>10.04</w:t>
+              <w:t>12.04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="008F6AB0" w:rsidP="007933DA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>1-9</w:t>
+              <w:t>10-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
+          <w:p w:rsidR="00E73A5B" w:rsidRPr="00364F01" w:rsidRDefault="00E73A5B" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кл.руководители</w:t>
+            </w:r>
+          </w:p>
           <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="00E73A5B" w:rsidP="00016994">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Султанов Т.С.</w:t>
-[...42 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Ст.вожатая</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidTr="00E4512C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="001F75C9" w:rsidP="001F75C9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008F6AB0" w:rsidRPr="00615835" w:rsidRDefault="008F6AB0" w:rsidP="008F6AB0">
+          <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="008F6AB0" w:rsidP="008F6AB0">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...70 lines deleted...]
-                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> и</w:t>
-[...36 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Сатпаевские чтения Интерактивный марафон «Баянауыл алыбы»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="00E73A5B" w:rsidP="007933DA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>12.04</w:t>
+              <w:t>13.04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="008F6AB0" w:rsidP="007933DA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>10-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008F6AB0" w:rsidRPr="00301150" w:rsidRDefault="00301150" w:rsidP="00301150">
-[...76 lines deleted...]
-              <w:t>ға тәлімгер</w:t>
+          <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="00E73A5B" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя географии</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidTr="00E4512C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="001F75C9" w:rsidP="001F75C9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="00615835" w:rsidP="008F6AB0">
+          <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="008F6AB0" w:rsidP="008F6AB0">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...2 lines deleted...]
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00615835">
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тематические мероприятия по творчеству знаменитых деятелей Павлодарского Прииртышья</w:t>
+            </w:r>
+            <w:r w:rsidR="00E73A5B" w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Сәтпаев оқулары «Баянауыл әлемі» интерактивті марафоны</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>. Каукен Кенжетаев. Қа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>сым Пшенбаев</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="00E73A5B" w:rsidP="007933DA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>13.04</w:t>
+              <w:t>15.04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="008F6AB0" w:rsidP="007933DA">
-[...17 lines deleted...]
-              <w:t>10-11</w:t>
+          <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="00817CEA" w:rsidP="007933DA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008F6AB0" w:rsidRPr="00533BCB" w:rsidRDefault="00533BCB" w:rsidP="00016994">
-[...36 lines deleted...]
-              <w:t>я мұғалімдері</w:t>
+          <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="00E73A5B" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жакиянова Г.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidTr="00E4512C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="001F75C9" w:rsidP="001F75C9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="00615835" w:rsidP="00615835">
+          <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="008F6AB0" w:rsidP="008F6AB0">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...144 lines deleted...]
-            <w:r w:rsidR="00E73A5B" w:rsidRPr="00364F01">
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«Ұлттар достастығы»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>К</w:t>
-[...18 lines deleted...]
-              <w:t>сым Пшенбаев</w:t>
+              <w:t xml:space="preserve"> выставка рисунков, поделок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="00E73A5B" w:rsidP="007933DA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>15.04</w:t>
+              <w:t>20.04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="00817CEA" w:rsidP="007933DA">
-[...17 lines deleted...]
-              <w:t>9</w:t>
+          <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="00E73A5B" w:rsidP="007933DA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="00E73A5B" w:rsidP="00016994">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...269 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кл.руководители</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidTr="00E4512C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="001F75C9" w:rsidP="001F75C9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00615835" w:rsidRPr="00615835" w:rsidRDefault="00615835" w:rsidP="00615835">
-[...1 lines deleted...]
-              <w:pStyle w:val="a3"/>
+          <w:p w:rsidR="00662487" w:rsidRPr="00364F01" w:rsidRDefault="00662487" w:rsidP="00662487">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00615835">
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Ұлттық спо</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Мастер-класс по национальным видам спорта – Асық ату и Тоғызқұмалақ.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00662487" w:rsidP="00662487">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>рт түрлерінен мастер-класс – Асық а</w:t>
-[...92 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Пропаганда национальных видов спорта, рост числа людей, занимающихся данными видами спорта.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="003D566E" w:rsidP="001F75C9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>13</w:t>
             </w:r>
             <w:r w:rsidR="00C031F0" w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
@@ -29993,170 +22893,140 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C031F0" w:rsidRPr="00533BCB" w:rsidRDefault="00533BCB" w:rsidP="00016994">
-[...16 lines deleted...]
-              <w:t>Дене шынықтыру мұғалімдері</w:t>
+          <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="003D566E" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учителя ФВ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidTr="003D566E">
         <w:trPr>
           <w:trHeight w:val="979"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="001F75C9" w:rsidP="001F75C9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00615835" w:rsidRPr="00615835" w:rsidRDefault="003D566E" w:rsidP="00615835">
-[...1 lines deleted...]
-              <w:pStyle w:val="a3"/>
+          <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="003D566E" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...36 lines deleted...]
-              <w:t>лттық тағамдардан дәм тату дәстүрлерімен таныстыру.</w:t>
+              <w:t>«Қазақ халқының салт-дәстүрлері»: «Қонақты құту, ұлттық тағамдар» - пропаганда национальных казахских традиций, национальных блюд. Презентация традиций с дегустацией национальных блюд.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00C031F0" w:rsidP="001F75C9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -30224,100 +23094,78 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="001F75C9" w:rsidP="00016994">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> Б.К.</w:t>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Смагулова Б.К.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="003D566E" w:rsidRPr="00364F01" w:rsidRDefault="001F75C9" w:rsidP="00016994">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> Г.М.</w:t>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сарсенова Г.М.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00C031F0" w:rsidP="00016994">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00364F01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
@@ -30327,69 +23175,69 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00364F01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="001F75C9" w:rsidRPr="00364F01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>МАМЫР</w:t>
+        <w:t>МАМЫР/ МАЙ</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="65"/>
         <w:tblW w:w="10785" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="575"/>
         <w:gridCol w:w="4103"/>
         <w:gridCol w:w="1967"/>
         <w:gridCol w:w="1721"/>
         <w:gridCol w:w="2419"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidTr="001F75C9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00C031F0" w:rsidP="001F75C9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
@@ -30403,232 +23251,272 @@
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00615835" w:rsidRPr="00364F01" w:rsidRDefault="001F75C9" w:rsidP="00615835">
+          <w:p w:rsidR="001F75C9" w:rsidRPr="00364F01" w:rsidRDefault="001F75C9" w:rsidP="001F75C9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Іс-шаралар</w:t>
+              <w:t>Іс-шаралар/</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00C031F0" w:rsidP="001F75C9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мероприятия</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00615835" w:rsidRPr="00364F01" w:rsidRDefault="001F75C9" w:rsidP="00615835">
+          <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="001F75C9" w:rsidP="001F75C9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Өтетін күн</w:t>
+              <w:t>Өтетін күн/</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="001F75C9" w:rsidRPr="00364F01" w:rsidRDefault="001F75C9" w:rsidP="001F75C9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дата</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00615835" w:rsidRPr="00364F01" w:rsidRDefault="001F75C9" w:rsidP="00615835">
+          <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="001F75C9" w:rsidP="001F75C9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Сынып</w:t>
+              <w:t>Сынып/</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="001F75C9" w:rsidRPr="00364F01" w:rsidRDefault="001F75C9" w:rsidP="001F75C9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Класс</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2419" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00615835" w:rsidRPr="00364F01" w:rsidRDefault="001F75C9" w:rsidP="00615835">
+          <w:p w:rsidR="001F75C9" w:rsidRPr="00364F01" w:rsidRDefault="001F75C9" w:rsidP="001F75C9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Жауапты</w:t>
+              <w:t>Жауапты/</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00C031F0" w:rsidP="001F75C9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ответственный</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidTr="001F75C9">
         <w:trPr>
           <w:trHeight w:val="417"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="005371BA" w:rsidP="005371BA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
@@ -30636,77 +23524,77 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="00615835" w:rsidP="00615835">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00615835">
+          <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="008F6AB0" w:rsidP="001F75C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>«Менің кішкент</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Интеллектуальный конкурс «Моя малая родина»</w:t>
+            </w:r>
+            <w:r w:rsidR="001F75C9" w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>ай Отаным» интеллектуалды сайыс</w:t>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="001F75C9" w:rsidP="001F75C9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
@@ -30743,266 +23631,177 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4-5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2419" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008F6AB0" w:rsidRPr="00533BCB" w:rsidRDefault="00533BCB" w:rsidP="001F75C9">
-[...16 lines deleted...]
-              <w:t>Аға тәлімгер</w:t>
+          <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="001F75C9" w:rsidP="001F75C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ст.вожатая</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidTr="001F75C9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="005371BA" w:rsidP="005371BA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008F6AB0" w:rsidRPr="00615835" w:rsidRDefault="008F6AB0" w:rsidP="008F6AB0">
+          <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="008F6AB0" w:rsidP="008F6AB0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3840"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> «</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Областной конкурс «Бір шаңырақ астында»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="008F6AB0" w:rsidP="008F6AB0">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Областной проект «Адал </w:t>
+            </w:r>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>friends</w:t>
+            </w:r>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...39 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidR="00615835">
-[...54 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="001F75C9" w:rsidP="001F75C9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
@@ -31038,91 +23837,69 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5-7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2419" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="00533BCB" w:rsidP="00016994">
-[...39 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="001F75C9" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ст.вожатая</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidTr="001F75C9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="005371BA" w:rsidP="005371BA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -31137,114 +23914,58 @@
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="008F6AB0" w:rsidP="00016994">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...62 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақша күрес әдіс-тәсілдері</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="001F75C9" w:rsidP="001F75C9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
@@ -31290,135 +24011,124 @@
               <w:t>5-9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2419" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="008F6AB0" w:rsidRPr="00364F01" w:rsidRDefault="001F75C9" w:rsidP="00016994">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> С.К.</w:t>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Темирбаев С.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidTr="001F75C9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="005371BA" w:rsidP="005371BA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00615835" w:rsidP="00016994">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00615835">
+          <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="00FA0740" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«Алтын адам - ​​тәуелсіз мемлекетіміздің мұрасы» атты ең үздік эссе байқауы</w:t>
+              <w:t>Конкурс на лучшее сочинение «Золотой человек – достояние нашего независимого государства»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="001F75C9" w:rsidP="001F75C9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
@@ -31465,69 +24175,58 @@
               <w:t>7-9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2419" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00FA0740" w:rsidRPr="00364F01" w:rsidRDefault="001F75C9" w:rsidP="00016994">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> Г.К.</w:t>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жакиянова Г.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidTr="001F75C9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="005371BA" w:rsidP="005371BA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -31535,191 +24234,69 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00615835" w:rsidP="00016994">
-[...139 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00C031F0" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Торжественная линейка, посвященная Дню Единства народа Казахстана</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00C031F0" w:rsidP="001F75C9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
@@ -31767,487 +24344,179 @@
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidR="00C031F0" w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2419" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00533BCB" w:rsidP="001F75C9">
-[...119 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00662487" w:rsidP="001F75C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЗДВР </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidTr="001F75C9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="005371BA" w:rsidP="005371BA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00615835" w:rsidP="00E82D7F">
-[...232 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00662487" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«Мама, папа, я – в армии семья» военно-спортивная эстафета с привлечением родителей учащихся, общественных объединений ветеранов-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>интернационалистов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00C031F0" w:rsidP="001F75C9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidR="00662487" w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
@@ -32272,405 +24541,154 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2419" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00533BCB" w:rsidP="00016994">
-[...179 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00662487" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Военрук </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00662487" w:rsidRPr="00364F01" w:rsidRDefault="001F75C9" w:rsidP="001F75C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЗДВР </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003D566E" w:rsidRPr="00364F01" w:rsidTr="001F75C9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="003D566E" w:rsidRPr="00364F01" w:rsidRDefault="005371BA" w:rsidP="005371BA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="003D566E" w:rsidRPr="00364F01" w:rsidRDefault="00E82D7F" w:rsidP="00016994">
-[...124 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="003D566E" w:rsidRPr="00364F01" w:rsidRDefault="003D566E" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Благотворительная ярмарка с дегустацией национальных блюд.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="003D566E" w:rsidRPr="00364F01" w:rsidRDefault="003D566E" w:rsidP="001F75C9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
@@ -32774,820 +24792,328 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00E82D7F" w:rsidRPr="00E82D7F" w:rsidRDefault="00E82D7F" w:rsidP="00E82D7F">
-[...157 lines deleted...]
-              <w:t>»</w:t>
+          <w:p w:rsidR="006F1E91" w:rsidRPr="00364F01" w:rsidRDefault="006F1E91" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Проект «Жеті рухани кезең» - «Из поколения в поколение, ветераны»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="006F1E91" w:rsidRPr="00533BCB" w:rsidRDefault="00533BCB" w:rsidP="001F75C9">
-[...17 lines deleted...]
-              <w:t>мамыр</w:t>
+          <w:p w:rsidR="006F1E91" w:rsidRPr="00364F01" w:rsidRDefault="006F1E91" w:rsidP="001F75C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>май</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="006F1E91" w:rsidRPr="00364F01" w:rsidRDefault="006F1E91" w:rsidP="001F75C9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1-8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2419" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="006F1E91" w:rsidRPr="00364F01" w:rsidRDefault="00533BCB" w:rsidP="00016994">
-[...119 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="006F1E91" w:rsidRPr="00364F01" w:rsidRDefault="006F1E91" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЗДВР</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006F1E91" w:rsidRPr="00364F01" w:rsidTr="001F75C9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="006F1E91" w:rsidRPr="00364F01" w:rsidRDefault="006F1E91" w:rsidP="005371BA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="006F1E91" w:rsidRPr="00E82D7F" w:rsidRDefault="00E82D7F" w:rsidP="00E82D7F">
-[...159 lines deleted...]
-              <w:t xml:space="preserve">  </w:t>
+          <w:p w:rsidR="006F1E91" w:rsidRPr="00364F01" w:rsidRDefault="006F1E91" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Проект «Жеті рухани кезең» - «Форум Рухани Жанғыру»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="006F1E91" w:rsidRPr="00533BCB" w:rsidRDefault="00533BCB" w:rsidP="001F75C9">
-[...17 lines deleted...]
-              <w:t>мамыр</w:t>
+          <w:p w:rsidR="006F1E91" w:rsidRPr="00364F01" w:rsidRDefault="006F1E91" w:rsidP="001F75C9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>май</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="006F1E91" w:rsidRPr="00364F01" w:rsidRDefault="006F1E91" w:rsidP="001F75C9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2419" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="006F1E91" w:rsidRPr="00364F01" w:rsidRDefault="00533BCB" w:rsidP="00016994">
-[...119 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="006F1E91" w:rsidRPr="00364F01" w:rsidRDefault="006F1E91" w:rsidP="00016994">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЗДВР</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00C031F0" w:rsidP="00016994">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00364F01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C031F0" w:rsidRPr="00364F01" w:rsidRDefault="00C031F0" w:rsidP="00016994">
@@ -33597,69 +25123,69 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00364F01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="005371BA" w:rsidRPr="00364F01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>МАУСЫМ</w:t>
+        <w:t>МАУСЫМ/ ИЮНЬ</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="65"/>
         <w:tblW w:w="10785" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="575"/>
         <w:gridCol w:w="4103"/>
         <w:gridCol w:w="1967"/>
         <w:gridCol w:w="1721"/>
         <w:gridCol w:w="2419"/>
       </w:tblGrid>
       <w:tr w:rsidR="00662487" w:rsidRPr="00364F01" w:rsidTr="005371BA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00662487" w:rsidRPr="00364F01" w:rsidRDefault="00662487" w:rsidP="005371BA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
@@ -33673,359 +25199,339 @@
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E82D7F" w:rsidRPr="00364F01" w:rsidRDefault="005371BA" w:rsidP="00E82D7F">
+          <w:p w:rsidR="005371BA" w:rsidRPr="00364F01" w:rsidRDefault="005371BA" w:rsidP="005371BA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Іс-шаралар</w:t>
+              <w:t>Іс-шаралар/</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00662487" w:rsidRPr="00364F01" w:rsidRDefault="00662487" w:rsidP="005371BA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мероприятия</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E82D7F" w:rsidRPr="00364F01" w:rsidRDefault="005371BA" w:rsidP="00E82D7F">
+          <w:p w:rsidR="00662487" w:rsidRPr="00364F01" w:rsidRDefault="005371BA" w:rsidP="005371BA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Өтетін күн</w:t>
+              <w:t>Өтетін күн/</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="005371BA" w:rsidRPr="00364F01" w:rsidRDefault="005371BA" w:rsidP="005371BA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дата</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E82D7F" w:rsidRPr="00364F01" w:rsidRDefault="005371BA" w:rsidP="00E82D7F">
+          <w:p w:rsidR="00662487" w:rsidRPr="00364F01" w:rsidRDefault="005371BA" w:rsidP="005371BA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Сынып</w:t>
+              <w:t>Сынып/</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="005371BA" w:rsidRPr="00364F01" w:rsidRDefault="005371BA" w:rsidP="005371BA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Класс</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2419" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E82D7F" w:rsidRPr="00364F01" w:rsidRDefault="005371BA" w:rsidP="00E82D7F">
+          <w:p w:rsidR="005371BA" w:rsidRPr="00364F01" w:rsidRDefault="005371BA" w:rsidP="005371BA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Жауапты</w:t>
+              <w:t>Жауапты/</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00662487" w:rsidRPr="00364F01" w:rsidRDefault="00662487" w:rsidP="005371BA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ответственный</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00662487" w:rsidRPr="00364F01" w:rsidTr="005371BA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00662487" w:rsidRPr="00364F01" w:rsidRDefault="00662487" w:rsidP="005371BA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00662487" w:rsidRPr="00364F01" w:rsidRDefault="00E82D7F" w:rsidP="00662487">
-[...76 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="00662487" w:rsidRPr="00364F01" w:rsidRDefault="00662487" w:rsidP="00662487">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Торжественный концерт «Здравствуй, лето!»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00662487" w:rsidRPr="00364F01" w:rsidRDefault="00662487" w:rsidP="005371BA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
@@ -34072,69 +25578,58 @@
               <w:t>1-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2419" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00662487" w:rsidRPr="00364F01" w:rsidRDefault="00662487" w:rsidP="00662487">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> В.В.</w:t>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Басанец В.В.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00662487" w:rsidRPr="00364F01" w:rsidRDefault="00662487" w:rsidP="00662487">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Черва С.Г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00662487" w:rsidRPr="00364F01" w:rsidTr="005371BA">
@@ -34160,120 +25655,69 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00662487" w:rsidRPr="00364F01" w:rsidRDefault="00E82D7F" w:rsidP="00E82D7F">
-[...68 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00662487" w:rsidRPr="00364F01" w:rsidRDefault="00662487" w:rsidP="00662487">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Акция «Шары мира»</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00662487" w:rsidRPr="00364F01" w:rsidRDefault="00662487" w:rsidP="005371BA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
@@ -34377,160 +25821,69 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00662487" w:rsidRPr="00364F01" w:rsidRDefault="00E82D7F" w:rsidP="00662487">
-[...108 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00662487" w:rsidRPr="00364F01" w:rsidRDefault="00662487" w:rsidP="00662487">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Квест-игра «Сакральные места Павлодарского Прииртышья»</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00662487" w:rsidRPr="00364F01" w:rsidRDefault="00662487" w:rsidP="005371BA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
@@ -34644,517 +25997,320 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00662487" w:rsidRPr="00364F01" w:rsidRDefault="00E82D7F" w:rsidP="00E82D7F">
-[...108 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00662487" w:rsidRPr="00364F01" w:rsidRDefault="00662487" w:rsidP="00662487">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Выставка «Культурное наследие казахского народа»</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00662487" w:rsidRPr="00364F01" w:rsidRDefault="00662487" w:rsidP="005371BA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>12.06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00662487" w:rsidRPr="00364F01" w:rsidRDefault="00533BCB" w:rsidP="005371BA">
-[...29 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00662487" w:rsidRPr="00364F01" w:rsidRDefault="00662487" w:rsidP="005371BA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Профильные отряды</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2419" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00662487" w:rsidRPr="00364F01" w:rsidRDefault="00662487" w:rsidP="00662487">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> А.В.</w:t>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Заводова А.В.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00662487" w:rsidRPr="00364F01" w:rsidRDefault="00662487" w:rsidP="00662487">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> К.К.</w:t>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тлеубаева К.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00662487" w:rsidRPr="00364F01" w:rsidTr="005371BA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00662487" w:rsidRPr="00364F01" w:rsidRDefault="00662487" w:rsidP="005371BA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00662487" w:rsidRPr="00364F01" w:rsidRDefault="00E82D7F" w:rsidP="00662487">
-[...68 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00662487" w:rsidRPr="00364F01" w:rsidRDefault="00662487" w:rsidP="00662487">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Конкурс песен «Моя Астана»</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00662487" w:rsidRPr="00364F01" w:rsidRDefault="00662487" w:rsidP="005371BA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>21.06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00662487" w:rsidRPr="00364F01" w:rsidRDefault="00533BCB" w:rsidP="005371BA">
-[...40 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00662487" w:rsidRPr="00364F01" w:rsidRDefault="00662487" w:rsidP="005371BA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Пришкольный лагерь</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2419" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00662487" w:rsidRPr="00364F01" w:rsidRDefault="005371BA" w:rsidP="00662487">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
@@ -35191,237 +26347,135 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00E761A0" w:rsidRPr="00364F01" w:rsidRDefault="00E82D7F" w:rsidP="00E761A0">
-[...96 lines deleted...]
-              <w:t xml:space="preserve"> театры.</w:t>
+          <w:p w:rsidR="00E761A0" w:rsidRPr="00364F01" w:rsidRDefault="00E761A0" w:rsidP="00E761A0">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кукольный театр «Казахские народные сказки».</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00E761A0" w:rsidRPr="00364F01" w:rsidRDefault="00E761A0" w:rsidP="005371BA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>27.06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00E761A0" w:rsidRPr="00364F01" w:rsidRDefault="00533BCB" w:rsidP="005371BA">
-[...40 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00E761A0" w:rsidRPr="00364F01" w:rsidRDefault="00E761A0" w:rsidP="005371BA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Пришкольный лагерь</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2419" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00E761A0" w:rsidRPr="00364F01" w:rsidRDefault="00E761A0" w:rsidP="00662487">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
@@ -35443,1514 +26497,911 @@
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00096396" w:rsidRPr="00364F01" w:rsidRDefault="00096396" w:rsidP="005371BA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00E82D7F" w:rsidRDefault="00E82D7F" w:rsidP="00E82D7F">
-[...321 lines deleted...]
-              <w:t>ғыты</w:t>
+          <w:p w:rsidR="00096396" w:rsidRPr="00364F01" w:rsidRDefault="00096396" w:rsidP="00096396">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Проект "У каждой улицы своя история"  в рамках подпрограммы «Тәрбие және білім». Направление «Өлкетану»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00096396" w:rsidRPr="00364F01" w:rsidRDefault="00096396" w:rsidP="005371BA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>01-23.06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00096396" w:rsidRPr="00364F01" w:rsidRDefault="00533BCB" w:rsidP="005371BA">
-[...40 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00096396" w:rsidRPr="00364F01" w:rsidRDefault="00096396" w:rsidP="005371BA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Пришкольный лагерь</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2419" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00096396" w:rsidRPr="00364F01" w:rsidRDefault="00DB4E3D" w:rsidP="00662487">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> Г.М.</w:t>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шаймардан Г.М.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00096396" w:rsidRPr="00364F01" w:rsidTr="005371BA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00096396" w:rsidRPr="00364F01" w:rsidRDefault="00096396" w:rsidP="005371BA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00096396" w:rsidRPr="00364F01" w:rsidRDefault="00E82D7F" w:rsidP="00E82D7F">
-[...68 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00096396" w:rsidRPr="00364F01" w:rsidRDefault="00096396" w:rsidP="00096396">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Проект «Встреча  у памятника»</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00096396" w:rsidRPr="00364F01" w:rsidRDefault="00096396" w:rsidP="005371BA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>01-23.06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00096396" w:rsidRPr="00364F01" w:rsidRDefault="00533BCB" w:rsidP="005371BA">
-[...40 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00096396" w:rsidRPr="00364F01" w:rsidRDefault="00096396" w:rsidP="005371BA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Пришкольный лагерь</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2419" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00096396" w:rsidRPr="00364F01" w:rsidRDefault="00DB4E3D" w:rsidP="00DB4E3D">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="660"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> Г.М.</w:t>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шаймардан Г.М.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00096396" w:rsidRPr="00364F01" w:rsidTr="005371BA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00096396" w:rsidRPr="00364F01" w:rsidRDefault="00096396" w:rsidP="005371BA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00096396" w:rsidRPr="00E82D7F" w:rsidRDefault="00096396" w:rsidP="00096396">
-[...65 lines deleted...]
-              <w:t xml:space="preserve"> жобасы</w:t>
+          <w:p w:rsidR="00096396" w:rsidRPr="00364F01" w:rsidRDefault="00096396" w:rsidP="00096396">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Проект  «Ертіс ағымында»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00096396" w:rsidRPr="00364F01" w:rsidRDefault="00096396" w:rsidP="005371BA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>01-23.06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00096396" w:rsidRPr="00364F01" w:rsidRDefault="00533BCB" w:rsidP="005371BA">
-[...40 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00096396" w:rsidRPr="00364F01" w:rsidRDefault="00096396" w:rsidP="005371BA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Пришкольный лагерь</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2419" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00096396" w:rsidRPr="00364F01" w:rsidRDefault="00DB4E3D" w:rsidP="00662487">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> Г.М.</w:t>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шаймардан Г.М.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00096396" w:rsidRPr="00364F01" w:rsidTr="005371BA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00096396" w:rsidRPr="00364F01" w:rsidRDefault="00096396" w:rsidP="005371BA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00096396" w:rsidRPr="00E82D7F" w:rsidRDefault="00096396" w:rsidP="00096396">
-[...65 lines deleted...]
-              <w:t xml:space="preserve"> жобасы</w:t>
+          <w:p w:rsidR="00096396" w:rsidRPr="00364F01" w:rsidRDefault="00096396" w:rsidP="00096396">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Проект  «Өнерлі бала - сүйкімді»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00096396" w:rsidRPr="00364F01" w:rsidRDefault="00096396" w:rsidP="005371BA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364F01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>01-23.06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00096396" w:rsidRPr="00364F01" w:rsidRDefault="00533BCB" w:rsidP="005371BA">
-[...40 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00096396" w:rsidRPr="00364F01" w:rsidRDefault="00096396" w:rsidP="005371BA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Пришкольный лагерь</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2419" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w:rsidR="00096396" w:rsidRPr="00364F01" w:rsidRDefault="00DB4E3D" w:rsidP="00662487">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...18 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00364F01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шаймардан Г.М.</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00662487" w:rsidRPr="00364F01" w:rsidRDefault="00662487" w:rsidP="008A2D7D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00662487" w:rsidRPr="00364F01" w:rsidSect="00016994">
-      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="851" w:bottom="851" w:left="851" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00492396" w:rsidRDefault="00492396" w:rsidP="001F75C9">
+    <w:p w:rsidR="00A718BA" w:rsidRDefault="00A718BA" w:rsidP="001F75C9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00492396" w:rsidRDefault="00492396" w:rsidP="001F75C9">
+    <w:p w:rsidR="00A718BA" w:rsidRDefault="00A718BA" w:rsidP="001F75C9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000201" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000004" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00492396" w:rsidRDefault="00492396" w:rsidP="001F75C9">
+    <w:p w:rsidR="00A718BA" w:rsidRDefault="00A718BA" w:rsidP="001F75C9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00492396" w:rsidRDefault="00492396" w:rsidP="001F75C9">
+    <w:p w:rsidR="00A718BA" w:rsidRDefault="00A718BA" w:rsidP="001F75C9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00301150" w:rsidRDefault="00301150">
+<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:p w:rsidR="002B3074" w:rsidRDefault="002B3074">
     <w:pPr>
       <w:pStyle w:val="a9"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00301150" w:rsidRDefault="00301150">
+  <w:p w:rsidR="002B3074" w:rsidRDefault="002B3074">
     <w:pPr>
       <w:pStyle w:val="a9"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
-  <w:compat>
-[...1 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00CE4864"/>
     <w:rsid w:val="00016994"/>
     <w:rsid w:val="0003113C"/>
     <w:rsid w:val="00096396"/>
     <w:rsid w:val="000D4F50"/>
     <w:rsid w:val="00166B4F"/>
     <w:rsid w:val="001E3A9E"/>
-    <w:rsid w:val="001E4C83"/>
     <w:rsid w:val="001F75C9"/>
     <w:rsid w:val="00271BE0"/>
     <w:rsid w:val="002753DF"/>
     <w:rsid w:val="002A0D4B"/>
     <w:rsid w:val="002B3074"/>
-    <w:rsid w:val="00301150"/>
-    <w:rsid w:val="00320828"/>
     <w:rsid w:val="0032723E"/>
     <w:rsid w:val="00364F01"/>
     <w:rsid w:val="00372395"/>
     <w:rsid w:val="003730AA"/>
     <w:rsid w:val="003D4100"/>
     <w:rsid w:val="003D566E"/>
     <w:rsid w:val="00464D96"/>
     <w:rsid w:val="0046739F"/>
-    <w:rsid w:val="00492396"/>
-    <w:rsid w:val="004D72D3"/>
     <w:rsid w:val="00527218"/>
-    <w:rsid w:val="00533BCB"/>
     <w:rsid w:val="005371BA"/>
     <w:rsid w:val="005A2B63"/>
     <w:rsid w:val="00602235"/>
-    <w:rsid w:val="00615835"/>
     <w:rsid w:val="00621A09"/>
-    <w:rsid w:val="00622221"/>
     <w:rsid w:val="00662487"/>
     <w:rsid w:val="00682D11"/>
     <w:rsid w:val="006A4401"/>
     <w:rsid w:val="006F1E91"/>
     <w:rsid w:val="007933DA"/>
     <w:rsid w:val="007D295B"/>
-    <w:rsid w:val="007D362C"/>
     <w:rsid w:val="00817CEA"/>
-    <w:rsid w:val="0083306E"/>
     <w:rsid w:val="00844672"/>
     <w:rsid w:val="00854007"/>
     <w:rsid w:val="008A2D7D"/>
     <w:rsid w:val="008C4E24"/>
     <w:rsid w:val="008D70A6"/>
     <w:rsid w:val="008F6AB0"/>
     <w:rsid w:val="00987F78"/>
     <w:rsid w:val="009A0187"/>
     <w:rsid w:val="00A718BA"/>
-    <w:rsid w:val="00B34E40"/>
     <w:rsid w:val="00B532BF"/>
     <w:rsid w:val="00B728FE"/>
-    <w:rsid w:val="00BD5C9B"/>
     <w:rsid w:val="00BF11F7"/>
     <w:rsid w:val="00C031F0"/>
     <w:rsid w:val="00C4467F"/>
     <w:rsid w:val="00CA2768"/>
     <w:rsid w:val="00CE4864"/>
     <w:rsid w:val="00D26CD7"/>
     <w:rsid w:val="00D90773"/>
     <w:rsid w:val="00D9580D"/>
-    <w:rsid w:val="00DB3980"/>
     <w:rsid w:val="00DB4E3D"/>
     <w:rsid w:val="00E42DD1"/>
     <w:rsid w:val="00E4512C"/>
-    <w:rsid w:val="00E46C06"/>
     <w:rsid w:val="00E64F68"/>
     <w:rsid w:val="00E73A5B"/>
     <w:rsid w:val="00E761A0"/>
-    <w:rsid w:val="00E82D7F"/>
-    <w:rsid w:val="00ED090B"/>
     <w:rsid w:val="00FA0740"/>
     <w:rsid w:val="00FD45E1"/>
     <w:rsid w:val="00FE5842"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -37077,50 +27528,51 @@
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00271BE0"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00016994"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
@@ -37230,278 +27682,88 @@
   <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="ac"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001F75C9"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ac">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ab"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001F75C9"/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
-[...188 lines deleted...]
-
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
     <w:div w:id="620890276">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="729697165">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -37749,71 +28011,71 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>11449</Characters>
+  <Pages>7</Pages>
+  <Words>1968</Words>
+  <Characters>11218</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>95</Lines>
+  <Lines>93</Lines>
   <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13431</CharactersWithSpaces>
+  <CharactersWithSpaces>13160</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>U</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>