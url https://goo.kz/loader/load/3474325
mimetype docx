--- v0 (2025-12-15)
+++ v1 (2025-12-15)
@@ -20,6810 +20,2608 @@
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w:rsidR="00927F4E" w:rsidRDefault="00927F4E" w:rsidP="00927F4E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...19 lines deleted...]
-        <w:t>»</w:t>
+        <w:t>«Утверждаю»</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00927F4E" w:rsidRDefault="00927F4E" w:rsidP="00927F4E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Директор _______Еленич В.А.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00927F4E" w:rsidRDefault="00927F4E" w:rsidP="00BC4AEA">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002D55BD" w:rsidRDefault="002D55BD" w:rsidP="00BC4AEA">
+    <w:p w:rsidR="000D3015" w:rsidRPr="001D190C" w:rsidRDefault="001D190C" w:rsidP="00BC4AEA">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00714893">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>План работы</w:t>
+      </w:r>
+      <w:r w:rsidR="000D3015">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> школы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00714893">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000D3015" w:rsidRPr="001D190C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>по внедрению преподавания предметов</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="002D55BD" w:rsidRPr="002D55BD" w:rsidRDefault="002D55BD" w:rsidP="002D55BD">
+    <w:p w:rsidR="000D3015" w:rsidRDefault="000D3015" w:rsidP="000D3015">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002D55BD">
+      <w:r w:rsidRPr="001D190C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2019-2020 оқу жылы</w:t>
-[...69 lines deleted...]
-        <w:t>әндерді оқытуды енгізу бойынша мектеп жұмысының жоспары</w:t>
+        <w:t xml:space="preserve"> естественно-научного цикла (ЕНЦ) на английском языке</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D55BD" w:rsidRPr="002D55BD" w:rsidRDefault="002D55BD" w:rsidP="002D55BD">
-[...22 lines deleted...]
-    <w:p w:rsidR="000D3015" w:rsidRPr="002D55BD" w:rsidRDefault="002D55BD" w:rsidP="002D55BD">
+    <w:p w:rsidR="00B42FC2" w:rsidRDefault="000D3015" w:rsidP="000D3015">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>на 201</w:t>
+      </w:r>
+      <w:r w:rsidR="009D3297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-20</w:t>
+      </w:r>
+      <w:r w:rsidR="009D3297">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B42FC2" w:rsidRDefault="00B42FC2" w:rsidP="000D3015">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000D3015" w:rsidRDefault="000D3015" w:rsidP="000D3015">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебный год</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a4"/>
         <w:tblW w:w="10916" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="2792"/>
         <w:gridCol w:w="2589"/>
         <w:gridCol w:w="2558"/>
         <w:gridCol w:w="2410"/>
       </w:tblGrid>
       <w:tr w:rsidR="001D190C" w:rsidTr="00FB482F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="001D190C" w:rsidRDefault="001D190C" w:rsidP="00BC4AEA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2792" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001D190C" w:rsidRPr="002D55BD" w:rsidRDefault="002D55BD" w:rsidP="002D55BD">
-[...18 lines deleted...]
-              <w:t>Іс шара</w:t>
+          <w:p w:rsidR="001D190C" w:rsidRDefault="001D190C" w:rsidP="00BC4AEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>мероприятие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2589" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001D190C" w:rsidRPr="002D55BD" w:rsidRDefault="002D55BD" w:rsidP="002D55BD">
-[...18 lines deleted...]
-              <w:t>Мазмұны</w:t>
+          <w:p w:rsidR="001D190C" w:rsidRDefault="001D190C" w:rsidP="00BC4AEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>содержание</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2558" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001D190C" w:rsidRPr="002D55BD" w:rsidRDefault="002D55BD" w:rsidP="002D55BD">
-[...18 lines deleted...]
-              <w:t>Қатысушылар</w:t>
+          <w:p w:rsidR="001D190C" w:rsidRDefault="001D190C" w:rsidP="00BC4AEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>участники</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001D190C" w:rsidRPr="002D55BD" w:rsidRDefault="002D55BD" w:rsidP="002D55BD">
-[...63 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="001D190C" w:rsidRDefault="001D190C" w:rsidP="00BC4AEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ожидаемый результат</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001D190C" w:rsidTr="00FB482F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="001D190C" w:rsidRDefault="001D190C" w:rsidP="00BC4AEA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2792" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001D190C" w:rsidRDefault="001D190C" w:rsidP="002D55BD">
+          <w:p w:rsidR="001D190C" w:rsidRDefault="001D190C" w:rsidP="00927F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Педагоги</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="002D55BD">
+              <w:t xml:space="preserve">Педагогический </w:t>
+            </w:r>
+            <w:r w:rsidR="000D3015">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...17 lines deleted...]
-                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">консилиум </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidR="002D55BD">
-[...225 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00927F4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Итоги работы школы по внедрению преподавания предметов ЕМЦ с использованием английского языка</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2589" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001D190C" w:rsidRDefault="002D55BD" w:rsidP="00BC4AEA">
-[...115 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="001D190C" w:rsidRDefault="00927F4E" w:rsidP="00BC4AEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Отчет учителей о проделанной работе в данном направлении</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001D190C" w:rsidRDefault="001D190C" w:rsidP="00BC4AEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2558" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002D55BD" w:rsidRPr="002D55BD" w:rsidRDefault="002D55BD" w:rsidP="002D55BD">
-[...154 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="001D190C" w:rsidRDefault="001D190C" w:rsidP="00BC4AEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Руководители методических объединений</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001D190C" w:rsidRDefault="00F51AB5" w:rsidP="00BC4AEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidR="001D190C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ертифицированные учителя</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F51AB5" w:rsidRDefault="00F51AB5" w:rsidP="00BC4AEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>учителя ЕНЦ</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001D190C" w:rsidRDefault="002D55BD" w:rsidP="00BC4AEA">
-[...204 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="001D190C" w:rsidRDefault="001D190C" w:rsidP="00BC4AEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Составление плана работы школы в данном направлении</w:t>
+            </w:r>
+            <w:r w:rsidR="00F51AB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>, определение сильных и слабых сторон</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001D190C" w:rsidTr="00FB482F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="001D190C" w:rsidRDefault="001D190C" w:rsidP="00BC4AEA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2792" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001D190C" w:rsidRDefault="002D55BD" w:rsidP="00927F4E">
+          <w:p w:rsidR="001D190C" w:rsidRDefault="00927F4E" w:rsidP="00927F4E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Әдістеме кеңесі</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Методический </w:t>
+            </w:r>
+            <w:r w:rsidR="001D190C" w:rsidRPr="002603ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> совет</w:t>
             </w:r>
             <w:r w:rsidR="001D190C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> «</w:t>
             </w:r>
+            <w:r w:rsidRPr="00927F4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Особенности проектирования уроков в условиях </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002D55BD">
-[...5 lines deleted...]
-              <w:t>Көптілді</w:t>
+            <w:r w:rsidRPr="00927F4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>полиязычного</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002D55BD">
+            <w:r w:rsidRPr="00927F4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="001D190C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2589" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001D190C" w:rsidRDefault="00927F4E" w:rsidP="00BC4AEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Анализ урока в рамках </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002D55BD">
-[...5 lines deleted...]
-              <w:t>білім</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>полиязычного</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002D55BD">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> беру </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00927F4E" w:rsidRPr="00927F4E" w:rsidRDefault="00927F4E" w:rsidP="00927F4E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927F4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Руководители методических объединений</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00927F4E" w:rsidRPr="00927F4E" w:rsidRDefault="00927F4E" w:rsidP="00927F4E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927F4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сертифицированные учителя</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001D190C" w:rsidRDefault="00927F4E" w:rsidP="00927F4E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927F4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>учителя ЕНЦ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001D190C" w:rsidRDefault="00927F4E" w:rsidP="00F51AB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Подготовка к проведению методической недели открытых уроков учителей осуществляющих </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002D55BD">
-[...5 lines deleted...]
-              <w:t>жағдайында</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>полиязычие</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002D55BD">
-[...4 lines deleted...]
-              </w:rPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001D190C" w:rsidTr="00FB482F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001D190C" w:rsidRDefault="001D190C" w:rsidP="00BC4AEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2792" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001D190C" w:rsidRDefault="001D190C" w:rsidP="00F51AB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002603ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Преподавание </w:t>
+            </w:r>
+            <w:r w:rsidR="00F51AB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>спецкурсов на английском языке</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2589" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001D190C" w:rsidRDefault="001D190C" w:rsidP="00F51AB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Предметная терминология</w:t>
+            </w:r>
+            <w:r w:rsidR="00F51AB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>, проведение экспериментальных опытов с использованием английского языка</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в структуре </w:t>
+            </w:r>
+            <w:r w:rsidR="00F51AB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>спецкурса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001D190C" w:rsidRDefault="00F51AB5" w:rsidP="00BC4AEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учитель биологии </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Бекен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.Ж., учитель химии Твардовская Н.В., учитель физики Черненко Н.Н., учитель информатики Скляренко А.В.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001D190C" w:rsidRDefault="00F51AB5" w:rsidP="00B3623B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Составление, рассмотрение и утверждение программ спецкурсов для введения в вариативную часть рабочих учебных планов, определение практической части программ спецкурсов</w:t>
+            </w:r>
+            <w:r w:rsidR="00183AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00183AEB">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...532 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00183AEB" w:rsidRPr="00183AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">продолжение ведения спецкурса «Озадаченная химия» в </w:t>
+            </w:r>
+            <w:r w:rsidR="00927F4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>8в</w:t>
+            </w:r>
+            <w:r w:rsidR="00183AEB" w:rsidRPr="00183AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> классе,</w:t>
+            </w:r>
+            <w:r w:rsidR="00183AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> спецкурса «Физика вокруг нас»</w:t>
+            </w:r>
+            <w:r w:rsidR="00927F4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в 7в классе</w:t>
+            </w:r>
+            <w:r w:rsidR="00183AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00B3623B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Мир </w:t>
+            </w:r>
+            <w:r w:rsidR="00B3623B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>информатики»  в 6в классе</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001D190C" w:rsidRPr="00F805A9" w:rsidTr="00FB482F">
-[...576 lines deleted...]
-      <w:tr w:rsidR="001D190C" w:rsidRPr="00F805A9" w:rsidTr="00FB482F">
+      <w:tr w:rsidR="001D190C" w:rsidTr="00FB482F">
         <w:trPr>
           <w:trHeight w:val="2971"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="001D190C" w:rsidRDefault="001D190C" w:rsidP="00BC4AEA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2792" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001D190C" w:rsidRDefault="00F805A9" w:rsidP="00F51AB5">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="001D190C" w:rsidRDefault="00F51AB5" w:rsidP="00F51AB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51AB5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00F805A9">
+              </w:rPr>
+              <w:t xml:space="preserve">Преподавание </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00F805A9">
+              <w:t xml:space="preserve">предметов ЕНЦ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F51AB5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>пәндерін</w:t>
-[...61 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>на английском языке</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2589" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001D190C" w:rsidRDefault="00F805A9" w:rsidP="00F805A9">
-[...45 lines deleted...]
-            <w:r w:rsidRPr="00F805A9">
+          <w:p w:rsidR="001D190C" w:rsidRDefault="00F51AB5" w:rsidP="00BC4AEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51AB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Предметная терминология, проведение экспериментальных опытов с использованием английского языка в структуре урока</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001D190C" w:rsidRDefault="001D190C" w:rsidP="00F51AB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Учителя </w:t>
+            </w:r>
+            <w:r w:rsidR="00F51AB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ЕНЦ, английского языка,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001D190C" w:rsidRDefault="00F51AB5" w:rsidP="00B3623B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Преподавание предмета химии в </w:t>
+            </w:r>
+            <w:r w:rsidR="00B3623B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB16FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> классе, предмета биологии в </w:t>
+            </w:r>
+            <w:r w:rsidR="00B3623B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB16FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...207 lines deleted...]
-              <w:t>Химия пәнінің 9Б сыныбында, биология пәнінің 8а сыныбында, информатика пәнінің 8г сыныбында оқытылуы</w:t>
+            <w:r w:rsidR="00183AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">информатики в </w:t>
+            </w:r>
+            <w:r w:rsidR="00B3623B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>8г</w:t>
+            </w:r>
+            <w:r w:rsidR="00183AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> классе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001D190C" w:rsidTr="00FB482F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="001D190C" w:rsidRDefault="001D190C" w:rsidP="00BC4AEA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2792" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001D190C" w:rsidRDefault="00F805A9" w:rsidP="00183AEB">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="001D190C" w:rsidRDefault="001D190C" w:rsidP="00183AEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002603ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Создание библиотечного фонда</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с первоисточниками </w:t>
+            </w:r>
+            <w:r w:rsidR="00183AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>на английском языке</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2589" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001D190C" w:rsidRDefault="00183AEB" w:rsidP="00183AEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Учебники химии</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB16FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F805A9">
-[...6 lines deleted...]
-              <w:t>Ағылшын</w:t>
+            <w:r w:rsidR="00DB16FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>физики</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00DB16FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>,и</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00DB16FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>нформатики,биологии</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F805A9">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для 8 класса, с</w:t>
+            </w:r>
+            <w:r w:rsidR="001D190C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ловари, энциклопедии и т.д.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001D190C" w:rsidRDefault="001D190C" w:rsidP="00BC4AEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Библиотекарь школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB16FD" w:rsidRDefault="00DB16FD" w:rsidP="00BC4AEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Апробация содержания учебников химии, физики,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001D190C" w:rsidRDefault="00DB16FD" w:rsidP="00BC4AEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>биологии, информатики</w:t>
+            </w:r>
+            <w:r w:rsidR="00183AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...467 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001D190C" w:rsidTr="00FB482F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="001D190C" w:rsidRDefault="001D190C" w:rsidP="00BC4AEA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2792" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001D190C" w:rsidRDefault="000E50F2" w:rsidP="00BC4AEA">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="000E50F2">
+          <w:p w:rsidR="001D190C" w:rsidRDefault="001D190C" w:rsidP="00BC4AEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002603ED">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Барлық</w:t>
-[...272 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Заседание творческой группы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> учителей по разработке основных критериев владения языком учащимися на всех ступенях обучения</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2589" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000E50F2" w:rsidRPr="000E50F2" w:rsidRDefault="000E50F2" w:rsidP="000E50F2">
-[...153 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="001D190C" w:rsidRDefault="001D190C" w:rsidP="00BC4AEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Критерии владения языками: чтение,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001D190C" w:rsidRDefault="001D190C" w:rsidP="00BC4AEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>говорение, слушание и письмо</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2558" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001D190C" w:rsidRPr="00405A21" w:rsidRDefault="000E50F2" w:rsidP="00BC4AEA">
-[...31 lines deleted...]
-              <w:t>ағылшын тілі мұғалімдері</w:t>
+          <w:p w:rsidR="001D190C" w:rsidRPr="00405A21" w:rsidRDefault="00183AEB" w:rsidP="00BC4AEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Учителя английского языка, учителя ЕНЦ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001D190C" w:rsidRDefault="000E50F2" w:rsidP="00BC4AEA">
-[...152 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="001D190C" w:rsidRDefault="001D190C" w:rsidP="00BC4AEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мониторинг отслеживания усвоения языка</w:t>
+            </w:r>
+            <w:r w:rsidR="00183AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по итогам каждого полугодия</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001D190C" w:rsidTr="00FB482F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="001D190C" w:rsidRDefault="001D190C" w:rsidP="00BC4AEA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2792" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001D190C" w:rsidRDefault="000E50F2" w:rsidP="00183AEB">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="001D190C" w:rsidRDefault="001D190C" w:rsidP="00183AEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002603ED">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">ЖҒЦ </w:t>
+              </w:rPr>
+              <w:t>Организация курсов повышения квалификации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> учителей </w:t>
+            </w:r>
+            <w:r w:rsidR="00183AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ЕНЦ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2589" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001D190C" w:rsidRDefault="00183AEB" w:rsidP="00BC4AEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Курсы повышения квалификации при «</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000E50F2">
-[...6 lines deleted...]
-              <w:t>мұғалімдерінің</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Орлеу</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000E50F2">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>», ПГПИ, РЦ «</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000E50F2">
-[...6 lines deleted...]
-              <w:t>біліктілігін</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Устаз</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000E50F2">
-[...206 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2558" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001D190C" w:rsidRDefault="000E50F2" w:rsidP="000E50F2">
-[...31 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="001D190C" w:rsidRDefault="00183AEB" w:rsidP="00BC4AEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>У</w:t>
+            </w:r>
+            <w:r w:rsidR="001D190C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>чителя</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ЕНЦ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001D190C" w:rsidRDefault="000E50F2" w:rsidP="00183AEB">
-[...90 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="001D190C" w:rsidRDefault="00183AEB" w:rsidP="00183AEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Повышение уровня владения английским языком</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00183AEB" w:rsidTr="00FB482F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00183AEB" w:rsidRDefault="00183AEB" w:rsidP="00BC4AEA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00183AEB" w:rsidRDefault="00183AEB" w:rsidP="00BC4AEA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2792" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00183AEB" w:rsidRPr="002603ED" w:rsidRDefault="000E50F2" w:rsidP="00183AEB">
+          <w:p w:rsidR="00183AEB" w:rsidRPr="002603ED" w:rsidRDefault="00183AEB" w:rsidP="00183AEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>П</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">Организация курсов английского языка </w:t>
+            </w:r>
+            <w:r w:rsidR="00B3623B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...133 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              </w:rPr>
+              <w:t>совместно с кафедрой ПГПУ</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2589" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00183AEB" w:rsidRDefault="000E50F2" w:rsidP="00BC4AEA">
-[...90 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00183AEB" w:rsidRDefault="00183AEB" w:rsidP="00BC4AEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Курсы английского языка на базе школы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2558" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00183AEB" w:rsidRPr="000E50F2" w:rsidRDefault="00183AEB" w:rsidP="000E50F2">
-[...43 lines deleted...]
-              <w:t xml:space="preserve"> мұғалімдері</w:t>
+          <w:p w:rsidR="00183AEB" w:rsidRDefault="00183AEB" w:rsidP="00BC4AEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Львова О.И., учителя ЕНЦ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00183AEB" w:rsidRDefault="000E50F2" w:rsidP="00183AEB">
-[...408 lines deleted...]
-              <w:t xml:space="preserve"> сайысына қатысу</w:t>
+          <w:p w:rsidR="00183AEB" w:rsidRDefault="00183AEB" w:rsidP="00183AEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Повышение уровня владения английским языком</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001D190C" w:rsidTr="00FB482F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="001D190C" w:rsidRDefault="00183AEB" w:rsidP="00BC4AEA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>10</w:t>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2792" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001D190C" w:rsidRDefault="000E50F2" w:rsidP="00BC4AEA">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="000E50F2">
+          <w:p w:rsidR="001D190C" w:rsidRDefault="001D190C" w:rsidP="00BC4AEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002603ED">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Оқушылардың</w:t>
-[...61 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Составление,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> рецензирование интегрированных учебных программ</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2589" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001D190C" w:rsidRDefault="000E50F2" w:rsidP="00BC4AEA">
-[...52 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="001D190C" w:rsidRDefault="001D190C" w:rsidP="00BC4AEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Курсы по выбору, кружки</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2558" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001D190C" w:rsidRDefault="000E50F2" w:rsidP="00BC4AEA">
-[...31 lines deleted...]
-              <w:t>мұғалімдері</w:t>
+          <w:p w:rsidR="001D190C" w:rsidRDefault="001D190C" w:rsidP="00BC4AEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Учителя-предметники</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001D190C" w:rsidRDefault="000E50F2" w:rsidP="00BC4AEA">
-[...98 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="001D190C" w:rsidRDefault="001D190C" w:rsidP="00BC4AEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Участие в конкурсе «Лучшая авторская программа»</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001D190C" w:rsidTr="00FB482F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
+          <w:p w:rsidR="001D190C" w:rsidRDefault="00183AEB" w:rsidP="00BC4AEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2792" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001D190C" w:rsidRDefault="001D190C" w:rsidP="00BC4AEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002603ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Создание научных проектов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> школьниками</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2589" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001D190C" w:rsidRDefault="001D190C" w:rsidP="00BC4AEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Исследовательские, научные проекты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001D190C" w:rsidRDefault="001D190C" w:rsidP="00BC4AEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Учителя-предметники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001D190C" w:rsidRDefault="001D190C" w:rsidP="00BC4AEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Участие в конкурсах разного уровня</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001D190C" w:rsidTr="00FB482F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
           <w:p w:rsidR="001D190C" w:rsidRDefault="001D190C" w:rsidP="00183AEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00183AEB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2792" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001D190C" w:rsidRDefault="00775124" w:rsidP="00BC4AEA">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00775124">
+          <w:p w:rsidR="001D190C" w:rsidRDefault="001D190C" w:rsidP="00BC4AEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002603ED">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Ү</w:t>
+              <w:t>Мониторинг отслеживания</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> качества внедрения трехъязычного образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2589" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001D190C" w:rsidRDefault="001D190C" w:rsidP="00BC4AEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Критерии внедрения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2558" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001D190C" w:rsidRDefault="001D190C" w:rsidP="00BC4AEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Администрация, сертифицированные учителя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001D190C" w:rsidRDefault="001D190C" w:rsidP="00BC4AEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выявление положительных сторон, проблем по внедрению </w:t>
+            </w:r>
+            <w:r w:rsidR="00183AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">преподавания предметов на </w:t>
+            </w:r>
+            <w:r w:rsidR="00183AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>английском языке</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001D190C" w:rsidRDefault="001D190C" w:rsidP="00BC4AEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001D190C" w:rsidTr="00FB482F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001D190C" w:rsidRDefault="00183AEB" w:rsidP="00BC4AEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2792" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001D190C" w:rsidRPr="002603ED" w:rsidRDefault="00183AEB" w:rsidP="00183AEB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Организация кружковых занятий</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00775124">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>шт</w:t>
+              <w:t xml:space="preserve"> ,</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00775124">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>ілді</w:t>
-[...121 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>летней языковой школы для учащихся 5-8,9-11 классов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2589" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001D190C" w:rsidRPr="00775124" w:rsidRDefault="00775124" w:rsidP="00BC4AEA">
-[...33 lines deleted...]
-              <w:t>критериялары</w:t>
+          <w:p w:rsidR="001D190C" w:rsidRDefault="00183AEB" w:rsidP="00BC4AEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Прог</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB482F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>раммы, планы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2558" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775124" w:rsidRDefault="00775124" w:rsidP="00775124">
-[...78 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="001D190C" w:rsidRDefault="00FB482F" w:rsidP="00BC4AEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Учителя английского языка, учащиеся школы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001D190C" w:rsidRDefault="000E50F2" w:rsidP="00BC4AEA">
-[...543 lines deleted...]
-              <w:t>Ағылшын тілін меңгеру деңгейін арттыру</w:t>
+          <w:p w:rsidR="001D190C" w:rsidRDefault="00FB482F" w:rsidP="00BC4AEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Повышение уровня владения английским языком</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FB482F" w:rsidTr="00FB482F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00FB482F" w:rsidRDefault="00FB482F" w:rsidP="00BC4AEA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2792" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB482F" w:rsidRDefault="00775124" w:rsidP="00183AEB">
+          <w:p w:rsidR="00FB482F" w:rsidRDefault="00FB482F" w:rsidP="00183AEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Участие в конкурсах, олимпиадах, фестивалях разного уровня</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2589" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB482F" w:rsidRDefault="00FB482F" w:rsidP="00BC4AEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Конкурсы, олимпиады по линии РЦЗДО «Павлодар </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00775124">
-[...6 lines deleted...]
-              <w:t>Түрлі</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дарыны</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00775124">
-[...198 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2558" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB482F" w:rsidRDefault="000E50F2" w:rsidP="00BC4AEA">
-[...31 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00FB482F" w:rsidRDefault="00FB482F" w:rsidP="00BC4AEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Учащиеся школы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FB482F" w:rsidRDefault="000E50F2" w:rsidP="00FB482F">
-[...34 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00FB482F" w:rsidRDefault="00FB482F" w:rsidP="00FB482F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Результативность школы </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="001D190C" w:rsidRDefault="001D190C" w:rsidP="001D190C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="001D190C" w:rsidRPr="001D190C" w:rsidRDefault="001D190C" w:rsidP="001D190C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -6833,98 +2631,91 @@
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001D190C"/>
     <w:rsid w:val="000D3015"/>
-    <w:rsid w:val="000E50F2"/>
-    <w:rsid w:val="001463EA"/>
     <w:rsid w:val="00183AEB"/>
     <w:rsid w:val="001D190C"/>
     <w:rsid w:val="00285D92"/>
-    <w:rsid w:val="002D55BD"/>
     <w:rsid w:val="003A297D"/>
     <w:rsid w:val="00625CC5"/>
-    <w:rsid w:val="00652A0F"/>
-    <w:rsid w:val="00775124"/>
     <w:rsid w:val="00927F4E"/>
     <w:rsid w:val="009D3297"/>
     <w:rsid w:val="00B3623B"/>
     <w:rsid w:val="00B42FC2"/>
     <w:rsid w:val="00DB16FD"/>
     <w:rsid w:val="00F51AB5"/>
-    <w:rsid w:val="00F805A9"/>
     <w:rsid w:val="00FB482F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -7720,69 +3511,69 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>3020</Characters>
+  <Pages>3</Pages>
+  <Words>526</Words>
+  <Characters>3003</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>25</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3542</CharactersWithSpaces>
+  <CharactersWithSpaces>3522</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>ы</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>