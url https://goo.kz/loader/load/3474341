--- v0 (2025-12-14)
+++ v1 (2025-12-15)
@@ -1,6904 +1,5039 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...9 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00EF4E93" w:rsidRPr="00BA6BE5" w:rsidRDefault="00EF4E93" w:rsidP="00EF4E93">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="009B3219" w:rsidRPr="00615671" w:rsidRDefault="00892E1E" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615671">
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         Нұр-Сұлтан қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00615671">
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00615671">
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                </w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00BA6BE5">
-[...47 lines deleted...]
-    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:r w:rsidRPr="00615671">
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  город Нур-Султан     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00892E1E" w:rsidRPr="00760FAE" w:rsidRDefault="00892E1E" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                          </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE69B8" w:rsidRPr="00760FAE" w:rsidRDefault="00EE69B8" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00041E04" w:rsidRPr="00760FAE" w:rsidRDefault="00041E04" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C15632" w:rsidRPr="00760FAE" w:rsidRDefault="00C15632" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Орта, техникалық және кәсіптік, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">орта білімнен кейінгі білім беру </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұйымдары үшін білім алушылардың </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">үлгеріміне ағымдағы бақылауды, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оларды аралық және қорытынды </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аттестаттауды өткізудің үлгілік </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қағидаларын бекіту туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасы Білім және </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ғылым министрінің 2008 жылғы </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>18 наурыздағы № 125 бұйрығына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>өзгерістер мен толықтырулар енгізу туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
+          <w:color w:val="444444"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
           <w:b/>
-          <w:kern w:val="36"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00BA6BE5">
+          <w:color w:val="444444"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
-          <w:kern w:val="36"/>
-[...22 lines deleted...]
-          <w:b/>
+          <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BA6BE5">
-[...245 lines deleted...]
-      <w:r w:rsidRPr="00BA6BE5">
+      <w:r w:rsidRPr="00760FAE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>БҰЙЫРАМЫН:</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="z2"/>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...171 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары үшін білім алушылардың үлгеріміне ағымдағы бақылауды, оларды аралық және қорытынды аттестаттауды өткізудің үлгілік қағидаларын бекіту туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасы Білім және ғылым министрінің 2008 жылғы 18 наурыздағы № 125 бұйрығына </w:t>
+      </w:r>
+      <w:r w:rsidR="003B2B54" w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>(Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 5191 болып тіркелген, «Заң газетінің» 2008 жылғы                     30  мамырдағы № 81 (1307) санында жарияланған)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BA6BE5">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00BA6BE5">
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>мынадай өзгерістер мен толықтырулар енгізілсін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>көрсетілген бұйрықпен бекітілген Бастауыш, негізгі орта, жалпы орта білімнің білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарындағы білім алушылардың үлгеріміне ағымдық бақылаудың, оларды аралық және қорытынды аттестаттау жүргізудің үлгілік қағидаларында:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>13-1 және 13-2-тармақтар мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>«13-1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_Hlk19264082"/>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Формативтік бағалау кезінде мұғалім сабақта кері байланысты жүзеге асырады. Педагог білім алушылардың санын, кері байланысты беру нысанын және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жиілігін дербес анықтайды</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>13-2. Формативті бағалау нәтижелері басып шығару мен одан әрі сақтауды талап етпейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Формативті бағалаудың нәтижелерін ұсыну білім алушылар орындаған жұмыстарда және/немесе педагогтің комментарийлері арқылы электрондық журналдарда жүзеге асырылады.»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14-3, 14-4, 14-5 және 14-6-тармақтар мынадай редакцияда жазылсын: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>14-3. БЖБ және тоқсандық жұмыс үшін жиынтық бағалауға (бұдан әрі - ТЖБ) қойылатын қорытынды балды қою кезінде қолмен жөнделген жер, сондай-ақ оқу тапсырмалары мен есептер шарттарын ресімдеу сапасы есептелмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>14-4. Аптасына 1 сағат оқу жүктемесі кезінде БЖБ қажет болған жағдайда бөлімдерді біріктіре отырып тоқсанына екі реттен артық жүргізілмейді</w:t>
+      </w:r>
+      <w:r w:rsidR="00A12835" w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, қорытынды баға жартыжылдыққа қойылады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>14-5. БЖБ тоқсанына үш реттен артық өткізілмейді. Бөлімдер/ортақ тақырыптар тоқсанына төрт және одан да көп бөлімдерді/ортақ тақырыптарды оқып-зерделеген жағдайда тақырыптардың ерекшеліктерін және оқыту мақсаттарының санын ескере отырып біріктіріледі. Оны екі кезеңде өткізуге болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>14-6. Оқу пәндерінің күрделілік деңгейін есепке ала отырып, бір күнде үштен артық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ТЖБ өткізуге болмайды. ТЖБ тоқсан аяқталатын соңғы күні өткізілмейді. Бір оқу пәні бойынша  БЖБ мен ТЖБ  бір күнде өткізілмейді.»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14-8-тармақ мынадай редакцияда жазылсын: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>14-8. Ерекше білім берілуіне қажеттіліктері бар білім алушыларды бағалау кезінде мұғалім сараланған және/немесе жеке тапсырмаларды қолданады, сондай-ақ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім алу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">шының ерекшеліктерін есепке ала отырып, оның ішінде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жеке оқу бағдарламаларын іске асыру кезінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бағалау критерийлеріне </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өзгерістер енгізеді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A3BF8" w:rsidRPr="00760FAE" w:rsidRDefault="005A3BF8" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>15-тармақ мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A3BF8" w:rsidRPr="00760FAE" w:rsidRDefault="005A3BF8" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...26 lines deleted...]
-          <w:lang w:bidi="en-US"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«15. «Өзін-өзі тану», «Көркем еңбек», «Музыка», «Дене шынықтыру», «Кәсіпкерлік және бизнес негіздері», «Графика және жобалау», «Алғашқы әскери және технологиялық даярлық», «Қоғам және дін», бастауыш сыныпқа арналған «Ақпараттық-коммуникативтік технология» пәндері бойынша жиынтық бағалау өткізілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A3BF8" w:rsidRPr="00760FAE" w:rsidRDefault="005A3BF8" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тоқсан</w:t>
+      </w:r>
+      <w:r w:rsidR="00986EC1" w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/жарты жыл және оқу жылының соңында «Өзін-өзі тану», «Көркем еңбек», «Музыка», </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Дене шынықтыру», «Кәсіпкерлік және бизнес негіздері»</w:t>
+      </w:r>
+      <w:r w:rsidR="00986EC1" w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BA6BE5">
-[...52 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Графика және жобалау», </w:t>
+      </w:r>
+      <w:r w:rsidR="00986EC1" w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Алғашқы әскери және технологиялық даярлық», «Қоғам және дін», бастауыш сыныпқа арналған «Ақпараттық-коммуникативтік технология» пәндері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бойынша «есептелінді» («есептелінген жоқ») деген белгі жазылады.»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мынадай редакциядағы 15-1 және 15-2) тармақтармен толықтырылсын: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«15-1. 10-11-сыныптарда инвариантты компоненттің тереңдетілген және стандартты деңгейінің пәндерін таңдау кезінде </w:t>
+      </w:r>
+      <w:r w:rsidR="00431A84" w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Кәсіпкерлік және бизнес негіздері», «Графика және жобалау» оқу пәндерінен басқа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пәндер бойынша жиынтық бағалау жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Вариативті компонент сағатының есебінен таңдалған 10-11-сыныптардың оқу пәндері бойынша жиынтық бағалау өткізілмейді, оқу жылының соңында «есептелінді» («есептелінген жоқ») деген белгі жазылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>15-2. Қысқартылған оқу жүктемесі бар Үлгілік оқу жоспарларын таңдаған жағдайда БЖБ саны 14-4-тармаққа сәйкес жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Вариативтік компонент есебінен таңдалған 7-9-сыныптардағы оқу пәндері бойынша  (инварианттық компоненттегі таңдау пәндері) жиынтық бағалау өткізілмейді</w:t>
+      </w:r>
+      <w:r w:rsidR="00431A84" w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00431A84" w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қу жылының соңында «есептелінді» («есептелінген жоқ») деген белгі жазылады.»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20-тармақ мынадай редакцияда жазылсын: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BA6BE5">
-[...52 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20. Білім алушылар (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">денсаулық жағдайына байланысты, жақын туыстарының қайтыс болуы, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қолайсыз метеожағдайларға</w:t>
+      </w:r>
+      <w:r w:rsidR="00431A84" w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> байланысты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, барлық деңгейдегі жарыстарға, конференцияларға, олимпиадаларға және ғылыми жобалар конкурстарына қатысу) болмаған жағдайда </w:t>
+      </w:r>
+      <w:r w:rsidR="00431A84" w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жиынтық бағалауды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жеке кесте бойынша тапсырады.»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">37-тармақ мынадай редакцияда </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жазылсын: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>37. 9 (10) сынып білім алушылары үшін қорытынды аттестаттау мынадай нысандарда өткізіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>на тілі бойынша жазбаша емтихан (оқыту тілі бойынша) – жазбаша жұмыс (эссе), гуманитарлық цикл пәндерін тереңдетіп оқытатын мектеп оқушылары үшін жазбаша жұмыс (мақала, әңгіме, эссе)</w:t>
+      </w:r>
+      <w:r w:rsidR="00796757" w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) математикадан (алгебрадан) жазбаша емтихан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) орыс, өзбек, ұйғыр және тәжік тілдерінде оқытатын сыныптардағы қазақ тілі мен әдебиеті бойынша жазбаша емтихан және қазақ тілінде оқытатын сыныптардағы орыс тілі мен әдебиеті бойынша жазбаша емтихан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) таңдау пәні (физика, химия, биология, география, геометрия, Қазақстан тарихы, дүниежүзі тарихы, әдебиет (оқыту тілі бойынша), шет тілі (ағылшын, француз, неміс), информатика) бойынша жазбаша емтихан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>40 және 41-тармақтар мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>40. 9 (10) сынып білім алушылары үшін емтихан жұмыстарының материалдарын (тапсырмалар мен балдарды қою схемасы) облыстардың, Нұр-Сұлтан, Алматы және Шымкент қалаларының білім басқармалары</w:t>
+      </w:r>
+      <w:r w:rsidR="00E468A1" w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(бұдан әрі – білім басқармалары), республикалық мектептердің 9 (10) сынып білім алушылары және мектептердің 11 (12) сынып білім алушылары үшін емтихан жұмыстарының материалдарын Қазақстан Республикасы Білім және ғылым министрлігі (бұдан әрі – Министрлік) дайындайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қорытынды аттестаттаудың мазмұнын анықтайтын талаптар және күтілетін нәтижелер әр пән мен оқыту тілі бөлінісінде ерекшелікпен регламенттеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>41. Бір және екі пәннен жылдық қанағаттанарлықсыз баға алған 9 (10) сыныптардың білім алушыларына қорытынды аттестаттау өткенге дейін сол пәндерден оқу жылы бойынша  қосымша жиынтық бағалау жүргізіледі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>46-тармақ мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Предоставление результатов формативного оценивания осуществляется в выполненных работах обучающихся</w:t>
-[...87 lines deleted...]
-        </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="SUB8600"/>
-[...1737 lines deleted...]
-        <w:r w:rsidRPr="00BA6BE5">
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>46. Эксперименттік алаң болып табылатын «Назарбаев Зияткерлік мектептері» дербес білім беру ұйымының білім беру бағдарламалары бойынша оқуларын аяқтаған бітірушілерге (бұдан әрі – «НЗМ» ДББҰ бітірушілері) осы Қағидаларға </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z685" w:history="1">
+        <w:r w:rsidRPr="00760FAE">
           <w:rPr>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
+            <w:lang w:val="kk-KZ"/>
           </w:rPr>
-          <w:t>приказом № 39</w:t>
+          <w:t>2-қосымшаға</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00BA6BE5">
-[...29 lines deleted...]
-        <w:r w:rsidRPr="00BA6BE5">
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> сәйкес «НЗМ» ДББҰ бітірушілерінің оқудағы нәтижелерін сырттай бағалау балдарын ұлттық біріңғай тестілеу (бұдан әрі – ҰБТ) балдарына ауыстыру шәкіліне сәйкес «НЗМ» ДББҰ бітірушілерінің оқу нәтижелерін сырттай бағалау балдарын ҰБТ балдарына ауыстыру негізінде ҰБТ сертификаттары беріледі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>49-тармақ мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>49. Қайта қорытынды аттестаттаудың емтихан материалдарын мектептер дербес әзірлейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қайта қорытынды аттестаттаудан өткен 9 (10) сынып білім алушыларына № 39 бұйрықпен бекітілген негізгі орта білім туралы аттестат беріледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қайта қорытынды аттестаттаудан өткен 11 (12) сынып білім алушыларына № 39 бұйрықпен бекітілген жалпы орта білім туралы аттестат беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қайта қорытынды аттестаттау кезінде қанағаттанарлықсыз баға алған </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>9 (10) сыныптың білім алушылары қайта оқу жылына қалдырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қайта қорытынды аттестаттау кезінде қанағаттанарлықсыз баға алған </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>11 (12)-сынып оқушылары № 289 бұйрықпен бекітілген нысанға сәйкес білім алуды аяқтамаған адамдарға берілетін анықтаманы алады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>51-тармақ мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>51. Білім алушыларды қорытынды аттестаттаудан босату туралы бұйрықтар мынадай құжаттар негізінде шығарылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) осы Қағидалардың 50-тармағының 1) және 2) тармақшаларында көрсетілген білім алушылар санаты үшін «Денсаулық сақтау ұйымдарының бастапқы медициналық құжаттама нысандарын бекіту туралы» Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">2010 жылғы 23 қарашадағы № 907 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6697 болып тіркелген) бекітілген </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>№ 035-1/е нысанына сәйкес дәрігерлік-консультациялық комиссияның қорытындысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) осы Қағидалардың 50-тармағында көрсетілген білім алушылар санаты үшін мектептің педагогикалық кеңесінің шешімінен көшірме және мектептің қолдау хаты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) осы Қағидалардың 50-тармағында көрсетілген білім алушылар санаты үшін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім беру ұйымдары білім беру қызметінде пайдаланатын қатаң есептіліктегі құжаттардың нысанын бекіту туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2007 жылғы 23 қазандағы</w:t>
+      </w:r>
+      <w:r w:rsidR="0092025E" w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0092025E" w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№ 502 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="00760FAE">
           <w:rPr>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
+            <w:lang w:val="kk-KZ"/>
           </w:rPr>
-          <w:t xml:space="preserve">приказом </w:t>
+          <w:t>бұйрығымен</w:t>
         </w:r>
-        <w:r w:rsidRPr="00BA6BE5">
+      </w:hyperlink>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізіліміне № 4991 болып тіркелген) бекітілген нысанға сәйкес білім алушының оқу үлгерімі туралы табелінің (бұдан әрі – табель) телнұсқасы және көшірмесі. Табельдің түпнұсқасы оның көшірмесімен сәйкестігі тексерілгеннен кейін мектеп әкімшілігіне қайтарылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Осы тармақтың 2) және 3) тармақшаларында көрсетілген құжаттар мектеп басшысының қолымен және мөрімен расталады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>54-тармақ мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>54. Халықаралық алмасу желісі бойынша шетелге оқуға баратын және сол жақта білім беру мекемелерін аяқтайтын 11 (12) сыныпты бітірушілер шетелде оқуын аяқтағаннан кейін Қазақстан Республикасының мектептерінде 11 (12) сынып үшін қорытынды аттестаттаудан өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қорытынды аттестаттау басталғанға дейін мектептегі комиссияның шешімімен аталған бітірушілер «Қазақстан Республикасындағы бастауыш, негізгі орта, жалпы орта білім берудің үлгілік оқу жоспарларын бекіту туралы» Қазақстан Республикасы Білім және ғылым министрінің 2012 жылғы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>8 қарашадағы № 500 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="00760FAE">
           <w:rPr>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
+            <w:lang w:val="kk-KZ"/>
           </w:rPr>
-          <w:br/>
-          <w:t>№ 39</w:t>
+          <w:t>бұйрығымен</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00BA6BE5">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8170 болып тіркелген) бекітілген Үлгілік оқу жоспарының инвариантты компонентінің пәндері бойынша шетелде оқымаған пәндерінен аттестаттаудан өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Қорытынды аттестаттау өткізу мерзімі педагогикалық кеңес шешімімен белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қорытынды аттестаттаудан өткеннен кейін оларға шетелде оқыған пәндерден алған бағаларын, Қазақстан Республикасының мектептерінде алдыңғы сыныптарда алған жылдық және қорытынды бағаларын есепке ала отырып, № 39 бұйрықпен бекітілген жалпы орта білім туралы аттестат беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Hlk21593089"/>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Халықаралық алмасу желісі бойынша шетелге оқуға шыққан және сол жақта білім беру мекемелерін бітірген, сондай-ақ Қазақстан Республикасында немесе шетелде 10 (11) және 11 (12) сыныптарда білім алу кезінде оқыған пәндер бойынша жылдық, қорытынды бағалары және қорытынды аттестаттау бойынша бағалары «5» болған түлектерге № 39 бұйрықпен бекітілген жалпы орта білім туралы үздік аттестат беріледі.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Халықаралық алмасу желісі бойынша шетелге оқуға шыққан және сол жақта білім беру мекемелерін бітірген, сондай-ақ Қазақстан Республикасында немесе шетелде 5-11 (12) сыныптар аралығында оқу кезеңінде барлық пәндер бойынша жылдық, қорытынды бағалары «5» болған және қорытынды аттестаттаудан «5» деген бағаға өткен түлектерге № 39 бұйрықпен бекітілген нысанға сәйкес жалпы орта білім туралы «Алтын белгі» аттестаты және «Алтын белгі» белгісі беріледі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...153 lines deleted...]
-        <w:r w:rsidRPr="00BA6BE5">
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>58-тармақ мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>58. 9 (10) сыныпта жазбаша жұмыстарды орындауға – 2 астрономиялық сағат, математикаға (алгебраға) (жазбаша) – 3 астрономиялық сағат (физика-математикалық бағыттағы мамандандырылған мектептерде – 4 сағат) бөлінеді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>62-тармақ мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">62. Жазбаша емтихан және тестілеу аяқталғаннан кейін </w:t>
+      </w:r>
+      <w:r w:rsidR="007F6FB4" w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Комиссия мүшелері мектеп ғимаратында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жалпы орта білім туралы «Алтын белгі» аттестаттарын алуға үміткерлерд</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB0C87" w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ің жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidR="00E37404" w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тар</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB0C87" w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ынан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> басқа білім алушылардың жұмыстарын тексереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Тексерілмеген жұмыстар мектеп басшысына сақтау үшін тапсырылады. Тексеру кезінде қателердің асты сызылады. Жалпы орта білім курсы бойынша эсседе қателердің саны жеке көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Математика (алгебра) пәні бойынша «2» және «5» деген бағалар қойылған жазбаша жұмыстарға мектеп Комиссиясы пікір жазады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9 (10) сыныпта жұмыстар балл қою схемасына сәйкес тексеріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11 (12) сыныптағы эссе екі бағамен, негізгі және жалпы орта білім курсы үшін математикадан (алгебрадан) жазбаша емтихан жұмысы бір бағамен бағаланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Эссе қорытындысы бойынша орфография мен грамматика үшін баға тілдік пәндер бойынша қойылады, мазмұны үшін баға әдебиет бойынша қойылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектеп бітірушілер қорытынды аттестаттау үшін таңдау пәндері тізбесінен әдебиетті таңдаған жағдайда баға тек осы пән бойынша қойылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>64-тармақ мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>64. Ауызша емтиханда 11 (12) сыныпта жауап дайындау үшін білім алушыға кемінде 20 минут уақыт беріледі. Егер білім алушы билет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бойынша сұрақтарға жауап бермесе, Комиссия оған екінші билет алуға рұқсат етеді (бұл жағдайда баға 1 балға төмендейді).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>69-тармақ мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>69. 11 (12) сыныптарда әрбір пән бойынша ауызша немесе жазбаша емтихандар, тестілеулер өткеннен кейін Комиссия сол күні білім алушыларға емтихан бағалары мен қорытынды бағаларын қояды және оларды осы Қағидаларға </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z810" w:history="1">
+        <w:r w:rsidRPr="00760FAE">
           <w:rPr>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
+            <w:lang w:val="kk-KZ"/>
           </w:rPr>
-          <w:t xml:space="preserve">приказом </w:t>
+          <w:t>3-қосымшаға</w:t>
         </w:r>
-        <w:r w:rsidRPr="00BA6BE5">
+      </w:hyperlink>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> сәйкес нысан бойынша Негізгі орта және жалпы орта білім беру деңгейлеріндегі оқу курсы емтиханының қағаз және электронды хаттамасына енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9 (10) сыныпта Комиссия білім алушыларға балдар мен емтихан бағаларын қояды және оларды осы Қағидаларға 3-қосымшаға сәйкес нысан бойынша Негізгі орта білім беру деңгейіндегі оқу курсы үшін емтиханның қағаз және электрондық хаттамасына енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9 (10) сынып білім алушыларының пәндер бойынша қорытынды аттестаттау нәтижелері балл түрінде журналға (қағаз/электрондық) қойылады және осы Қағидаларға 4-қосымшаға сәйкес емтихан балдарын емтихан бағасына ауыстыру шәкілі бойынша ауыстырылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>71-тармақ мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>71. Білім алушылардың 11 (12) сыныпта ауызша емтиханда алған бағалары оларға осы сыныптағы немесе топтағы емтихан аяқталғаннан кейін хабарланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім алушының жазбаша өтінішінің негізінде мектептің Комиссиясы төрағасының қатысуымен оған жазба жұмыстарын тексеру нәтижелерімен танысуға мүмкіндік беріледі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>73-тармақ мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">73. 9 (10) сыныпта пән бойынша қорытынды бағаларды шығару кезінде қорытынды баға емтихан нәтижелері (бес балдық шәкіл бойынша) және оқу </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>жылындағы тоқсандық бағалар (бес балдық шәкіл бойынша) 30%-70% пайыздық арақатынаста қойылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қорытынды бағаны дөңгелектеу ең жақын бүтіндікке қарай жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11 (12) сыныптарда пән бойынша қорытынды бағаларды шығарған кезде келесі ережелер басшылыққа алынуы тиіс:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) пән бойынша қорытынды баға ағымдағы оқу жылының тоқсандық (жартыжылдық) бағалары ескеріле отырып, жылдық және емтихан бағалары негізінде анықталады (емтихан бағалары «4» немесе «5» болған кезде ескеріледі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) емтихан бағасы қанағаттанарлықсыз болған кезде оң қорытынды баға қойылмайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) қорытынды баға емтихан бағасынан жоғары қойылмайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) егер 11 (12) сыныптарда инварианттық компоненттің тереңдетілген және стандартты деңгейлерінің пәндері таңдалмаған жағдайда, жалпы орта білім туралы аттестатқа осы пәндер бойынша 9-сыныпта алған қорытынды бағалары қойылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>80 және 81-тармақтар мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>80. Мектеп жанынан қалыптастырылған Комиссия келесі іс-шараларды жүзеге асырады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) білім алушылар, педагогтер мен ата-аналар үшін қорытынды аттестаттау өткізу мәселелері бойынша түсіндіру жұмыстарын жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) 11 (12) сынып білім алушыларының таңдаған пәндерінің тізбесін көрсете отырып қорытынды аттестаттау тапсыратын 11 (12) сынып білім алушыларының тізімін қалыптастыру және ағымдағы жылғы 1 наурызға дейінгі мерзімде ҰТО филиалына жолдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) қорытынды аттестаттау өткізу, сондай-ақ қорытынды аттестаттауға білім алушыларды даярлау бойынша жұмыстарды ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) жалпы орта білім туралы «Алтын белгі» аттестаттарын алуға үміткерлерд</w:t>
+      </w:r>
+      <w:r w:rsidR="00E37404" w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ің жұмыстарынан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> басқа 9 (10) және 11 (12) сынып білім алушыларының жазбаша емтихан жұмыстарын қарау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5) жазбаша емтихан жұмыстары аяқталғаннан кейін Хаттаманың электронды нұсқасын білім бөлімдеріне немесе басқармаларына жолдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6) тестілеу нәтижелерін беру және пайдалану;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7) жалпы орта білім туралы «Алтын белгі» аттестаттарын алуға үміткерлердің жазбаша емтихан жұмыстарын білім басқармалары жанынан қалыптастырылған Комиссия қарауына (республикалық мектептер Министрлік жанынан қалыптастырылатын Комиссия қарауына) білім бөлімдері арқылы жолдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) осы Қағидаларға </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z877" w:history="1">
+        <w:r w:rsidRPr="00760FAE">
           <w:rPr>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
+            <w:lang w:val="kk-KZ"/>
           </w:rPr>
-          <w:br/>
-          <w:t>№ 289</w:t>
+          <w:t>4-қосымша</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00BA6BE5">
-[...55 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>да келтірілген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Тестілеу балдарын жалпы орта білім туралы аттестаттың бағаларына ауыстыру шәкіліне сәйкес тестілеу нәтижелерінің балдарын бағаларға ауыстыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9) апелляцияға түскен ұсыныстардың негізділігін қарау және шешім қабылдау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>81. Аудандық, қалалық білім бөлімі жанынан қалыптастырылатын Комиссия келесі іс-шараларды жүзеге асырады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) білім алушылар, педагогтер мен ата-аналар арасында қорытынды аттестаттау өткізу мәселелері бойынша ақпараттық-түсіндіру жұмыстарын жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) қорытынды аттестаттауды өткізу бойынша жұмыстарды ұйымдастыру; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) жалпы орта білім туралы «Алтын белгі» аттестаттарын алуға үміткерлердің жазбаша емтихан жұмыстарын білім басқармасы жанынан қалыптастырылатын Комиссия қарауына жолдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) апелляцияға түскен ұсыныстардың негізділігін қарау және нақты шешім қабылдау.»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">81-1 және 81-2-тармақтармен толықтырылсын: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BA6BE5">
-[...29 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>81-1. Білім басқармасы жанынан қалыптастырылатын Комиссиялар келесі іс-шараларды жүзеге асырады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) білім алушылар, педагогтер мен ата-аналар арасында қорытынды аттестаттау өткізу мәселелері бойынша ақпараттық-түсіндіру жұмыстарын жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) қорытынды аттестаттауды өткізу бойынша жұмыстарды ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) жалпы орта білім туралы «Алтын белгі» аттестаттарын алуға үміткерлердің жазбаша емтихан жұмыстарын қарау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) жалпы орта білім туралы «Алтын белгі» аттестаттарын алуға үміткерлердің жазбаша емтихан жұмыстарын қарау нәтижелерін мектептерге жолдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5) апелляцияға түскен ұсыныстардың негізділігін қарау және нақты шешім қабылдау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">81-2. Министрлік жанынан қалыптастырылатын Комиссия келесі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
-        <w:t>№ 035-1/у, утвержденной </w:t>
-[...121 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>іс-шараларды жүзеге асырады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) білім алушылар, педагогтер мен ата-аналар арасында қорытынды аттестаттау өткізу мәселелері бойынша ақпараттық-түсіндіру жұмыстарын жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) қорытынды аттестаттауды өткізу бойынша жұмыстарды ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) республикалық мектептердің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>жалпы орта білім туралы «Алтын белгі» аттестаттарын алуға үміткерлердің жазбаша емтихан жұмыстарын қарау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) жалпы орта білім туралы «Алтын белгі» аттестаттарын алуға үміткерлердің жазбаша емтихан жұмыстарын қарау нәтижелерін республикалық мектептерге жолдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5) апелляцияға түскен ұсыныстардың негізділігін қарау және нақты шешім қабылдау.».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="14"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>3 және 4-қосымшалар осы бұйрыққа 1 және 2-қосымшаларға сәйкес редакцияда жазылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z3"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Қазақстан Республикасы Білім және ғылым министрлігінің Мектепке дейінгі және орта білім </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB7B6B" w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>комит</w:t>
+      </w:r>
+      <w:r w:rsidR="006E11A5" w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB7B6B" w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00E37404" w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б.Ә. Көптлеуова</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>утверждении формы документов строгой отчетности, используемых организациями образования в образовательной деятельности</w:t>
-[...3258 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2)  осы бұйрық ресми жарияланғаннан кейін оны Қазақстан Республикасы Білім және ғылым министрлігінің интернет-ресурсында орналастыруды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуден өткеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Білім және ғылым министрлігінің Заң қызметі департаментіне осы тармақтың 1), 2) және 3) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Осы бұйрықтың орындалуын бақылау жетекшілік жасайтын Қазақстан Республикасының Білім және ғылым вице-министріне жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC79BD" w:rsidRPr="00760FAE" w:rsidRDefault="00AC79BD" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00760FAE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00642211" w:rsidRPr="00760FAE" w:rsidRDefault="00642211" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a9"/>
         <w:tblW w:w="8930" w:type="dxa"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3652"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="3152"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0038799B" w:rsidRPr="00BA6BE5" w:rsidTr="0038799B">
+      <w:tr w:rsidR="008858D2" w:rsidRPr="00760FAE" w:rsidTr="008858D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C659A6" w:rsidRDefault="00D979F2">
+          <w:p w:rsidR="00F5436B" w:rsidRDefault="008C7C59">
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>Министр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C659A6" w:rsidRDefault="00C659A6"/>
+          <w:p w:rsidR="00F5436B" w:rsidRDefault="00F5436B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C659A6" w:rsidRDefault="00D979F2">
+          <w:p w:rsidR="00F5436B" w:rsidRDefault="008C7C59">
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>А. Аймагамбетов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0094678B" w:rsidRPr="00BA6BE5" w:rsidRDefault="0094678B" w:rsidP="00934587">
-[...8 lines deleted...]
-    <w:p w:rsidR="00C659A6" w:rsidRDefault="00D979F2">
+    <w:p w:rsidR="00642211" w:rsidRPr="00760FAE" w:rsidRDefault="00642211" w:rsidP="00760FAE">
+      <w:pPr>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F5436B" w:rsidRDefault="00F5436B"/>
+    <w:p w:rsidR="00F5436B" w:rsidRDefault="008C7C59">
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасының Әділет министрлігі</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00C659A6" w:rsidRDefault="00D979F2">
+        <w:t xml:space="preserve">Қазақстан </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:t>Республикасының Әділет министрлігі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F5436B" w:rsidRDefault="008C7C59">
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:t>________ облысының/қаласының Әділет департаменті</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C659A6" w:rsidRDefault="00D979F2">
+    <w:p w:rsidR="00F5436B" w:rsidRDefault="008C7C59">
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Нормативтік құқықтық акті 27.11.2019</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C659A6" w:rsidRDefault="00D979F2">
+    <w:p w:rsidR="00F5436B" w:rsidRDefault="008C7C59">
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Нормативтік құқықтық актілерді мемлекеттік</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C659A6" w:rsidRDefault="00D979F2">
+    <w:p w:rsidR="00F5436B" w:rsidRDefault="008C7C59">
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>тіркеудің тізіліміне № 19655 болып енгізілді</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C659A6" w:rsidRDefault="00C659A6"/>
-    <w:p w:rsidR="00C659A6" w:rsidRDefault="00D979F2">
+    <w:p w:rsidR="00F5436B" w:rsidRDefault="00F5436B"/>
+    <w:p w:rsidR="00F5436B" w:rsidRDefault="008C7C59">
       <w:r>
         <w:rPr>
           <w:i/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Результаты согласования</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C659A6" w:rsidRDefault="00D979F2">
+    <w:p w:rsidR="00F5436B" w:rsidRDefault="008C7C59">
       <w:r>
-        <w:t>Министерство образования и науки РК - Руководитель управления Тимур Владимирович Давлет, 20.11.2019 17:30:14, положительный результат проверки ЭЦП</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00C659A6" w:rsidRDefault="00D979F2">
+        <w:t>Министерство образован</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ия и науки РК - Руководитель управления Тимур Владимирович Давлет, 20.11.2019 17:30:14, положительный результат проверки ЭЦП</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F5436B" w:rsidRDefault="008C7C59">
       <w:r>
         <w:t>Министерство юстиции РК - Вице-министр Наталья Виссарионовна Пан, 25.11.2019 09:39:21, положительный результат проверки ЭЦП</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C659A6" w:rsidRDefault="00D979F2">
+    <w:p w:rsidR="00F5436B" w:rsidRDefault="008C7C59">
       <w:r>
         <w:rPr>
           <w:i/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Результаты подписания</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00C659A6" w:rsidRDefault="00D979F2">
+        <w:t>Результ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>аты подписания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F5436B" w:rsidRDefault="008C7C59">
       <w:r>
         <w:t>Министерство образования и науки РК - Министр Асхат Канатович Аймагамбетов, 26.11.2019 11:01:20, положительный результат проверки ЭЦП</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00C659A6" w:rsidSect="00642211">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId24"/>
+    <w:sectPr w:rsidR="00F5436B" w:rsidSect="00C15632">
+      <w:headerReference w:type="even" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="even" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:headerReference w:type="first" r:id="rId16"/>
+      <w:footerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="849" w:bottom="993" w:left="1418" w:header="851" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1418" w:header="851" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-[...1 lines deleted...]
-    <w:p w:rsidR="0016704D" w:rsidRDefault="0016704D">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="008C7C59" w:rsidRDefault="008C7C59">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
-  <w:endnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="0016704D" w:rsidRDefault="0016704D">
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="008C7C59" w:rsidRDefault="008C7C59">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times/Kazakh">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
-[...13 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="009A7622" w:rsidRDefault="009A7622">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00F91DFB" w:rsidRDefault="00F91DFB">
     <w:pPr>
-      <w:pStyle w:val="af3"/>
+      <w:pStyle w:val="af2"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00C659A6" w:rsidRDefault="00D979F2">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00F5436B" w:rsidRDefault="008C7C59">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t>Нормативтік құқықтық актілерді мемлекеттік тіркеудің тізіліміне № 19655 болып енгізілді</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="007F5877" w:rsidRDefault="007F5877"/>
-  <w:p w:rsidR="00C659A6" w:rsidRDefault="00D979F2">
+  <w:p w:rsidR="00000000" w:rsidRDefault="008C7C59"/>
+  <w:p w:rsidR="00F5436B" w:rsidRDefault="008C7C59">
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:t xml:space="preserve">ИС </w:t>
+    </w:r>
+    <w:r>
+      <w:t>«ИПГО». Копия электронного документа. Дата  27.11.2019.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00000000" w:rsidRDefault="008C7C59"/>
+  <w:p w:rsidR="00F91DFB" w:rsidRDefault="00F91DFB">
+    <w:pPr>
+      <w:pStyle w:val="af2"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00F5436B" w:rsidRDefault="008C7C59">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t>ИС «ИПГО». Копия электронного документа. Дата  27.11.2019.</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="007F5877" w:rsidRDefault="007F5877"/>
-  <w:p w:rsidR="009A7622" w:rsidRDefault="009A7622">
+  <w:p w:rsidR="00000000" w:rsidRDefault="008C7C59"/>
+  <w:p w:rsidR="00F91DFB" w:rsidRDefault="00F91DFB">
     <w:pPr>
-      <w:pStyle w:val="af3"/>
-[...18 lines deleted...]
-      <w:pStyle w:val="af3"/>
+      <w:pStyle w:val="af2"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-[...1 lines deleted...]
-    <w:p w:rsidR="0016704D" w:rsidRDefault="0016704D">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="008C7C59" w:rsidRDefault="008C7C59">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="0016704D" w:rsidRDefault="0016704D">
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="008C7C59" w:rsidRDefault="008C7C59">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00BE78CA" w:rsidRDefault="00566BAA" w:rsidP="00E43190">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00BE78CA" w:rsidRDefault="00BE78CA" w:rsidP="00E43190">
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af0"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af0"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="00BE78CA">
+    <w:r>
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af0"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af0"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00BE78CA" w:rsidRDefault="00BE78CA">
     <w:pPr>
       <w:pStyle w:val="aa"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00BE78CA" w:rsidRDefault="00566BAA" w:rsidP="00E43190">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00BE78CA" w:rsidRDefault="00BE78CA" w:rsidP="00E43190">
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af0"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af0"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="00BE78CA">
+    <w:r>
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af0"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af0"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00927AF1">
+    <w:r w:rsidR="006340C9">
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af0"/>
         <w:noProof/>
       </w:rPr>
-      <w:t>9</w:t>
+      <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af0"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00BE78CA" w:rsidRDefault="00BE78CA">
     <w:pPr>
       <w:pStyle w:val="aa"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10325" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
-      <w:tblLook w:val="01E0"/>
+      <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3936"/>
       <w:gridCol w:w="2126"/>
       <w:gridCol w:w="4263"/>
     </w:tblGrid>
     <w:tr w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidTr="00073119">
       <w:trPr>
         <w:trHeight w:val="1348"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3936" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
-        <w:p w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="00A646AF" w:rsidP="00D52DE8">
+        <w:p w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="00B12C86" w:rsidP="002F11B1">
           <w:pPr>
             <w:spacing w:line="288" w:lineRule="auto"/>
             <w:ind w:right="459"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:color w:val="3A7298"/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00A646AF">
+          <w:r w:rsidRPr="00B12C86">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
             </w:rPr>
             <w:t xml:space="preserve">ҚАЗАҚСТАН РЕСПУБЛИКАСЫ </w:t>
           </w:r>
-          <w:r w:rsidR="009A7622">
+          <w:r w:rsidR="00AC79BD">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
             <w:t>БІЛІМ ЖӘНЕ ҒЫЛЫМ</w:t>
           </w:r>
-          <w:r w:rsidRPr="00A646AF">
+          <w:r w:rsidRPr="00B12C86">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
             </w:rPr>
             <w:t xml:space="preserve"> МИНИСТРЛІГІ</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2126" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
-        <w:p w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="00D42C93" w:rsidP="00782A16">
+        <w:p w:rsidR="004B400D" w:rsidRPr="00C723BA" w:rsidRDefault="00C723BA" w:rsidP="00782A16">
           <w:pPr>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="972820" cy="972820"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="2" name="Рисунок 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 1"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="972820" cy="972820"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4263" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
-        <w:p w:rsidR="009A7622" w:rsidRDefault="00A646AF" w:rsidP="001A1881">
+        <w:p w:rsidR="00F91DFB" w:rsidRDefault="00B12C86" w:rsidP="001A1881">
           <w:pPr>
             <w:spacing w:line="288" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00A646AF">
+          <w:r w:rsidRPr="00B12C86">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
             <w:t xml:space="preserve">МИНИСТЕРСТВО </w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="009A7622" w:rsidP="001A1881">
+        <w:p w:rsidR="00DF0AB5" w:rsidRDefault="00AC79BD" w:rsidP="00F91DFB">
+          <w:pPr>
+            <w:spacing w:line="288" w:lineRule="auto"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+              <w:lang w:val="kk-KZ"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+              <w:lang w:val="kk-KZ"/>
+            </w:rPr>
+            <w:t>ОБРАЗОВАНИЯ И НАУКИ</w:t>
+          </w:r>
+          <w:r w:rsidR="00B12C86" w:rsidRPr="00B12C86">
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+              <w:lang w:val="kk-KZ"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:p>
+        <w:p w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="00B12C86" w:rsidP="00F91DFB">
           <w:pPr>
             <w:spacing w:line="288" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:color w:val="3A7298"/>
               <w:sz w:val="29"/>
               <w:szCs w:val="29"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
-          <w:r>
+          <w:r w:rsidRPr="00B12C86">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
-            <w:t xml:space="preserve">ОБРАЗОВАНИЯ И НАУКИ </w:t>
-[...8 lines deleted...]
-            <w:t xml:space="preserve"> РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+            <w:t>РЕСПУБЛИКИ КАЗАХСТАН</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00642211" w:rsidRPr="00D100F6" w:rsidTr="00073119">
       <w:trPr>
         <w:trHeight w:val="591"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3936" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w:rsidR="00642211" w:rsidRDefault="00642211" w:rsidP="00642211">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:ind w:right="459"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
@@ -6977,111 +5112,195 @@
           <w:r w:rsidRPr="0087566C">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>ПРИКАЗ</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w:rsidR="00C7780A" w:rsidRDefault="00C7780A" w:rsidP="004B400D">
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:rPr>
         <w:color w:val="3A7298"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="004B400D" w:rsidRPr="00207569" w:rsidRDefault="00566BAA" w:rsidP="004B400D">
+  <w:p w:rsidR="004B400D" w:rsidRPr="00207569" w:rsidRDefault="00073119" w:rsidP="004B400D">
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:rPr>
         <w:color w:val="3A7298"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00566BAA">
+    <w:r w:rsidRPr="00642211">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="3399FF"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
-      <w:pict>
-[...3 lines deleted...]
-      </w:pict>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>6985</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>1523365</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="6411595" cy="0"/>
+              <wp:effectExtent l="12700" t="8890" r="14605" b="10160"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1" name="Line 26"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvCnPr>
+                      <a:cxnSpLocks noChangeShapeType="1"/>
+                    </wps:cNvCnPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm flipV="1">
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="6411595" cy="0"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="line">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="15875">
+                        <a:solidFill>
+                          <a:srgbClr val="3399FF"/>
+                        </a:solidFill>
+                        <a:round/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:noFill/>
+                          </a14:hiddenFill>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:bodyPr/>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:line w14:anchorId="34D675A1" id="Line 26" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from=".55pt,119.95pt" to="505.4pt,119.95pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF 90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA 0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893 SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY 22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA IQCTVymCHQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2jAQvVfqf7B8hyQQWIgIqyqBXrZd pN32bmyHWHVsyzYEVPW/d2w+yraXqurFGWdm3ryZeV48HjuJDtw6oVWJs2GKEVdUM6F2Jf7yuh7M MHKeKEakVrzEJ+7w4/L9u0VvCj7SrZaMWwQgyhW9KXHrvSmSxNGWd8QNteEKnI22HfFwtbuEWdID eieTUZpOk15bZqym3Dn4W5+deBnxm4ZT/9w0jnskSwzcfDxtPLfhTJYLUuwsMa2gFxrkH1h0RCgo eoOqiSdob8UfUJ2gVjvd+CHVXaKbRlAee4BusvS3bl5aYnjsBYbjzG1M7v/B0s+HjUWCwe4wUqSD FT0JxdFoGkbTG1dARKU2NjRHj+rFPGn6zSGlq5aoHY8UX08G8rKQkbxJCRdnoMC2/6QZxJC913FO x8Z2qJHCfA2JARxmgY5xMafbYvjRIwo/p3mWTeYTjOjVl5AiQIREY53/yHWHglFiCfQjIDk8OR8o /QoJ4UqvhZRx71KhHspPZg+TmOG0FCx4Q5yzu20lLToQkM54PJ+v17FB8NyHWb1XLKK1nLDVxfZE yLMN1aUKeNAL8LlYZ218n6fz1Ww1ywf5aLoa5GldDz6sq3wwXWcPk3pcV1Wd/QjUsrxoBWNcBXZX nWb53+ng8mLOCrsp9TaH5C16HBiQvX4j6bjWsMmzJraanTb2um6QZgy+PKOg/fs72PePffkTAAD/ /wMAUEsDBBQABgAIAAAAIQBfiVmO3AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv SPyDtUjcqJ0iCk3jVKiCG5e2OXB04iWJGq9D7DSBr2crIcFxdkazb7Lt7DpxxiG0njQkCwUCqfK2 pVpDcXy9ewIRoiFrOk+o4QsDbPPrq8yk1k+0x/Mh1oJLKKRGQxNjn0oZqgadCQvfI7H34QdnIsuh lnYwE5e7Ti6VWklnWuIPjelx12B1OoxOw+oxeDV+l7v9S/H+WUxDKB/cm9a3N/PzBkTEOf6F4YLP 6JAzU+lHskF0rBMOaljer9cgLr5KFG8pf08yz+T/CfkPAAAA//8DAFBLAQItABQABgAIAAAAIQC2 gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG AAgAAAAhAJNXKYIdAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A FAAGAAgAAAAhAF+JWY7cAAAACgEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2LnhtbFBL BQYAAAAABAAEAPMAAACABQAAAAA= " strokecolor="#39f" strokeweight="1.25pt">
+              <w10:wrap anchory="page"/>
+            </v:line>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00642211" w:rsidRPr="00E04401">
+    <w:r w:rsidR="006340C9" w:rsidRPr="0087566C">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="3399FF"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="kk-KZ"/>
+      </w:rPr>
+      <w:t>2019 жылғы 26 қарашасы</w:t>
+    </w:r>
+    <w:r w:rsidR="006340C9">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="3399FF"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="kk-KZ"/>
+      </w:rPr>
+      <w:t xml:space="preserve">                                                                    </w:t>
+    </w:r>
+    <w:r w:rsidR="006340C9" w:rsidRPr="0087566C">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="3399FF"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
-      <w:t>№ 509                                                                                                 от 26 ноября 2019 года</w:t>
+      <w:t xml:space="preserve">№ 509                      </w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="004B400D" w:rsidRPr="00123C1D" w:rsidRDefault="004B400D" w:rsidP="004B400D">
     <w:pPr>
       <w:rPr>
         <w:color w:val="3A7234"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="004726FE" w:rsidRPr="00934587" w:rsidRDefault="004726FE" w:rsidP="00934587">
     <w:pPr>
       <w:rPr>
         <w:color w:val="3A7234"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="050E10FA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A4EED4D4"/>
     <w:lvl w:ilvl="0" w:tplc="94DADD18">
       <w:start w:val="40"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1720"/>
         </w:tabs>
         <w:ind w:left="1720" w:hanging="1020"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7153,51 +5372,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6100"/>
         </w:tabs>
         <w:ind w:left="6100" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6820"/>
         </w:tabs>
         <w:ind w:left="6820" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3C7A5260"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97E0FD48"/>
     <w:lvl w:ilvl="0" w:tplc="EB50223A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1065" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1785" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -7242,51 +5461,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5385" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6105" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6825" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C204AF5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F454F34A"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1669"/>
         </w:tabs>
         <w:ind w:left="1669" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2389"/>
         </w:tabs>
         <w:ind w:left="2389" w:hanging="360"/>
@@ -7395,435 +5614,676 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-[...1 lines deleted...]
-  <w:stylePaneFormatFilter w:val="3F01"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="5122"/>
-[...2 lines deleted...]
-    </o:shapelayout>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
+    <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
-    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
+    <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
-    <w:endnote w:id="1"/>
   </w:endnotePr>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A47D62"/>
-    <w:rsid w:val="00066A87"/>
+    <w:rsid w:val="0002773D"/>
+    <w:rsid w:val="00041E04"/>
     <w:rsid w:val="00073119"/>
+    <w:rsid w:val="000870F9"/>
     <w:rsid w:val="000922AA"/>
+    <w:rsid w:val="000D35E5"/>
     <w:rsid w:val="000D4DAC"/>
-    <w:rsid w:val="000F02C9"/>
     <w:rsid w:val="000F48E7"/>
-    <w:rsid w:val="001204BA"/>
+    <w:rsid w:val="0012543E"/>
     <w:rsid w:val="001319EE"/>
+    <w:rsid w:val="00142EDD"/>
     <w:rsid w:val="00143292"/>
-    <w:rsid w:val="0016704D"/>
     <w:rsid w:val="001763DE"/>
     <w:rsid w:val="001A1881"/>
     <w:rsid w:val="001B61C1"/>
-    <w:rsid w:val="001F45BB"/>
     <w:rsid w:val="001F4925"/>
     <w:rsid w:val="001F64CB"/>
     <w:rsid w:val="002000F4"/>
+    <w:rsid w:val="002069E8"/>
     <w:rsid w:val="0022101F"/>
     <w:rsid w:val="0023374B"/>
     <w:rsid w:val="00251F3F"/>
-    <w:rsid w:val="00284098"/>
-    <w:rsid w:val="0029568E"/>
     <w:rsid w:val="002A394A"/>
-    <w:rsid w:val="00317251"/>
-[...1 lines deleted...]
-    <w:rsid w:val="003532D2"/>
+    <w:rsid w:val="002E70B7"/>
+    <w:rsid w:val="002F11B1"/>
+    <w:rsid w:val="002F56C5"/>
+    <w:rsid w:val="003074F0"/>
+    <w:rsid w:val="00341898"/>
     <w:rsid w:val="00364E0B"/>
-    <w:rsid w:val="00383CEC"/>
-[...3 lines deleted...]
-    <w:rsid w:val="003D781A"/>
+    <w:rsid w:val="003B2B54"/>
+    <w:rsid w:val="003D68CC"/>
     <w:rsid w:val="003F241E"/>
-    <w:rsid w:val="004169FD"/>
-    <w:rsid w:val="0042285B"/>
+    <w:rsid w:val="00410CDD"/>
     <w:rsid w:val="00423754"/>
+    <w:rsid w:val="004278D7"/>
     <w:rsid w:val="00430E89"/>
-    <w:rsid w:val="004332F2"/>
-    <w:rsid w:val="00467FAD"/>
+    <w:rsid w:val="00431A84"/>
     <w:rsid w:val="004726FE"/>
-    <w:rsid w:val="00482968"/>
+    <w:rsid w:val="00480A10"/>
+    <w:rsid w:val="00486F3C"/>
     <w:rsid w:val="0049623C"/>
     <w:rsid w:val="004B400D"/>
     <w:rsid w:val="004C34B8"/>
-    <w:rsid w:val="004C4C4E"/>
+    <w:rsid w:val="004E016D"/>
     <w:rsid w:val="004E49BE"/>
     <w:rsid w:val="004F3375"/>
-    <w:rsid w:val="005315C0"/>
-[...4 lines deleted...]
-    <w:rsid w:val="005E5E95"/>
+    <w:rsid w:val="005A3BF8"/>
+    <w:rsid w:val="005C2752"/>
+    <w:rsid w:val="005C5F30"/>
     <w:rsid w:val="005F582C"/>
-    <w:rsid w:val="006109DE"/>
+    <w:rsid w:val="00600A67"/>
+    <w:rsid w:val="00615671"/>
+    <w:rsid w:val="006340C9"/>
     <w:rsid w:val="00642211"/>
-    <w:rsid w:val="006622CA"/>
-    <w:rsid w:val="00677536"/>
+    <w:rsid w:val="0067240F"/>
+    <w:rsid w:val="006B0963"/>
     <w:rsid w:val="006B6938"/>
+    <w:rsid w:val="006E11A5"/>
     <w:rsid w:val="007006E3"/>
-    <w:rsid w:val="00711046"/>
     <w:rsid w:val="007111E8"/>
+    <w:rsid w:val="00720FC6"/>
     <w:rsid w:val="00731B2A"/>
     <w:rsid w:val="00740441"/>
+    <w:rsid w:val="00760FAE"/>
+    <w:rsid w:val="007702A5"/>
     <w:rsid w:val="007767CD"/>
     <w:rsid w:val="00782A16"/>
-    <w:rsid w:val="00787A78"/>
-[...2 lines deleted...]
-    <w:rsid w:val="007D5C5B"/>
+    <w:rsid w:val="00796757"/>
     <w:rsid w:val="007E588D"/>
-    <w:rsid w:val="007F5877"/>
+    <w:rsid w:val="007F6FB4"/>
     <w:rsid w:val="0081000A"/>
-    <w:rsid w:val="0084023F"/>
     <w:rsid w:val="008436CA"/>
-    <w:rsid w:val="0085252A"/>
     <w:rsid w:val="00866964"/>
     <w:rsid w:val="00867FA4"/>
-    <w:rsid w:val="008C7C66"/>
-    <w:rsid w:val="008E5C7D"/>
+    <w:rsid w:val="008858D2"/>
+    <w:rsid w:val="00892E1E"/>
+    <w:rsid w:val="008C7C59"/>
     <w:rsid w:val="009139A9"/>
     <w:rsid w:val="00914138"/>
     <w:rsid w:val="00915A4B"/>
-    <w:rsid w:val="00927AF1"/>
+    <w:rsid w:val="0092025E"/>
     <w:rsid w:val="00934587"/>
-    <w:rsid w:val="0094678B"/>
+    <w:rsid w:val="0094547D"/>
+    <w:rsid w:val="00986EC1"/>
+    <w:rsid w:val="00987EEF"/>
     <w:rsid w:val="009924CE"/>
-    <w:rsid w:val="009A7622"/>
+    <w:rsid w:val="009B3219"/>
     <w:rsid w:val="009B69F4"/>
+    <w:rsid w:val="009C4FD7"/>
+    <w:rsid w:val="009D2C4B"/>
     <w:rsid w:val="00A10052"/>
+    <w:rsid w:val="00A12835"/>
     <w:rsid w:val="00A17FE7"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A47D62"/>
-    <w:rsid w:val="00A51457"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00A8098B"/>
+    <w:rsid w:val="00A54C2F"/>
     <w:rsid w:val="00AA225A"/>
-    <w:rsid w:val="00AB0460"/>
     <w:rsid w:val="00AC76FB"/>
-    <w:rsid w:val="00AD462C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B06466"/>
+    <w:rsid w:val="00AC79BD"/>
+    <w:rsid w:val="00B12C86"/>
+    <w:rsid w:val="00B2298B"/>
+    <w:rsid w:val="00B46A45"/>
+    <w:rsid w:val="00B5615F"/>
+    <w:rsid w:val="00B627FC"/>
+    <w:rsid w:val="00B841B2"/>
     <w:rsid w:val="00B86340"/>
-    <w:rsid w:val="00BA6BE5"/>
-    <w:rsid w:val="00BD42EA"/>
+    <w:rsid w:val="00BB7B6B"/>
     <w:rsid w:val="00BE3CFA"/>
     <w:rsid w:val="00BE78CA"/>
-    <w:rsid w:val="00C659A6"/>
+    <w:rsid w:val="00C15632"/>
+    <w:rsid w:val="00C171B9"/>
+    <w:rsid w:val="00C33D18"/>
+    <w:rsid w:val="00C44E63"/>
+    <w:rsid w:val="00C723BA"/>
     <w:rsid w:val="00C7780A"/>
-    <w:rsid w:val="00C8675A"/>
     <w:rsid w:val="00CA1875"/>
     <w:rsid w:val="00CC7D90"/>
+    <w:rsid w:val="00CD3C51"/>
     <w:rsid w:val="00CE6A1B"/>
-    <w:rsid w:val="00D02BDF"/>
     <w:rsid w:val="00D03D0C"/>
     <w:rsid w:val="00D11982"/>
     <w:rsid w:val="00D14F06"/>
-    <w:rsid w:val="00D42C93"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00E07044"/>
+    <w:rsid w:val="00DB0C87"/>
+    <w:rsid w:val="00DD35CD"/>
+    <w:rsid w:val="00DF0AB5"/>
+    <w:rsid w:val="00E37404"/>
     <w:rsid w:val="00E43190"/>
+    <w:rsid w:val="00E468A1"/>
     <w:rsid w:val="00E57A5B"/>
-    <w:rsid w:val="00E8227B"/>
+    <w:rsid w:val="00E65082"/>
     <w:rsid w:val="00E866E0"/>
     <w:rsid w:val="00EB54A3"/>
     <w:rsid w:val="00EC3C11"/>
-    <w:rsid w:val="00EC6599"/>
+    <w:rsid w:val="00ED617A"/>
     <w:rsid w:val="00EE1A39"/>
-    <w:rsid w:val="00EF4E93"/>
-    <w:rsid w:val="00EF6BF2"/>
+    <w:rsid w:val="00EE69B8"/>
+    <w:rsid w:val="00F139DE"/>
     <w:rsid w:val="00F22932"/>
     <w:rsid w:val="00F525B9"/>
-    <w:rsid w:val="00F56C2A"/>
+    <w:rsid w:val="00F5436B"/>
     <w:rsid w:val="00F64017"/>
-    <w:rsid w:val="00F66167"/>
+    <w:rsid w:val="00F91DFB"/>
     <w:rsid w:val="00F93EE0"/>
-    <w:rsid w:val="00FA7E02"/>
-    <w:rsid w:val="00FC73D6"/>
     <w:rsid w:val="00FF4CCD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="5122"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="593FD99D"/>
+  <w15:docId w15:val="{44B4A029-4937-433D-8A03-B537D66F88E0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...133 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00A47D62"/>
     <w:pPr>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:qFormat/>
     <w:rsid w:val="001763DE"/>
     <w:pPr>
       <w:keepNext/>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times/Kazakh" w:hAnsi="Times/Kazakh"/>
       <w:b/>
       <w:sz w:val="26"/>
       <w:lang w:eastAsia="ko-KR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="a3">
     <w:name w:val="Знак"/>
     <w:basedOn w:val="a"/>
     <w:autoRedefine/>
     <w:rsid w:val="00A47D62"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
@@ -7914,65 +6374,58 @@
       <w:spacing w:before="120"/>
       <w:ind w:left="851" w:hanging="851"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:snapToGrid w:val="0"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Подзаголовок Знак"/>
     <w:link w:val="a6"/>
     <w:rsid w:val="00A47D62"/>
     <w:rPr>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="a9">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="00A47D62"/>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="00A47D62"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s0">
     <w:name w:val="s0"/>
@@ -8086,277 +6539,248 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:qFormat/>
     <w:rsid w:val="00CE6A1B"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af">
     <w:name w:val="Normal (Web)"/>
-    <w:aliases w:val="Обычный (Web),Обычный (веб) Знак1,Обычный (веб) Знак Знак1,Знак Знак1 Знак,Обычный (веб) Знак Знак Знак,Знак Знак1 Знак Знак,Обычный (веб) Знак Знак Знак Знак,Обычный (Web)1,Знак Знак3,Знак Знак Знак Знак Знак,Знак4 Зна,Знак4,Знак4 Знак"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="af0"/>
-[...1 lines deleted...]
-    <w:qFormat/>
     <w:rsid w:val="00364E0B"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="af1">
+  <w:style w:type="character" w:styleId="af0">
     <w:name w:val="page number"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="00BE78CA"/>
   </w:style>
-  <w:style w:type="character" w:styleId="af2">
+  <w:style w:type="character" w:styleId="af1">
     <w:name w:val="Strong"/>
     <w:qFormat/>
     <w:rsid w:val="007111E8"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af3">
+  <w:style w:type="paragraph" w:styleId="af2">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="af4"/>
+    <w:link w:val="af3"/>
     <w:rsid w:val="004726FE"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="af4">
+  <w:style w:type="character" w:customStyle="1" w:styleId="af3">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="af3"/>
+    <w:link w:val="af2"/>
     <w:rsid w:val="004726FE"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af5">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af4">
     <w:name w:val="Знак"/>
     <w:basedOn w:val="a"/>
     <w:autoRedefine/>
     <w:rsid w:val="004B400D"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="SimSun"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af6">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af5">
     <w:name w:val="Знак"/>
     <w:basedOn w:val="a"/>
     <w:autoRedefine/>
     <w:rsid w:val="00934587"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="SimSun"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af7">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af6">
     <w:name w:val="Знак"/>
     <w:basedOn w:val="a"/>
     <w:autoRedefine/>
     <w:rsid w:val="001A1881"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="SimSun"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="af0">
-[...11 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="af8">
+  <w:style w:type="paragraph" w:styleId="af7">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="af9"/>
+    <w:link w:val="af8"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E07044"/>
+    <w:rsid w:val="00E468A1"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="af9">
+  <w:style w:type="character" w:customStyle="1" w:styleId="af8">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="af8"/>
+    <w:link w:val="af7"/>
     <w:semiHidden/>
-    <w:rsid w:val="00E07044"/>
+    <w:rsid w:val="00E468A1"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
-    <w:div w:id="809253203">
+    <w:div w:id="785733947">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="927737332">
+    <w:div w:id="1644888438">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1355838385">
+    <w:div w:id="1842575027">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1502040128">
-[...12 lines deleted...]
-    <w:div w:id="2029867968">
+    <w:div w:id="2070569760">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500012487" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V070004991_" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V080005191_" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500012487" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1000006697" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500010348" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500010348" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V090005717_" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500010348" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500010348" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500010348" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1200008170" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V070004991_" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V080005191_" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V080005191_" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V080005191_" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1200008170" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -8608,68 +7032,68 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>18166</Characters>
+  <Pages>9</Pages>
+  <Words>3115</Words>
+  <Characters>17760</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>151</Lines>
-  <Paragraphs>42</Paragraphs>
+  <Lines>148</Lines>
+  <Paragraphs>41</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ЌАЗАЌСТАН</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>АО НИТ</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>21311</CharactersWithSpaces>
+  <CharactersWithSpaces>20834</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ЌАЗАЌСТАН</dc:title>
   <dc:creator>user</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>