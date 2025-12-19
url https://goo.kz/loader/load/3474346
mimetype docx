--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3355ae8" w14:textId="3355ae8">
+    <w:p w14:paraId="b237438" w14:textId="b237438">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,3272 +76,3258 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>"Орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары үшін білім алушылардың үлгеріміне ағымдағы бақылауды, оларды аралық және қорытынды аттестаттауды өткізудің үлгілік қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2008 жылғы 18 наурыздағы № 125 бұйрығына өзгерістер мен толықтырулар енгізу туралы</w:t>
-[...37 lines deleted...]
-    <w:bookmarkStart w:name="z0" w:id="0"/>
+        <w:t>О внесении изменений и дополнений в приказ Министра образования и науки Республики Казахстан от 18 марта 2008 года № 125 "Об утверждении Типовых правил проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся для организаций среднего, технического и профессионального, послесреднего образования"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 26 ноября 2019 года № 509. Зарегистрирован в Министерстве юстиции Республики Казахстан 27 ноября 2019 года № 19655</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Внести в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 18 марта 2008 года № 125 "Об утверждении Типовых правил проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся для организаций среднего, технического и профессионального, послесреднего образования" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов под № 5191, опубликованный в "Юридической газете" 30 мая 2008 года № 81 (1481)) следующее изменения и дополнения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. "Орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары үшін білім алушылардың үлгеріміне ағымдағы бақылауды, оларды аралық және қорытынды аттестаттауды өткізудің үлгілік қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2008 жылғы 18 наурыздағы № 125 </w:t>
-[...62 lines deleted...]
-    <w:bookmarkEnd w:id="1"/>
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Типовых правилах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся в организациях образования, реализующих общеобразовательные учебные программы начального, основного среднего, общего среднего образования, утвержденных указанным приказом:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>13-1</w:t>
-[...85 lines deleted...]
-    </w:p>
+        <w:t>пункты 13-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "13-1. При формативном оценивании на уроке учитель осуществляет обратную связь. Педагог самостоятельно определяет количество обучающихся, форму и частоту предоставления обратной связи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-2. Результаты формативного оценивания не требуют распечатывания и дальнейшего хранения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Предоставление результатов формативного оценивания осуществляется в выполненных работах обучающихся и/или в электронных журналах через комментарии учителя.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>14-3</w:t>
+        <w:t>пункты 14-3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>14-4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>14-5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> және </w:t>
-[...93 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14-6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "14-3. При выставлении итогового балла за СОР и суммативные работы за четверть (далее - СОЧ) не учитываются помарки, а также качество оформления условий учебных заданий и задач.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14-4. При учебной нагрузке 1 час в неделю СОР проводится не более двух раз в четверти с объединением разделов, итоговая оценка выставляется за полугодие.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14-5. СОР проводится не более трех раз в четверти. Разделы/сквозные темы объединяются с учетом специфики тем и количества целей обучения при изучении четырех и более разделов/сквозных тем в четверти. Разрешается его проведение в два этапа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14-6. Допускается проведение СОЧ не более трех в один день с учетом уровня сложности учебных предметов. СОЧ не проводятся в последний день завершения четверти. Одновременно СОР и СОЧ по одному учебному предмету не проводятся в один день.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>14-8-тармақ</w:t>
-[...29 lines deleted...]
-    </w:p>
+        <w:t>пункт 14-8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "14-8. При оценивании обучающихся с особыми образовательными потребностями учитель использует дифференцированные и/или индивидуальные задания, а также вносит изменения в критерии оценивания с учетом особенностей обучающегося, в том числе при реализации индивидуальных учебных программ.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>15-тармақ</w:t>
-[...139 lines deleted...]
-    </w:p>
+        <w:t>пункт 15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "15. По предметам "Самопознание", "Художественный труд", "Музыка", "Физическая культура", "Основы предпринимательства и бизнеса", "Графика и проектирование", "Начальная военная и технологическая подготовка", "Общество и религия", "Информационно-коммуникационные технологии" в начальной школе суммативное оценивание не проводится.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z20" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В конце четверти/полугодия и учебного года по предметам "Физическая культура", "Основы предпринимательства и бизнеса", "Графика и проектирование", "Начальная военная и технологическая подготовка", "Самопознание", "Художественный труд", "Музыка", "Общество и религия", "Информационно-коммуникационные технологии" в начальной школе выставляется "зачет" ("незачет").";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z21" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дополнить пунктами 15-1) и 15-2) в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z22" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "15-1. В 10-11-х классах при выборе предметов углубленного и стандартного уровня инвариантного компонента по данным предметам проводится суммативное оценивание, кроме учебных предметов "Основы предпринимательства и бизнеса", "Графика и проектирование".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z23" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По учебным предметам 10-11-го класса, выбранных за счет часов вариативного компонента, суммативное оценивание не проводится, в конце учебного года выставляется "зачет" ("незачет").</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z24" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15-2. В случае выбора Типовых учебных планов с сокращенной учебной нагрузкой количество СОР проводится согласно пунктам 14-4.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z25" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По учебным предметам 7-9 классов выбранного за счет вариативного компонента (предметы по выбору из инвариантного компонента) суммативное оценивание не проводится, в конце учебного года выставляется "зачет" ("незачет").";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>20-тармақ</w:t>
-[...29 lines deleted...]
-    </w:p>
+        <w:t>пункт 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "20. Обучающиеся при отсутствии (по состоянию здоровья, смерть близких родственников, в связи с неблагоприятными метеоусловиями, участие в соревнованиях, конференциях, олимпиадах и конкурсах научных проектов всех уровней) проходят суммативное оценивание по индивидуальному графику.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>37-тармақ</w:t>
-[...29 lines deleted...]
-    </w:p>
+        <w:t>пункт 37</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "37. Итоговая аттестация для обучающихся 9 (10) класса проводится в следующих формах:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z30" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) письменного экзамена по родному языку (по языку обучения) – письменная работа (эссе), для обучающихся школ с углубленным изучением предметов гуманитарного цикла - письменная работа (статья, рассказ, эссе);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z31" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) ана тілі бойынша жазбаша емтихан (оқыту тілі бойынша) – жазбаша жұмыс (эссе), гуманитарлық цикл пәндерін тереңдетіп оқытатын мектеп оқушылары үшін жазбаша жұмыс (мақала, әңгіме, эссе); </w:t>
-[...55 lines deleted...]
-    </w:p>
+      2) письменного экзамена по математике (алгебре); </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z32" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) письменного экзамена по казахскому языку и литературе в классах с русским, узбекским, уйгурским и таджикским языками обучения и письменного экзамена по русскому языку и литературе в классах с казахским языком обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z33" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) письменного экзамена по предмету по выбору (физика, химия, биология, география, геометрия, история Казахстана, всемирная история, литература (по языку обучения), иностранный язык (английский, французский, немецкий), информатика).";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>40</w:t>
-[...85 lines deleted...]
-    </w:p>
+        <w:t>пункт 40</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>41</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "40. Материалы экзаменационных работ (задания и схемы выставления баллов) для обучающихся 9 (10) класса готовятся управлениями образования областей, городов Нур-Султан, Алматы и Шымкент (далее – управления образования), для обучающихся 9 (10) класса республиканских школ и для обучающихся 11 (12) класса школ – Министерством образования и науки Республики Казахстан (далее - Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z36" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Содержание итоговой аттестации и ожидаемые результаты регламентируются спецификацией в разрезе каждого предмета и языка обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z37" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Обучающиеся 9 (10) класса, имеющие годовые неудовлетворительные оценки по одному и двум предметам, до проведения итоговой аттестации проходят дополнительное суммативное оценивание за учебный год по данным предметам.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>46-тармақ</w:t>
-[...49 lines deleted...]
-    </w:p>
+        <w:t>пункт 46</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "46. Выпускникам по образовательным программам автономной организации образования "Назарбаев Интеллектуальные школы" (далее – выпускники АОО "НИШ"), являющейся экспериментальной площадкой, выдаются сертификаты единого национального тестирования (далее - ЕНТ) на основании перевода баллов внешнего оценивания результатов обучения выпускников АОО "НИШ" в баллы сертификата ЕНТ в соответствии со шкалой перевода баллов внешнего оценивания результатов обучения выпускников АОО "НИШ" и итоговых оценок победителей в баллы сертификата ЕНТ согласно приложению 2 к настоящим Правилам.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>49-тармақ</w:t>
-[...101 lines deleted...]
-    </w:p>
+        <w:t>пункт 49</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "49. Экзаменационные материалы повторной итоговой аттестации разрабатываются школами самостоятельно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z42" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Обучающимся 9 (10) класса, сдавшим повторную итоговую аттестацию, выдается аттестат об основном среднем образовании, утвержденный приказом № 39.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z43" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Обучающимся 11 (12) класса, сдавшим повторную итоговую аттестацию, выдается аттестат об общем среднем образовании, утвержденный приказом № 39.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z44" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Обучающиеся 9 (10) классов, получившие неудовлетворительную оценку при повторной итоговой аттестации, остаются на повторный год обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z45" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Обучающиеся 11 (12) классов, получившие неудовлетворительную оценку при повторной итоговой аттестации, получают справку, выдаваемую лицам, не завершившим образование, в соответствии с формой, утвержденной приказом № 289.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>51-тармақ</w:t>
-[...141 lines deleted...]
-    </w:p>
+        <w:t>пункт 51</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z47" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "51. Приказы об освобождении обучающихся от итоговой аттестации издаются на основании следующих документов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z48" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заключения врачебно-консультационной комиссии согласно форме № 035-1/у, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 23 ноября 2010 года № 907 "Об утверждении форм первичной медицинской документации организаций здравоохранения" (зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 6697), для категории обучающихся указанных в подпункте 1) и 2) пункта 50 настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z49" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) выписки из решения педсовета и ходатайства школы, для категории обучающихся указанных в пункте 50 настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z50" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) подлинников и копий табелей успеваемости обучающихся (далее - табель) в соответствии с формой, утвержденной приказом Министра образования и науки Республики Казахстан от 23 октября 2007 года № 502 "Об утверждении формы документов строгой отчетности, используемых организациями образования в образовательной деятельности" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов под № 4991), для категории обучающихся указанных в пункте 50 настоящих Правил. Подлинники табелей после сверки с его копиями возвращаются администрации школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z51" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Документы, указанные в подпунктах 2) и 3) настоящего пункта, заверяются подписью руководителя и печатью школы.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>54-тармақ</w:t>
-[...139 lines deleted...]
-    </w:p>
+        <w:t>пункт 54</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z53" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "54. Выпускники 11 (12) класса, выезжавшие на учебу за рубеж по линии международного обмена, и окончившие там образовательные учреждения, итоговую аттестацию за 11 (12) класс проходят в школах Республики Казахстан после окончании учебы за рубежом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z54" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      До начала итоговой аттестации решением школьной комиссии данные выпускники проходят аттестацию по предметам инвариантного компонента Типового учебного плана, утвержденного приказом Министра образования и науки Республики Казахстан от 8 ноября 2012 года № 500 "Об утверждении типовых учебных планов начального, основного среднего, общего среднего образования Республики Казахстан" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов под № 8170) не изучавшимся за рубежом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z55" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сроки проведения итоговой аттестации устанавливаются решением педсовета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z56" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      После прохождения итоговой аттестации им выдается аттестат об общем среднем образовании, утвержденный приказом № 39, с учетом отметок по предметам, изучавшимся за рубежом, годовых и итоговых оценок, полученных в предыдущих классах в школах Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z57" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Выпускникам, выезжавшим на учебу за рубеж по линии международного обмена, и окончившим там образовательные учреждения, а также имеющим за время обучения в 10 (11) и 11 (12) классах в Республике Казахстан или за рубежом годовые, итоговые оценки и оценки по итоговой аттестации "5" по изученным предметам, выдается аттестат об общем среднем образовании с отличием, утвержденный приказом № 39.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z58" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Выпускникам, выезжавшим на учебу за рубеж по линии международного обмена и окончившим там образовательные учреждения, а также имеющим годовые, итоговые оценки "5" по всем предметам в период учебы с 5 по 11 (12) классы в Республике Казахстан или за рубежом и прошедшим итоговую аттестацию на оценку "5", выдается аттестат об общем среднем образовании "Алтын белгі" в соответствии с формой, утвержденной приказом № 39, и знак "Алтын белгі".";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>58-тармақ</w:t>
-[...29 lines deleted...]
-    </w:p>
+        <w:t>пункт 58</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "58. В 9 (10) классе на выполнение письменных работ отводится 2 астрономических часа, на математику (алгебру) (письменно) – 3 астрономических часа (в специализированных школах физико-математического направления – 4 часа).";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>62-тармақ</w:t>
-[...137 lines deleted...]
-    </w:p>
+        <w:t>пункт 62</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z62" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "62. По окончании письменного экзамена и тестирования члены Комиссии проверяют работы обучающихся в здании школы, кроме работ претендентов на получение аттестатов об общем среднем образовании "Алтын белгі".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z63" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Непроверенные работы сдаются на хранение руководителю школы. При проверке ошибки подчеркиваются. В эссе, за курс общего среднего образования, количество ошибок указывается отдельно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z64" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На письменные работы по математике (алгебре), оцененные на "2" и "5", Комиссией школы даются рецензии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z65" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В 9 (10) классе работы проверяются согласно схеме выставления баллов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z66" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Эссе в 11 (12) классе оценивается двумя оценками, письменная экзаменационная работа по математике (алгебре) за курс основного и общего среднего образования – одной.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z67" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По итогам эссе оценка за орфографию и грамматику выставляется по языковым предметам, оценка за содержание выставляется по литературе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z68" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае выбора выпускниками литературы из перечня предметов по выбору для итоговой аттестации оценка выставляется только по данному предмету.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>64-тармақ</w:t>
-[...29 lines deleted...]
-    </w:p>
+        <w:t>пункт 64</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z70" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "64. На устном экзамене в 11 (12) классе для подготовки ответа обучающемуся предоставляется не менее 20 минут. Если обучающийся не ответил на вопросы по билету, Комиссия разрешает ему взять второй билет (оценка в данном случае снижается на 1 балл).";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>69-тармақ</w:t>
-[...49 lines deleted...]
-    </w:p>
+        <w:t>пункт 69</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z72" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      9 (10) сыныпта Комиссия білім алушыларға балдар мен емтихан бағаларын қояды және оларды осы Қағидаларға </w:t>
-[...39 lines deleted...]
-    </w:p>
+      "69. После проведения устных или письменных экзаменов, тестирования по каждому предмету в 11 (12) классе Комиссия в тот же день выставляет обучающимся экзаменационные и итоговые оценки и вносит их в бумажный и электронный Протокол экзамена (тестирования) и итоговых оценок за курс обучения на уровне общего среднего образования по форме согласно приложению 3 к настоящим Правилам. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z73" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В 9 (10) классе Комиссия выставляет обучающимся баллы и экзаменационные оценки и вносит их в бумажный и электронный Протокол экзамена за курс обучения на уровне основного среднего образования по форме согласно приложению 3 к настоящим Правилам. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z74" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Результаты итоговой аттестации обучающихся 9 (10) класса по предметам в виде баллов выставляются в журнал (бумажный/электронный) и переводятся по шкале перевода баллов экзамена в экзаменационные оценки согласно приложению 4 к настоящим Правилам.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>71-тармақ</w:t>
-[...47 lines deleted...]
-    </w:p>
+        <w:t>пункт 71</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z76" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "71. Оценки, полученные обучающимися на устном экзамене в 11 (12) классе, объявляются им после окончания экзамена в данном классе или группе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z77" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На основании письменного заявления обучающийся в присутствии председателя Комиссии школы ознакамливается с результатами проверки своей письменной работы.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>73-тармақ</w:t>
-[...119 lines deleted...]
-    </w:p>
+        <w:t>пункт 73</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z79" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "73. При выведении итоговых оценок по предмету в 9 (10) классах итоговая оценка выставляется на основании результатов экзамена (по пятибальной шкале) и четвертных оценок за учебный год (по пятибальной шкале) в процентном соотношении 30 на 70. Округление итоговой оценки проводиться к ближайшему целому.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z80" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При выведении итоговых оценок по предмету в 11(12) классах надлежит руководствоваться следующим:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z81" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) итоговая оценка по предмету определяется на основании годовой и экзаменационной с учетом четвертных (полугодовых) оценок за текущий учебный год (учитывается при экзаменационной оценке "4" или "5");</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z82" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) при неудовлетворительной экзаменационной оценке не выставляется положительная итоговая оценка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z83" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) итоговая оценка выставляется не выше экзаменационной;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z84" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) в случае, если в 11 (12) классах не выбраны предметы углубленного и стандартного уровней инвариантного компонента, в аттестат об общем среднем образовании выставляется итоговая оценка по этим предметам за 9 класс.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>80</w:t>
-[...175 lines deleted...]
-    </w:p>
+        <w:t>пункты 80</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>81</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z86" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "80. Комиссией, формируемой при школе, осуществляются следующие мероприятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z87" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проведение разъяснительных работ для обучающихся, педагогов и родителей по вопросам проведения итоговой аттестации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z88" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) формирование и направление в филиал НЦТ списков обучающихся 11 (12) класса, сдающих итоговую аттестацию с указанием перечня предметов, выбранных обучающимися 11 (12) класса, в срок до 1 марта текущего года;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z89" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) организация работы по проведению итоговой аттестации, а также подготовке обучающихся к итоговой аттестации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z90" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) рассмотрение письменных экзаменационных работ обучающихся 9 (10) и 11 (12) классов, кроме работ претендентов на получение аттестатов об общем среднем образовании "Алтын белгі";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z91" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) после завершения письменных экзаменационных работ направляет электронный вариант Протокола в отделы или управления образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z92" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) выдача и использование результатов тестирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z93" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) направление письменных экзаменационных работ претендентов на получение аттестатов об общем среднем образовании "Алтын белгі" на рассмотрение Комиссии, формируемыми при управлении образования (республиканские школы на рассмотрение Комиссии, формируемыми при Министерстве) через отделы образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z94" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) перевод баллов результатов тестирования в оценки в соответствии со Шкалой перевода баллов тестирования в оценки аттестата о среднем общем образовании согласно приложению 4 к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z95" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) рассмотрение обоснованности предложений, поступивших на апелляцию и принятие решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z96" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      81. Комиссиями, формируемыми при районном, городском отделе образования, осуществляются следующие мероприятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z97" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проведение информационно-разъяснительной работы среди обучающихся, педагогов и родителей по вопросам проведения итоговой аттестации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z98" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      8) осы Қағидаларға </w:t>
-[...75 lines deleted...]
-    </w:p>
+      2) организация работы по проведению итоговой аттестации; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z99" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) направление письменных экзаменационных работ претендентов на получение аттестатов об общем среднем образовании "Алтын белгі" на рассмотрение Комиссии, формируемыми при управлении образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z100" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) рассмотрение обоснованности предложений, поступивших на апелляцию и принятие окончательного решения.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z101" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дополнить пунктами 81-1) и 81-2) в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z102" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "81-1. Комиссиями, формируемыми при управлении образования осуществляются следующие мероприятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z103" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проведение информационно-разъяснительной работы среди обучающихся, педагогов и родителей по вопросам проведения итоговой аттестации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z104" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) организация работы по проведению итоговой аттестации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z105" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) рассмотрение письменных экзаменационных работ претендентов на получение аттестатов об общем среднем образовании "Алтын белгі";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z106" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) направление результатов рассмотрение письменных экзаменационных работ претендентов на получение аттестатов об общем среднем образовании "Алтын белгі" в школы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z107" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) рассмотрение обоснованности предложений, поступивших на апелляцию и принятие окончательного решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z108" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      81-2. Комиссиями, формируемыми при Министерстве, осуществляются следующие мероприятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z109" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проведение информационно-разъяснительной работы среди обучающихся, педагогов и родителей по вопросам проведения итоговой аттестации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z110" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) организация работы по проведению итоговой аттестации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z111" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) қорытынды аттестаттауды өткізу бойынша жұмыстарды ұйымдастыру; </w:t>
-[...38 lines deleted...]
-    <w:bookmarkStart w:name="z21" w:id="3"/>
+      3) рассмотрение письменных экзаменационных работ претендентов на получение аттестатов об общем среднем образовании "Алтын белгі" республиканских школ; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z112" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) направление результатов рассмотрение письменных экзаменационных работ претендентов на получение аттестатов об общем среднем образовании "Алтын белгі" в республиканские школы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z113" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) рассмотрение обоснованности предложений, поступивших на апелляцию и принятие окончательного решения.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z114" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      81-1 және 81-2-тармақтармен толықтырылсын: </w:t>
-[...448 lines deleted...]
-    <w:bookmarkEnd w:id="6"/>
+      приложения 3 и 4 изложить в редакции согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложениям 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z115" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Комитету дошкольного и среднего образования Министерства образования и науки Республики Казахстан (Куптлеуова Б.А.) в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z116" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z117" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) размещение настоящего приказа на интернет-ресурсе Министерства образования и науки Республики Казахстан после его официального опубликования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z118" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Департамент юридической службы Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2) и 3) настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z119" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра образования и науки Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z120" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7795"/>
         <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
@@ -3356,51 +3342,61 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      Министр </w:t>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Министр </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -3502,103 +3498,90 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Приложение 1 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t>Министра образования</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2019 жылғы 26 қарашадағы</w:t>
+              <w:t>и науки Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">№ 509 бұйрығына </w:t>
-[...12 lines deleted...]
-              <w:t>1-қосымша</w:t>
+              <w:t>от 26 ноября 2019 года № 509</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -3619,168 +3602,168 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Бастауыш, негізгі орта, жалпы</w:t>
+              <w:t>Приложение 3</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>орта білімнің білім беретін оқу</w:t>
+              <w:t>к Типовым правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бағдарламаларын іске асыратын</w:t>
+              <w:t>проведения текущего контроля</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>білім беру ұйымдарындағы білім</w:t>
+              <w:t>успеваемости, промежуточной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>алушылардың үлгеріміне</w:t>
+              <w:t>аттестации обучающихся в</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ағымдық бақылаудың, оларды</w:t>
+              <w:t>организациях образования,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>аралық және қорытынды</w:t>
+              <w:t>реализующих общеобразовательные</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>аттестаттау жүргізудің</w:t>
+              <w:t>учебные программы начального,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>үлгі қағидаларына</w:t>
+              <w:t>основного среднего, общего</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3-қосымша</w:t>
+              <w:t>среднего образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -3801,576 +3784,439 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z125" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Жалпы орта білім беру деңгейіндегі оқыту курсы үшін емтихан (тестілеу) және қорытынды бағалардың хаттамасы</w:t>
-[...505 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve">              Протокол экзамена (тестирования) и итоговых оценок за курс обучения на</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         уровнях общего среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z126" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по ________________________________________ в _____________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (наименование учебного предмета)             (наименование школы)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (наименование города (села))</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (наименование района)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________ области Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В состав экзаменационной комиссии входят:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             Ф. И. О. (при его наличии) председателя экзаменационной комиссии</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         Ф. И. О. (при его наличии) экзаменатора</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         Ф. И. О. (при наличии) ассистентов</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Пакет с экзаменационными материалами, присланный из управления образования (Министерства) вскрыт в _____ час. ____ мин.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Экзаменационный (тестовый) материал, присланный в пакете, прилагается к настоящему протоколу.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>На экзамен (тестирование) явились:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (Ф.И.О. (при его наличии) обучающихся)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>На экзамен (тестирование) не явились:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (Ф.И.О. (при его наличии) обучающихся)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z127" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Экзамен (тестирование) начался в ____час. ____ мин.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z128" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Экзамен (тестирование) закончился в ___час. ____мин.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z129" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам экзамена (тестирования) выставлены следующие оценки:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1023"/>
         <w:gridCol w:w="3488"/>
         <w:gridCol w:w="2447"/>
         <w:gridCol w:w="1780"/>
         <w:gridCol w:w="1781"/>
         <w:gridCol w:w="1781"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -4421,195 +4267,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Емтихан тапсырушының Т.А.Ә. (бар болған жағдайда)</w:t>
+Фамилия, имя, отчество (при его наличии) экзаменующегося</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жазбаша жұмыстың тақырыбы және нұсқасы, билет №</w:t>
+Тема и вариант письменной работы, № билета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Емтихан бағасы (жазумен)</w:t>
+Экзаменационная оценка (прописью)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1781" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жылдық бағасы (жазумен)</w:t>
+Годовая оценка (прописью)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1781" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қорытынды бағасы (жазумен)</w:t>
+Итоговая оценка (прописью)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5043,302 +4889,310 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...250 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z130" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Особые мнения членов экзаменационной комиссии об оценках ответов отдельных обучающихся:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z131" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z132" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата проведения экзамена (тестирования) "___" __________20__ г.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z133" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата внесения в протокол оценок "___"__________ 20__ г.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z134" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Председатель Комиссии _________________________________________ ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z135" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                     Ф.И.О. (при его наличии)                   подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z136" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Экзаменующий учитель __________________________________________ __________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z137" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                     Ф.И.О. (при его наличии)                   подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z138" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ассистенты ____________________________________________________ ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z139" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                     Ф.И.О. (при его наличии)                   подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z140" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________ _________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z141" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                     Ф.И.О. (при его наличии)                   подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z142" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание: аналогичный электронный вариант Протокола используется наравне с бумажным вариантом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5372,576 +5226,483 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z144" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Негізгі орта білім беру деңгейіндегі оқыту курсы үшін емтихан хаттамасы</w:t>
-[...505 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve">        Протокол экзамена за курс обучения на уровне основного среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z145" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по ______________________________________ в _______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (наименование учебного предмета)             (наименование школы)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (наименование города (села))</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (наименование района)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________ области Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В состав экзаменационной комиссии входят:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   Ф. И. О. (при его наличии) председателя экзаменационной комиссии</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         Ф. И. О. (при его наличии) экзаменатора</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________ ______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         Ф. И. О. (при наличии) ассистентов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z146" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пакет с экзаменационными материалами, присланный из управления образования (Министерства) вскрыт в _____ час. ____ мин.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z147" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Экзаменационный материал, присланный в пакете, прилагается к настоящему протоколу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z148" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На экзамен явились:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z149" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z150" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                               (Ф.И.О. (при его наличии) обучающихся)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z151" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На экзамен не явились:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z152" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z153" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                               (Ф.И.О. (при его наличии) обучающихся)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z154" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Экзамен начался в ____час. ____ мин.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z155" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Экзамен закончился в ___час. ____мин.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z156" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам экзамена выставлены следующие баллы и экзаменационные оценки:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1617"/>
         <w:gridCol w:w="5509"/>
         <w:gridCol w:w="2362"/>
         <w:gridCol w:w="2812"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -5990,123 +5751,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Емтихан тапсырушының Т.А.Ә. (бар болған жағдайда)</w:t>
+Фамилия, имя, отчество (при его наличии) экзаменующегося</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2362" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Балл (жазумен)</w:t>
+Балл (прописью)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2812" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Емтихан бағасы (жазумен)</w:t>
+Экзаменационная оценка (прописью)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1617" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6384,248 +6145,270 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z157" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата проведения экзамена "___" __________20__ г.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z158" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Емтиханды өткізу күні: "___" __________20__ ж. </w:t>
-[...181 lines deleted...]
-    </w:p>
+      Дата внесения в протокол оценок "___"__________ 20__ г. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z159" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Председатель Комиссии _________________________________________ ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z160" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                     Ф.И.О. (при его наличии)                   подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z161" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Экзаменующий учитель _________________________________________ ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z162" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                     Ф.И.О. (при его наличии)                   подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z163" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ассистенты ____________________________________________________ ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z164" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                     Ф.И.О. (при его наличии)                   подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z165" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________ __________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z166" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                               Ф.И.О. (при его наличии)                         подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z167" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание: аналогичный электронный вариант Протокола используется наравне с бумажным вариантом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6659,103 +6442,90 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Приложение 2 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t>Министра образования</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2019 жылғы 26 қарашадағы</w:t>
+              <w:t>и науки Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">№ 509 бұйрығына </w:t>
-[...12 lines deleted...]
-              <w:t>2-қосымша</w:t>
+              <w:t>от 26 ноября 2019 года № 509</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -6776,3708 +6546,3704 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Бастауыш, негізгі орта, жалпы </w:t>
+              <w:t>Приложение 4</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">орта білімнің білім беретін оқу </w:t>
+              <w:t>к Типовым правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">бағдарламаларын іске асыратын </w:t>
+              <w:t>проведения текущего контроля</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">білім беру ұйымдарындағы білім </w:t>
+              <w:t>успеваемости, промежуточной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">алушылардың үлгеріміне </w:t>
+              <w:t>аттестации обучающихся в</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ағымдық бақылаудың, оларды </w:t>
+              <w:t>организациях образования,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">аралық және қорытынды </w:t>
+              <w:t>реализующих общеобразовательные</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>аттестаттау жүргізудің</w:t>
+              <w:t>учебные программы начального,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>үлгі қағидаларына</w:t>
+              <w:t>основного среднего, общего</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>4-қосымша</w:t>
+              <w:t>среднего образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z170" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Тестілеу балдарын жалпы орта білім туралы аттестаттың бағаларына ауыстыру шәкілі</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Шкала перевода баллов тестирования обучающихся 11 (12) классов в оценки аттестата об общем среднем образовании</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="960"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2336"/>
+        <w:gridCol w:w="947"/>
+        <w:gridCol w:w="2477"/>
+        <w:gridCol w:w="1966"/>
+        <w:gridCol w:w="2303"/>
+        <w:gridCol w:w="2303"/>
+        <w:gridCol w:w="2304"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="960" w:type="dxa"/>
-[...209 lines deleted...]
-5 (өте жақсы)</w:t>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2477" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Предмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1966" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 (неудовлетворительно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 (удовлетворительно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 (хорошо)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 (отлично)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1993" w:type="dxa"/>
+            <w:tcW w:w="2477" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Казахский язык для школ с русским, узбекским, уйгурским и таджикским языками обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1966" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0 – 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcW w:w="2303" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9 – 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2336" w:type="dxa"/>
+            <w:tcW w:w="2303" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25 – 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2336" w:type="dxa"/>
-[...29 lines deleted...]
-33 - 40</w:t>
+            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33 – 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1993" w:type="dxa"/>
+            <w:tcW w:w="2477" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Русский язык для школ с казахским языком обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1966" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0 – 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcW w:w="2303" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9 – 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2336" w:type="dxa"/>
+            <w:tcW w:w="2303" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25 – 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2336" w:type="dxa"/>
-[...29 lines deleted...]
-33 - 40</w:t>
+            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33 – 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:tcW w:w="2477" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Геометрия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1993" w:type="dxa"/>
+            <w:tcW w:w="1966" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0 – 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2335" w:type="dxa"/>
-[...101 lines deleted...]
-49 - 60</w:t>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13– 36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37 –48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49 – 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:tcW w:w="2477" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Физика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1993" w:type="dxa"/>
+            <w:tcW w:w="1966" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0 – 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcW w:w="2303" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13 – 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2336" w:type="dxa"/>
-[...65 lines deleted...]
-49 - 60</w:t>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37 –48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49 – 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:tcW w:w="2477" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Химия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1993" w:type="dxa"/>
+            <w:tcW w:w="1966" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0 – 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcW w:w="2303" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13 – 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2336" w:type="dxa"/>
-[...65 lines deleted...]
-49 - 60</w:t>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37 –48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49 – 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:tcW w:w="2477" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Биология</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1993" w:type="dxa"/>
+            <w:tcW w:w="1966" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0 – 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcW w:w="2303" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13 – 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2336" w:type="dxa"/>
-[...65 lines deleted...]
-49 - 60</w:t>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37 –48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49 – 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:tcW w:w="2477" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 География</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1993" w:type="dxa"/>
+            <w:tcW w:w="1966" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0 – 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcW w:w="2303" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13 – 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2336" w:type="dxa"/>
-[...65 lines deleted...]
-49 - 60</w:t>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37 –48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49 – 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1993" w:type="dxa"/>
+            <w:tcW w:w="2477" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всемирная история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1966" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0 – 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcW w:w="2303" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13 – 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2336" w:type="dxa"/>
-[...65 lines deleted...]
-49 - 60</w:t>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37 –48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49 – 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1993" w:type="dxa"/>
+            <w:tcW w:w="2477" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Русская литература</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1966" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0 – 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcW w:w="2303" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13 – 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2336" w:type="dxa"/>
-[...65 lines deleted...]
-49 - 60</w:t>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37 –48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49 – 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1993" w:type="dxa"/>
+            <w:tcW w:w="2477" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Казахская литература</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1966" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0 – 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcW w:w="2303" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13 – 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2336" w:type="dxa"/>
-[...65 lines deleted...]
-49 - 60</w:t>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37 –48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49 – 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1993" w:type="dxa"/>
+            <w:tcW w:w="2477" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Английский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1966" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0 – 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcW w:w="2303" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9 – 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2336" w:type="dxa"/>
+            <w:tcW w:w="2303" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25 – 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2336" w:type="dxa"/>
-[...29 lines deleted...]
-33 - 40</w:t>
+            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33 – 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1993" w:type="dxa"/>
+            <w:tcW w:w="2477" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Французский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1966" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0 – 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcW w:w="2303" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9 – 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2336" w:type="dxa"/>
+            <w:tcW w:w="2303" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25 – 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2336" w:type="dxa"/>
-[...29 lines deleted...]
-33 - 40</w:t>
+            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33 – 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1993" w:type="dxa"/>
+            <w:tcW w:w="2477" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Немецкий язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1966" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0 – 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcW w:w="2303" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9 – 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2336" w:type="dxa"/>
+            <w:tcW w:w="2303" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25 – 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2336" w:type="dxa"/>
-[...29 lines deleted...]
-33 - 40</w:t>
+            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33 – 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcW w:w="947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:tcW w:w="2477" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Информатика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1993" w:type="dxa"/>
+            <w:tcW w:w="1966" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0 – 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcW w:w="2303" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7 – 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2336" w:type="dxa"/>
+            <w:tcW w:w="2303" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14 – 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2336" w:type="dxa"/>
+            <w:tcW w:w="2304" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21 – 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z171" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 9 (10) сынып білім алушыларының емтихан балдарын емтихан бағаларына ауыстыру шәкілі</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Шкала перевода баллов экзамена обучающихся 9 (10) классов  в экзаменационные оценки</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1772"/>
         <w:gridCol w:w="3509"/>
         <w:gridCol w:w="3509"/>
         <w:gridCol w:w="3510"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-Баға</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3509" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-Максимальды балл 20 болған пәндер үшін балдар</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Баллы для предметов, где максимальный балл 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3509" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-Максимальды балл 30 болған пәндер үшін балдар</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Баллы для предметов, где максимальный балл 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-Максимальды балл 50 болған пәндер үшін балдар</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Баллы для предметов, где максимальный балл 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1772" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11092,51 +10858,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
+					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>