--- v0 (2025-12-18)
+++ v1 (2026-03-05)
@@ -1,490 +1,287 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00FA4B0F" w:rsidRPr="00362419" w:rsidRDefault="00F408A2" w:rsidP="00FA4B0F">
+    <w:p w:rsidR="00FA4B0F" w:rsidRPr="00FA4B0F" w:rsidRDefault="00FA4B0F" w:rsidP="00FA4B0F">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F408A2">
+      <w:r w:rsidRPr="00FA4B0F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">2019-2020 </w:t>
+        <w:t>Итоги  пробного тестирования 11 класса 2019-2020год 2 четверть 26.11.2019</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="009C6EA2">
+    </w:p>
+    <w:p w:rsidR="00FA4B0F" w:rsidRPr="00FA4B0F" w:rsidRDefault="00FA4B0F" w:rsidP="00FA4B0F">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>жылды</w:t>
-[...89 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="page" w:horzAnchor="margin" w:tblpY="2395"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="959"/>
         <w:gridCol w:w="3265"/>
-        <w:gridCol w:w="1860"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1084"/>
+        <w:gridCol w:w="1845"/>
+        <w:gridCol w:w="1242"/>
+        <w:gridCol w:w="1379"/>
+        <w:gridCol w:w="1045"/>
+        <w:gridCol w:w="1045"/>
         <w:gridCol w:w="1134"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FA4B0F" w:rsidRPr="00FA4B0F" w:rsidTr="00885F73">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00FA4B0F" w:rsidRPr="00FA4B0F" w:rsidTr="00B01EF2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00FA4B0F" w:rsidRPr="00FA4B0F" w:rsidRDefault="00FA4B0F" w:rsidP="00FA4B0F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA4B0F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3265" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4B0F" w:rsidRPr="00463551" w:rsidRDefault="00463551" w:rsidP="00FA4B0F">
+          <w:p w:rsidR="00FA4B0F" w:rsidRPr="00FA4B0F" w:rsidRDefault="00FA4B0F" w:rsidP="00FA4B0F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA4B0F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ФИ ученика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1178" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA4B0F" w:rsidRPr="00FA4B0F" w:rsidRDefault="00E71F7B" w:rsidP="00FA4B0F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00E71F7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>математическая грамотность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1242" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA4B0F" w:rsidRPr="00FA4B0F" w:rsidRDefault="00FA4B0F" w:rsidP="00FA4B0F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA4B0F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">История </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA4B0F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Казахстана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1242" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA4B0F" w:rsidRPr="00FA4B0F" w:rsidRDefault="00E71F7B" w:rsidP="00FA4B0F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71F7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">грамотность </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">ТӘ оқушының </w:t>
+              <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
-          </w:p>
-[...11 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00E71F7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>чтения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1045" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA4B0F" w:rsidRPr="00FA4B0F" w:rsidRDefault="00FA4B0F" w:rsidP="00FA4B0F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00885F73">
-[...11 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00FA4B0F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>М</w:t>
+              <w:t>Предмет по выбр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1045" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA4B0F" w:rsidRPr="00FA4B0F" w:rsidRDefault="00FA4B0F" w:rsidP="00FA4B0F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA4B0F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Предмет по </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00885F73">
-[...5 lines deleted...]
-              <w:t>атематикалық</w:t>
+            <w:r w:rsidRPr="00FA4B0F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>выбр</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00885F73">
-[...174 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4B0F" w:rsidRDefault="00FA4B0F" w:rsidP="00885F73">
-[...30 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00FA4B0F" w:rsidRPr="00FA4B0F" w:rsidRDefault="00FA4B0F" w:rsidP="00FA4B0F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA4B0F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Общий балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA4B0F" w:rsidRPr="00FA4B0F" w:rsidTr="00B01EF2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00FA4B0F" w:rsidRPr="00FA4B0F" w:rsidRDefault="00FA4B0F" w:rsidP="00FA4B0F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA4B0F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
@@ -5095,57 +4892,52 @@
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001531C9"/>
     <w:rsid w:val="001531C9"/>
-    <w:rsid w:val="00362419"/>
-[...3 lines deleted...]
-    <w:rsid w:val="009C6EA2"/>
     <w:rsid w:val="00B06293"/>
-    <w:rsid w:val="00F408A2"/>
+    <w:rsid w:val="00E71F7B"/>
     <w:rsid w:val="00FA4B0F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -5293,50 +5085,51 @@
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
@@ -5501,112 +5294,98 @@
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00FA4B0F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:divs>
-[...13 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -5838,69 +5617,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>163</Words>
-  <Characters>935</Characters>
+  <Words>166</Words>
+  <Characters>950</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>7</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>HP Inc.</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1096</CharactersWithSpaces>
+  <CharactersWithSpaces>1114</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Hp</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>