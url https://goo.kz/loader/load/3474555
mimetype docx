--- v0 (2025-12-13)
+++ v1 (2026-03-05)
@@ -1,4786 +1,3547 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="009B41C1" w:rsidRDefault="00882FF0" w:rsidP="0064249C">
+    <w:p w:rsidR="00FA1E09" w:rsidRPr="00FA1E09" w:rsidRDefault="00CA4093" w:rsidP="00B42AD5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="009B41C1" w:rsidRPr="00882FF0">
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:r w:rsidR="001E04F3" w:rsidRPr="00FA1E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00882FF0" w:rsidRPr="00882FF0" w:rsidRDefault="00882FF0" w:rsidP="0064249C">
+        </w:rPr>
+        <w:t xml:space="preserve">ЕАЛИЗАЦИЯ МОЛОДЕЖНОЙ ПОЛИТИКИ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4093" w:rsidRPr="00FA1E09" w:rsidRDefault="001E04F3" w:rsidP="00B42AD5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="009B41C1" w:rsidRPr="00882FF0" w:rsidRDefault="009B41C1" w:rsidP="0064249C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4093" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ГУ «ШКОЛА</w:t>
+      </w:r>
+      <w:r w:rsidR="00C00979" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4093" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- ЛИЦЕЙ №20  ГОРОДА ПАВЛОДАРА»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA1E09" w:rsidRDefault="00CA4093" w:rsidP="00B42AD5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...16 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="001E04F3" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00882FF0">
-[...126 lines deleted...]
-    <w:p w:rsidR="00C00979" w:rsidRDefault="00E52A6F" w:rsidP="0064249C">
+    </w:p>
+    <w:p w:rsidR="00FA1E09" w:rsidRDefault="00E22295" w:rsidP="00FA1E09">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...101 lines deleted...]
-    <w:p w:rsidR="00882FF0" w:rsidRPr="00882FF0" w:rsidRDefault="00882FF0" w:rsidP="0064249C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сегодня</w:t>
+      </w:r>
+      <w:r w:rsidR="007C4E1A" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> молодежь </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="007C4E1A" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> это одна из самых организованных, социально-ак</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4093" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тивных </w:t>
+      </w:r>
+      <w:r w:rsidR="007C4E1A" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">слоев населения, она объективно является генератором новых идей, жизненной силой и энергией общества. Молодежь не просто будущее страны, это ее настоящее. Об этом неустанно повторяет </w:t>
+      </w:r>
+      <w:r w:rsidR="00B029FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Первый Президент </w:t>
+      </w:r>
+      <w:r w:rsidR="007C4E1A" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нашего государства Нурсултан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007C4E1A" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Абишевич</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007C4E1A" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Назарбаев, подчеркивая, что именно молодым предстоит строить новый, независимый Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C00979" w:rsidRDefault="00E22295" w:rsidP="00FA1E09">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00882FF0" w:rsidRDefault="007C4E1A" w:rsidP="0064249C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:r w:rsidR="00C00979" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нашем лицее приоритетными направлениями воспитания </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">работы по воспитанию подрастающего поколения </w:t>
+      </w:r>
+      <w:r w:rsidR="00C00979" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA1E09" w:rsidRPr="00FA1E09" w:rsidRDefault="00FA1E09" w:rsidP="00FA1E09">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C4E1A" w:rsidRPr="00FA1E09" w:rsidRDefault="007C4E1A" w:rsidP="00B42AD5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00882FF0">
+      <w:r w:rsidRPr="00FA1E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Патриот</w:t>
-[...12 lines deleted...]
-    <w:p w:rsidR="001E04F3" w:rsidRDefault="00527D9A" w:rsidP="0064249C">
+        <w:t>Патриотическое воспитание</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E04F3" w:rsidRDefault="001E04F3" w:rsidP="00B42AD5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00882FF0">
+      <w:r w:rsidRPr="00FA1E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">патриоттық тәрбие беру: </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00882FF0" w:rsidRPr="00882FF0" w:rsidRDefault="00882FF0" w:rsidP="0064249C">
+        <w:t>через патриотический акт «Мәңгілік ел»</w:t>
+      </w:r>
+      <w:r w:rsidR="00B029FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и реализацию программы «Рухани Жаңғыру»</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA1E09" w:rsidRDefault="00FA1E09" w:rsidP="00FA1E09">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E22295" w:rsidRPr="00FA1E09" w:rsidRDefault="00FA1E09" w:rsidP="00FA1E09">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В школе-</w:t>
+      </w:r>
+      <w:r w:rsidR="007C4E1A" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лицее №20  утвержден план работы по воспитанию казахстанского патриотизма, гражданственности и правовой культур</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22295" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ы среди подрастающего поколения, </w:t>
+      </w:r>
+      <w:r w:rsidR="007C4E1A" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> целью </w:t>
+      </w:r>
+      <w:r w:rsidR="00E22295" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>которого является:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E22295" w:rsidRPr="00FA1E09" w:rsidRDefault="00E22295" w:rsidP="00B42AD5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="00527D9A" w:rsidRPr="00882FF0" w:rsidRDefault="007C4E1A" w:rsidP="0064249C">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - формирование</w:t>
+      </w:r>
+      <w:r w:rsidR="007C4E1A" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  патриота и гражданина, способного жить в новом демократическом обществе; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA1E09" w:rsidRDefault="00AE5AFA" w:rsidP="00FA1E09">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00882FF0">
-[...45 lines deleted...]
-        <w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B36630" w:rsidRPr="00882FF0">
-[...20 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidR="00E22295" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>-</w:t>
-[...49 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E22295" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">формирование </w:t>
+      </w:r>
+      <w:r w:rsidR="007C4E1A" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>политической,  правовой и антикор</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22295" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рупционной культуры личности</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>-</w:t>
-[...42 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="001E04F3" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> готовной</w:t>
+      </w:r>
+      <w:r w:rsidR="001E04F3" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="007C4E1A" w:rsidRPr="00882FF0" w:rsidRDefault="00812248" w:rsidP="0064249C">
+      <w:r w:rsidR="007C4E1A" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> противостоять  проявлениям жестокости и насилию в детской и молодежной среде . </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA1E09" w:rsidRDefault="001E04F3" w:rsidP="00B42AD5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00882FF0">
-[...27 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidR="007C4E1A" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>редусмотрен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00882FF0">
-[...36 lines deleted...]
-    <w:p w:rsidR="007C4E1A" w:rsidRPr="00882FF0" w:rsidRDefault="00C56F9D" w:rsidP="0064249C">
+      <w:r w:rsidR="007C4E1A" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> широкий спектр мероприятий и проектов по воспитанию молодежи: это и работа с допризывной молодежью, и организация военно-патриотического клуба, встреч с ветеранами, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">проведение </w:t>
+      </w:r>
+      <w:r w:rsidR="007C4E1A" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>праздничных концертов, фестивалей, конкурсов.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA1E09" w:rsidRDefault="007C4E1A" w:rsidP="00B42AD5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00882FF0">
-[...143 lines deleted...]
-      <w:r w:rsidR="007C4E1A" w:rsidRPr="00882FF0">
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Традиционно в школе проводятся мероприятия,  направленные на развитие и укрепление гражданской позиции детей и подростков, сплочение ученического коллектива, духовно-нравственное воспитание учеников: День знаний, День учителя, День самоуправления, День пожилого человека, День опекуна, День Первого Президента, День Независимости Республики Казахстан, Мастерская Деда Мороза, День вывода войск из Афганистана (с приглашением воинов-интернационалистов), День Благодарности, Масленица,  Празднование 8 Марта, Празднование Наурыз мейрамы, </w:t>
+      </w:r>
+      <w:r w:rsidR="001E04F3" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Лицей зажигает звезды», </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>День Единства народов Казахстана, День Победы (с приглашением ветеранов), Дни здоровья, Последний звонок, Выпускной бал.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C4E1A" w:rsidRDefault="007C4E1A" w:rsidP="00B42AD5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В лицее стало доброй традицией проводить мероприятия с приглашением ветеранов В</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ОВ, ветеранов труда  и воинов-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">интернационалистов. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF4490" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Все встречи проходят за круглым столом в дружеской атмосфере, с концертной программой.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Лицеистами </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>проводятся благотворительные конце</w:t>
+      </w:r>
+      <w:r w:rsidR="00B029FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рты в  библиотеке для незрячих. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ежегодно учащиеся принимают участие в патриотическом месячнике: благотвори</w:t>
+      </w:r>
+      <w:r w:rsidR="001E04F3" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тельная акция «С добрым утром, в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>етеран!»,  урок-мужества «Есть такая профессия – Родину защищать», посвященны</w:t>
+      </w:r>
+      <w:r w:rsidR="001E04F3" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>й Героям Великой Отечественной в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ойны, конкурсы военно-патриотической песни «Мы не забудем вас</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, герои</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">!»,  «Равнение на флаг». </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C4E1A" w:rsidRDefault="007C4E1A" w:rsidP="00B42AD5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Особое значение придае</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тся почита</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нию государственных символов Республики Казахстан. Для изучения  значения, сущности и роли государственных символов проводятся  общешкольные мероприятия, классные часы, анкетирование   учащихся</w:t>
+      </w:r>
+      <w:r w:rsidR="001E04F3" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а мероприятиях учащиеся и все присутствующие исполняют гимн Республики Казахстан. Уголки с государственной символикой расположены в фойе и в учебных кабинетах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C4E1A" w:rsidRDefault="001E04F3" w:rsidP="00B42AD5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В рамках празднования майских праздников у</w:t>
+      </w:r>
+      <w:r w:rsidR="007C4E1A" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>чащиеся школы ежегодно принимают участие в соревнованиях по пулевой стрельбе среди 8-11 классов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, посвящая свои победы памяти павших войнов ВОВ</w:t>
+      </w:r>
+      <w:r w:rsidR="007C4E1A" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C4E1A" w:rsidRPr="00FA1E09" w:rsidRDefault="007C4E1A" w:rsidP="00B42AD5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ежегодно учащиеся 10 классов принимают участие в строевом смотре и в городском параде Победы.</w:t>
+      </w:r>
+      <w:r w:rsidR="001E04F3" w:rsidRPr="00FA1E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008C08D5" w:rsidRPr="00882FF0">
-[...563 lines deleted...]
-    <w:p w:rsidR="00CA4093" w:rsidRDefault="009220AD" w:rsidP="0064249C">
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Данные мероприятия способствуют воспитанию патриотизма, интернационализма, формируют высокие моральные, нравственные, психологические и волевые качества, воспитывают у учащихся готовность умело, с достоинством и честью выполнять свой долг по защите Отечества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA1E09" w:rsidRDefault="00FA1E09" w:rsidP="00B42AD5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...28 lines deleted...]
-    <w:p w:rsidR="00882FF0" w:rsidRPr="00882FF0" w:rsidRDefault="00882FF0" w:rsidP="0064249C">
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4093" w:rsidRPr="00FA1E09" w:rsidRDefault="00CA4093" w:rsidP="00B42AD5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00CA4093" w:rsidRPr="00882FF0" w:rsidRDefault="009220AD" w:rsidP="0064249C">
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Пропаганда здорового образа жизни</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA1E09" w:rsidRDefault="00CA4093" w:rsidP="00FA1E09">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...59 lines deleted...]
-    <w:p w:rsidR="00CA4093" w:rsidRPr="00882FF0" w:rsidRDefault="004C7D9E" w:rsidP="00882FF0">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA1E09" w:rsidRDefault="00CA4093" w:rsidP="00B42AD5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...76 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Здоровье является важнейшей ценностью и необходимым условием, обеспечивающим развитие человека. Поэтому вопросы сохранения здоровья молодого поколения являются особо значимыми.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00882FF0">
-[...21 lines deleted...]
-    <w:p w:rsidR="00CA4093" w:rsidRPr="00882FF0" w:rsidRDefault="004C7D9E" w:rsidP="0064249C">
+    </w:p>
+    <w:p w:rsidR="00CA4093" w:rsidRDefault="00CA4093" w:rsidP="00B42AD5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...25 lines deleted...]
-    <w:p w:rsidR="00CA4093" w:rsidRPr="00882FF0" w:rsidRDefault="006911C7" w:rsidP="0064249C">
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Целью работы в данном направлении является формирование в сознании учащихся позитивного отношения к своему умственному, эмоциональному, физическому здоровью, как важнейшей духовно-нравственной и социальной ценности, воспитание в молодом поколении здорового образа жизни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4093" w:rsidRDefault="001E04F3" w:rsidP="00B42AD5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Работа ЗОЖ проводится по планам</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4093" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CA4093" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>составленному</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CA4093" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>  на учебный год и на каждый месяц, которые реализуются через месячники и декадники:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4093" w:rsidRPr="00FA1E09" w:rsidRDefault="00CA4093" w:rsidP="00B42AD5">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>месячник по профилактике употребления вредных веществ</w:t>
+      </w:r>
+      <w:r w:rsidR="00B029FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...12 lines deleted...]
-    <w:p w:rsidR="00CA4093" w:rsidRPr="00882FF0" w:rsidRDefault="006911C7" w:rsidP="0064249C">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4093" w:rsidRPr="00FA1E09" w:rsidRDefault="00CA4093" w:rsidP="00B42AD5">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...20 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>месячник по профилактике ДТП</w:t>
+      </w:r>
+      <w:r w:rsidR="001E04F3" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA4093" w:rsidRPr="00882FF0" w:rsidRDefault="006911C7" w:rsidP="0064249C">
+    <w:p w:rsidR="00CA4093" w:rsidRPr="00FA1E09" w:rsidRDefault="00CA4093" w:rsidP="00B42AD5">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...20 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>месячник по профилактике ОКИ</w:t>
+      </w:r>
+      <w:r w:rsidR="001E04F3" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA4093" w:rsidRPr="00882FF0" w:rsidRDefault="006911C7" w:rsidP="0064249C">
+    <w:p w:rsidR="00CA4093" w:rsidRPr="00FA1E09" w:rsidRDefault="00CA4093" w:rsidP="00B42AD5">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...20 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>месячник по профилактике Гриппа, ОРВИ</w:t>
+      </w:r>
+      <w:r w:rsidR="001E04F3" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA4093" w:rsidRPr="00882FF0" w:rsidRDefault="006911C7" w:rsidP="0064249C">
+    <w:p w:rsidR="00CA4093" w:rsidRPr="00FA1E09" w:rsidRDefault="00CA4093" w:rsidP="00B42AD5">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...20 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>месячник по профилактике ВИЧ СПИДа</w:t>
+      </w:r>
+      <w:r w:rsidR="001E04F3" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA4093" w:rsidRPr="00882FF0" w:rsidRDefault="006911C7" w:rsidP="0064249C">
+    <w:p w:rsidR="00CA4093" w:rsidRPr="00FA1E09" w:rsidRDefault="00CA4093" w:rsidP="00B42AD5">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...20 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>месячник по профилак</w:t>
+      </w:r>
+      <w:r w:rsidR="00C00979" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ике наркомании</w:t>
+      </w:r>
+      <w:r w:rsidR="001E04F3" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA4093" w:rsidRPr="00882FF0" w:rsidRDefault="006911C7" w:rsidP="0064249C">
+    <w:p w:rsidR="00CA4093" w:rsidRPr="00FA1E09" w:rsidRDefault="00CA4093" w:rsidP="00B42AD5">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...20 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>месячник по профилактике курения</w:t>
+      </w:r>
+      <w:r w:rsidR="001E04F3" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA4093" w:rsidRPr="00882FF0" w:rsidRDefault="00886A9C" w:rsidP="0064249C">
+    <w:p w:rsidR="00CA4093" w:rsidRPr="00FA1E09" w:rsidRDefault="00CA4093" w:rsidP="00B42AD5">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...20 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>месячник по профилактике травматизма</w:t>
+      </w:r>
+      <w:r w:rsidR="001E04F3" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA4093" w:rsidRPr="00882FF0" w:rsidRDefault="006911C7" w:rsidP="0064249C">
+    <w:p w:rsidR="00CA4093" w:rsidRPr="00FA1E09" w:rsidRDefault="00CA4093" w:rsidP="00B42AD5">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...20 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>месячник активизации мер профилактики ИППП и нравственно-половому воспитанию</w:t>
+      </w:r>
+      <w:r w:rsidR="001E04F3" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA4093" w:rsidRPr="00882FF0" w:rsidRDefault="004C7D9E" w:rsidP="0064249C">
+    <w:p w:rsidR="00CA4093" w:rsidRPr="00FA1E09" w:rsidRDefault="00CA4093" w:rsidP="00B42AD5">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...42 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>месячник по профилактике туберкулеза</w:t>
+      </w:r>
+      <w:r w:rsidR="001E04F3" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA4093" w:rsidRPr="00882FF0" w:rsidRDefault="00886A9C" w:rsidP="0064249C">
+    <w:p w:rsidR="00CA4093" w:rsidRPr="00FA1E09" w:rsidRDefault="00CA4093" w:rsidP="00B42AD5">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...20 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>декадник «Рациональное питание»</w:t>
+      </w:r>
+      <w:r w:rsidR="001E04F3" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA4093" w:rsidRPr="00882FF0" w:rsidRDefault="00886A9C" w:rsidP="0064249C">
+    <w:p w:rsidR="00CA4093" w:rsidRPr="00FA1E09" w:rsidRDefault="00CA4093" w:rsidP="00B42AD5">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...20 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>декадник по профилактике заболеваний сердца</w:t>
+      </w:r>
+      <w:r w:rsidR="001E04F3" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA4093" w:rsidRPr="00882FF0" w:rsidRDefault="00886A9C" w:rsidP="00882FF0">
+    <w:p w:rsidR="00CA4093" w:rsidRPr="00FA1E09" w:rsidRDefault="00CA4093" w:rsidP="00B42AD5">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>декадник по охране здоровья женщин</w:t>
+      </w:r>
+      <w:r w:rsidR="001E04F3" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4093" w:rsidRPr="00FA1E09" w:rsidRDefault="00CA4093" w:rsidP="00B42AD5">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>декадник по профилактике алкоголизма</w:t>
+      </w:r>
+      <w:r w:rsidR="001E04F3" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4093" w:rsidRPr="00FA1E09" w:rsidRDefault="00CA4093" w:rsidP="00B42AD5">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>декадник профилактики курения</w:t>
+      </w:r>
+      <w:r w:rsidR="001E04F3" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4093" w:rsidRPr="00FA1E09" w:rsidRDefault="00CA4093" w:rsidP="00B42AD5">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>декадник по профилактике онкологических заболеваний</w:t>
+      </w:r>
+      <w:r w:rsidR="001E04F3" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA1E09" w:rsidRPr="00FA1E09" w:rsidRDefault="00CA4093" w:rsidP="00FA1E09">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>декадник по профилактике ОКИ</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4093" w:rsidRPr="00FA1E09" w:rsidRDefault="00CA4093" w:rsidP="00FA1E09">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ежемесячно проводятся мероприятия по формированию навыков ЗОЖ </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>согласно</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> совместного плана работы школы с ТОО «ЦПЗОЖ».</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4093" w:rsidRPr="00FA1E09" w:rsidRDefault="00CA4093" w:rsidP="00B42AD5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00882FF0">
-[...213 lines deleted...]
-      <w:r w:rsidRPr="00882FF0">
+      <w:r w:rsidRPr="00FA1E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882FF0" w:rsidRDefault="00882FF0" w:rsidP="0064249C">
-[...29 lines deleted...]
-    <w:p w:rsidR="00CA4093" w:rsidRDefault="004C7D9E" w:rsidP="0064249C">
+    <w:p w:rsidR="00CA4093" w:rsidRPr="00FA1E09" w:rsidRDefault="00CA4093" w:rsidP="00B42AD5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00F54204">
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Профориентационная</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA1E09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...41 lines deleted...]
-    <w:p w:rsidR="00882FF0" w:rsidRPr="00882FF0" w:rsidRDefault="00882FF0" w:rsidP="0064249C">
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работа с молодежью</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4093" w:rsidRPr="00FA1E09" w:rsidRDefault="00CA4093" w:rsidP="00B42AD5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...7 lines deleted...]
-    <w:p w:rsidR="00DF7721" w:rsidRPr="00882FF0" w:rsidRDefault="004C7D9E" w:rsidP="0064249C">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA1E09" w:rsidRDefault="00CA4093" w:rsidP="00FA1E09">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В лицее сложилась определенная система </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>профориентационной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работы. В лицее работает школьный Совет по профориентаци</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF4490" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и, в состав которого входят: ЗД</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ВР, классные руководители, школьный педагог-психолог. Осуществляется  совместная работа с ВУЗами и колледжами города  на основе совместных планов</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF4490" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с ознакомительными и тематическими экскурсиями в колледж или на производство.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA1E09" w:rsidRDefault="00CA4093" w:rsidP="00FA1E09">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В наличии полная информация об условиях обучения и специальностях, по которым обучаются в учебных заведениях. Учащиеся посещают  учебные заведения, предприятия, что  помогает им определиться в выборе  специальности, будущей профессии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4093" w:rsidRPr="00FA1E09" w:rsidRDefault="00CA4093" w:rsidP="00FA1E09">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Выявление склонностей ученика осуществляется психологами школы  на основе соответствующей диагностики, с результатами которой знакомятся классные руководители,  учащиеся, родители.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4093" w:rsidRPr="00FA1E09" w:rsidRDefault="00CA4093" w:rsidP="00B42AD5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...140 lines deleted...]
-    <w:p w:rsidR="00DF7721" w:rsidRPr="00882FF0" w:rsidRDefault="00DF7721" w:rsidP="0064249C">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Вопрос трудоустройства, продолжение обучения выпускников после основной и средней школы является одним из приоритетных направлений деятельности школы.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4093" w:rsidRPr="00FA1E09" w:rsidRDefault="00CA4093" w:rsidP="00B42AD5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...293 lines deleted...]
-    <w:p w:rsidR="00CA4093" w:rsidRPr="00882FF0" w:rsidRDefault="00A9705A" w:rsidP="0064249C">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA4093" w:rsidRDefault="00CA4093" w:rsidP="00B42AD5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00CA4093" w:rsidRPr="00882FF0" w:rsidRDefault="00A9705A" w:rsidP="0064249C">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Внеурочная занятость</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA1E09" w:rsidRDefault="00FA1E09" w:rsidP="00FA1E09">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FA1E09" w:rsidRDefault="00CA4093" w:rsidP="00FA1E09">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В целях поддержки молодежных инициатив, а также выявления талантливой молодежи, создания условий для профессионального становления и развития творческих способностей молодежи проводятся многочисленные фестивали, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C93296" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">творческие </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>конкурсы, круглые столы, конференции, встречи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4093" w:rsidRPr="00FA1E09" w:rsidRDefault="00CA4093" w:rsidP="00FA1E09">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В лицее работают кружки и спортивные секции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4093" w:rsidRPr="00FA1E09" w:rsidRDefault="00CA4093" w:rsidP="00B42AD5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...30 lines deleted...]
-    <w:p w:rsidR="00CA4093" w:rsidRPr="00882FF0" w:rsidRDefault="00A9705A" w:rsidP="0064249C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Направления кружков и спортивных секций, организованных в лицее:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4093" w:rsidRPr="009D0CD9" w:rsidRDefault="001E04F3" w:rsidP="00B42AD5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...15 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4093" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">общественно-гуманитарные – </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кружка</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22295" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> («</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тіл дамыту</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22295" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>», «</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақ халқының этномәдениеті</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22295" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, «Развитие навыков устной и письменной речи»</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22295" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4093" w:rsidRPr="00FA1E09" w:rsidRDefault="001E04F3" w:rsidP="00B42AD5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CA4093" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>естественно-математические</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CA4093" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кружка</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22295" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> («</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Логическая математика</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22295" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>», «</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Табиғат ғажайыптары</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22295" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»)</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4093" w:rsidRDefault="001E04F3" w:rsidP="00B42AD5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CA4093" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>языковые</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CA4093" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="00B029FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00B029FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00882FF0">
-[...9 lines deleted...]
-    <w:p w:rsidR="00882FF0" w:rsidRPr="00882FF0" w:rsidRDefault="001E04F3" w:rsidP="00882FF0">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B029FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>круж</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B029FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="00B029FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidR="00A7215A" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="004C1A31" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00B029FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Brush</w:t>
+      </w:r>
+      <w:r w:rsidR="00B029FD" w:rsidRPr="00B029FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B029FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>up</w:t>
+      </w:r>
+      <w:r w:rsidR="00B029FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00A7215A" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B029FD" w:rsidRPr="00FA1E09" w:rsidRDefault="00B029FD" w:rsidP="00B42AD5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- краеведение</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 кружок («Сакральные места </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Прииртышья</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»)</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4093" w:rsidRPr="00FA1E09" w:rsidRDefault="001E04F3" w:rsidP="00B42AD5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:r w:rsidR="00A9705A" w:rsidRPr="00882FF0">
-[...31 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="00CA4093" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">другие (психологические, патриотические, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЗОЖ </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4093" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и др.) </w:t>
+      </w:r>
+      <w:r w:rsidR="00E22295" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
-      <w:r w:rsidR="00882FF0">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00882FF0">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="004C1A31" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A9705A" w:rsidRPr="00882FF0">
-[...67 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кружка</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22295" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> («Источник здоровья», «Ритм»,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E22295" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E22295" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Лицеист»</w:t>
+      </w:r>
+      <w:r w:rsidR="00A7215A" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00F54204">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="00AE5AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00882FF0" w:rsidRPr="00882FF0" w:rsidRDefault="001E04F3" w:rsidP="00882FF0">
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00ED2750" w:rsidRPr="00FA1E09" w:rsidRDefault="001E04F3" w:rsidP="00B42AD5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:r w:rsidR="00882FF0">
-[...266 lines deleted...]
-        <w:t>);</w:t>
+      <w:r w:rsidR="00CA4093" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">спортивные – </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4 кружка</w:t>
+      </w:r>
+      <w:r w:rsidR="004C1A31" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> («</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004C1A31" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тоғызқұмалақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004C1A31" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>», «Футбол», «Белая ладья», «Настольный теннис»)</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00CA4093" w:rsidRPr="00882FF0" w:rsidRDefault="001E04F3" w:rsidP="0064249C">
+    <w:p w:rsidR="00CA4093" w:rsidRPr="00FA1E09" w:rsidRDefault="00CA4093" w:rsidP="00B42AD5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...34 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     Молодежь </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="00882FF0">
-[...98 lines deleted...]
-    <w:p w:rsidR="00ED2750" w:rsidRPr="00882FF0" w:rsidRDefault="001E04F3" w:rsidP="0064249C">
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> главный ресурс общества, поэтому необходимо создать условия, которые позволяли бы молодым людям как можно раньше обретать самостоятельность, максимально раскрывать свои возможности и реализовать свои жизненные цели.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4093" w:rsidRPr="00FA1E09" w:rsidRDefault="001E04F3" w:rsidP="00B42AD5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...128 lines deleted...]
-    <w:p w:rsidR="00ED0542" w:rsidRPr="00882FF0" w:rsidRDefault="00ED0542" w:rsidP="0064249C">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4093" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:r w:rsidR="00C00979" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лицее </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4093" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>созданы все условия для поддержки научной, творческой и спортивной деятельности учащихся. Успехи молодых людей сегодня – э</w:t>
+      </w:r>
+      <w:r w:rsidR="00C00979" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">то стабильность и процветание города </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4093" w:rsidRPr="00FA1E09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Павлодара и всей Республики Казахстан завтра.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4093" w:rsidRPr="00FA1E09" w:rsidRDefault="00CA4093" w:rsidP="00B42AD5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...30 lines deleted...]
-    <w:p w:rsidR="00ED0542" w:rsidRPr="00882FF0" w:rsidRDefault="00ED0542" w:rsidP="0064249C">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FA1E09" w:rsidRPr="00FA1E09" w:rsidRDefault="00FA1E09">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...123 lines deleted...]
-    <w:sectPr w:rsidR="00882FF0" w:rsidRPr="00882FF0" w:rsidSect="00882FF0">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00FA1E09" w:rsidRPr="00FA1E09" w:rsidSect="00FA1E09">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...26 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="1126105B"/>
+    <w:nsid w:val="09650D12"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3A460EB2"/>
-    <w:lvl w:ilvl="0" w:tplc="3F3EB46C">
+    <w:tmpl w:val="206E709C"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2869" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3589" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="4309" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="5029" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="329D7BBD"/>
+    <w:nsid w:val="47932440"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="05C83A06"/>
-    <w:lvl w:ilvl="0" w:tplc="3F3EB46C">
+    <w:tmpl w:val="710EC21A"/>
+    <w:lvl w:ilvl="0" w:tplc="047A0906">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
+      <w:lvlText w:val="·"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1189" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2509" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3229" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3949" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="4669" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="6829" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="6EE10337"/>
+    <w:nsid w:val="75BA43C9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3D068F14"/>
-    <w:lvl w:ilvl="0" w:tplc="07C436F8">
+    <w:tmpl w:val="6A1A03B2"/>
+    <w:lvl w:ilvl="0" w:tplc="047A0906">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="·"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="840" w:hanging="480"/>
+        <w:ind w:left="1898" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2869" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3589" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="4309" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="5029" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
-[...225 lines deleted...]
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
-  </w:num>
-[...4 lines deleted...]
-    <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007C4E1A"/>
     <w:rsid w:val="001E04F3"/>
-    <w:rsid w:val="002359FB"/>
-    <w:rsid w:val="002B6933"/>
     <w:rsid w:val="00314CF2"/>
-    <w:rsid w:val="003631D7"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00440F31"/>
     <w:rsid w:val="004C1A31"/>
-    <w:rsid w:val="004C7D9E"/>
-[...3 lines deleted...]
-    <w:rsid w:val="006911C7"/>
     <w:rsid w:val="007C4E1A"/>
-    <w:rsid w:val="00812248"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00AB4EA1"/>
+    <w:rsid w:val="009D0CD9"/>
+    <w:rsid w:val="00A7215A"/>
     <w:rsid w:val="00AC777E"/>
-    <w:rsid w:val="00B053B8"/>
-    <w:rsid w:val="00B36630"/>
+    <w:rsid w:val="00AE5AFA"/>
+    <w:rsid w:val="00B029FD"/>
+    <w:rsid w:val="00B42AD5"/>
     <w:rsid w:val="00B57254"/>
     <w:rsid w:val="00C00979"/>
-    <w:rsid w:val="00C56F9D"/>
     <w:rsid w:val="00C93296"/>
     <w:rsid w:val="00CA4093"/>
     <w:rsid w:val="00CC7842"/>
-    <w:rsid w:val="00CE375E"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00DF7721"/>
     <w:rsid w:val="00E22295"/>
-    <w:rsid w:val="00E52A6F"/>
-    <w:rsid w:val="00ED0542"/>
     <w:rsid w:val="00ED2750"/>
     <w:rsid w:val="00EF4490"/>
-    <w:rsid w:val="00F54204"/>
+    <w:rsid w:val="00FA1E09"/>
     <w:rsid w:val="00FA4633"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -5013,51 +3774,51 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C93296"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="003B6A44"/>
+    <w:rsid w:val="00B42AD5"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -5270,51 +4031,51 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C93296"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="003B6A44"/>
+    <w:rsid w:val="00B42AD5"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
@@ -5580,67 +4341,67 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>5011</Characters>
+  <Pages>4</Pages>
+  <Words>1096</Words>
+  <Characters>6251</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>41</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>52</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5879</CharactersWithSpaces>
+  <CharactersWithSpaces>7333</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>