--- v0 (2025-12-13)
+++ v1 (2026-03-05)
@@ -1,2159 +1,1181 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00D7704B" w:rsidRPr="00A140F4" w:rsidRDefault="00A140F4" w:rsidP="00D7704B">
+    <w:p w:rsidR="00A140F4" w:rsidRDefault="00A140F4" w:rsidP="00A162F1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A140F4" w:rsidRPr="00D7704B" w:rsidRDefault="00A140F4" w:rsidP="00A140F4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D7704B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...22 lines deleted...]
-    <w:p w:rsidR="00A162F1" w:rsidRPr="00B615E3" w:rsidRDefault="00A162F1" w:rsidP="00D7704B">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Финансовый консультант</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A140F4" w:rsidRPr="00B615E3" w:rsidRDefault="00A140F4" w:rsidP="00A140F4">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="36"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A162F1" w:rsidRPr="00B615E3" w:rsidTr="00833D24">
+      <w:tr w:rsidR="00A140F4" w:rsidRPr="00B615E3" w:rsidTr="0003605D">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00A162F1" w:rsidRPr="00B615E3" w:rsidRDefault="00A162F1" w:rsidP="00833D24">
+          <w:p w:rsidR="00A140F4" w:rsidRPr="00B615E3" w:rsidRDefault="00A140F4" w:rsidP="0003605D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A140F4" w:rsidRPr="00122500" w:rsidRDefault="00A140F4" w:rsidP="00A140F4">
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00A140F4" w:rsidRPr="00B615E3" w:rsidRDefault="00A140F4" w:rsidP="00A140F4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B615E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Характеристики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A140F4" w:rsidRPr="00B615E3" w:rsidRDefault="00A140F4" w:rsidP="00A140F4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B615E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-      </w:pPr>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00122500">
+        <w:t xml:space="preserve">Виды труда: </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">Экономика </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B615E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t> / Обслуживание</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A140F4" w:rsidRPr="00B615E3" w:rsidRDefault="00A140F4" w:rsidP="00A140F4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B615E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00122500">
+        <w:t>Проф. направленность: человек - человек </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A140F4" w:rsidRPr="00B615E3" w:rsidRDefault="00A140F4" w:rsidP="00A140F4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B615E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Экономика  / </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00122500">
+        <w:t xml:space="preserve">Сферы деятельности: </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        </w:rPr>
+        <w:t>Экономика</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B615E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>/  Обслуживание</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A140F4" w:rsidRPr="00B615E3" w:rsidRDefault="00A140F4" w:rsidP="00A140F4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B615E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00122500">
+        </w:rPr>
+        <w:t>Сферы труда: Человек / </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...142 lines deleted...]
-    <w:p w:rsidR="00A140F4" w:rsidRPr="00122500" w:rsidRDefault="00A140F4" w:rsidP="00A140F4">
+        <w:t>Человек</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A140F4" w:rsidRPr="00B615E3" w:rsidRDefault="00A140F4" w:rsidP="00A140F4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B615E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Описание</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A140F4" w:rsidRPr="00B615E3" w:rsidRDefault="00A140F4" w:rsidP="00A140F4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B615E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="009933"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Содержание труда</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A140F4" w:rsidRDefault="00A140F4" w:rsidP="00A140F4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...27 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...563 lines deleted...]
-    <w:p w:rsidR="00A140F4" w:rsidRPr="00A140F4" w:rsidRDefault="00A140F4" w:rsidP="00A140F4">
+        <w:t>- разрабатывает грамотную инвестиционную политику, схемы работы с банками, оценить кредитоспособность предприятия и определяет пути к её улучшению</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A140F4" w:rsidRDefault="00A140F4" w:rsidP="00A140F4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:rPr>
-[...14 lines deleted...]
-        <w:rPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">- помогает советами при управлении капиталом  (выбрать источники пополнения, рассчитать темпы прироста и пр.), спрогнозировать последствия тех или иных действий. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A140F4" w:rsidRPr="00A843F9" w:rsidRDefault="00A140F4" w:rsidP="00A140F4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>- помогает разработать личные финансовые планы, открыть инвестиционный счёт, выбрать подходящий паевой фонд, акции для покупки и т.п.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A140F4" w:rsidRPr="008745C7" w:rsidRDefault="00A140F4" w:rsidP="00A140F4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="009933"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00A162F1" w:rsidRPr="008D3FE8" w:rsidRDefault="00A140F4" w:rsidP="00A162F1">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="009933"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Должен знать</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A140F4" w:rsidRDefault="00A140F4" w:rsidP="00A140F4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>состояние фондового рынка, анализирует его тенденции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A140F4" w:rsidRDefault="00A140F4" w:rsidP="00A140F4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>систему финансовых инструментов, методы оценки финансовых активов, доходности и риска денежных вложений, процедуру выпуска и приобретения ценных бумаг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A140F4" w:rsidRDefault="00A140F4" w:rsidP="00A140F4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>порядок кредитования, принципы финансового контроля, налогообложения, стандарты финансового учета и отчетности, основы бухгалтерского учета и мн.др.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A140F4" w:rsidRDefault="00A140F4" w:rsidP="00A140F4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>изменения в финансовом законодательстве.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A140F4" w:rsidRDefault="00A140F4" w:rsidP="00A140F4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="009933"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B615E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="009933"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Профессионально важные качеств</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="009933"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A140F4" w:rsidRPr="008D3FE8" w:rsidRDefault="00A140F4" w:rsidP="00A140F4">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...41 lines deleted...]
-      <w:r w:rsidR="00A162F1" w:rsidRPr="008D3FE8">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>высокая ответственность</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D3FE8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A162F1" w:rsidRPr="008D3FE8" w:rsidRDefault="00A140F4" w:rsidP="00A162F1">
+    <w:p w:rsidR="00A140F4" w:rsidRPr="008D3FE8" w:rsidRDefault="00A140F4" w:rsidP="00A140F4">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-      <w:r w:rsidR="00A162F1" w:rsidRPr="008D3FE8">
+      <w:r w:rsidRPr="008D3FE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>честность</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D3FE8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A162F1" w:rsidRPr="008D3FE8" w:rsidRDefault="00A140F4" w:rsidP="00A162F1">
+    <w:p w:rsidR="00A140F4" w:rsidRPr="008D3FE8" w:rsidRDefault="00A140F4" w:rsidP="00A140F4">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...30 lines deleted...]
-      <w:r w:rsidR="00A162F1" w:rsidRPr="008D3FE8">
+      <w:r w:rsidRPr="008D3FE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>хорош</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ая</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D3FE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> память</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D3FE8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A162F1" w:rsidRPr="00A140F4" w:rsidRDefault="00A140F4" w:rsidP="00A162F1">
+    <w:p w:rsidR="00A140F4" w:rsidRPr="008D3FE8" w:rsidRDefault="00A140F4" w:rsidP="00A140F4">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...17 lines deleted...]
-      <w:r w:rsidR="008D3FE8" w:rsidRPr="00A140F4">
+      <w:r w:rsidRPr="008D3FE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>внимательность к мелочам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D3FE8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D3FE8" w:rsidRPr="008D3FE8" w:rsidRDefault="00A140F4" w:rsidP="00A162F1">
+    <w:p w:rsidR="00A140F4" w:rsidRPr="008D3FE8" w:rsidRDefault="00A140F4" w:rsidP="00A140F4">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...102 lines deleted...]
-        <w:ind w:left="0"/>
+      <w:r w:rsidRPr="008D3FE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>умение выстраивать отношения с клиентами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A140F4" w:rsidRPr="00A843F9" w:rsidRDefault="00A140F4" w:rsidP="00A140F4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A843F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="009933"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...58 lines deleted...]
-    <w:p w:rsidR="00A140F4" w:rsidRPr="00A140F4" w:rsidRDefault="00A140F4" w:rsidP="00A140F4">
+        <w:t xml:space="preserve"> Медицинские противопоказания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A140F4" w:rsidRPr="00B615E3" w:rsidRDefault="00A140F4" w:rsidP="00A140F4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00B615E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нервные и психические заболевания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A140F4" w:rsidRDefault="00A140F4" w:rsidP="00A140F4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="009933"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B615E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="009933"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Пути получения профессии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A140F4" w:rsidRPr="00DB4A1C" w:rsidRDefault="00A140F4" w:rsidP="00A140F4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="009933"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB4A1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DB4A1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ЕИнАЭУ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Алматы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00044D76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ЕАГ</w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00122500">
-[...6 lines deleted...]
-        <w:t>ж</w:t>
+      <w:r w:rsidRPr="00044D76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>И</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00122500">
-[...6 lines deleted...]
-        <w:t>үйке</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Нур-Султан</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00122500">
-[...59 lines deleted...]
-      <w:r w:rsidRPr="00122500">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A140F4" w:rsidRPr="00170842" w:rsidRDefault="00A140F4" w:rsidP="00A140F4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="009933"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B615E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="009933"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Родственные профессии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A140F4" w:rsidRPr="00B615E3" w:rsidRDefault="00A140F4" w:rsidP="00A140F4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Инвестиционный консультант, менеджер фонда</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A140F4" w:rsidRPr="00B615E3" w:rsidRDefault="00A140F4" w:rsidP="00A140F4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A140F4" w:rsidRDefault="00A140F4" w:rsidP="00A140F4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A140F4" w:rsidRDefault="00A140F4" w:rsidP="00A140F4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A140F4" w:rsidRDefault="00A140F4" w:rsidP="00A140F4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A140F4" w:rsidRDefault="00A140F4" w:rsidP="00A140F4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A140F4" w:rsidRDefault="00A140F4" w:rsidP="00A140F4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A140F4" w:rsidRDefault="00A140F4" w:rsidP="00A140F4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A140F4" w:rsidRPr="00A140F4" w:rsidRDefault="00A140F4" w:rsidP="00A162F1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A140F4" w:rsidRDefault="00A140F4" w:rsidP="00A162F1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ы</w:t>
-[...28 lines deleted...]
-          <w:color w:val="009933"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A140F4" w:rsidRDefault="00A140F4" w:rsidP="00A162F1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Мамандықты алу жолдары</w:t>
-[...32 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A140F4" w:rsidRDefault="00A140F4" w:rsidP="00A162F1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ЕНнЭБА</w:t>
-[...51 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A140F4" w:rsidRDefault="00A140F4" w:rsidP="00A162F1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ұ</w:t>
-[...20 lines deleted...]
-    <w:p w:rsidR="00A140F4" w:rsidRPr="00122500" w:rsidRDefault="00A140F4" w:rsidP="00A140F4">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A140F4" w:rsidRPr="00A140F4" w:rsidRDefault="00A140F4" w:rsidP="00A162F1">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00122500">
-[...392 lines deleted...]
-    <w:sectPr w:rsidR="00A140F4" w:rsidSect="00AC3FD1">
+    </w:p>
+    <w:p w:rsidR="00A162F1" w:rsidRPr="00B615E3" w:rsidRDefault="00A162F1" w:rsidP="00A162F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A162F1" w:rsidRDefault="00A162F1" w:rsidP="00A162F1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EB1513" w:rsidRDefault="00EB1513"/>
+    <w:sectPr w:rsidR="00EB1513" w:rsidSect="00AC3FD1">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="426" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="03186401"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9BDAA48E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
@@ -2528,72 +1550,72 @@
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00A162F1"/>
     <w:rsid w:val="00044D76"/>
     <w:rsid w:val="000A1499"/>
     <w:rsid w:val="000A5B31"/>
+    <w:rsid w:val="001B212D"/>
+    <w:rsid w:val="00331F2A"/>
     <w:rsid w:val="004453FD"/>
     <w:rsid w:val="005E0432"/>
-    <w:rsid w:val="00645779"/>
     <w:rsid w:val="006E72E3"/>
+    <w:rsid w:val="00761879"/>
     <w:rsid w:val="007D2C7E"/>
-    <w:rsid w:val="00805551"/>
     <w:rsid w:val="008745C7"/>
     <w:rsid w:val="008D3FE8"/>
     <w:rsid w:val="00935F64"/>
     <w:rsid w:val="00A06DFD"/>
     <w:rsid w:val="00A140F4"/>
     <w:rsid w:val="00A162F1"/>
+    <w:rsid w:val="00A31CB0"/>
     <w:rsid w:val="00A47922"/>
     <w:rsid w:val="00BB1237"/>
     <w:rsid w:val="00CC16F2"/>
-    <w:rsid w:val="00D66E82"/>
     <w:rsid w:val="00D7704B"/>
     <w:rsid w:val="00DB4A1C"/>
     <w:rsid w:val="00E547D9"/>
     <w:rsid w:val="00EB1513"/>
     <w:rsid w:val="00ED230E"/>
-    <w:rsid w:val="00F3141B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="6146"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -3124,49 +2146,53 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>215</Words>
-  <Characters>1226</Characters>
+  <Characters>1228</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>10</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1439</CharactersWithSpaces>
+  <CharactersWithSpaces>1441</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>meyram</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>