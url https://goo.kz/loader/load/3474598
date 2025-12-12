--- v0 (2025-12-10)
+++ v1 (2025-12-12)
@@ -1,913 +1,1274 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="002C0E43" w:rsidRDefault="002C0E43" w:rsidP="002C0E43">
+    <w:p w:rsidR="008614D6" w:rsidRDefault="008614D6" w:rsidP="008614D6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-        <w:t>ауіпсіз мектеп автобусы»</w:t>
+        </w:rPr>
+        <w:t>Республиканская акция</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C0E43" w:rsidRDefault="002C0E43" w:rsidP="002C0E43">
+    <w:p w:rsidR="008614D6" w:rsidRDefault="008614D6" w:rsidP="008614D6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">республикалық акциясы </w:t>
-      </w:r>
+        <w:t>«Безопасный школьный автобус»</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="002C0E43" w:rsidRDefault="002C0E43" w:rsidP="002C0E43">
-[...84 lines deleted...]
-    <w:p w:rsidR="002C0E43" w:rsidRDefault="002C0E43" w:rsidP="002C0E43">
+    <w:p w:rsidR="008614D6" w:rsidRDefault="008614D6" w:rsidP="008614D6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15 января 2020 года по всей стране стартует республиканская акция </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Акцияның мақсаты</w:t>
+        <w:t>«Безопасный школьный автобус»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">: балаларды білім беру ұйымдарына тасымалдауды ұйымдастыру барысында олардың қауіпсіздігін қамтамасыз ету, мектеп автобустарымен тасымалдауды жүзеге асыру кезінде жол-көлік оқиғаларының алдын алу. </w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C0E43" w:rsidRDefault="002C0E43" w:rsidP="002C0E43">
-[...150 lines deleted...]
-    <w:p w:rsidR="002C0E43" w:rsidRDefault="002C0E43" w:rsidP="002C0E43">
+    <w:p w:rsidR="008614D6" w:rsidRDefault="008614D6" w:rsidP="008614D6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...17 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t xml:space="preserve">Цель </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кции</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-        <w:t>.</w:t>
+        </w:rPr>
+        <w:t>: обеспечение безопасности дорожного движения при организации подвоза учащихся к местам обучения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>профилактика дорожно-транспортных происшествий при осуществлении перевозок детей школьными автобусами.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C0E43" w:rsidRDefault="002C0E43" w:rsidP="002C0E43">
+    <w:p w:rsidR="008614D6" w:rsidRDefault="008614D6" w:rsidP="008614D6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t>Акция аясында жоспарланған:</w:t>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Место и период проведения Акции: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">регионы республики, с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> января</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по 15 февраля</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2020 года.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C0E43" w:rsidRDefault="002C0E43" w:rsidP="002C0E43">
-[...61 lines deleted...]
-    <w:p w:rsidR="002C0E43" w:rsidRDefault="002C0E43" w:rsidP="002C0E43">
+    <w:p w:rsidR="008614D6" w:rsidRDefault="008614D6" w:rsidP="008614D6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:i/>
-[...13 lines deleted...]
-        <w:t>, балаларды білім беру мекемелеріне тұрақты тасымалдауды жүзеге асыратын автокөліктердің техникалық байқаудан өтуін, жүргізушілердің құрамын (тиісті санаттарының болуына, жүргізушінің өтілі, жолда тәртіп сақтау әдеттері) тексеру, қозғалыс схемасының бар болуы;</w:t>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Качественный состав участников: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дети дошкольного и школьного возраста, представители заинтересованных государственных органов, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>комисси</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по делам несовершеннолетних и защите их прав, родительской  общественности, учреждений, трудовых коллективов, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>неправительственны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организаци</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>средств массовой информации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>местных полицейских служб</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и др.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C0E43" w:rsidRDefault="002C0E43" w:rsidP="002C0E43">
+    <w:p w:rsidR="008614D6" w:rsidRDefault="008614D6" w:rsidP="008614D6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:i/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> (аумақты жарықтандыру, «Балалар» белгісінің бар болуы, жаяу жүргіншілерге арналған өткелдерді, «жатқын полицейлер» жасанды жол кедергісін және т.б. құру); </w:t>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Содержание и формат Акции:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C0E43" w:rsidRDefault="002C0E43" w:rsidP="002C0E43">
+    <w:p w:rsidR="008614D6" w:rsidRDefault="008614D6" w:rsidP="008614D6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">дыбыс сигналдарының бар болуы; </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">Лозунг </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«За безопасный школьный автобус»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C0E43" w:rsidRDefault="002C0E43" w:rsidP="002C0E43">
+    <w:p w:rsidR="008614D6" w:rsidRDefault="008614D6" w:rsidP="008614D6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-        <w:t>бейнебақылау камераларының бар болуы;</w:t>
+        </w:rPr>
+        <w:t>В рамках акции запланировано:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C0E43" w:rsidRDefault="002C0E43" w:rsidP="002C0E43">
+    <w:p w:rsidR="008614D6" w:rsidRDefault="008614D6" w:rsidP="008614D6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Изучение деятельности местных исполнительных органов по организации школьного подвоза:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008614D6" w:rsidRDefault="008614D6" w:rsidP="008614D6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">нұсқамалар жүргізу, </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">сондай-ақ балаларды көлік құралдарына отырғызу және түсіру кезінде мектеп автобустары жүргізушілерінің міндетті түрде </w:t>
+        <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">апаттық дабыл қағуды қолдану; </w:t>
+        </w:rPr>
+        <w:t>состояние</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> автотраспорта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на соответствие </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>техническим требованиям к автотранспорту</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, сведения о прохождении технического осмотра </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">автотранспорта, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>водительском состав</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">наличие </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>соответствующ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">их </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>категори</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>водительск</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ий</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> стаж</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дисциплинированност</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за рулем</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>),</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>наличие схемы маршрута</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C0E43" w:rsidRDefault="002C0E43" w:rsidP="002C0E43">
+    <w:p w:rsidR="008614D6" w:rsidRDefault="008614D6" w:rsidP="008614D6">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-          <w:tab w:val="left" w:pos="14656"/>
+          <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t>Баршаңызды осы акцияға белсенді қатысуға шақырамыз.</w:t>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>безопасност</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подъездных путей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к школе (освещение территории, пешеходных переходов, наличие знака «Дети»,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>создание искусственных дорожных неровностей «лежащие полицейские» и т.д.);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C0E43" w:rsidRDefault="002C0E43" w:rsidP="002C0E43">
+    <w:p w:rsidR="008614D6" w:rsidRDefault="008614D6" w:rsidP="008614D6">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-          <w:tab w:val="left" w:pos="14656"/>
+          <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...15 lines deleted...]
-      <w:r>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- наличие специальных световых (проблесковых маячков) и звуковых сигналов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на транспортном средстве (автобус), перевозящем детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008614D6" w:rsidRDefault="008614D6" w:rsidP="008614D6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>наличи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>действующих камер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> видеонаблюдения к подъездным путям к школе, пешеходным переходам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008614D6" w:rsidRDefault="008614D6" w:rsidP="008614D6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">проведение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>инструктажа с водителями школьных автобусов на тему обеспечения безопасности дорожного движения и недопустимости нарушений ПДД</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> также</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обязательно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>го</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>применени</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аварийной сигнализации при посадке и высадке детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008614D6" w:rsidRDefault="008614D6" w:rsidP="008614D6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Призываем всех принять активное участие в данной акции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008614D6" w:rsidRDefault="008614D6" w:rsidP="008614D6">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При наличии фактов нарушения прав и законных интересов детей,                        в том числе на обеспечение безопасного подвоза к школам и обратно домой просим обращаться на телефон «доверия» Комитета по охране прав детей Министерства образования и науки Республики Казахстан: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>8 (7172) 742528</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00561168" w:rsidRPr="002C0E43" w:rsidRDefault="00561168">
+    <w:p w:rsidR="00096239" w:rsidRPr="008614D6" w:rsidRDefault="00096239">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00561168" w:rsidRPr="002C0E43">
+    <w:sectPr w:rsidR="00096239" w:rsidRPr="008614D6">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -919,54 +1280,54 @@
     <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00680B4B"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00680B4B"/>
+    <w:rsidRoot w:val="00D83898"/>
+    <w:rsid w:val="00096239"/>
+    <w:rsid w:val="008614D6"/>
+    <w:rsid w:val="00D83898"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -1109,51 +1470,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002C0E43"/>
+    <w:rsid w:val="008614D6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
@@ -1309,95 +1670,95 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002C0E43"/>
+    <w:rsid w:val="008614D6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1643122572">
+    <w:div w:id="1699509262">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
@@ -1665,55 +2026,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2134</Characters>
+  <Pages>1</Pages>
+  <Words>335</Words>
+  <Characters>1913</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>15</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2503</CharactersWithSpaces>
+  <CharactersWithSpaces>2244</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>UZER</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>