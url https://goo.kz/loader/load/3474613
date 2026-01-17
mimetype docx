--- v0 (2025-12-17)
+++ v1 (2026-01-17)
@@ -1,366 +1,406 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00233944" w:rsidRDefault="00233944" w:rsidP="00233944">
+    <w:p w:rsidR="005D7162" w:rsidRDefault="005D7162" w:rsidP="005D7162">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="825"/>
           <w:tab w:val="right" w:pos="14570"/>
         </w:tabs>
         <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>КЕЛІСІЛДІ</w:t>
+        <w:t>СОГЛАСОВАНО</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
-        <w:t>БЕКІТЕМІН</w:t>
+        <w:t>УТВЕРЖДАЮ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00233944" w:rsidRDefault="00233944" w:rsidP="00233944">
+    <w:p w:rsidR="005D7162" w:rsidRDefault="005D7162" w:rsidP="005D7162">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="840"/>
           <w:tab w:val="right" w:pos="14570"/>
         </w:tabs>
         <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ПМПК басшысы</w:t>
+        <w:t>Руководитель ПМПК</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Мектеп директоры </w:t>
+        <w:t>Директор школы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00233944" w:rsidRPr="008D603A" w:rsidRDefault="00233944" w:rsidP="00233944">
+    <w:p w:rsidR="005D7162" w:rsidRPr="005250A2" w:rsidRDefault="005D7162" w:rsidP="005D7162">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="795"/>
           <w:tab w:val="right" w:pos="14570"/>
         </w:tabs>
         <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008D603A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>_________ Айтбаева С.А.</w:t>
       </w:r>
-      <w:r w:rsidRPr="008D603A">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>____________ Л. Задубняк</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005250A2" w:rsidRPr="005250A2" w:rsidRDefault="005B33C1" w:rsidP="005D7162">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="825"/>
+          <w:tab w:val="right" w:pos="14570"/>
+        </w:tabs>
+        <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
-        <w:t>____________ Л. Задубняк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
     </w:p>
     <w:p w:rsidR="005250A2" w:rsidRDefault="005250A2" w:rsidP="002A76ED">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE0058" w:rsidRDefault="00EE0058" w:rsidP="002A76ED">
+    <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="002A76ED">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="002A76ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>План развития инклюзивного образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005250A2" w:rsidRDefault="005250A2" w:rsidP="002A76ED">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> «Павлодар қаласының № 40 жалпы орта білім беру мектебі» Мемлекеттік мекемесінде</w:t>
+        <w:t>в Государственном учреждении «Средняя общеобразовательная школа № 40 города Павлодара»</w:t>
+      </w:r>
+      <w:r w:rsidR="002A76ED" w:rsidRPr="002A76ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE0058" w:rsidRPr="00EE0058" w:rsidRDefault="00EE0058" w:rsidP="002A76ED">
+    <w:p w:rsidR="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="002A76ED">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="002A76ED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> инклюзивтік білім беруді  дамыту жоспары</w:t>
+        <w:t>на 20</w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidR="00DA5B0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="002E364E">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF435E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>20</w:t>
+        <w:t>9-2020</w:t>
       </w:r>
-      <w:r w:rsidR="005250A2" w:rsidRPr="002E364E">
+      <w:r w:rsidRPr="002A76ED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...35 lines deleted...]
-        <w:t>оқу жылы</w:t>
+        <w:t xml:space="preserve"> учебный год</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005250A2" w:rsidRPr="002E364E" w:rsidRDefault="005250A2" w:rsidP="002A76ED">
+    <w:p w:rsidR="005250A2" w:rsidRPr="002A76ED" w:rsidRDefault="005250A2" w:rsidP="002A76ED">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpX="-459"/>
         <w:tblW w:w="15915" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="649"/>
         <w:gridCol w:w="5555"/>
         <w:gridCol w:w="3107"/>
         <w:gridCol w:w="2106"/>
         <w:gridCol w:w="2199"/>
         <w:gridCol w:w="2299"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C36AFE" w:rsidRPr="002A76ED" w:rsidTr="00F65BF0">
+      <w:tr w:rsidR="007B0BFB" w:rsidRPr="002A76ED" w:rsidTr="00F65BF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="649" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
             <w:pPr>
               <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -385,1742 +425,4350 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>пп</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A76ED" w:rsidRPr="00EE0058" w:rsidRDefault="00EE0058" w:rsidP="005250A2">
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
             <w:pPr>
               <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">Шаралар </w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мероприятия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3107" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A76ED" w:rsidRPr="00EE0058" w:rsidRDefault="00EE0058" w:rsidP="00650225">
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
             <w:pPr>
               <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...18 lines deleted...]
-              <w:t>түрлері</w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Формы работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EE0058" w:rsidRPr="00EE0058" w:rsidRDefault="00EE0058" w:rsidP="005250A2">
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
             <w:pPr>
               <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">Санат </w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2199" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A76ED" w:rsidRPr="00EE0058" w:rsidRDefault="00EE0058" w:rsidP="005250A2">
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
             <w:pPr>
               <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...9 lines deleted...]
-              <w:t>Өткізу мерзімі</w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сроки проведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2299" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A76ED" w:rsidRPr="00EE0058" w:rsidRDefault="00EE0058" w:rsidP="005250A2">
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
             <w:pPr>
               <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">Жауаптылар </w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ответственные</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidTr="00F65BF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15915" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="00650225" w:rsidP="004E7963">
+          <w:p w:rsidR="00C36C0D" w:rsidRDefault="00C36C0D" w:rsidP="005250A2">
             <w:pPr>
               <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...6 lines deleted...]
-            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="004E7963">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="004E7963">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Аналитико-статистическое направление</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B0BFB" w:rsidRPr="002A76ED" w:rsidTr="00F65BF0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Формирование </w:t>
+            </w:r>
+            <w:r w:rsidR="005250A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>школьного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> компьютерного банка дете</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>й-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> инвалидов от  0 до 18 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3107" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="00EF592A" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidR="002A76ED" w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бор и обработка информации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дети от 0 до 18 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2199" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA5B0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>01.09.201</w:t>
+            </w:r>
+            <w:r w:rsidR="006D3D9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="005250A2" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ережепова Б.М.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B0BFB" w:rsidRPr="002A76ED" w:rsidTr="00F65BF0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="005250A2" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Создание инициативной группы по развитию инклюзивного образования в школе;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="005250A2" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>учитель логопед</w:t>
+            </w:r>
+            <w:r w:rsidR="002A76ED" w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-психолог;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>социальный педагог</w:t>
+            </w:r>
+            <w:r w:rsidR="005250A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005250A2" w:rsidRPr="002A76ED" w:rsidRDefault="005250A2" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>медработник школы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3107" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="005250A2" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>создание картотеки на детей-инвалидов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="005250A2" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>работники школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2199" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="005250A2" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ежемесячно</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRDefault="005250A2" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Матай К.Г.,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005250A2" w:rsidRDefault="006D3D9D" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Болковая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Н.А.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005250A2" w:rsidRDefault="005250A2" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Томашева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Е.Ш.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005250A2" w:rsidRPr="002A76ED" w:rsidRDefault="005250A2" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ващенкова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Т.В.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B0BFB" w:rsidRPr="002A76ED" w:rsidTr="00F65BF0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Формирование банка данных о педагогах, осуществляющих образовательный процесс детей-инвалидов, в том числе обучающихся на дому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3107" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="00EF592A" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidR="002A76ED" w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бор и обработка информации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="00F65BF0" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>работники школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2199" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="00F65BF0" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="00F65BF0" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ережепова Б.М.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EF592A" w:rsidRDefault="00EF592A" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EF592A" w:rsidRPr="002A76ED" w:rsidTr="00F65BF0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00EF592A" w:rsidRPr="002A76ED" w:rsidRDefault="00EF592A" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00EF592A" w:rsidRPr="002A76ED" w:rsidRDefault="00EF592A" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Создание школьного консилиума по инклюзивному образованию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3107" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00EF592A" w:rsidRPr="002A76ED" w:rsidRDefault="00EF592A" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>совещание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00EF592A" w:rsidRDefault="00EF592A" w:rsidP="00EF592A">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>администрация, работники школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2199" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00EF592A" w:rsidRDefault="00EF592A" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>август</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00EF592A" w:rsidRDefault="00EF592A" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>администрация школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidTr="00F65BF0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15915" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C36C0D" w:rsidRDefault="00C36C0D" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>статист</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="004E7963">
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>икалық бағыт</w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Методическое обеспечение</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C36AFE" w:rsidRPr="002A76ED" w:rsidTr="00F65BF0">
+      <w:tr w:rsidR="007B0BFB" w:rsidRPr="002A76ED" w:rsidTr="00F65BF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="649" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
             <w:pPr>
               <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A76ED">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="00EE0058" w:rsidP="00EE0058">
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="00F65BF0">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Участие в </w:t>
+            </w:r>
+            <w:r w:rsidR="00F65BF0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>городских, областных, республиканских</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> совещаниях, семинарах-совещаниях, практических семинара</w:t>
+            </w:r>
+            <w:r w:rsidR="00F65BF0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>х</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, консультациях по развитию </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">инклюзивного образования в </w:t>
+            </w:r>
+            <w:r w:rsidR="00F65BF0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Павлодарской области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3107" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>совещания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="00F65BF0">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">специалисты </w:t>
+            </w:r>
+            <w:r w:rsidR="00F65BF0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">отдела, управления </w:t>
+            </w:r>
+            <w:r w:rsidR="00F65BF0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, ПМПК, директор СОШ № </w:t>
+            </w:r>
+            <w:r w:rsidR="00F65BF0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2199" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F65BF0" w:rsidRPr="002A76ED" w:rsidRDefault="00F65BF0" w:rsidP="00F65BF0">
             <w:pPr>
               <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">0-ден 18 жасқа дейінгі мүгедек балалардың мектепішілік компьютерлік банкін жасау. </w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>в течение года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="00F65BF0" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>администрация школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B0BFB" w:rsidRPr="002A76ED" w:rsidTr="00F65BF0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="00F65BF0">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Создание адаптивной среды в школе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3107" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="00EE0058" w:rsidP="00EE0058">
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>совещания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="00F65BF0">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">администрация,  педагоги </w:t>
+            </w:r>
+            <w:r w:rsidR="00F65BF0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>школы,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ПМПК</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2199" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="00F65BF0" w:rsidP="005250A2">
             <w:pPr>
               <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>Ақпаратты жинап , өңдеу.</w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>администрация школы,</w:t>
+            </w:r>
+            <w:r w:rsidR="002A76ED" w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ПМПК</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B0BFB" w:rsidRPr="002A76ED" w:rsidTr="00F65BF0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="00F65BF0">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Оказание квалифицированной помощи </w:t>
+            </w:r>
+            <w:r w:rsidR="00F65BF0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>учителям</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, работающим в базовой школе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3107" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="00F65BF0">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>подбор методических материалов по критериям оценки эффективности деятельности школы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A76ED" w:rsidRPr="00EE0058" w:rsidRDefault="00EE0058" w:rsidP="00EE0058">
-[...6 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="00F65BF0">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">администрация </w:t>
+            </w:r>
+            <w:r w:rsidR="00F65BF0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>школы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, специалисты ПМПК, </w:t>
+            </w:r>
+            <w:r w:rsidR="00F65BF0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ГОО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2199" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="00F65BF0" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">0 </w:t>
-            </w:r>
+              <w:t>в течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="00F65BF0" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">- </w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>администрация школы, специалисты ГОО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B0BFB" w:rsidRPr="002A76ED" w:rsidTr="00F65BF0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="00F65BF0" w:rsidP="00575332">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Создание банка нормативно-правовых документов по инклюзивному образованию в РК</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3107" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>организационно-правовая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="00F65BF0" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>школа,</w:t>
             </w:r>
             <w:r w:rsidR="002A76ED" w:rsidRPr="002A76ED">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">18 </w:t>
-            </w:r>
+              <w:t xml:space="preserve"> ПМПК</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2199" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="00F65BF0" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>жас аралығындағы балалар</w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>август, сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="00F65BF0" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>школа</w:t>
+            </w:r>
+            <w:r w:rsidR="002A76ED" w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, ПМПК</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B0BFB" w:rsidRPr="002A76ED" w:rsidTr="00F65BF0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Организация работы по созданию «Школы для родителей»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3107" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>совещание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="00F65BF0" w:rsidP="00F65BF0">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>администрация школы,</w:t>
+            </w:r>
+            <w:r w:rsidR="002A76ED" w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ПМПК </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2199" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A76ED" w:rsidRPr="00EE0058" w:rsidRDefault="00EE0058" w:rsidP="005250A2">
-[...6 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="00F65BF0" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...21 lines deleted...]
-            <w:r w:rsidR="00617AA2">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="006E379E">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ПМПК, </w:t>
+            </w:r>
+            <w:r w:rsidR="00F65BF0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> администрация </w:t>
+            </w:r>
+            <w:r w:rsidR="006E379E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ОУ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B0BFB" w:rsidRPr="002A76ED" w:rsidTr="00F65BF0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Обследование детей с целью определения будущего образовательного маршрута</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3107" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>обследование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="00F65BF0">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учащиеся </w:t>
+            </w:r>
+            <w:r w:rsidR="00F65BF0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>школы, ПМПК</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2199" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ПМПК</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B0BFB" w:rsidRPr="002A76ED" w:rsidTr="00F65BF0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Назначение и проведение коррекционной работы с учащимися</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3107" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>индивидуальное консультирование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>учащиеся</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2199" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ПМПК</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B0BFB" w:rsidRPr="002A76ED" w:rsidTr="00F65BF0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Индивидуальное консультирование детей и родителей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3107" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>индивидуальное консультирование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>родители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2199" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ПМПК</w:t>
+            </w:r>
+            <w:r w:rsidR="00F65BF0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, инициативная группа школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B0BFB" w:rsidRPr="002A76ED" w:rsidTr="00F65BF0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Психолого-педагогическое и учебно-методическое сопровождение родителей детей с ОВЗ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3107" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Школа для родителей»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>родители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2199" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="00F65BF0">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ПМПК, </w:t>
+            </w:r>
+            <w:r w:rsidR="00F65BF0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>инициативная группа школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E379E" w:rsidRPr="002A76ED" w:rsidTr="00F65BF0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="006E379E" w:rsidRPr="002A76ED" w:rsidRDefault="006E379E" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...21 lines deleted...]
-              <w:t> </w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="006E379E" w:rsidRPr="002A76ED" w:rsidRDefault="006E379E" w:rsidP="00575332">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Создание в школе арт-студии для детей с ОВЗ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3107" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="006E379E" w:rsidRPr="002A76ED" w:rsidRDefault="006E379E" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кабинет арт-терапии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="006E379E" w:rsidRPr="002A76ED" w:rsidRDefault="006E379E" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>инициативная группа, спонсоры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2199" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="006E379E" w:rsidRPr="002A76ED" w:rsidRDefault="006E379E" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2299" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="005250A2" w:rsidP="005250A2">
+          </w:tcPr>
+          <w:p w:rsidR="006E379E" w:rsidRPr="002A76ED" w:rsidRDefault="006E379E" w:rsidP="00F65BF0">
             <w:pPr>
               <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Ережепова Б.М.</w:t>
-[...1055 lines deleted...]
-              <w:t>мектеп әкімшілігі</w:t>
+              <w:t>администрация школы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidTr="00F65BF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15915" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A76ED" w:rsidRPr="001B2CCB" w:rsidRDefault="001B2CCB" w:rsidP="005250A2">
+          <w:p w:rsidR="00C36C0D" w:rsidRDefault="00C36C0D" w:rsidP="005250A2">
             <w:pPr>
               <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...6 lines deleted...]
-            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>Әдістемелік қамту.</w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Информационно-просветительское направление</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C36AFE" w:rsidRPr="002A76ED" w:rsidTr="00F65BF0">
+      <w:tr w:rsidR="007B0BFB" w:rsidRPr="002A76ED" w:rsidTr="00F65BF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="649" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
             <w:pPr>
               <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -2134,8824 +4782,6199 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="004C127D" w:rsidP="004C127D">
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Формирование толерантного отношения в обществе к проблемам детей-инвалидов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3107" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.  Участие в декаде инвалидов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> 2. Усиление просветительской деятельности</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="00575332">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> 4. Оформление страниц на  сайт</w:t>
+            </w:r>
+            <w:r w:rsidR="006E379E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006E379E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">школы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по организации инклюзивного образования </w:t>
+            </w:r>
+            <w:r w:rsidR="006E379E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в школе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с целью постоянного информирования всех </w:t>
+            </w:r>
+            <w:r w:rsidR="00575332">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>з</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>аинтересованных лиц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="006E379E" w:rsidP="006E379E">
             <w:pPr>
               <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...30 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>родительская общественность, учащиеся школы, спонсоры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2199" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006E379E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> течение года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006E379E" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="006E379E">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006E379E" w:rsidRDefault="006E379E" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...184 lines deleted...]
-            </w:r>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>инициативная группа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006E379E" w:rsidRDefault="006E379E" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="006E379E" w:rsidRDefault="006E379E" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="006E379E" w:rsidRDefault="006E379E" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="006E379E" w:rsidRDefault="006E379E" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="006E379E" w:rsidRDefault="006E379E" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="006E379E" w:rsidRDefault="006E379E" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="006E379E" w:rsidRDefault="006E379E" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="006E379E" w:rsidRDefault="006E379E" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="006E379E" w:rsidRPr="002A76ED" w:rsidRDefault="006E379E" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C36AFE" w:rsidRPr="002A76ED" w:rsidTr="00F65BF0">
+      <w:tr w:rsidR="007B0BFB" w:rsidRPr="002A76ED" w:rsidTr="00F65BF0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="649" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001B2CCB" w:rsidRPr="002A76ED" w:rsidRDefault="001B2CCB" w:rsidP="005250A2">
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
             <w:pPr>
               <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A76ED">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001B2CCB" w:rsidRPr="002A76ED" w:rsidRDefault="004C127D" w:rsidP="004C127D">
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Пропаганда возможностей и достижений детей с ОВЗ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3107" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="006E379E" w:rsidP="005250A2">
             <w:pPr>
               <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>Мектепте бейімділік ортасын құру</w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidR="002A76ED" w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ыставки художественного творчества</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRDefault="006E379E" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidR="002A76ED" w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мотр-конкурс художественной самодеятельности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="006E379E" w:rsidP="006E379E">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>спортивные соревнования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="006E379E" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>школа, СМИ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2199" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="006E379E">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в течение </w:t>
+            </w:r>
+            <w:r w:rsidR="006E379E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="006E379E" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>администрация ОУ, педагоги школы, родители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B0BFB" w:rsidRPr="002A76ED" w:rsidTr="00F65BF0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="006E379E">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Информирование общественности о развитии инклюзивного образования в </w:t>
+            </w:r>
+            <w:r w:rsidR="006E379E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>СОШ № 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3107" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001B2CCB" w:rsidRPr="002A76ED" w:rsidRDefault="001B2CCB" w:rsidP="005250A2">
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="006E379E" w:rsidP="006E379E">
             <w:pPr>
               <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>кеңес</w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidR="002A76ED" w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">убликации в СМИ, участие в круглых столах, конференциях, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidR="002A76ED" w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">нтернет </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="002A76ED" w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>онференциях</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001B2CCB" w:rsidRPr="002A76ED" w:rsidRDefault="005D2D35" w:rsidP="005D2D35">
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="006E379E" w:rsidP="005250A2">
             <w:pPr>
               <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...12 lines deleted...]
-            <w:r w:rsidR="001B2CCB" w:rsidRPr="002A76ED">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ш</w:t>
+            </w:r>
+            <w:r w:rsidR="002A76ED" w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ирокая общественность, педагоги, родители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2199" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="006E379E" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="006E379E">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ПМПК, </w:t>
+            </w:r>
+            <w:r w:rsidR="006E379E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>инициативная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B0BFB" w:rsidRPr="002A76ED" w:rsidTr="00F65BF0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Расширение социальных контактов детей с ОВЗ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3107" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="006E379E" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidR="002A76ED" w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заимодействие с </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дворцом школьников, другими культурными центрами города;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="006E379E" w:rsidP="006E379E">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidR="002A76ED" w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>роведение внеклассных и внешкольных  мероприятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="006E379E" w:rsidP="006E379E">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidR="002A76ED" w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">чащиеся </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>школы</w:t>
+            </w:r>
+            <w:r w:rsidR="002A76ED" w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2199" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="006E379E" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>администрация школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B0BFB" w:rsidRPr="002A76ED" w:rsidTr="00F65BF0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Формирование позитивного отношения к здоровому образу жизни</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3107" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="00575332" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidR="002A76ED" w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еседы, семинары, публикации в СМИ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="00575332" w:rsidP="00575332">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidR="002A76ED" w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">чащиеся, их родители, педагоги </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2199" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="00575332" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">инициативная группа, </w:t>
+            </w:r>
+            <w:r w:rsidR="002A76ED" w:rsidRPr="002A76ED">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> ПМПК</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...85 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C36AFE" w:rsidRPr="002A76ED" w:rsidTr="00F65BF0">
-[...2213 lines deleted...]
-      <w:tr w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidTr="00F65BF0">
+      <w:tr w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidTr="00C36C0D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15915" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="005D2D35" w:rsidP="005D2D35">
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C36C0D" w:rsidRDefault="00C36C0D" w:rsidP="005250A2">
             <w:pPr>
               <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...6 lines deleted...]
-            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1583 lines deleted...]
-          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="005D2D35" w:rsidP="005D2D35">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
             <w:pPr>
               <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="002A76ED">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>Білім беру әрекеті</w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Образовательная деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C36AFE" w:rsidRPr="002A76ED" w:rsidTr="00F65BF0">
+      <w:tr w:rsidR="007B0BFB" w:rsidRPr="002A76ED" w:rsidTr="00C36C0D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="649" w:type="dxa"/>
-            <w:tcBorders>
-[...3157 lines deleted...]
-            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A76ED" w:rsidRDefault="005D2D35" w:rsidP="005250A2">
-[...86 lines deleted...]
-            <w:tcW w:w="649" w:type="dxa"/>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
             <w:pPr>
               <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A76ED">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="5555" w:type="dxa"/>
+              <w:t>Обследование детей с целью определения будущего образовательного маршрута</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3107" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A76ED" w:rsidRPr="009D75EB" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
-[...231 lines deleted...]
-            <w:tcW w:w="3107" w:type="dxa"/>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>обследование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2106" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="001B2CCB" w:rsidP="005250A2">
-[...146 lines deleted...]
-            <w:tcW w:w="2106" w:type="dxa"/>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="007B0BFB">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учащиеся </w:t>
+            </w:r>
+            <w:r w:rsidR="007B0BFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2199" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A76ED" w:rsidRPr="004C127D" w:rsidRDefault="001B2CCB" w:rsidP="005250A2">
-[...198 lines deleted...]
-            <w:tcW w:w="2199" w:type="dxa"/>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2299" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A76ED" w:rsidRPr="001B2CCB" w:rsidRDefault="001B2CCB" w:rsidP="005250A2">
-[...161 lines deleted...]
-            <w:tcW w:w="2299" w:type="dxa"/>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ПМПК</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B0BFB" w:rsidRPr="002A76ED" w:rsidTr="00C36C0D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A76ED" w:rsidRPr="005D2D35" w:rsidRDefault="005D2D35" w:rsidP="005D2D35">
-[...6 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Назначение и проведение коррекционной работы с учащимися</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3107" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>индивидуальное консультирование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>учащиеся</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2199" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ПМПК</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B0BFB" w:rsidRPr="002A76ED" w:rsidTr="00C36C0D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Индивидуальное консультирование детей и родителей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3107" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>индивидуальное консультирование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>родители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2199" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ПМПК</w:t>
+            </w:r>
+            <w:r w:rsidR="007B0BFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, инициативная </w:t>
+            </w:r>
+            <w:r w:rsidR="007B0BFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B0BFB" w:rsidRPr="002A76ED" w:rsidTr="00C36C0D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Модификация образовательных программ с учетом индивидуальных психофизических особенностей детей с ОВЗ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3107" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="007B0BFB" w:rsidP="007B0BFB">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...17 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r w:rsidR="002A76ED" w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">азработка модифицированных (авторизованных) для обучения детей с ОВЗ, обучающихся в </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>школе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="007B0BFB" w:rsidP="007B0BFB">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidR="002A76ED" w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>едагоги школы, специалисты ПМПК</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2199" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ПМПК,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="007B0BFB" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>администрация школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B0BFB" w:rsidRPr="002A76ED" w:rsidTr="00F65BF0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Предпрофильная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3107" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="007B0BFB" w:rsidP="007B0BFB">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidR="002A76ED" w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">нкетирование, собеседование, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>колледжи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="007B0BFB">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ПМПК, </w:t>
+            </w:r>
+            <w:r w:rsidR="007B0BFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>инициативная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2199" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="007B0BFB">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">март-апрель </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="007B0BFB">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ПМПК, </w:t>
+            </w:r>
+            <w:r w:rsidR="007B0BFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>школа, колледжи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B0BFB" w:rsidRPr="002A76ED" w:rsidTr="00F65BF0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="007B0BFB">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Подготовка к итоговой аттестации учащихся с ОВЗ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3107" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>урочная, внеурочная, консультации учащимся, родителям, педагогам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>учащиеся, педагоги, родители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2199" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="007B0BFB">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">март-апрель </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="007B0BFB" w:rsidP="007B0BFB">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">администрация школы, </w:t>
+            </w:r>
+            <w:r w:rsidR="002A76ED" w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> ПМПК</w:t>
             </w:r>
-            <w:r w:rsidR="003C39DF" w:rsidRPr="005D2D35">
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidTr="00F65BF0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15915" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Развитие </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>безбарьерной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> среды в образовательных учреждениях</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B0BFB" w:rsidRPr="002A76ED" w:rsidTr="00F65BF0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Формирование доступной среды жизнедеятельности для детей-инвалидов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3107" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="007B0BFB" w:rsidP="007B0BFB">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidR="002A76ED" w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">беспечение доступности </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>школы</w:t>
+            </w:r>
+            <w:r w:rsidR="002A76ED" w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, оснащение </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">школы </w:t>
+            </w:r>
+            <w:r w:rsidR="002A76ED" w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>специализированным оборудованием и учебно-методическими комплектами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="007B0BFB" w:rsidP="007B0BFB">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>д</w:t>
+            </w:r>
+            <w:r w:rsidR="002A76ED" w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иректор </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2199" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="007B0BFB">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">январь-август </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="007B0BFB">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">администрация </w:t>
+            </w:r>
+            <w:r w:rsidR="007B0BFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B0BFB" w:rsidRPr="002A76ED" w:rsidTr="003C39DF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Развитие дистанционного образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3107" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="007B0BFB" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidR="002A76ED" w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оздание и корректировка банка детей-инвалидов для дистанционного обучения</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="007B0BFB" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidR="002A76ED" w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">роведение совещаний со специалистами </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>школьного консилиума</w:t>
+            </w:r>
+            <w:r w:rsidR="002A76ED" w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>  по организации дистанционного обучения</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="007B0BFB" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidR="002A76ED" w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бор необходимой документации для включения детей-инвалидов в проект</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="00484EAD" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidR="002A76ED" w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>роведение обследований социально-бытовых и технических условий семей детей-инвалидов, включенных и рекомендованных к включению в проект</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="00EF592A" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidR="002A76ED" w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>роведение консультаций и собеседований с  родителями детей-инвалидов, включенных в проект</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>родители и дети-инвалиды, включенные в проект</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="007B0BFB" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>члены школьного консилиума</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">администрация </w:t>
+            </w:r>
+            <w:r w:rsidR="007B0BFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>школы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:r w:rsidR="007B0BFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>школьный консилиум</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve"> администрация </w:t>
+            </w:r>
+            <w:r w:rsidR="00484EAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>школы, школьный консилиум</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> специалисты ПМПК</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2199" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">ноябрь </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ай </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ноябрь </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ай </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA5B0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-май </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DA5B0D" w:rsidRDefault="00DA5B0D" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DA5B0D" w:rsidRDefault="00DA5B0D" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DA5B0D" w:rsidRDefault="00DA5B0D" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">ноябрь </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ай </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ноябрь </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ай </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="007B0BFB" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>члены школьного консилиума, инициативная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidTr="003C39DF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15915" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Подведение итогов работы по организации инклюзивного образования в </w:t>
+            </w:r>
+            <w:r w:rsidR="00EF592A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>СОШ № 40</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="006D3D9D">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>промежуточное</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>) за 20</w:t>
+            </w:r>
+            <w:r w:rsidR="00A91117">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF435E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9-2020</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B0BFB" w:rsidRPr="002A76ED" w:rsidTr="003C39DF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="649" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Проведение   совещания</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="003C39DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>инициативной группы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="003C39DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>школьного консилиума</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C39DF" w:rsidRPr="002A76ED" w:rsidRDefault="003C39DF" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-учителей-предметников, работающих с детьми с ОВЗ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> - круглый стол для педагогов и родителей детей ОВЗ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C39DF" w:rsidRDefault="003C39DF" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C39DF" w:rsidRDefault="003C39DF" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C39DF" w:rsidRPr="002A76ED" w:rsidRDefault="003C39DF" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- семинар по развитию инклюзивного образования в общеобразовательной школе</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3107" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="003C39DF" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidR="002A76ED" w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>овещание, конференция с приглашением специалистов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ПМПК</w:t>
+            </w:r>
+            <w:r w:rsidR="002A76ED" w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C39DF" w:rsidRDefault="003C39DF" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C39DF" w:rsidRDefault="003C39DF" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C39DF" w:rsidRDefault="003C39DF" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>круглый стол</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C39DF" w:rsidRDefault="003C39DF" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C39DF" w:rsidRDefault="003C39DF" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C39DF" w:rsidRDefault="003C39DF" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C39DF" w:rsidRPr="002A76ED" w:rsidRDefault="003C39DF" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>областной семинар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2106" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="003C39DF" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>администрация школы</w:t>
+            </w:r>
+            <w:r w:rsidR="002A76ED" w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, ПМПК</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002A76ED" w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A76ED" w:rsidRDefault="002A76ED" w:rsidP="003C39DF">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>педа</w:t>
+            </w:r>
+            <w:r w:rsidR="003C39DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>гоги, родители, специалисты ПМПК</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C39DF" w:rsidRDefault="003C39DF" w:rsidP="003C39DF">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C39DF" w:rsidRPr="002A76ED" w:rsidRDefault="003C39DF" w:rsidP="003C39DF">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>инициативная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2199" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRDefault="003C39DF" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>май</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C39DF" w:rsidRDefault="003C39DF" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C39DF" w:rsidRDefault="003C39DF" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C39DF" w:rsidRDefault="003C39DF" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C39DF" w:rsidRDefault="003C39DF" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C39DF" w:rsidRDefault="003C39DF" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C39DF" w:rsidRDefault="003C39DF" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C39DF" w:rsidRDefault="003C39DF" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C39DF" w:rsidRDefault="003C39DF" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C39DF" w:rsidRDefault="003C39DF" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C39DF" w:rsidRDefault="003C39DF" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C39DF" w:rsidRPr="002A76ED" w:rsidRDefault="00DA5B0D" w:rsidP="005250A2">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2299" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A76ED" w:rsidRPr="002A76ED" w:rsidRDefault="003C39DF" w:rsidP="003C39DF">
+            <w:pPr>
+              <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>администрация школы,</w:t>
+            </w:r>
+            <w:r w:rsidR="002A76ED" w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ПМПК</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, инициативная группа</w:t>
+            </w:r>
+            <w:r w:rsidR="002A76ED" w:rsidRPr="002A76ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004E4A0E" w:rsidRPr="005D2D35" w:rsidRDefault="004E4A0E">
-[...6 lines deleted...]
-    <w:sectPr w:rsidR="004E4A0E" w:rsidRPr="005D2D35" w:rsidSect="00F65BF0">
+    <w:p w:rsidR="004E4A0E" w:rsidRDefault="004E4A0E"/>
+    <w:sectPr w:rsidR="004E4A0E" w:rsidSect="00F65BF0">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="851" w:right="1134" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...95 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00ED6702"/>
-    <w:rsid w:val="001B2CCB"/>
-    <w:rsid w:val="00233944"/>
     <w:rsid w:val="002A76ED"/>
-    <w:rsid w:val="002B4364"/>
-    <w:rsid w:val="002E364E"/>
+    <w:rsid w:val="003468A7"/>
+    <w:rsid w:val="00393BA3"/>
     <w:rsid w:val="003C39DF"/>
     <w:rsid w:val="00484EAD"/>
-    <w:rsid w:val="004C127D"/>
-    <w:rsid w:val="004C22E3"/>
     <w:rsid w:val="004E4A0E"/>
-    <w:rsid w:val="004E7963"/>
-    <w:rsid w:val="005014D5"/>
     <w:rsid w:val="005250A2"/>
     <w:rsid w:val="00575332"/>
     <w:rsid w:val="005B33C1"/>
-    <w:rsid w:val="005D2D35"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00686B9A"/>
+    <w:rsid w:val="005D7162"/>
+    <w:rsid w:val="005E3F4D"/>
+    <w:rsid w:val="0063763C"/>
     <w:rsid w:val="006A0AF0"/>
+    <w:rsid w:val="006D3D9D"/>
     <w:rsid w:val="006E379E"/>
-    <w:rsid w:val="00786A03"/>
-    <w:rsid w:val="00796906"/>
     <w:rsid w:val="007B0BFB"/>
-    <w:rsid w:val="00891264"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00E424ED"/>
+    <w:rsid w:val="0097471A"/>
+    <w:rsid w:val="009E0D2F"/>
+    <w:rsid w:val="00A91117"/>
+    <w:rsid w:val="00B16F1A"/>
+    <w:rsid w:val="00C36C0D"/>
+    <w:rsid w:val="00D75B4F"/>
+    <w:rsid w:val="00DA5B0D"/>
+    <w:rsid w:val="00DF435E"/>
     <w:rsid w:val="00ED6702"/>
-    <w:rsid w:val="00EE0058"/>
     <w:rsid w:val="00EF592A"/>
-    <w:rsid w:val="00F4190E"/>
-    <w:rsid w:val="00F56604"/>
     <w:rsid w:val="00F65BF0"/>
+    <w:rsid w:val="00FF2973"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8194"/>
+    <o:shapedefaults v:ext="edit" spidmax="7170"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -11076,90 +11099,79 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00686B9A"/>
+    <w:rsid w:val="00B16F1A"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-  </w:style>
-[...9 lines deleted...]
-    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -11326,71 +11338,58 @@
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
     <w:div w:id="864753890">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1550263594">
-[...11 lines deleted...]
-    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -11640,64 +11639,68 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
   <Words>1032</Words>
-  <Characters>5887</Characters>
+  <Characters>5885</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>49</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6906</CharactersWithSpaces>
+  <CharactersWithSpaces>6904</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>comp14</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>