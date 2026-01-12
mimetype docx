--- v0 (2025-12-10)
+++ v1 (2026-01-12)
@@ -1,286 +1,5147 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="007E60A1" w:rsidRDefault="00C24D29" w:rsidP="00C24D29">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="008B4E71" w:rsidRPr="00742F29" w:rsidRDefault="00B5467E" w:rsidP="00B5467E">
+      <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-        <w:t>Бекітемін</w:t>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00742F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>УТВЕРЖДАЮ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C24D29" w:rsidRDefault="00C24D29" w:rsidP="00C24D29">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00B5467E" w:rsidRPr="00742F29" w:rsidRDefault="00B5467E" w:rsidP="00B5467E">
+      <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00742F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Директор школы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B5467E" w:rsidRPr="00742F29" w:rsidRDefault="00B5467E" w:rsidP="00B5467E">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00742F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00742F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.С.Асылов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B5467E" w:rsidRPr="00742F29" w:rsidRDefault="00B5467E" w:rsidP="0037274C">
+      <w:pPr>
+        <w:ind w:left="1276" w:hanging="1276"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00742F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="0037274C" w:rsidRPr="00742F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00742F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       »   </w:t>
+      </w:r>
+      <w:r w:rsidR="0037274C" w:rsidRPr="00742F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC3421">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  2019</w:t>
+      </w:r>
+      <w:r w:rsidR="00742F29" w:rsidRPr="00742F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00742F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B5467E" w:rsidRPr="00742F29" w:rsidRDefault="00B5467E" w:rsidP="00B5467E">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00742F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>План работы с одаренными детьми</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B5467E" w:rsidRPr="00742F29" w:rsidRDefault="00B5467E" w:rsidP="00B5467E">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B5467E" w:rsidRPr="00742F29" w:rsidRDefault="00DD2977" w:rsidP="00B5467E">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Мектеп директоры </w:t>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ГУ «Средняя общеобразовательна</w:t>
+      </w:r>
+      <w:r w:rsidR="00B5467E" w:rsidRPr="00742F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>я школа №27»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C24D29" w:rsidRDefault="00C24D29" w:rsidP="00C24D29">
-[...7 lines deleted...]
-          <w:lang w:val="en-US"/>
+    <w:p w:rsidR="00B5467E" w:rsidRPr="00742F29" w:rsidRDefault="00CC3421" w:rsidP="00B5467E">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-        <w:t>_____</w:t>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>в 2019-2020</w:t>
+      </w:r>
+      <w:r w:rsidR="00B5467E" w:rsidRPr="00742F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебном году</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C24D29" w:rsidRDefault="00C24D29" w:rsidP="00C24D29">
-[...9 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00B5467E" w:rsidRPr="00742F29" w:rsidRDefault="00B5467E" w:rsidP="00B5467E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00742F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Цель</w:t>
+      </w:r>
+      <w:r w:rsidR="00F21AD4" w:rsidRPr="00742F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00F21AD4" w:rsidRPr="00742F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> объединение усилий педагогов, родителей, с целью создани</w:t>
+      </w:r>
+      <w:r w:rsidR="000D2CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidR="00F21AD4" w:rsidRPr="00742F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> благоприятных условий для реализации творческого потенциала детей.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00C24D29" w:rsidRPr="00C24D29" w:rsidRDefault="00C24D29" w:rsidP="00C24D29">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00F21AD4" w:rsidRPr="00742F29" w:rsidRDefault="00F21AD4" w:rsidP="00B5467E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00742F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Задачи:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F21AD4" w:rsidRPr="00742F29" w:rsidRDefault="00F21AD4" w:rsidP="00F21AD4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00742F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1.   Создание оптимальных условий для выявлени</w:t>
+      </w:r>
+      <w:r w:rsidR="000D2CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>я поддержки и развития</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00742F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> одаренных детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F21AD4" w:rsidRPr="00742F29" w:rsidRDefault="00F21AD4" w:rsidP="00F21AD4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00742F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.   Реализация принципа личности-ориентированного подхода в обучении и </w:t>
+      </w:r>
+      <w:r w:rsidR="007215AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00742F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>воспитани</w:t>
+      </w:r>
+      <w:r w:rsidR="000D2CD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00742F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учащихся с повышенным уровнем обучаемости.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F21AD4" w:rsidRPr="00742F29" w:rsidRDefault="00F21AD4" w:rsidP="00F21AD4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00742F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.    </w:t>
+      </w:r>
+      <w:r w:rsidR="00761532" w:rsidRPr="00742F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Пропоганда интелектуальных ценностей и авторитета знаний.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00761532" w:rsidRPr="00742F29" w:rsidRDefault="000D2CD8" w:rsidP="00761532">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="007215AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00761532" w:rsidRPr="00742F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Создание новых форм и эффективных методик развити</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidR="00761532" w:rsidRPr="00742F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> творческих способностей и опыта научного творчества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00761532" w:rsidRPr="00742F29" w:rsidRDefault="00761532" w:rsidP="00761532">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00742F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Содержание и формы работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00761532" w:rsidRPr="00742F29" w:rsidRDefault="00761532" w:rsidP="007215AE">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...62 lines deleted...]
-        <w:t xml:space="preserve"> жоспары</w:t>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00742F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Выявление одаренных и талантливых детей</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00C24D29" w:rsidRPr="00C24D29" w:rsidSect="00C24D29">
+    <w:p w:rsidR="00761532" w:rsidRDefault="00761532" w:rsidP="00D352B1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D352B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Выявление одаренных и талантливых детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D352B1" w:rsidRPr="00D352B1" w:rsidRDefault="00D352B1" w:rsidP="00D352B1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005E02E4" w:rsidRPr="00D352B1" w:rsidRDefault="0037274C" w:rsidP="00D352B1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D352B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Создание системы взаимодействие с внешкольными, науно-исследовательскими и культурно-просветительными учреждениями, родителями учащихся для выявление и воспитание одарен</w:t>
+      </w:r>
+      <w:r w:rsidR="00127543">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D352B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ых детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0037274C" w:rsidRDefault="0037274C" w:rsidP="00D352B1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D352B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Создание банка данных «Одаренные дети».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D352B1" w:rsidRPr="00D352B1" w:rsidRDefault="00D352B1" w:rsidP="00D352B1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0037274C" w:rsidRPr="00D352B1" w:rsidRDefault="0037274C" w:rsidP="00D352B1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D352B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Диагностика потенциальных возможностей детей с использованием психологической службы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00742F29" w:rsidRDefault="00D352B1" w:rsidP="00D352B1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D352B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Анализ особых успехов и достижений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D352B1" w:rsidRDefault="00D352B1" w:rsidP="00D352B1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D352B1" w:rsidRDefault="00D352B1" w:rsidP="00D352B1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D352B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Помощь одаренным учащимся в самореализации их творческой </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D352B1" w:rsidRDefault="00D352B1" w:rsidP="00D352B1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D352B1" w:rsidRDefault="00127543" w:rsidP="00D352B1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidR="00D352B1" w:rsidRPr="00D352B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аправленности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0048335B" w:rsidRPr="00D352B1" w:rsidRDefault="0048335B" w:rsidP="00D352B1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D352B1" w:rsidRDefault="00D352B1" w:rsidP="00D352B1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Создание для ученика ситуации успеха и уверенности, через индивидуальное обучение и воспитание;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D352B1" w:rsidRDefault="00D352B1" w:rsidP="00D352B1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Организация научно-исследовательской деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D352B1" w:rsidRDefault="00D352B1" w:rsidP="00D352B1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Организация и участие в интеллектуальных играх, творческих конкурсах,предметных олимпиадах, научно-практических конференциях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D352B1" w:rsidRDefault="00D352B1" w:rsidP="00D352B1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Разработка и реализация межпредметных научно-исследовательских предметов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0048335B" w:rsidRDefault="0048335B" w:rsidP="0048335B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Изготовление комьютерных презентаций, видеороликов, исследований.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0048335B" w:rsidRDefault="0048335B" w:rsidP="0048335B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0048335B" w:rsidRDefault="0048335B" w:rsidP="0048335B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0048335B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Контроль над развитием познавательной деятельности одаренных </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0048335B" w:rsidRDefault="0048335B" w:rsidP="0048335B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0048335B" w:rsidRDefault="0048335B" w:rsidP="0048335B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0048335B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>школьников</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0048335B" w:rsidRPr="0048335B" w:rsidRDefault="0048335B" w:rsidP="0048335B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0048335B" w:rsidRDefault="0048335B" w:rsidP="0048335B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тематический контроль знаний в рамках учебной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0048335B" w:rsidRDefault="0048335B" w:rsidP="0048335B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Контроль за обязательным участием одаренных и талантливых детей в конкурсах разного уровня;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007215AE" w:rsidRDefault="007215AE" w:rsidP="0048335B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0048335B" w:rsidRDefault="0048335B" w:rsidP="0048335B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0048335B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Поощрение одаренных детей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007215AE" w:rsidRPr="0048335B" w:rsidRDefault="007215AE" w:rsidP="0048335B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0048335B" w:rsidRDefault="0048335B" w:rsidP="0048335B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Публикации в СМИ, на сайте шк</w:t>
+      </w:r>
+      <w:r w:rsidR="001D6E79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0048335B" w:rsidRDefault="0048335B" w:rsidP="0048335B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Награждение;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007215AE" w:rsidRDefault="007215AE" w:rsidP="0048335B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0048335B" w:rsidRDefault="0048335B" w:rsidP="0048335B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0048335B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Принц</w:t>
+      </w:r>
+      <w:r w:rsidR="00B10284">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="0048335B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пы педагогической деятельности в работе с одаренными дет</w:t>
+      </w:r>
+      <w:r w:rsidR="00E13645">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0048335B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ми:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007215AE" w:rsidRPr="0048335B" w:rsidRDefault="007215AE" w:rsidP="0048335B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0048335B" w:rsidRDefault="0048335B" w:rsidP="0048335B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Принцип максимального разнообразия предоставляемых возможностей для развития личности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0048335B" w:rsidRDefault="0048335B" w:rsidP="0048335B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Принцип индивидуализации и дифференциации обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0048335B" w:rsidRPr="0048335B" w:rsidRDefault="0048335B" w:rsidP="0048335B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Принцип свободы выбора учащимся дополнительных образовательных услуг, помощи,</w:t>
+      </w:r>
+      <w:r w:rsidR="007215AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> наставничества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00761532" w:rsidRDefault="00761532" w:rsidP="00D352B1">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="5590" w:type="pct"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblInd w:w="-693" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="4404"/>
+        <w:gridCol w:w="2961"/>
+        <w:gridCol w:w="2596"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="007A199D" w:rsidTr="007A199D">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Основные мероприятия </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    Сроки   проведения  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ответственные </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A199D" w:rsidTr="007A199D">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D" w:rsidP="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Разработка индивидуальных программ развития одаренных учащихся.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>август</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>учителя-предметники совместно с классными руководителями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A199D" w:rsidTr="007A199D">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D" w:rsidP="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Составление плана работы с одаренными детьми.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Зам. директора по УВР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A199D" w:rsidTr="007A199D">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D" w:rsidP="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Изучение интересов и склонностей обучающихся: уточнение критериев всех видов одаренности: интеллектуальной, творческой, художественной и т.д. Диагностика родителей и индивидуальные беседы Формирование списка одаренных детей. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кл</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>уководители</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>, учителя –предметники, руководители МО.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A199D" w:rsidTr="007A199D">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D" w:rsidP="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организация и проведение 1 тура школьной олимпиады </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Зам. директора по УВР </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A199D" w:rsidTr="007A199D">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D" w:rsidP="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="00CE287F">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Участие  в </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>городских</w:t>
+            </w:r>
+            <w:r w:rsidR="007A199D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> предметных  олимпиадах школьников.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Зам. директора по УВР, руководители МО.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A199D" w:rsidTr="007A199D">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D" w:rsidP="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="00CE287F">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Участие  в </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>городских</w:t>
+            </w:r>
+            <w:r w:rsidR="007A199D">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> предметных  олимпиадах младших школьников.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>январь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Зам. директора по УВР, руководители МО.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A199D" w:rsidTr="007A199D">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D" w:rsidP="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Анализ итогов олимпиады школьников.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Январь.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Зам. директора по УВР, руководители МО.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A199D" w:rsidTr="007A199D">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D" w:rsidP="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Участие в международном конкурсе-игре «Кенгуру», и российском конкурсе «Русский медвежонок – языкознание для всех».</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Руководители МО.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A199D" w:rsidTr="007A199D">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D" w:rsidP="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Начало оформления творческих работ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>февраль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Зам. директора по УВР </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Руководители проектов.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A199D" w:rsidTr="007A199D">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D" w:rsidP="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Индивидуальные консультации и завершение работы по оформлению исследований и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>методике защиты исследовательских работ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Феврал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ь-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> март</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Руководители проектов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A199D" w:rsidTr="007A199D">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D" w:rsidP="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Творческие мастерские.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Руководители МО.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A199D" w:rsidTr="007A199D">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D" w:rsidP="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Оформление портфолио всех школьников.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>В течение  года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кл</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>уководители</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A199D" w:rsidTr="007A199D">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D" w:rsidP="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Пополнение информационного банка данных по программе «Одаренные дети».</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>В течение  года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Зам. директора по УВР,  руководители МО.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A199D" w:rsidTr="007A199D">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D" w:rsidP="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Предметные недели </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>В течени</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> года, по графику</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Руководители МО.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A199D" w:rsidTr="007A199D">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D" w:rsidP="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Участие в конкурсах, проектах различных направлений и уровней </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Зам. директора по УВР</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директор школы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A199D" w:rsidTr="007A199D">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D" w:rsidP="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Работа спортивных секций </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Зам. директора по УВР</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>директор школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A199D" w:rsidTr="007A199D">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D" w:rsidP="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Работа кружков.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Зам</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.д</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>иректора</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по УВР </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A199D" w:rsidTr="007A199D">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D" w:rsidP="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Подбор заданий повышенного уровня сложности для одаренных детей </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Учителя - предметники.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A199D" w:rsidTr="007A199D">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D" w:rsidP="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Создание в учебных кабинетах банка дидактических материалов повышенного уровня сложности.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Учителя – предметники.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A199D" w:rsidTr="007A199D">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D" w:rsidP="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сбор и систематизация материалов периодической печати по работе с одаренными детьми.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Библиотекарь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A199D" w:rsidTr="007A199D">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D" w:rsidP="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Итоги работы с одаренными детьми в 201</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC3421">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>9-2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> учебном году. Задачи на следующий год.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Май</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Зам. директора по УВР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="007A199D" w:rsidRDefault="007A199D" w:rsidP="00CC1CA5">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="007A199D" w:rsidSect="008B4E71">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="567" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00E341A0" w:rsidRDefault="00E341A0" w:rsidP="00D352B1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00E341A0" w:rsidRDefault="00E341A0" w:rsidP="00D352B1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-[...3 lines deleted...]
-    <w:family w:val="swiss"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00E341A0" w:rsidRDefault="00E341A0" w:rsidP="00D352B1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00E341A0" w:rsidRDefault="00E341A0" w:rsidP="00D352B1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="0F9867D2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9CA636CA"/>
+    <w:lvl w:ilvl="0" w:tplc="04190009">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="44263A23"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="265ACD64"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="5D5C4A12"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CB10D1C2"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="786"/>
+        </w:tabs>
+        <w:ind w:left="786" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="2"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+  </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00C24D29"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C24D29"/>
+    <w:rsidRoot w:val="00B5467E"/>
+    <w:rsid w:val="000D2CD8"/>
+    <w:rsid w:val="00112D18"/>
+    <w:rsid w:val="00125557"/>
+    <w:rsid w:val="00127543"/>
+    <w:rsid w:val="001B0F83"/>
+    <w:rsid w:val="001D6E79"/>
+    <w:rsid w:val="00260924"/>
+    <w:rsid w:val="0037274C"/>
+    <w:rsid w:val="004154CA"/>
+    <w:rsid w:val="004747B9"/>
+    <w:rsid w:val="0048335B"/>
+    <w:rsid w:val="0054621E"/>
+    <w:rsid w:val="005E02E4"/>
+    <w:rsid w:val="006C4E8A"/>
+    <w:rsid w:val="007215AE"/>
+    <w:rsid w:val="00742F29"/>
+    <w:rsid w:val="007536F2"/>
+    <w:rsid w:val="00761532"/>
+    <w:rsid w:val="007A199D"/>
+    <w:rsid w:val="008B4E71"/>
+    <w:rsid w:val="008C3B0E"/>
+    <w:rsid w:val="00916B99"/>
+    <w:rsid w:val="009D62C2"/>
+    <w:rsid w:val="00AA737A"/>
+    <w:rsid w:val="00B10284"/>
+    <w:rsid w:val="00B5467E"/>
+    <w:rsid w:val="00CC1CA5"/>
+    <w:rsid w:val="00CC3421"/>
+    <w:rsid w:val="00CE287F"/>
+    <w:rsid w:val="00D352B1"/>
+    <w:rsid w:val="00D44EF8"/>
+    <w:rsid w:val="00DD2977"/>
+    <w:rsid w:val="00E13645"/>
+    <w:rsid w:val="00E341A0"/>
+    <w:rsid w:val="00EA04CE"/>
+    <w:rsid w:val="00F21AD4"/>
+    <w:rsid w:val="00F47E0A"/>
+    <w:rsid w:val="00F726D9"/>
+    <w:rsid w:val="00FA3D42"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="008B4E71"/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F21AD4"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005E02E4"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005E02E4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005E02E4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D352B1"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D352B1"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D352B1"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D352B1"/>
+  </w:style>
+  <w:style w:type="table" w:styleId="ab">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00FA3D42"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ac">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007A199D"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -387,91 +5248,106 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007E60A1"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="380715729">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -713,59 +5589,91 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C925D959-38E9-478D-B53C-C87F342E66D2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>11</Words>
-  <Characters>67</Characters>
+  <Words>693</Words>
+  <Characters>3954</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>32</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>77</CharactersWithSpaces>
+  <CharactersWithSpaces>4638</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>User</dc:creator>
+  <dc:creator>1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>