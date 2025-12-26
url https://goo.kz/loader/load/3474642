--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -1,4139 +1,3098 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="006C0277" w:rsidRDefault="00116BD2" w:rsidP="00116BD2">
-      <w:pPr>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="57"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00116BD2">
+          <w:i w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r>
+          <w:i w:val="0"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Педагогический лекторий: «Особенности работы с одаренными детьми”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="00891EEE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="651"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Сохранение и развитие одаренности – это проблема и прогресса общества, реализации его творческого потенциала, и индивидуальных судеб.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>В чем смысл работы с одаренными детьми?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>При изучении особо одаренных детей стоят следующие задачи:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>1.Способствовать развитию каждой личности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>2.Довести индивидуальные достижения как можно раньше до максимального уровня;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>3.Способствовать общественному прогрессу, поставив ему на службу ресурсы дарования</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>.(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Ж.Брюно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="00891EEE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="651"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Основным подходом в поиске юных дарований следует признать комплекс мероприятий (медико-психологических, педагогических), направленных не только на детей, но и на родителей, и педагогов. Важно использовать разнообразные методики отбора детей и в дальнейшем непрерывно наблюдать за их успехами. На первом этапе выявления одаренных детей учитываются сведения о высоких успехах в какой-либо деятельности ребенка от родителей и педагогов. Могут быть использованы также результаты групповых тестирований, социологических опросных листов. Это позволит очертить круг детей для более углубленных индивидуальных исследований.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="00891EEE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="651"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve">Второй этап можно обозначить как диагностический. На этом этапе проводится индивидуальная оценка творческих возможностей и особенностей нервно-психического статуса ребенка психологом и психотерапевтом. В зависимости от результатов первого этапа ребенок обследуется набором психологических тестов в зависимости от предпочтительности того или иного варианта потенциальных возможностей. При предпочтительности развития интеллектуальной сферы ребенок отличается остротой мышления, любознательностью и легко учится, обнаруживает практическую смекалку. В этих случаях используются методики, направленные прежде всего на определение базовых когнитивных и речевых параметров у одаренных детей (например, методика Векслера, шкала интеллекта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Стайфорине</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve"> и т.д.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>У детей, одаренных в сфере академических достижений, наиболее развиты могут быть отдельные склонности - к языку и литературе, математике или естествознанию. Поэтому задача психолога не только определить уровень общего интеллектуального развития, но и оценить предпочтительную сторону мышления (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Стенфордский</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve"> тест достижений).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve">Дети с творческим и продуктивным мышлением отличаются независимостью, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>неконформностью</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve"> поведения, способностью продуцировать оригинальные идеи, находить нестандартное решение, изобретательностью. Их выявление предусматривает оценку прежде всего их творческих наклонностей (тесты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Торренса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve">) и личностных характеристик (опросники </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Аизенка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Личко</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve">, тест </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Люшера</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve"> и т.п.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Дети с преимущественным преобладанием контактности, потребности в общении и лидерстве отличаются инициативностью, высокими организаторскими способностями, их обычно легко выбирают на главные роли в играх и занятиях, они уверенно чувствуют себя среди сверстников и взрослых. В этом случае вам помогут личностные методики и социометрия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve">Если же у ребенка преобладают художественные способности, он с ранних лет проявляет склонность к рисованию или музыке, психологическое тестирование здесь должно быть направлено на оценку степени эмоциональной устойчивости и уровня </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>нейротизма</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>, так как эти дети обычно отличаются высокой ранимостью и требуют индивидуального психологического подхода со стороны педагогов и нередко психотерапевтической коррекции врача-специалиста.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve">Одаренность в двигательной сфере проявляется высокой степенью психомоторных реакций, ловкостью, развитием двигательных навыков (бег, лазание, прыжки), физической силы. Диагностика одаренности в этой сфере проводится методиками определения зрительно-моторной координации, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>тахикоскопией</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:lastRenderedPageBreak/>
+        <w:t>Многие дети проявляют высокую степень одаренности не в одной какой-либо сфере, а в нескольких. Задача педагогов и психологов не только выявить это, но и совершенствовать, развивать их.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>На третьем этапе работы с одаренными детьми основная роль отводится педагогам, задача которых - сформировать и углубить их способности. Реализуются эти требования с помощью широкого спектра педагогических приемов и методов (авторские программы, индивидуальные занятия - консультации и т.п., а также разносторонние программы в лицеях, гимназиях, колледжах).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Одаренные дети намного быстрее своих сверстников проходят начальные уровни социальной адаптации (послушание и примерное поведение, ориентированное на получение положительной оценки взрослых); в подростковом возрасте они часто как бы минуют фазу детского конформизма и оказывают сопротивление стандартным правилам, групповым нормам и внутригрупповым ориентациям на авторитарных лидеров.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00116BD2">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00116BD2" w:rsidRPr="00116BD2" w:rsidRDefault="00116BD2" w:rsidP="00116BD2">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Проблемы одаренных детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve">Лета </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Холлингуорт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve"> внесла большой вклад в понимание проблем адаптации, стоящих перед одаренными детьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Неприязнь к школе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>. Такое отношение часто появляется оттого, что учебная программа скучна и неинтересна для одаренных детей. Нарушения в поведении могут появляться потому, что учебный план не соответствует их способностям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Игровые интересы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>. Одаренным детям нравятся сложные игры и неинтересны те, которыми увлекаются их сверстники. Вследствие этого одаренный ребенок оказывается в изоляции, уходит в себя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Конформность</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>. Одаренные дети, отвергая стандартные требования, не склонны к конформизму, особенно если эти стандарты идут вразрез с их интересами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Погружение в философские проблемы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>. Для одаренных детей характерно задумываться над такими явлениями, как смерть, загробная жизнь, религиозные верования и философские проблемы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Несоответствие между физическим, интеллектуальным и социальным развитием</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>. Одаренные дети часто предпочитают общаться с детьми старшего возраста. Из-за этого им порой трудно становиться лидерами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Стремление к совершенству</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>. Для одаренных детей характерна внутренняя потребность совершенства. Отсюда ощущение неудовлетворенности, собственной неадекватности и низкая самооценка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Потребность во внимании взрослых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>. В силу стремления к познанию одаренные дети нередко монополизируют внимание учителей, родителей и других взрослых. Это вызывает трения в отношениях с другими детьми. Нередко одаренные дети нетерпимо относятся к детям, стоящим ниже их в интеллектуальном развитии. Они могут отталкивать окружающих замечаниями, выражающими презрение или нетерпение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="00891EEE" w:rsidRDefault="009902D8" w:rsidP="00891EEE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Исследователи показывают более высокую чувствительность одаренных детей к новым ситуациям, что приводит к особым трудностям. Поэтому учитель, работающий с одаренными детьми должен обладать следующими качествами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Качества, необходимые учителю для работы с одаренными детьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>(критерии американской программы “</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Astor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>”)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Учитель должен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>быть доброжелательным и чутким;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="00891EEE">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>разбираться в особенностях психологии одаренных детей, чувствовать их потребности и интересы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>иметь высокий уровень интеллектуального развития;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>иметь широкий круг интересов и умений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve">иметь помимо </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>педагогического</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve"> еще какое-либо образование;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:lastRenderedPageBreak/>
+        <w:t>быть готовым к выполнению самых различных обязанностей, связанных с обучением одаренных детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>иметь живой и активный характер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>обладать чувством юмора (но без склонности к сарказму);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>проявлять гибкость, быть готовым к пересмотру своих взглядов и постоянному самосовершенствованию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>иметь творческое, возможно, нетрадиционное личное мировоззрение;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>обладать хорошим здоровьем и жизнестойкостью;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>иметь специальную послевузовскую подготовку по работе с одаренными детьми и быть готовым к дальнейшему приобретению специальных знаний.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00891EEE" w:rsidRDefault="00891EEE" w:rsidP="00891EEE">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00891EEE" w:rsidRDefault="00891EEE" w:rsidP="00891EEE">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00891EEE" w:rsidRPr="00891EEE" w:rsidRDefault="00891EEE" w:rsidP="00891EEE">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:keepNext w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:keepNext w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Педагогический лекторий: «Виды одаренности»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Понимание термина «одаренный» претерпело значительные изменения на протяжении XX столетия. Сначала это понятие относилось только к взрослым, достижения которых считались выдающимися. Затем его стали применять к детям, имея в виду их интеллектуальное развитие, исключительные успехи в учении. В одаренные попадали дети, которые оказывались в числе нескольких процентов имеющих высокие показатели по тестам интеллекта. Однако жизнь постоянно вносила поправки в прогнозы, которые делались на основе тестов: высокие показатели умственного развития не гарантируют ни очень успешную карьеру, ни выдающиеся творческие достижения. В то же время дети с более скромными показателями IQ попадают в число людей, влияющих на прогресс, меняющих жизнь общества. Подобные курьезы заставляли вновь и вновь обращаться к содержанию термина «одаренный» и, в частности, к вопросу, какие же виды одаренности выпали из поля зрения исследователей и практиков.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Уже в 20-е годы психологи выделяли так называемые специальные таланты. К ним относили «технический, коммерческий, научно-академический, художественный, социальный.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve">В 30-е годы стали раздаваться голоса специалистов, возражавших против исключительного использования гестов интеллекта для выявления одаренных детей. Действительность настойчиво напоминала об ограниченности ориентации только на интеллект. Например, в случае творческих достижении требуются нестандартный подход, оригинальность, за которыми стоят успешная переработка и организация нового материала или опыта. Тесты же интеллекта не содержат заданий, раскрывающих </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>сформированность</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve"> упомянутых процессов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Со временем и накоплением опыта определение одаренности становится все более широким. Так, одаренность стали определять как способность к выдающимся достижениям в новой социально значимой сфере человеческой деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Официальное определение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve">В 1972 году в официальном докладе государственного отдела образования США конгрессу было предложено следующее определение, которым пользуются </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>американскне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve"> специалисты до настоящего времени.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Одаренными и талантливыми учащимися являются те, кто выявлен профессионально подготовленными людьми как обладающие потенциалом к высоким достижениям в силу выдающихся способностей. Такие дети требуют дифференцированных учебных программ и/или помощи, которые выходят за рамки обычного школьного обучения, для того чтобы иметь возможность реализовать свои потенции и сделать вклад в развитие общества. Дети, склонные к высоким достижениям, могут и не демонстрировать их сразу, но иметь потенции к ним в любой из следующих областей (в одной или в сочетании):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>-  общие интеллектуальные способности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>-   конкретные академические способности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>-   творческое, или продуктивное, мышление;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>-  лидерские способности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>-   художественные и исполнительские искусства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>-   психомоторные способности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve">Углубленные исследования последующих лет привели к тому, что уже признанные виды одаренности стали рассматриваться дифференцированно. Это проявилось в возникновении новых концепций интеллектуальной и творческой одаренности. Одной из получивших признание является теория множественности видов интеллекта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Ховарда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Гарднера</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve">Согласно этой теории не существует какого-то единого интеллекта: есть, по крайней мере, семь видов. Каждый из них независим от других и функционирует как </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009902D8">
+        <w:lastRenderedPageBreak/>
+        <w:t>отдельная система по своим собственным правилам. Каждый обладает особым статусом в силу своего происхождения. Например, в эволюционном развитии человечества музыкальный интеллект является более древним, чем остальные.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Семь видов интеллекта</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>К выделенным семи видам интеллекта относятся следующие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Лингвистический интеллект — способность использовать язык для того, чтобы создавать, стимулировать поиск или передавать информацию (поэт, писатель, редактор, журналист).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Музыкальный интеллект — способности исполнять, сочинять музыку или получать от нее удовольствие (музыкальный исполнитель, композитор).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Логико-математический интеллект — способность исследовать категории, взаимоотношения и структуры путем манипулирования объектами или символами, знаками и экспериментировать упорядоченным образом (математик, ученый).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Пространственный интеллект — способности представлять, воспринимать объект и манипулировать им в уме, воспринимать и создавать зрительные или пространственные композиции (архитектор, инженер, хирург).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve">Телесно </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>кинестезический</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve"> интеллект — способности формировать и использовать двигательные навыки в спорте, исполнительском искусстве, в ручном труде (танцовщица, спортсмен, механик).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve">Личностный интеллект имеет две стороны, которые могут рассматриваться отдельно — это </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>интраличностный</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>интерличностный</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve"> интеллект. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Интраличностный</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve"> интеллект представляет собой способность управлять своими чувствами, различать, анализировать их и использовать эту информацию в своей деятельности (например, писатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Интерличностный</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve"> интеллект есть способность замечать и понимать потребности и намерения других людей, управлять их настроениями, предвидеть поведение в разных ситуациях (политический лидер, педагог, психотерапевт).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve">Каждый вид интеллекта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Х.Гарднер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve"> проанализировал с учетом используемых умственных операций, случаев появления высокоодаренных, проявлений в других культурах, возможного пути эволюционного развития. В силу наследственных факторов или же под влиянием особенностей обучения у некоторых людей развиваются определенные виды интеллекта сильнее других, тогда как все они необходимы для более полной реализации личности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve">Сопоставление известных видов одаренности и видов интеллекта по </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Гарднеру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve"> показывает, что они почти совпадают. Полное совпадение отмечается между психомоторной одаренностью и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>кинестезическпм</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve"> интеллектом. Этот вид одаренности хорошо известен, исследуется особо (психология спорта). Существует целая сеть учебных заведений, развивающих эти способности, — спортивные школы и кружки, балетные студни и школы и т.п. Психомоторная одаренность получила повсеместное признание, ее особый статус не вызывает бурных дискуссий и обвинений в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>недемократизме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Художественная одаренность</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Этот вид одаренности поддерживается и развивается в специальных школах, кружках, студнях. Он подразумевает высокие достижения в области художественного творчества и исполнительского мастерства в музыке, живописи, скульптуре, актерские способности. Одна из серьезных проблем состоит в том, чтобы в общеобразовательной школе признавались и уважались эти способности. Эти дети уделяют много времени, энергии упражнениям, достижению мастерства в своей области. У них остается мало возможностей для успешной учебы, они часто нуждаются в индивидуальных программах по школьным предметам, в понимании со стороны учителей и сверстников. Художественная и музыкальная одаренность подробно описаны в соответствующих главах этой книги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Общая интеллектуальная и академическая одаренность</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:lastRenderedPageBreak/>
+        <w:t>Общая интеллектуальная одаренность была рассмотрена ранее. Главным является то, что дети с одаренностью этого вида быстро овладевают основополагающими понятиями, легко запоминают и сохраняют информацию. Высоко развитые способности переработки информации позволяют им преуспевать во многих областях знаний.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Несколько иной характер имеет академическая одаренность, которая проявляется в успешности обучения отдельным учебным предметам и является более частной, избирательной.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Эти дети могут показывать высокие результаты по легкости, глубине, быстроте продвижения — в математике или иностранном языке, физике или биологии и иногда иметь неважную успеваемость по другим предметам, которые воспринимаются ими не так легко. Выраженная избирательность устремлений в относительно узкой области создает своп проблемы в школе и в семье. Родители и учителя бывают недовольны тем, что ребенок не учится одинаково хорошо по всем предметам, отказываются признавать его одаренность и не пробуют найти возможности для поддержки и развития специального дарования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Как пример академической одаренности можно назвать широко известную математическую одаренность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Структура математических способностей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve">Психолог </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>В.А.Крутецкий</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve"> всесторонне изучат детей с этим видом одаренности и выявил структуру математических способностей. В нее вошли следующие компоненты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>1.        Получение математической информации. Способность к формализованному восприятию математического материала, схватыванию формальной структуры задачи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>2.        Переработка математической информации. В нее входят: а) способность к логическому мышлению в сфере количественных и пространственных отношений, числовой и знаковой символики; способность мыслить математическими символами; б) способность к быстрому и широкому обобщению математических объектов, отношений и действий: в) способность к свертыванию процесса математического рассуждения и системы соответствующих действий; способность мыслить свернутыми структурами; г) гибкость мыслительных процессов в математической деятельности; д) стремление к ясности, простоте, экономности и рациональности решений; с) способность к быстрой и свободной перестройке направленности мыслительного процесса, переключение с прямого на обратный ход мысли (обратимость мыслительного процесса при математическом рассуждении).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>3.        Хранение математической информации. Математическая память — обобщенная память на математические отношения, типовые характеристики, схемы рассуждений и доказательств, методы решения задач и принципы подхода к ним.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>4.        Общий синтетический компонент. Математическая направленность ума.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Творческая одаренность</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Особо был выделен такой вид одаренности как творческая (или творческое, продуктивное, мышление). Творческая одаренность, ее диагностика и развитие частично охарактеризованы в этой книге. Здесь есть необходимость остановиться лишь на некоторых моментах. Прежде всего, до сих пор продолжаются споры о самой необходимости выделения этого вида одаренности. Суть разногласий состоит в следующем. Одни специалисты полагают, что творчество, креативность является неотъемлемым элементом всех видов одаренности, которые не могут быть представлены отдельно от творческого компонента. Так, A.M. Матюшкин настаивает на том, что есть лишь один вид одаренности — творческая: если нет творчества, бессмысленно говорить об одаренности. Другие исследователи отстаивают правомерность существования творческой одаренности как отдельного, самостоятельного вида. Одна из точек зрения такова, что одаренность порождается или способностью продуцировать, выдвигать новые идеи, изобретать или же способностью блестяще исполнять, использовать то, что уже создано.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:lastRenderedPageBreak/>
+        <w:t>Вместе с тем исследования показывают, что дети с творческой направленностью нередко обладают рядом поведенческих характеристик, которые их выделяют и которые — увы! — вызывают отнюдь не положительные эмоции в учителях и окружающих людях:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>-  отсутствие внимания к условностям и авторитетам; большая независимость в суждениях; тонкое чувство юмора;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>-  отсутствие внимания к порядку и «должной» организации работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>-  яркий темперамент.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Целесообразность выделения творческой одаренности как отдельного вида определяется тем, что стандартные учебные программы и учебный процесс дают маю возможностей для ее проявления и развития.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve">В настоящее время дифференциация по аспектам интеллектуальной и творческой одаренности идет дальше. В связи с этим следует упомянуть о взглядах </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Б.М.Теплова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>, который возражал против представлений о том, что высокая одаренность в одной области сопровождается снижением одаренности в других областях. Он подчеркивал, что «талант как таковой многосторонен», и считал, что не о сосуществовании разных одаренностей должна идти речь, а о шпроте самой одаренности. Он писал: «Возможность успешно действовать в различных областях объясняется прежде всего наличием некоторых общих моментов одаренности, имеющих значение для разных видов деятельности. В этом — центр научной проблемы многосторонних дарований»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve">В современной психологии примером под хода к многосторонности дарований является концепция </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>К.Тейлора</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve">. В ней не делается попыток определить новые виды одаренности, скорее привлекается внимание к ее специфическому выражению. Первоначально в концепции </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>К.Тейлора</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve"> были две как бы полярные области — академическая и творческая одаренность. Затем творческая одаренность распалась на восемь видов; она может проявляться в продуктивном мышлении, принятии решений, прогнозировании, общении, планировании, воплощении или исполнении решений, построении взаимоотношений, усмотрении возможностей. Последние три таланта (в терминологии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>К.Тейлора</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>) существенны для того, чтобы привести идеи в действие. Проявления таланта трактуются довольно узко. Например, общение понимается как умение выражать свои мысли и чувства так, чтобы они были поняты другими; усмотрение возможностей предполагает умение обнаруживать возможности и взаимоотношения, скрытые от других людей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Согласно концепции многосторонности таланта все таланты могут быть присущи одному человеку. В силу разной степени выраженности они составляют его неповторимый профиль. В то же время каждый из талантов может стать важнейшей особенностью и основным каналом реализации индивидуальных возможностей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Следует отметить, что эта концепция также привлекает внимание к необходимости так строить обучение, чтобы не упускать и не обесценивать ни один из талантов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:keepNext w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Лидерская одаренность</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Социальная одаренность</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Наконец, о лидерской одаренности (используются также понятия «социальная одаренность», «социальный интеллект», «организаторские способности»).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve">Попытки определить, выделить компоненты и измерить социальный интеллект имеют почти столетнюю историю. Прообраз социальных способностей можно обнаружить в шкале </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Бине</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve">—Симона 1905 г. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>З.Фрейд</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve"> использовал специальный термин для людей, которые отличались точностью в и окружающих.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve">Одна из первых попыток измерения социального интеллекта принадлежит </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Т.Ханту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve"> (1928 г.), который разработал тест для «выявления способности иметь дело с людьми».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve">Тест состоял из шести шкал: «Суждения о социальных ситуациях», «Память на имена и лица», «Опознание внутреннего состояния по выражению лица», «Наблюдение за поведением человека» (направленное на понимание мотивов поведения), «Социальная </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009902D8">
+        <w:lastRenderedPageBreak/>
+        <w:t>информация», «Узнавание внутреннего состояния, обозначаемого словами».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve">По данным </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Т.Ханта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>, социальный интеллект развивается до 17—18 лет и является хорошим предсказателем успехов в обучении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve">Одно из определений социальной одаренности гласит, что это исключительная способность устанавливать зрелые, конструктивные взаимоотношения с другими людьми. Такое, целостное по сути, определение просуществовало недолго, так как очевиден комплексный характер этой способности. Выделяют такие структурные элементы социальной одаренности как социальная перцепция, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>просоциальное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve"> поведение, нравственные суждения, организаторские умения и т.д.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Социальная одаренность выступает как предпосылка высокой успешности в нескольких областях. Она предполагает наличие способности понимать, сопереживать, ладить с другими, что позволяет быть хорошим педагогом, психологом, психотерапевтом, социальным работником. Таким образом, понятие социальной одаренности охватывает широкую область проявлений, связанных с легкостью установления и высоким качеством межличностных отношений. Эти особенности позволяют быть лидером, то есть проявлять лидерскую одаренность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Социальная одаренность отлична от интеллектуальной, хотя исследования показали, что она требует умственного развития выше среднего.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Социально одаренные личности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Характерные черты, присущие людям, одаренным в социальном отношении:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>-  они обычно обладают физической привлекательностью и аккуратностью во внешнем облике;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>-   их явно принимает подавляющее большинство людей, которых они знают; это одинаково относится как к сверстникам, так и к более старшим людям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>-   они обычно заняты в различных общественных мероприятиях и вносят в них положительный вклад;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>-   их воспринимают как арбитров или как «определителей политики» в группе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>-   они относятся к сверстникам и к старшим как к равным, сопротивляясь неискренним, искусственным или покровительственным отношениям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>-   их поведение носит открытый характер — они не стараются показывать лишь «фасад»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>-   они не боятся выражать свои чувства, но делают это к месту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>-   они поддерживают длительные взаимоотношения с людьми и не меняют резко свои дружеские симпатии; они стимулируют продуктивное поведение других; они энергичны и как бы воплощают необычную способность справляться с любыми социальными ситуациями, причем делают это с тактом, юмором, проникновением в суть дела.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Иначе говоря, это как бы особый стиль жизни. Этих людей можно опознать по чрезвычайной эффективности их социального поведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Характеристики лидера</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Лидерскую одаренность можно рассматривать как одно из проявлений социальной одаренности, более связанное с активным взаимодействием с другими людьми. Существует множество определений лидерской одаренности, в которых можно, тем не менее, выделить общие черты. Главным является то, что определенный набор умений лидера делает возможным для группы достичь поставленных перед ней целен при взаимном удовлетворении друг другом и с чувством личной самореализации. По определению, лидерские умения являются в основном межличностными и включают гибкость, открытость, организационные умения. Лидерство требует наличия таких личностных черт как самоуважение, высокие нравственные качества, зрелое эмоциональное развитие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Следующие характеристики обычно присущи успешным лидерам:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>-   интеллект выше среднего;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:lastRenderedPageBreak/>
+        <w:t>-  умение принимать решения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>- способность иметь дело с абстрактными понятиями, с планированием будущего, с временными ограничениями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>-   ощущение цели, направления движения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>-   гибкость, приспосабливаемость;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>-  чувство ответственности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>- уверенность в себе и знание себя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>-  настойчивость;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>-   терпимость и терпение в работе с людьми;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>-  энтузиазм;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>- умение ясно выражать мысли в устной и/или письменной форме.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Приведенный перечень характеристик уточняет специфику лидерской одаренности по сравнению с социальной и помогает как в ее выявлении, так и в развитии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>В социальной психологии, в теориях лидерства накоплен богатый материал по развитию лидерской одаренности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Развитие лидерской одаренности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve">Проявления и черты лидерства можно заметить уже у дошкольников. Наблюдения показали, что родители детей, проявляющих склонность к лидерству, строят свои взаимоотношения с ними особым образом. Родители много общаются с детьми, при этом используя разные средства общения — мимику, жесты, речь; они так наклоняются к ребенку, что беседуют с ним как бы на одном уровне. Они спрашивают у детей, что те хотят делать; выслушивают то, что дети им говорят; обращают внимание на их любые спонтанны действия. Они не угрожают своим детям и не бывают агрессивны по отношению к ним, в то же время не склонны к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>сверхопеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>. Их также отличает последовательная стабильность поведения. Выявление и развитие лидерской одаренности имеет огромное значение для жизни общества во всех аспектах. В политике и промышленности, науке и образовании — везде нужны люди, которые могут вести за собой других, организовывать их взаимодействие, отношение к друг другу и к дату, к способам его выполнения. Эти способности следует подмечать в учащихся и создавать возможности для их развития.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve">Этот наиболее «поздний» (в плане признания его специалистами) вид одаренности уже привлек внимание практиков, которые разработали ряд эффективных тренингов для его развития. В 70-е годы в научной шкале </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Л.И.Уманского</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve"> был накоплен ценный опыт развития организаторских способностей, который может послужить основой для соответствующих учебных курсов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Богатый материал, тесно связанный с проблематикой социальной одаренности, накоплен в русле исследований педагогических способностей и труда учителя (структура педагогических способностей, выявленная в этих исследованиях, подобна структуре социальной одаренности).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Еще один вид одаренности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve">Роберт </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Стернберг</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve">, психолог из Йельского университета, обсуждает «практическую одаренность», которая столь редко признается школой, что не рассматривается как одаренность вообще. Будущий менеджер или предприниматель может иметь в шкале репутацию весьма среднего ученика без каких-либо замечательных особенностей. Люди, которые с успехом применяют интеллект к окружающей действительности, не обязательно отличаются в работе с абстрактными понятиями, и академические требования не всегда способствуют проявлению их таланта. Ключевой особенностью практической одаренности </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Р.Стернберг</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve"> называет знание своих слабых и сильных сторон и способность использовать это знание. Например, для компенсации слабых сторон человек вырабатывает своп способы, включая привлечение других людей для выполнения того, что он не может делать хорошо. Очевидно, что этот вид одаренности имеет общие компоненты с социальной (лидерской) одаренностью, возможно, включает </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009902D8">
+        <w:lastRenderedPageBreak/>
+        <w:t>ее в себя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve">Следует подчеркнуть, что в отечественной психологии проблема практического мышления, практического интеллекта была поставлена еще в работах </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>С.Л.Рубинштейна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Б.М.Теплова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve">. В </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>упоминавшейся</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve"> уже работе «Ум полководца» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Б.М.Теплой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve"> выделил свойства практического мышления, особенности условии практической деятельности, предъявляющей жесткие требования к выдающимся личностям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Что дает дифференциация</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Выделение многих видов одаренности служит важной цели — привлечь внимание к более широкому спектру способностей, которые должны получить признание и возможности для развития.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Разумеется, различия между видами одаренности не могут рассматриваться без учета мотивации, сложившейся самооценки, других индивидуальных особенностей, от которых зависит реализация способностей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Другая проблема заключается в том, что если два выделенных вида одаренности (академическая и художественно-исполнительская) прямо соотносятся с областями человеческой деятельности, то остальные виды невозможно «привязать» к ним однозначно. Так</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>т</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>ворческое мышление может проявляться в самых разных областях — в техническом изобретательстве, в научных исследованиях, в педагогической работе и т.д. Подобным же образом общая интеллектуальная одаренность и лидерство возможны в любой сфере — от политики до хореографии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Определенные таким образом виды одаренности могут восприниматься как совершенно независимые, тогда как в действительности они переплетаются. Так, общая интеллектуальная одаренность, как правило, входит составной частью и в лидерские способности, и в творческие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t xml:space="preserve">Такого рода проблемы подтолкнули к поиску других определений одаренности и иных методов ее диагностики. Примером иного подхода служит концепция трех колец Дж. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Рензуллн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>, о чем шла речь выше.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009902D8">
+        <w:t>Перечисленные виды одаренности проявляются по-разному и встречают специфические барьеры на пути своего развития в зависимости от индивидуальных особенностей и своеобразия окружения ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="57" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00891EEE" w:rsidRPr="009902D8" w:rsidRDefault="00891EEE" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8" w:rsidP="009902D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005F1648" w:rsidRPr="009902D8" w:rsidRDefault="005F1648" w:rsidP="009902D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00116BD2">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009902D8" w:rsidRPr="009902D8" w:rsidRDefault="009902D8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="57"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...3998 lines deleted...]
-    <w:sectPr w:rsidR="00EA4E3D" w:rsidRPr="00116BD2" w:rsidSect="006C0277">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="009902D8" w:rsidRPr="009902D8">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-[...3 lines deleted...]
-    <w:family w:val="swiss"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="0587345E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6FB60258"/>
+    <w:styleLink w:val="WWNum4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="288C3AC9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E5CEBD7A"/>
     <w:styleLink w:val="WWNum2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -4176,172 +3135,1096 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="316644B5"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="344A770C"/>
+    <w:styleLink w:val="WWNum5"/>
+    <w:lvl w:ilvl="0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Times New Roman"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="35900324"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="63B20DA4"/>
+    <w:styleLink w:val="WWNum9"/>
+    <w:lvl w:ilvl="0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Times New Roman"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="49906A81"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="56766540"/>
+    <w:styleLink w:val="WWNum7"/>
+    <w:lvl w:ilvl="0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Times New Roman"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="50D6683B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E38E58F8"/>
+    <w:styleLink w:val="WWNum6"/>
+    <w:lvl w:ilvl="0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Times New Roman"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="541F74AD"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A484025E"/>
+    <w:styleLink w:val="WWNum3"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="5F7D1A47"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="75E448F6"/>
+    <w:styleLink w:val="WWNum8"/>
+    <w:lvl w:ilvl="0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Times New Roman"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="63656BD8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2688A52A"/>
+    <w:styleLink w:val="WWNum10"/>
+    <w:lvl w:ilvl="0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="6"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="6"/>
+    <w:lvlOverride w:ilvl="0"/>
+    <w:lvlOverride w:ilvl="1"/>
+    <w:lvlOverride w:ilvl="2"/>
+    <w:lvlOverride w:ilvl="3"/>
+    <w:lvlOverride w:ilvl="4"/>
+    <w:lvlOverride w:ilvl="5"/>
+    <w:lvlOverride w:ilvl="6"/>
+    <w:lvlOverride w:ilvl="7"/>
+    <w:lvlOverride w:ilvl="8"/>
+  </w:num>
+  <w:num w:numId="7">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00116BD2"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00EA4E3D"/>
+    <w:rsidRoot w:val="005A54AC"/>
+    <w:rsid w:val="005A54AC"/>
+    <w:rsid w:val="005F1648"/>
+    <w:rsid w:val="00891EEE"/>
+    <w:rsid w:val="009902D8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:uiPriority="0"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -4413,440 +4296,976 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="006C0277"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009902D8"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009902D8"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009902D8"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:rsid w:val="009902D8"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00116BD2"/>
+    <w:rsid w:val="009902D8"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standard">
     <w:name w:val="Standard"/>
-    <w:rsid w:val="007A2DC4"/>
+    <w:rsid w:val="009902D8"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="МОН основной"/>
+    <w:basedOn w:val="Standard"/>
+    <w:rsid w:val="009902D8"/>
+    <w:pPr>
+      <w:spacing w:line="360" w:lineRule="auto"/>
+      <w:ind w:firstLine="709"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="WWNum2">
     <w:name w:val="WWNum2"/>
-    <w:rsid w:val="007A2DC4"/>
+    <w:rsid w:val="009902D8"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="WWNum3">
+    <w:name w:val="WWNum3"/>
+    <w:rsid w:val="009902D8"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="4"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="WWNum4">
+    <w:name w:val="WWNum4"/>
+    <w:rsid w:val="009902D8"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="7"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="WWNum5">
+    <w:name w:val="WWNum5"/>
+    <w:rsid w:val="009902D8"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="10"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="WWNum6">
+    <w:name w:val="WWNum6"/>
+    <w:rsid w:val="009902D8"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="11"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="WWNum7">
+    <w:name w:val="WWNum7"/>
+    <w:rsid w:val="009902D8"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="12"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="WWNum8">
+    <w:name w:val="WWNum8"/>
+    <w:rsid w:val="009902D8"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="13"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="WWNum9">
+    <w:name w:val="WWNum9"/>
+    <w:rsid w:val="009902D8"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="14"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="WWNum10">
+    <w:name w:val="WWNum10"/>
+    <w:rsid w:val="009902D8"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="15"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009902D8"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009902D8"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009902D8"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:rsid w:val="009902D8"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009902D8"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standard">
+    <w:name w:val="Standard"/>
+    <w:rsid w:val="009902D8"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="МОН основной"/>
+    <w:basedOn w:val="Standard"/>
+    <w:rsid w:val="009902D8"/>
+    <w:pPr>
+      <w:spacing w:line="360" w:lineRule="auto"/>
+      <w:ind w:firstLine="709"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="WWNum2">
+    <w:name w:val="WWNum2"/>
+    <w:rsid w:val="009902D8"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="WWNum3">
+    <w:name w:val="WWNum3"/>
+    <w:rsid w:val="009902D8"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="4"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="WWNum4">
+    <w:name w:val="WWNum4"/>
+    <w:rsid w:val="009902D8"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="7"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="WWNum5">
+    <w:name w:val="WWNum5"/>
+    <w:rsid w:val="009902D8"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="10"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="WWNum6">
+    <w:name w:val="WWNum6"/>
+    <w:rsid w:val="009902D8"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="11"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="WWNum7">
+    <w:name w:val="WWNum7"/>
+    <w:rsid w:val="009902D8"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="12"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="WWNum8">
+    <w:name w:val="WWNum8"/>
+    <w:rsid w:val="009902D8"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="13"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="WWNum9">
+    <w:name w:val="WWNum9"/>
+    <w:rsid w:val="009902D8"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="14"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="WWNum10">
+    <w:name w:val="WWNum10"/>
+    <w:rsid w:val="009902D8"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="15"/>
       </w:numPr>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>12</Pages>
-[...1 lines deleted...]
-  <Characters>23686</Characters>
+  <Pages>1</Pages>
+  <Words>4480</Words>
+  <Characters>25541</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>197</Lines>
-  <Paragraphs>55</Paragraphs>
+  <Lines>212</Lines>
+  <Paragraphs>59</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company>Reanimator Extreme Edition</Company>
+  <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>27786</CharactersWithSpaces>
+  <CharactersWithSpaces>29962</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>User</dc:creator>
+  <dc:creator>Sarkonya</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>