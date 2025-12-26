--- v0 (2025-12-06)
+++ v1 (2025-12-26)
@@ -1,928 +1,2502 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="007C4C13" w:rsidRPr="00B20824" w:rsidRDefault="00E90918" w:rsidP="00E90918">
+    <w:p w:rsidR="00C45C4C" w:rsidRPr="004970E6" w:rsidRDefault="00C45C4C" w:rsidP="004970E6">
+      <w:pPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Анализ работы с одаренными детьми </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C45C4C" w:rsidRPr="004970E6" w:rsidRDefault="00F83EF7" w:rsidP="00C45C4C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B20824">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">2019-2020 </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B20824">
+        <w:t>на 1 полугодие 201</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B20824">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B20824">
+        <w:t xml:space="preserve">-2020 </w:t>
+      </w:r>
+      <w:r w:rsidR="00C45C4C" w:rsidRPr="004970E6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>жылының</w:t>
-[...101 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>учебный год</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00E90918" w:rsidRDefault="00E90918" w:rsidP="00E90918">
+    <w:p w:rsidR="00C45C4C" w:rsidRPr="004970E6" w:rsidRDefault="00C45C4C" w:rsidP="00C45C4C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00B143EB" w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ученики нашей школы приняли активное участие в различных конкурсах и олимпиадах, выполнили исследовательские работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C45C4C" w:rsidRDefault="00C45C4C" w:rsidP="00C45C4C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В сентябре</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F35AA" w:rsidRPr="004970E6" w:rsidRDefault="00FE5D4F" w:rsidP="003F35AA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00205F9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Центр занятости и развития детской одаренности «Павлодар дарыны» согласно плану 12 сентября 2019 года в 10.00 часов в ПГУ им.С. Торайгырова проводил г</w:t>
+      </w:r>
+      <w:r w:rsidR="00205F9A" w:rsidRPr="00205F9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="00205F9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>родской этап Президентской олимпиады.</w:t>
+      </w:r>
+      <w:r w:rsidR="003F35AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Олимпиаде принимали участие ученики 11 класса.Афанасьев Тимур,Ильясова Карина.</w:t>
+      </w:r>
+      <w:r w:rsidR="003F35AA" w:rsidRPr="003F35AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003F35AA" w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Призовое место нет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C45C4C" w:rsidRDefault="00C45C4C" w:rsidP="00BC1C44">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В октябре</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F35AA" w:rsidRPr="004970E6" w:rsidRDefault="00FE5D4F" w:rsidP="003F35AA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="007D06D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3 октября 2019 года в СОШ №30 состоялся городской этап республиканского</w:t>
+      </w:r>
+      <w:r w:rsidR="003F35AA" w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к</w:t>
+      </w:r>
+      <w:r w:rsidR="003F35AA" w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007D06D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нкурса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003F35AA" w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> научных проектов </w:t>
+      </w:r>
+      <w:r w:rsidR="003F35AA" w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Зерде»</w:t>
+      </w:r>
+      <w:r w:rsidR="007D06D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> среди уч.1-7 кл.</w:t>
+      </w:r>
+      <w:r w:rsidR="003F35AA" w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007D06D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>приняла участие 4 ученика.</w:t>
+      </w:r>
+      <w:r w:rsidR="003F35AA" w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Призовое место нет, сертификат за </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="003F35AA" w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>участие .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E750A6" w:rsidRPr="00917B74" w:rsidRDefault="00FE5D4F" w:rsidP="00060285">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1 октября 2019 года в СОШ №37</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> состоялся городской этап республиканского</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нкурса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> научных проектов </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>среди уч.8-11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кл.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">приняла участие </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уч</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Раджабов </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Шамиль,</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC1C44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Афанасьев</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BC1C44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Тимур заняли 2 место.Руководитель:Симбаев Е.С.; Балтабаева Жасия заняла 3 место.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC1C44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Всем </w:t>
+      </w:r>
+      <w:r w:rsidR="00917B74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сертификат за участие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E750A6" w:rsidRPr="004970E6" w:rsidRDefault="00E750A6" w:rsidP="00E750A6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В соответствии с учебным планом ЦЗРДО «Павлодар дары</w:t>
+      </w:r>
+      <w:r w:rsidR="00060285">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ны» на 2019-2020 уч.год 28</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> октября на базе СОШ №35 для учащихся 2-4 классов проводили  городской математический турнир младших школьников «Бастау». П</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ринял</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> участие </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учени</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00060285">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. 2-класс: Подтихов Иван. 3-класс: Кожеханов Диас</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. 4-класс: Призовое место нет.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сертификат за участие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C45C4C" w:rsidRDefault="00B848DC" w:rsidP="00B848DC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                        </w:t>
+      </w:r>
+      <w:r w:rsidR="00C45C4C" w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В Ноябре </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC1C44" w:rsidRPr="00BC1C44" w:rsidRDefault="00BC1C44" w:rsidP="00BC1C44">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Согласно школьному графику </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проводилась  школьная</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> олимпиада.(Списки  прилагаются).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ЦЗРДО «Павлодар дарыны» предоставили список учащихся, рекомендуемых на городскую олимпиаду по обще</w:t>
+      </w:r>
+      <w:r w:rsidR="00060285">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>образовательным предметам в 2019</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00060285">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учебном году.( список прилагаются ) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC1C44" w:rsidRPr="00797AB6" w:rsidRDefault="00797AB6" w:rsidP="00B848DC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00797AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Республиканский</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> научно-практический центр «Дарын» 7 ноября 2019 года проводил интеллектуальный марафон «Ақбота».Принемали участие 53 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">ученика. </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF6442">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Всем сертификат за участие. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Из них 19 уч. 1 место,7 уч. 2 место,19 уч. 3 место.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B4405B" w:rsidRPr="00CA7E38" w:rsidRDefault="00991531" w:rsidP="00B4405B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="003A3B1F" w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF6442">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">РНПЦ «Дарын» проводил </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4405B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>14 ноября 2019 года международный интеллектуальный конкурс «Русскиий медвежонок» среди учащихся 2-11 кл.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B4405B" w:rsidRPr="00B4405B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4405B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Принемали участие 55</w:t>
+      </w:r>
+      <w:r w:rsidR="00B4405B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ученика. Всем сертификат за участие. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA7E38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CA7E38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>езультат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CA7E38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> будет в феврале</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA7E38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA7E38" w:rsidRDefault="00B4405B" w:rsidP="003C12DB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00917B74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Согласно плану</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B4405B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Центра занятости и развития детской одаренности </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Павлодар дарыны» на базе СОШ №21</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B4405B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4 ноября 2019 года в 12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B4405B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.00 про</w:t>
+      </w:r>
+      <w:r w:rsidR="000F25AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>водили городской этап городского конкурса «Мағжан оқулары» среди учащихся 5-11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B4405B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> классов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B4405B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B4405B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B4405B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>риняла</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B4405B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> участие 1 ученица </w:t>
+      </w:r>
+      <w:r w:rsidR="000F25AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B4405B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> класса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B4405B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B4405B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000F25AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бегимова Дильназ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B4405B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Руководитель</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B4405B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="000F25AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Иманбаева А.С. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B4405B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Призовое место нет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC1C44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C5FE7" w:rsidRDefault="000C5FE7" w:rsidP="000C5FE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В соответствии с учебным планом</w:t>
+      </w:r>
+      <w:r w:rsidR="000F25AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ЦЗРДО «Павлодар дарыны» на 2019-2020 уч.год 20 ноября на базе СОШ №7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для учащихся 5-6 классов проводился городская комплексная олимпиада. П</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ринял</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> участие </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учени</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="000F25AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. 5-класс: Астафьева Алина. 6-класс: Авазова Сабина.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Призовое место нет.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сертификат за участие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C31468" w:rsidRPr="004970E6" w:rsidRDefault="00C31468" w:rsidP="000C5FE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       26 ноября проводился научно-практическая конференция школьников «Менің Отаным-Қазахстан»</w:t>
+      </w:r>
+      <w:r w:rsidR="00917B74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.Приняла участие ученица 2 класса Велина Дарья.Руково</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00917B74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дитель:Жапарханова М.К. Заняла 2 место.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C45C4C" w:rsidRDefault="00B848DC" w:rsidP="00083978">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                            </w:t>
+      </w:r>
+      <w:r w:rsidR="00C45C4C" w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В декабре</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA7E38" w:rsidRPr="00CA7E38" w:rsidRDefault="00CA7E38" w:rsidP="00CA7E38">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Центром занятости и развития детской одаренности «Павлодар дар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ыны» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8 декабря</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проводили </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> математическую олимпиаду имени академика Смагулова Шалтая Смагуловича д</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ля учащихся 6 и 7 классов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.   П</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ринял</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> участие </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учени</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Призовое место нет.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сертификат за участие.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA7E38" w:rsidRPr="004970E6" w:rsidRDefault="00CA7E38" w:rsidP="00083978">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E90918" w:rsidRDefault="00E90918" w:rsidP="00E90918">
+    <w:p w:rsidR="00C45C4C" w:rsidRPr="004970E6" w:rsidRDefault="00083978" w:rsidP="00C45C4C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00C45C4C" w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В Республиканском конкурсе «</w:t>
+      </w:r>
+      <w:r w:rsidR="00C45C4C" w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>British</w:t>
+      </w:r>
+      <w:r w:rsidR="00386839" w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C45C4C" w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Bulldog</w:t>
+      </w:r>
+      <w:r w:rsidR="00C45C4C" w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» по английскому языку</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA7E38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приняли участие 47</w:t>
+      </w:r>
+      <w:r w:rsidR="00C45C4C" w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уч</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA7E38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еников (результат будет в феврале</w:t>
+      </w:r>
+      <w:r w:rsidR="00C45C4C" w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00386839" w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Всем сертификат.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006062BC" w:rsidRPr="004970E6" w:rsidRDefault="00083978" w:rsidP="006062BC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00C31468">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5,6 декабря с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>огласно плану на город</w:t>
+      </w:r>
+      <w:r w:rsidR="00C31468">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ском олимпиаде приняли участие 13 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>учеников</w:t>
+      </w:r>
+      <w:r w:rsidR="00C31468">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, призовое </w:t>
+      </w:r>
+      <w:r w:rsidR="00F963E9" w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>место</w:t>
+      </w:r>
+      <w:r w:rsidR="00C31468">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нет</w:t>
+      </w:r>
+      <w:r w:rsidR="006062BC" w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. ( список прилагаются ) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D4111E" w:rsidRPr="004970E6" w:rsidRDefault="006062BC" w:rsidP="00D4111E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004970E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C45C4C" w:rsidRPr="004970E6" w:rsidRDefault="00C45C4C" w:rsidP="00083978">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C45C4C" w:rsidRPr="004970E6" w:rsidRDefault="00C45C4C" w:rsidP="00C45C4C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E90918">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00E90918" w:rsidRPr="00B20824" w:rsidRDefault="00E90918" w:rsidP="00E90918">
+    <w:p w:rsidR="006E6EC6" w:rsidRPr="004970E6" w:rsidRDefault="006E6EC6">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B20824">
-[...8 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00E90918" w:rsidRDefault="00E90918" w:rsidP="00E90918">
-[...403 lines deleted...]
-    <w:sectPr w:rsidR="00B20824" w:rsidRPr="00E90918" w:rsidSect="007C4C13">
+    <w:sectPr w:rsidR="006E6EC6" w:rsidRPr="004970E6">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+  <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E90918"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00E90918"/>
+    <w:rsidRoot w:val="00326304"/>
+    <w:rsid w:val="00060285"/>
+    <w:rsid w:val="00083978"/>
+    <w:rsid w:val="000C5FE7"/>
+    <w:rsid w:val="000F25AF"/>
+    <w:rsid w:val="00122A93"/>
+    <w:rsid w:val="00161ACF"/>
+    <w:rsid w:val="0019596F"/>
+    <w:rsid w:val="00205F9A"/>
+    <w:rsid w:val="0031090F"/>
+    <w:rsid w:val="00326304"/>
+    <w:rsid w:val="003323D0"/>
+    <w:rsid w:val="00386839"/>
+    <w:rsid w:val="003A3B1F"/>
+    <w:rsid w:val="003C12DB"/>
+    <w:rsid w:val="003F35AA"/>
+    <w:rsid w:val="00427711"/>
+    <w:rsid w:val="004970E6"/>
+    <w:rsid w:val="006062BC"/>
+    <w:rsid w:val="00692240"/>
+    <w:rsid w:val="006E6EC6"/>
+    <w:rsid w:val="00716D90"/>
+    <w:rsid w:val="00797AB6"/>
+    <w:rsid w:val="007D06D5"/>
+    <w:rsid w:val="00855B4D"/>
+    <w:rsid w:val="00917B74"/>
+    <w:rsid w:val="00991531"/>
+    <w:rsid w:val="009B679E"/>
+    <w:rsid w:val="00AB079C"/>
+    <w:rsid w:val="00B143EB"/>
+    <w:rsid w:val="00B4405B"/>
+    <w:rsid w:val="00B848DC"/>
+    <w:rsid w:val="00BC1C44"/>
+    <w:rsid w:val="00C31468"/>
+    <w:rsid w:val="00C45C4C"/>
+    <w:rsid w:val="00CA7E38"/>
+    <w:rsid w:val="00D4111E"/>
+    <w:rsid w:val="00D50C2A"/>
+    <w:rsid w:val="00E750A6"/>
+    <w:rsid w:val="00F065C3"/>
+    <w:rsid w:val="00F8091E"/>
+    <w:rsid w:val="00F83EF7"/>
+    <w:rsid w:val="00F963E9"/>
+    <w:rsid w:val="00FE5D4F"/>
+    <w:rsid w:val="00FF6442"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w15:docId w15:val="{8B55F697-6BC7-467B-81BF-32A425A1AF4B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007C4C13"/>
+    <w:rsid w:val="00C45C4C"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004970E6"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004970E6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:divs>
+    <w:div w:id="1787235845">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -964,84 +2538,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -1174,72 +2750,73 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>2478</Characters>
+  <Pages>3</Pages>
+  <Words>526</Words>
+  <Characters>3004</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>25</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Reanimator Extreme Edition</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2907</CharactersWithSpaces>
+  <CharactersWithSpaces>3523</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>User</dc:creator>
+  <dc:creator>2</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>