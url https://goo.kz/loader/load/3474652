--- v0 (2025-12-09)
+++ v1 (2025-12-10)
@@ -1,1050 +1,1158 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00D245DF" w:rsidRPr="006B40B0" w:rsidRDefault="00D245DF" w:rsidP="00D245DF">
+    <w:p w:rsidR="00981CDC" w:rsidRPr="006B40B0" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Книга – бесценный товарищ и друг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B40B0">
+      <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Кі</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006B40B0">
+        <w:t>Знакомство с библиотекой, 1 классы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>тап-ба</w:t>
+        <w:t>Цель</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:r>
+        <w:t>-знакомство детей со школьной библиотекой;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:r>
+        <w:t>- с правилами пользования библиотекой;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:r>
+        <w:t>- развивать интерес к книге, как к источнику знания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:r>
+        <w:t>-воспитывать любовь к самостоятельному чтению и бережному отношению к книгам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC"/>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:r>
+        <w:t>Как- то раз возник вопрос,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:r>
+        <w:t>Да не в шутку, а всерьез:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:r>
+        <w:t>Книг  так много издают,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:r>
+        <w:t>Где же все они живут?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:r>
+        <w:t>Растерялись мы в начале:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:r>
+        <w:t>Неужели дома нет?!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:r>
+        <w:t>Но словарь (конец печали!)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:r>
+        <w:t>Дал на это нам ответ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:r>
+        <w:t>Со слов находчивого грека,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:r>
+        <w:t>Есть дом у книг – библиотека!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:r>
+        <w:t>Давайте в этот дом войдем,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:r>
+        <w:t>День вместе с книгой проживем…</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:r>
+        <w:t>Встреча с книгой – всегда большой праздник.  Книги – наши мудрые и добрые друзья, вводят нас в удивительный и прекрасный мир, рассказывают о земле и космосе, о жизни детей в нашей стране и за рубежом. Читая их, вы и сами становитесь умнее, сильнее, добрее. Особенное отношение у нас в стране к детской книге. Огромные силы и средства затрачивает государство на издание детской литературы. Попробуйте представить себе: больше 50 млн</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>.ш</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="006B40B0">
+      <w:r>
+        <w:t>кольников одних только учебников получают бесплатно по пять, шесть, десять экземпляров. Даже у компьютера закружится голова от таких цифр, от таких огромных затрат, которые взяло на себя наше государство.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:r>
+        <w:t>Вот поэтому бережное отношение к книгам, к учебнику – самый первый  и главный читательский долг каждого ученика.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Если вы будете правильно обращаться с книгами, они помогут вам лучше учиться, выбрать путь в жизни, выработать характер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:r>
+        <w:t xml:space="preserve">Знайте: чтобы книга принесла вам пользу, надо правильно ее читать. Для этого, ребята, запомните </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">ға </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006B40B0">
+        <w:t>основные правила</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Дома отведи книгам, учебникам определенное место на книжной полке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> Бери книгу чистыми руками.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Не читай во время еды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Не клади в книгу карандаш и другие предметы. От этого рвется переплет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Не загибай страницы, пользуйся закладкой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Ничего не пиши и не рисуй в учебнике.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Не ставь локти на книгу при чтении, не клади книгу раскрытой  листами вниз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Чтобы книга или учебник служили дольше, обязательно оберни их.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Не забывай прочитанные книги возвращать в библиотеку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Глядя на состояние ваших учебников, мы можем сделать вывод хорошие вы ученики  или нет. Заботиться о сохранности учебников необходимо на протяжении всего учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Вы уже научились читать и теперь вам не нужно приставать к родителям, к своим старшим братья и сестрам, чтобы они прочитали вам книгу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Из книг вы узнаете, как устроен мир, они научат вас понимать людей и их мысли. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>О книге, ребята, можно сказать много добрых и красивых слов,  ведь – книга, этого заслуживает,  т.к. она – одно из удивительных чудес мира, созданных разумом, волей и руками человека.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>А знаете ли вы, ребята, хорошие, добрые слова о книге? (стихи, пословицы, загадки и т.д.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Книга – это лучший друг,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Обо всем она расскажет, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>И расширит знаний круг,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>И на верный путь укажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>С книгой можно отдохнуть,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>С ней короче длинный путь.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Книга жизнь нам осветила.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>В книгах – знание. Знание – сила!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Ребята! Как вы думаете, книги болеют?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Да, книги болеют, но они не кашляют, не плачут и не жалуются, но они страдают, как-то начинают бледнеть, желтеть, сохнуть, рассыпаться на листочки. И вот тут им на помощь должны прийти мы, читатели. Книжку нужно подклеить, расправить ей странички.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Чтоб книжка дольше прожила, ее ты береги,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Не рви, не пачкай, не ломай, ведь вы с ней  - не враги!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Чтоб книжка обошлась без помощи лечебника,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Знайте дети хорошо просьбу всех учебников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>А знаете ли вы, ребята, какая просьба у всех книг и учебников?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>жетпес</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006B40B0">
+        <w:t>Правила обращения с книгой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006B40B0">
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Я– </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>тв</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>ой друг и товарищ! Береги</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>дос</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006B40B0">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:t>меня везде</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> және </w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve"> кі</w:t>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360" w:firstLine="348"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Я -  надежный твой помощник и в учебе, и в труде!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Меня ты аккуратно оберни,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Листки загнулись – быстро разогни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Пришей мне </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>тап</w:t>
+        <w:t>понаряднее</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve">қа </w:t>
-[...744 lines deleted...]
-    <w:sectPr w:rsidR="00CE64B2" w:rsidRPr="00D245DF" w:rsidSect="00CE64B2">
+        <w:t xml:space="preserve"> закладку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Чтоб не расклеился – не суй в меня тетрадку!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Читай меня ты аккуратно, ведь аккуратность мне приятна,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Быть книги чистыми должны, им книги чистые нужны. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Когда читатель мне, беда, порвет, испачкает страницы,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Ты не узнаешь никогда, что впредь с героями случиться.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Чтобы запомнить, где вчера расстался ты с героем книги,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Не загибай листы мои, а положи закладку мигом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Пусть буду я всегда опрятен, оберегай меня от пятен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Привычку скверную оставь – читая, пальцы не слюнявь.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Мой переплет  не выгибай, мне корешок не поломай.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Когда изорван корешок и все страницы в пятнах разных,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>То внешний вид мой безобразный, других детишек отпугнет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Что за звери, что за птицы? Учебник портить не годится!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Твой учебник не  - альбом! Рисовать не надо в нем!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Бейся над любой задачкой, но учебник не испачкай!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>После уроков не зевай, на парте книг не оставляй!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Руками грязными не пачкай мне страницы,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Тогда и жизнь моя продлится!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Учебник доставляет радость встреч,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360" w:firstLine="348"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Он нас уводит в мир открытий яркий,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981CDC" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360" w:firstLine="348"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Давайте будем так его беречь,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE64B2" w:rsidRDefault="00981CDC" w:rsidP="00981CDC">
+      <w:r>
+        <w:t>Чтоб был, как типографский без помарки!</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00CE64B2" w:rsidSect="00CE64B2">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="38112D17"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7DA81B2E"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="7882759E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="77A6779C"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="88"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00D245DF"/>
+    <w:rsidRoot w:val="00981CDC"/>
     <w:rsid w:val="00000636"/>
     <w:rsid w:val="000015D3"/>
     <w:rsid w:val="000015D5"/>
     <w:rsid w:val="000017DC"/>
     <w:rsid w:val="00001899"/>
     <w:rsid w:val="00002B32"/>
     <w:rsid w:val="000030CD"/>
     <w:rsid w:val="0000369F"/>
     <w:rsid w:val="0000423F"/>
     <w:rsid w:val="000042F2"/>
     <w:rsid w:val="00004542"/>
     <w:rsid w:val="0000556F"/>
     <w:rsid w:val="00005C00"/>
     <w:rsid w:val="00006040"/>
     <w:rsid w:val="00006F86"/>
     <w:rsid w:val="00007AE7"/>
     <w:rsid w:val="00007C2C"/>
     <w:rsid w:val="00010D72"/>
     <w:rsid w:val="000115FC"/>
     <w:rsid w:val="00011B88"/>
     <w:rsid w:val="00011FE8"/>
     <w:rsid w:val="00012975"/>
     <w:rsid w:val="000129BE"/>
     <w:rsid w:val="000129F5"/>
     <w:rsid w:val="00012A37"/>
@@ -3357,50 +3465,51 @@
     <w:rsid w:val="00961B3B"/>
     <w:rsid w:val="00962E44"/>
     <w:rsid w:val="009633B8"/>
     <w:rsid w:val="00964871"/>
     <w:rsid w:val="00964D02"/>
     <w:rsid w:val="00965E9C"/>
     <w:rsid w:val="00965FA7"/>
     <w:rsid w:val="00966F0B"/>
     <w:rsid w:val="009670FC"/>
     <w:rsid w:val="00967569"/>
     <w:rsid w:val="00970075"/>
     <w:rsid w:val="0097068E"/>
     <w:rsid w:val="009718EB"/>
     <w:rsid w:val="00971EF5"/>
     <w:rsid w:val="00971F38"/>
     <w:rsid w:val="009720F6"/>
     <w:rsid w:val="009724F6"/>
     <w:rsid w:val="00973843"/>
     <w:rsid w:val="00973EAD"/>
     <w:rsid w:val="00973EDC"/>
     <w:rsid w:val="00974624"/>
     <w:rsid w:val="00974914"/>
     <w:rsid w:val="00974C98"/>
     <w:rsid w:val="0097521F"/>
     <w:rsid w:val="00975881"/>
+    <w:rsid w:val="00981CDC"/>
     <w:rsid w:val="00982122"/>
     <w:rsid w:val="009823F4"/>
     <w:rsid w:val="009825A4"/>
     <w:rsid w:val="00982F4B"/>
     <w:rsid w:val="00983729"/>
     <w:rsid w:val="00983ADD"/>
     <w:rsid w:val="0098423E"/>
     <w:rsid w:val="009863EE"/>
     <w:rsid w:val="00987034"/>
     <w:rsid w:val="00987813"/>
     <w:rsid w:val="009908C5"/>
     <w:rsid w:val="00991E11"/>
     <w:rsid w:val="00992C3D"/>
     <w:rsid w:val="00993D74"/>
     <w:rsid w:val="0099456D"/>
     <w:rsid w:val="00994CB6"/>
     <w:rsid w:val="00995214"/>
     <w:rsid w:val="009954AB"/>
     <w:rsid w:val="00995A51"/>
     <w:rsid w:val="00995D39"/>
     <w:rsid w:val="00996736"/>
     <w:rsid w:val="00997EFF"/>
     <w:rsid w:val="009A0138"/>
     <w:rsid w:val="009A05FD"/>
     <w:rsid w:val="009A0778"/>
@@ -4265,51 +4374,50 @@
     <w:rsid w:val="00D06C1A"/>
     <w:rsid w:val="00D0792D"/>
     <w:rsid w:val="00D07ADB"/>
     <w:rsid w:val="00D104AF"/>
     <w:rsid w:val="00D114BF"/>
     <w:rsid w:val="00D12918"/>
     <w:rsid w:val="00D12924"/>
     <w:rsid w:val="00D12DB0"/>
     <w:rsid w:val="00D130D3"/>
     <w:rsid w:val="00D139C3"/>
     <w:rsid w:val="00D14130"/>
     <w:rsid w:val="00D14AE0"/>
     <w:rsid w:val="00D15F4A"/>
     <w:rsid w:val="00D1673F"/>
     <w:rsid w:val="00D171D3"/>
     <w:rsid w:val="00D172F1"/>
     <w:rsid w:val="00D17410"/>
     <w:rsid w:val="00D1783A"/>
     <w:rsid w:val="00D17A06"/>
     <w:rsid w:val="00D2238D"/>
     <w:rsid w:val="00D22BEA"/>
     <w:rsid w:val="00D22DEA"/>
     <w:rsid w:val="00D232D5"/>
     <w:rsid w:val="00D2383B"/>
     <w:rsid w:val="00D245DA"/>
-    <w:rsid w:val="00D245DF"/>
     <w:rsid w:val="00D267B6"/>
     <w:rsid w:val="00D27C21"/>
     <w:rsid w:val="00D30969"/>
     <w:rsid w:val="00D309F1"/>
     <w:rsid w:val="00D3158D"/>
     <w:rsid w:val="00D3184D"/>
     <w:rsid w:val="00D32FEF"/>
     <w:rsid w:val="00D332EC"/>
     <w:rsid w:val="00D3381C"/>
     <w:rsid w:val="00D33B1F"/>
     <w:rsid w:val="00D33CB3"/>
     <w:rsid w:val="00D33D63"/>
     <w:rsid w:val="00D34AC2"/>
     <w:rsid w:val="00D35465"/>
     <w:rsid w:val="00D3546D"/>
     <w:rsid w:val="00D354C8"/>
     <w:rsid w:val="00D358E7"/>
     <w:rsid w:val="00D35FB7"/>
     <w:rsid w:val="00D37696"/>
     <w:rsid w:val="00D37713"/>
     <w:rsid w:val="00D37CB4"/>
     <w:rsid w:val="00D41872"/>
     <w:rsid w:val="00D4236D"/>
     <w:rsid w:val="00D4250E"/>
     <w:rsid w:val="00D42673"/>
@@ -5173,91 +5281,102 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00D245DF"/>
+    <w:rsid w:val="00981CDC"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00981CDC"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5504,50 +5623,50 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>505</Words>
-  <Characters>2879</Characters>
+  <Words>702</Words>
+  <Characters>4008</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>23</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>33</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>RePack by SPecialiST</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3378</CharactersWithSpaces>
+  <CharactersWithSpaces>4701</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Марина</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>