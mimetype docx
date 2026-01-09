--- v0 (2025-12-14)
+++ v1 (2026-01-09)
@@ -1,5350 +1,7169 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00D71818" w:rsidRPr="00896209" w:rsidRDefault="00D71818" w:rsidP="00896209">
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="745" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00896209">
+      <w:r w:rsidRPr="00A12BCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>О проекте Закона Республики Казахстан "О статусе педагога"</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t>"Педагог мәртебесі туралы" - Қазақс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="444444"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="444444"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="444444"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аңының жобасы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="444444"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="444444"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="666666"/>
           <w:spacing w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00896209">
+      <w:r w:rsidRPr="00A12BCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="666666"/>
           <w:spacing w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Постановление Правительства Республики Казахстан от 31 августа 2019 года № 645</w:t>
-[...36 lines deleted...]
-      <w:r w:rsidRPr="00896209">
+        <w:t>Қазақстан Республикасы Ү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="666666"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іметінің 2019 жылғы 31 тамыздағы № 645 қаулысы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасының Ү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іметі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A12BCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t>ПОСТАНОВЛЯЕТ:</w:t>
-[...22 lines deleted...]
-        <w:t>      внести на рассмотрение Мажилиса Парламента Республики Казахстан проект Закона Республики Казахстан "О статусе педагога".</w:t>
+        <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      "Педагог мәртебесі туралы" Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аңының жобасы Қазақстан Республикасының Парламенті Мәжілісінің карауына енгізілсін.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="21600" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="14049"/>
         <w:gridCol w:w="7551"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D71818" w:rsidRPr="00896209" w:rsidTr="00D71818">
+      <w:tr w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidTr="00A12BCC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="124" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="124" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D71818" w:rsidRPr="00896209" w:rsidRDefault="00D71818" w:rsidP="00896209">
+          <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00896209">
+            <w:r w:rsidRPr="00A12BCC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
               </w:rPr>
-              <w:t>      </w:t>
+              <w:t>      Қазақстан Республикасының</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="z5"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00896209">
+            <w:r w:rsidRPr="00A12BCC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
               </w:rPr>
               <w:br/>
-              <w:t>Республики Казахстан</w:t>
+              <w:t>Премьер-Министрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3225" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="124" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="124" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D71818" w:rsidRPr="00896209" w:rsidRDefault="00D71818" w:rsidP="00896209">
+          <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00896209">
+            <w:r w:rsidRPr="00A12BCC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
               </w:rPr>
               <w:t>А. Мамин</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D71818" w:rsidRPr="00896209" w:rsidRDefault="00D71818" w:rsidP="00896209">
-[...100 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="646" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00896209">
+      <w:r w:rsidRPr="00A12BCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>ЗАКОН РЕСПУБЛИКИ КАЗАХСТАН</w:t>
-[...6 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+        <w:t>ҚАЗАҚСТАН РЕСПУБЛИКАСЫНЫҢ ЗАҢ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00896209">
+        <w:t>Ы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>"О статусе педагога"</w:t>
-[...47 lines deleted...]
-      <w:r w:rsidRPr="00896209">
+        <w:t xml:space="preserve"> Педагог мәртебесі туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аң педагогтің мәртебесін айқындайды және оның құқықтарын, әлеуметтік кепілдіктері мен шектеулерін, міндеттемелері мен жауапкершілігін белгілейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t>Статья 1. Основные понятия, используемые в настоящем Законе</w:t>
-[...219 lines deleted...]
-      <w:r w:rsidRPr="00896209">
+        <w:t>1-бап. Осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t>Статья 2. Законодательство Республики Казахстан о статусе педагога</w:t>
-[...116 lines deleted...]
-      <w:r w:rsidRPr="00896209">
+        <w:t xml:space="preserve"> З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t>Статья 3. Сфера действия настоящего Закона</w:t>
-[...241 lines deleted...]
-      <w:r w:rsidRPr="00896209">
+        <w:t>аңда пайдаланылатын негізгі ұғымдар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аңда мынадай негізгі ұғымдар пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1) педагогикалық әдеп жөніндегі кеңес - педагогикалық әдеп қағидаларының бұзылуын қарап, нәтижелері бойынша тиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і ұсынымдар енгізу, сондай-ақ бұзушылықтардың алдын алуға және профилактикасына бағытталған шараларды іске асыру үшін білім беру ұйымында құрылатын алқалы орган;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2) педагогтің кәсіби стандарты - педагогтің біліктілік деңгейі мен құзыреттілігіне, еңбек мазмұнына, сапасына жә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>не жа</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғдайларына қойылатын талаптарды айқындайтын стандарт;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      3) педагог - тиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і бейіндер бойынша педагогикалық және (немесе) кәсіптік білімі бар, білім алушылар мен тәрбиеленушілерді оқыту және (немесе) тәрбиелеу, оның ішінде қосымша білім беруді ұйымдастыру және (немесе) білім беру қызметін ұйымдастыру және (немесе) әдістемелік қамтамасыз ету бойынша кәсіби қызметті жүзеге асыратын, сондай-ақ кәсі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ік стандартта көрсетілген біліктілік талаптарына сай келетін адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      4) тәлімгерлі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - педагог лауазымына жұмысқа алғаш қабылданған адамға кәсіби бейімделуге практикалық көмек көрсету бойынша орта білім беру ұйымдарында тәлімгердің ақы төленетін қызметі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      5) тәлімгер - тәлімгерлі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кті ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үзеге асыратын педагог;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      6) педагогикалық әдеп - педагогтердің осы Заңда және педагогикалық әдеп қағидаларында белгіленген міне</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>з-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құлық қағидалары.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-        </w:rPr>
-[...83 lines deleted...]
-      <w:r w:rsidRPr="00896209">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-        </w:rPr>
-[...139 lines deleted...]
-      <w:r w:rsidRPr="00896209">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A12BCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t>Статья 6. Условия обеспечения профессиональной деятельности педагога</w:t>
-[...242 lines deleted...]
-      <w:r w:rsidRPr="00896209">
+        <w:t xml:space="preserve">2-бап.      Педагог </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t>Статья 7. Права педагога в профессиональной деятельности</w:t>
-[...736 lines deleted...]
-      <w:r w:rsidRPr="00896209">
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t>Статья 8. Право педагога на материальное обеспечение</w:t>
-[...343 lines deleted...]
-      <w:r w:rsidRPr="00896209">
+        <w:t>әртебесі туралы Қазақстан Республикасының заңнамасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Педагог мәртебесі туралы Қазақстан Республикасының заңнамасы Қазақстан Республикасының Конституциясына, "Білім туралы" Қазақстан Республикасыны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ң З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аңына негізделеді, осы Заңнан және Қазақстан Республикасының өзге де нормативтік құқықтық актілерінен тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Егер Қазақстан Республикасы ратификациялаған халықаралық шартта осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аңда қамтылғандардан өзгеше қағидалар белгіленсе, онда халықаралық шарттың қағидалары қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t>Статья 9. Право педагога на поощрение</w:t>
-[...306 lines deleted...]
-      <w:r w:rsidRPr="00896209">
+        <w:t>3-бап.      Осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t>Статья 10. Допуск педагога к профессиональной деятельности</w:t>
-[...138 lines deleted...]
-      <w:r w:rsidRPr="00896209">
+        <w:t xml:space="preserve"> З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t>Статья 11. Ограничение доступа к занятию профессиональной деятельностью педагога</w:t>
-[...162 lines deleted...]
-      <w:r w:rsidRPr="00896209">
+        <w:t>аңның қолданылу саласы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Осы Заң меншік нысанына және ведомстволық тиесілігіне қарамастан, тиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і білім беру ұйымдарында кәсіби қызметті жүзеге асыратын барлық педагогтерге, оның ішінде Қазақстан Республикасы Жоғарғы Сотының жанындағы Сот төрелігі академиясының, денсаулық сақтау, халықты әлеуметтік қорғау, мәдениет, дене шынықтыру және спорт салаларындағы білім беру ұйымдарының, сондай-ақ "Халықтың денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасының Кодексінде, "Кемтар балаларды әлеуметтік және медициналы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">педагогикалық түзеу арқылы қолдау туралы", "Мәдениет туралы", "Дене шынықтыру және спорт туралы", "Білім туралы", "Әскери қызмет және әскери қызметшілердің мәртебесі туралы", "Құқық қорғау қызметі туралы", "Қазақстан Республикасының арнаулы мемлекеттік органдары туралы" Қазақстан Республикасының заңдарында белгіленген ережелерге қайшы келмейтін бөлігінде әскери, арнаулы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қу орындарының педагогтеріне қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t>Статья 12. Социальные гарантии</w:t>
-[...516 lines deleted...]
-      <w:r w:rsidRPr="00896209">
+        <w:t xml:space="preserve">4-бап. Педагог </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t>Статья 13. Порядок закрепления наставников</w:t>
-[...70 lines deleted...]
-      <w:r w:rsidRPr="00896209">
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t>Статья 14. Присвоение (подтверждение) педагогу квалификационной категории</w:t>
-[...71 lines deleted...]
-      <w:r w:rsidRPr="00896209">
+        <w:t>әртебесі бар адамдар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Тиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і бейіндер бойынша педагогикалық және (немесе) кәсіби білімі бар, білім алушылар мен тәрбиеленушілерді оқыту және (немесе) тәрбиелеу, оның ішінде қосымша білім беруді ұйымдастыру, сондай-ақ білім беру қызметін ұйымдастыру және (немесе) әдістемелік қамтамасыз ету бойынша кәсіби қызметті жүзеге асыратын, еңбек саласындағы Қазақстан Республикасы заңнамасында белгіленген тәртіппен бекітілген кәсі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ік стандартгарда көрсетілген біліктілік талаптарына сай келетін адамдардың педагог мәртебесі болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әсіби қызметті жүзеге асыратын педагогтер бірыңғай мәртебеге ие және өзара кәсіби қызмет ерекшеліктерімен өзгешеленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t>Статья 15. Обязанности и ответственность педагога</w:t>
-[...368 lines deleted...]
-      <w:r w:rsidRPr="00896209">
+        <w:t>5-бап.      Педагогикалық әдеп және педагогтің анты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">социальной, расовой, национальной, религиозной или языковой принадлежности, их отношения к религии, в том числе посредством </w:t>
-[...297 lines deleted...]
-      <w:r w:rsidRPr="00896209">
+        <w:t>      1. Педагог педагогикалық әдеп нормаларын сақтайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Педагогикалық ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қағидаларын білім беру саласындағы уәкілетті орган бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      3. Педагог лауазымына алғаш тағайындалатын адам ант қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4. Ант мәтінін және педагогтердің оны қабылдау тәртібін білім беру саласындағы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әкілетті орган бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t>Статья 16. Профессиональная подготовка педагога</w:t>
-[...92 lines deleted...]
-      <w:r w:rsidRPr="00896209">
+        <w:t>6-бап. Педагогтің кәсіби қызметін қамтамасыз ету шарттары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Педагогке өзінің кәсіби қызметін жүзеге асыруы үшін қолайлы жағдайлар жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Мыналарға:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) педагогті оның </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әсіби міндеттеріне байланысты емес жұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түрлеріне тартуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) педагогтен Қазақстан Республикасының заңнамасында көзделмеген есептілікті </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақпаратты ұсынуды талап етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) педагогтің </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әсіби қызметіне Қазақстан Республикасының заңдарында көзделмеген тексерулер жүргізуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      4) педагогке тауарлар мен көрсетілетін қызметтерді сатып алу бойынша міндетті жүктеуге жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      3. Осы баптың 2-тармағының талаптарын бұзу Қазақстан Республикасының заңдарында белгіленген жауаптылыққа әкеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t>Статья 17. Повышение квалификации и переподготовка педагога</w:t>
-[...285 lines deleted...]
-      <w:r w:rsidRPr="00896209">
+        <w:t xml:space="preserve">7-бап. Педагоггің </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t>Статья 18. Ответственность за нарушение законодательства Республики Казахстан о статусе педагога</w:t>
-[...47 lines deleted...]
-      <w:r w:rsidRPr="00896209">
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t>Статья 19 Введение в действие настоящего Закона</w:t>
-[...45 lines deleted...]
-        <w:t>      Статья 10 настоящего Закона вводится в действие с 1 января 2022 года.</w:t>
+        <w:t>әсіби қызметтегі құқықтары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Педагог өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ің кәсіби қызметінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1) білім берудің тиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і деңгейінің мемлекеттік жалпыға міндетті стандартының талаптарын сақтау жағдайында педагогикалық қызметті ұйымдастырудың тәсілдері мен нысандарын еркін таңдауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) лауазымды және басқа да адамдардың оның құқықтары мен </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мүдделерінің бұзылуына әкеп соғатын кәсіби қызметіне араласуынан қорғауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      3) өзінің кәсіби ар-намысы мен қаді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қасиетін қорғауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      4) кәсіби қызметті жүзеге асыру үшін ұйымдастырушылық және материалды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>техникалық қамтамасыз етуге және қажетті жағдайлар жасауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      5) ғылыми, зерттеу, шығармашылық, эксперименттік қызметті жүзеге асыруға, педагогикалық практикаға жаңа әдістемелер мен технологияларды енгізуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      6) шығармашылық бастамаға, оқыту мен тәрбиелеудің авторлық бағдарламаларын әзірлеуге және қолдануға, оқыту мен тәрбиелеудің жаңа, неғұрлым жетілді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ілген әдістерін дамытуға және таратуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қу құралдарын, материалдарды және білім беру бағдарламасына сәйкес оқыту мен тәрбиелеудің өзге де құралдарын таңдауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      8) білім беру бағдарламаларын, оқу жоспарларын, әдістемелік материалдарды және білім беру қызметінің өзге де құрауыштарын, сондай-ақ оқулықтарды, оқ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әдістемелік кешендерді және оқу құралдарын әзірлеуге қатысуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      9) жұмыс орны бойынша сайлануға және сайланбалы лауазымды атқаруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      10) бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ім беру сапасын жетілдіруге бағытталған, сондай-ақ білім беру ұйымдарының қызметіне қатысты мәселелерді талқылауға қатысуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      11) білім беру ұйымының алқалы басқару органдарының, әдістемелік бірлестіктері мен кеңестерінің, өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>н-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзі басқару органдарының жұмысына қатысуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      12) бес жылда кемінде бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рет біліктілігін арттыруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      13) үздіксіз кәсіби </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>даму</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға және біліктілікті арттыру нысандарын таңдауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      14) жоғары және (немесе) жоғары </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қу орнынан кейінгі білім беру ұйымдарының педагогтері</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қоспағанда, мерзімінен бұрын біліктілік санатын алуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      15) ұйымдардағы кітапхананы және ақпараттық ресурстарды тегін пайдалануға, сондай-ақ ақпаратты</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>телекоммуникациялық желілер мен деректер базасына, оқу және әдістемелік материалдарға, кәсіби қызметті сапалы жүзеге асыруға қажетті білім беру қызметін қамтамасыз етудің материалдық-техникалық құралдарына қол жеткізуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      16) Қазақстан Республикасының заңнамасында белгіленген нысандарда және тәртіппен қоғамдық кәсі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ік ұйымдарға бірігуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      17) Қазақстан Республикасының заңнамасында белгіленген тәртіппен жеке педагогтік қызметке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      18) кәсіби қызметтегі жеті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іктері үшін көтермеленуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      19) "Әскери қызмет және әскери қызметшілердің мәртебесі туралы" Қазақстан Республикасыны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ң З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аңына сәйкес әскери қызметке шақыруды кейінге қалдыруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      20) педагогикалық әдеп нормалары бұзылған жағдайда Педагогикалық әдеп қағидаларына сәйкес әді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және объективті қызметтік тергеп-тексеруге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      21) Қазақстан Республикасының заңнамасында айқындалған тәртіппен және шарттарда </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әсіби дағдыларды қолдау және арттыру үшін Қазақстан Республикасы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Президентінің "Болашақ" халықаралық стипендиясы бойынша тағылымдамадан өтуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      22) өзіне қатысты қабылданатын білім беру ұйымы басшысының актілеріне, әрекеттері мен шешімдеріне жоғары тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ған лауазымды адамдарға немесе сотқа шағымдануға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      23) білім алушылар, тәрбиеленушілер және олардың ата-аналары немесе өзге де заңды өкілдері тарапынан ар-намысы мен қаді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қасиетіне құрмет көрсетілуіне;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      24) Қазақстан Республикасының заңнамасында көзделген өзге де құқықтары бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. Осы баптың 1-тармағында керсетілген құқықтарды педагог </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бас</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қа да адамдардың құқықтары мен бостандықтарын, сондай-ақ педагогикалық әдеп нормаларын сақтай отырып жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>8-бап. Педагогтің материалдық қамтамасыз етуге құқығы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекеттік ұйымдарда кәсіби қызметін жүзеге асыратын педагогтің еңбегіне ақы төлеу жүйесі, лауазымдық жалақылар, қосымша ақылар, үстемеақылар және ынталандырушы сипаттағы басқа да төлемдер Қазақстан Республикасының заңнамасында белгіленген тәртіппен айқындалады.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Жекеменші</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім беру ұйымдары қызметкерлерінің еңбегіне ақы төлеуді Қазақстан Республикасының заңнамасына сәйкес олардың құрылтайшылары немесе соған уәкілеттік берілген адам айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. Бюджет қаражаты есебінен қаржыландырылатын мемлекеттік ұйымдар педагогінің жалақысын есептеу ерекшеліктерін еңбек жөніндегі уәкілетті мемлекеттік органмен келісу бойынша білім беру саласындағы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әкілетті орган бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. Ерекше мәртебесі бар жоғары және (немесе) жоғары </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қу орнынан кейінгі білім беретін мемлекеттік ұйымдардың педагогтері </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> басшы қызметкерлерінің лауазымдық жалақылары арттыру коэффициенті ескеріле отырып айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      4. Мемлекеттік ұйымдардың педагогі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>не ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұмыс орны бойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      философия докторы (PhD), бейіні бойынша доктор дәрежесі үшін республикалық бюджет туралы заңда белгіленген және тиісті қаржы жылының 1 қаңтарына қолданыста болатын айлық есептік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өрсеткіштің 17 еселенген мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      ғылым кандидаты ғылыми дәрежесі үшін республикалық бюджет туралы заңда белгіленген және тиісті қаржы жылының 1 қаңтарына қолданыста болатын айлық есептік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өрсеткіштің 17 еселенген және ғылым докторы ғылыми дәрежесі үшін айлық есептік көрсеткіштің 34 еселенген мөлшерінде қосымша ақы белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      5. Мәдениет және спорт саласындағы қызметті іске асыратын білім беру ұйымдарын, әскери оқу орындарын қоспағанда, мемлекеттік орта білім беру ұйымдарының педагогіне жұмыс орны бойынша ғылыми-педагогикалық бағыт бойынша магистр дәрежесі үшін республикалық бюджет туралы заңда белгіленген және тиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і қаржы жылының 1 қаңтарына қолданыста болатын айлық есептік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өрсеткіштің 10 еселенген мөлшерінде қосымша ақы белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6. Жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарының профессор-оқытушылар құрамының жылдық оқу жүктемесі жұмыс уақытының жылдық нормасы шегінде белгіленеді және оны </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ал</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қалы басқару органы шешімінің негізінде жогары және (немесе) жоғары оқу орнынан кейінгі бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ім беру ұйымының басшысы бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      7. Қазақстан Республикасы Жоғары Сотының жанындағы Сот тө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рел</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ігі академиясын, әскери, арнаулы оқу орындарын қоспағанда, жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарының профессор-оқытушылар құрамының жалпы санын есептеуге арналған мемлекеттік білім беру тапсырысын айқындау кезінде білім алушылар санының профессорлы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқытушылық құрамға орташа қатынасын білім беру саласындағы уәкілетті орган бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8. Жергілікті атқарушы органдар педагогтерге әртүрлі ынталандырушы қосымша төлемдер, оның ішінде "Үздік педагог" атағын иеленушіге кемінде айлық есептік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өрсеткіштің 300 еселенген мөлшерінде сыйақы белгілеуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>9-бап. Педагогтің көтермелеуге құқығы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Адал еңбегі және өзінің кәсіби міндеттерін үлгілі орындағаны үшін педагогке Қазақстан Республикасының заңнамасында, сондай-ақ ұйымның ішкі тәрті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қағидаларында көзделген көтермелеу қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Республика алдында педагогикалық қызметтегі үздік еңбегі үшін педагогке "Қазақстанның еңбек сіңірген ұстазы" Қазақстан Республикасының мемлекеттік наградасы беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жергілікті атқарушы органдар педагогтің еңбегін көтермелеудің қосымша шараларын, оның ішінде Қазақстан Республикасында белгіленген мереке күндеріне </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>орай бекітуге, сондай-ақ жергілікті ерекшелік белгілері мен құрметті атақтарын, оның ішінде біржолғы сыйақы төлей отырып белгілеуге құқылы.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Жергілікті ерекшелік белгілері мен құрметті атақтарының сипаттамасын, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қағидаларын, оның ішінде біржолғы сыйақы төлемдерінің мөлшерін жергілікті атқарушы орган айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      4. Жыл сайын тиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і республикалық бюджет қаражаты есебінен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) "Үздік педагог" атағын иеленушіге - 1 000 еселенген айлық есептік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өрсеткіш мөлшерінде сыйақы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) "Жоғары оқу орнының үздік оқытушысы" атағын иеленушіге 2 000 еселенген айлық есептік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өрсеткіш мөлшерінде мемлекеттік грант төленеді, оны жұмсау бағыттарын Қазақстан Республикасының Үкіметі айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10-бап. Педагогке кәсіби қызметке </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>ұқсат беру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Педагогтің кәсіби қызметін жүзеге асыру құқығы тиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і бейіндер бойынша педагогикалық және (немесе) кәсіби білімі туралы құжат болған кезде, сондай-ақ педагог біліктілігінің сәйкестігі расталған жағдайда туындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Педагог біліктілігінің сәйкестігін растау тәртібін, шарттарын, мерзімдерін білім беру саласындағы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әкілетті орган айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Педагог ретінде кәсіби қызметті жүзеге асыруға алғаш кі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іскен адамдар педагог біліктілігінің сәйкестігін растауға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      3. Бейініне сәйкес келмейтін педагогикалық немесе кәсі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ік білімі бар адамдарға, сондай-ақ педагогикалық білімі жоқ, бірақ даярлықтың тиісті бағыты бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі, техникалық және кәсіптік, орта білімнен кейінгі білімі мен біліктілігі бар адамдарға тиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і педагогикалық қайта даярлаудан өткеннен кейін педагог ретінде кәсіби қызметпен айналысу құқығы беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>11-бап. Педагогтің кәсіби қызметпен айналысуына қолжетімділікті шектеу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Педагогтің кәсіби қызметіне:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> күшіне енген сот үкіміне сәйкес педагогтік қызметті жүзеге асыру құқығынан айырылған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2) Қазақстан Республикасының заңдарында белгіленген тәртіппен әрекетке қабілетсіз, әрекетке қабілеті шектеулі деп танылған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      3) медициналық, психиатриялық қарсы айғақтар бар немесе наркологиялық есепте тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ған адамдарға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      4) Қазақстан Республикасының Еңбек кодексінде көзделген шектеулер негізінде жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>12-бап. Әлеуметтік кепілдіктер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Педагогтерге:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1) Қазақстан Республикасының заңнамасына сәйкес тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғын үйге, оның ішінде қызметтік үйге және (немесе) жатақханаға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2) Қазақстан Республикасының заңнамасында көзделген тәртіппен жеке тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғын үй құрылысы үшін жер учаскелеріне;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      3) ұзақтығы күнтізбелік 56 кү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нге</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақысы төленетін жыл сайынғы еңбек демалысына;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      4) оларға кезекті еңбек демалысы берілген кезде күнтізбелік жылда бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рет тиісті бюджет қаражаты есебінен кемінде бір лауазымдық жалақы мөлшерінде сауықтыруға жәрдемақы алуға әлеуметтік кепілдіктер беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру бағдарламаларын іске асыратын ұйымдарды қоспағанда, педагогтің жұмыс уақыты мен демалыс уақыты режимінің ерекшеліктері тиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і саланың уәкілетті органымен келісу бойынша білім беру саласындағы уәкілетті орган бекітетін қағидаларда айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      3. Жергілікті атқарушы органдар кәсіби қызметті жүзеге асыратын педагогтердің балаларына тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғылықты жері бойынша мектепке дейінгі балалар ұйымдарынан кезектен тыс орын береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      4. ІІедагогке Қазақстан Республикасының заңнамасына сәйкес мерзімді медициналық тексерулер, емдеу-профилактикалық, санитариялы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>гигиеналық, эпидемияға қарсы іс-шараларды өткізу арқылы іске асырылатын денсаулықты сақтауға әлеуметтік кепілдіктер беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      5. Ауылдық жерде тұратын жә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>не ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұмыс істейтін педагогке:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1) жергілікті өкілді органдардың шешімі бойынша педагогикалық қызметті қала жағдайында жүзеге асыратын педагогтердің ставкасымен салыстырғанда кемінде жиырма бес пайызға арттырылған айлықақылар мен тарифтік мөлшерлемелер белгілену мүмкін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2) жергілікті өкілді органдар бекіткен тәртіппен және мөлшерде бюджет қаражаты есебінен коммуналдық қызметтердің ақысын төлеу және отын сатып алу бойынша әлеуметтік қолдау көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      6. Ауылдық елді мекендерге жұмыс істеу және тұру үшін келген педагогке жергілікті өкілді органдардың шешімі бойынша көтерме жәрдемақы беріледі немесе тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғын үй сатып алу немесе салу үшін әлеуметтік қолдау көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      7. Жергілікті атқарушы органдар педагогке тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғын үйді жалдауға және коммуналдық қызметтерге өтемақы төлемдерін, санаторийлік-курорттық емделуге және демалуға жолдама алу үшін толық немесе ішінара төлемақы, сондай-ақ педагогті әлеуметтік қолдауға бағытталған өзге де жеңілдіктерді көздеуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      8. Осы баптың ережелері "Әскери қызмет және әскери қызметшілердің мәртебесі туралы", "Қазақстан Республикасының арнаулы мемлекеттік органдары туралы", "Құқық қорғау қызметі туралы" Қазақстан Ресубликасының заңдарында тиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і кепілдіктер белгіленген Қазақстан Республикасы Жоғарғы Сотының жанындағы Сот төрелігі академиясының педагогтеріне, әскери қызметшілер мен құқық қорғау органдарының қызметкерлері болып табылатын педагогтерге қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>13-бап. Тәлімгерлерді бекіту тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жылы кезеңінде орта білім беру ұйымына педагог лауазымына алғаш рет қабылданған педагогке оның кәсіби бейімделуіне практикалық көмек көрсететін тәлімгер бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. Жас педагогтерге тәлімгерлікті жүзеге асыратын педагогтерге қойылатын талаптарды, тәлімгерлікті ұйымдастыру тәртібін білім беру саласындағы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әкілетті орган айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>14-бап. Педагогке бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>іктілік санатын беру (растау)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. Жоғары және (немесе) жоғары </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қу орнынан кейінгі білім беру ұйымдарын қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оспа</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғанда, білім беру ұйымдарында жұмыс істейтін педагогтерге біліктілік санаттары беріледі (расталады).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. Кәсіби қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орындау</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға қажетті педагогтердің кәсіби құзыреттерін айқындайтын біліктілік санаттарын беру (растау) тәртібін білім беру саласындағы уәкілетті орган айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>15-бап. Педагогтің міндеттері мен жауапкершілігі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Педагог:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1) өз қызметі саласында тиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і кәсіби құзыреттерді меңгеруге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      2) оқыту мен тәрбиелеудің </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагогикалы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қ қағидаттарын сақтауға, оқыту мен тәрбиелеудің сапасын мемлекеттік жалпыға міндетті білім беру стандарттарында көзделген талаптардан төмен емес деңгейде қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      3) өзінің кәсіби шеберлігін, зерттеу, зияткерлік және шығармашылық деңгейін үздіксіз жетілдіруге, оның ішінде біліктілік санатының деңгейін бес жылда кемінде бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рет арттыруға (растауға);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      4) педагогикалық ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қағидаларын сақтауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      5) бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ім алушыларды, тәрбиеленушілерді оқыту және тәрбиелеу бойынша дағдыларын, құзыреттерін арттыруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      6) Қазақстан Республикасының заңнамасында белгіленген тәртіппен профилактикалық медициналық тексеруден өтуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) қоғамның әлеуметтік, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әдени және экономикалық дамуына жәрдемдесуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      8) білім алушылардың, тәрбиеленушілердің және олардың ата-аналарының немесе өзге де заңды өкілдерінің ар-намысы мен қаді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қасиетін құрметтеуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      9) балаларды заңға, адамның (азаматтың) құқықтары мен міндеттеріне, жоғары адамгершілікке, отансүйгі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ікке, ата-анаға, үлкендерге құрмет көрсетуге, отбасы құндылықтарына, елдің мәдени-тарихи құндылықтарына, оның мемлекеттік құрылымы мен рәміздеріне, қоршаған ортаға ұқыпты қарауға тәрбиелеуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      10) білім алушылар мен тәрбиеленушілердің өмірлі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дағдыларын, құзыреттерін, дербестігін, шығармашылық қабілеттерін дамытуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      11) өмірлік қиын жағдайда жүрген баланың анықталу фактілері туралы кәмелетке толмағандар арасындағы құқық бұзушылықтардың, қадағалаусыз және панасыз қалудың алдын алу жүйесі органдарын дереу хабардар етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12) кәмелетке толмағандар жасаған немесе оларға қатысты жасалған қылмыстық не әкімшілік құқық бұзушылық белгілері бар әрекеттер (әрекетсіздік) жасау фактілері туралы, сондай-ақ ұйымдардан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кәсіби қызметіне байланысты өзіне белгілі болған фактілер туралы құқық қорғау органдарына дереу хабарлауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      13) білім алушылар мен тәрбиеленушілерді оқыту және тәрбиелеу мәселелері бойынша ата-аналарға, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өкілдерге консультация беруге, оларға оқыту мен тәрбиелеуге ортақ жауапкершілік қағидаттарын түсіндіруге міндетгі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Педагогтің білім беру процесін саяси үгіттеу, әлеуметтік, нәсілдік, ұлттық немесе діни араздықты ушықтыру үшін білім алушыларды саяси, діни немесе өзге де нанымдарды қабылдауға не олардан бас тартуға мәжбү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ету, әлеуметтік, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>нәсілдік, ұлттық, діни немесе тілдік тиесілік белгісі бойынша азаматтардың ерекшелігін, үстемдігін не толық еместігін, олардың дінге көзқарасын насихаттайтын, оның ішінде білім алушыларға халықтардың тарихи, ұлттық, діни және мәдени дә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үрлері туралы жалған мәліметтерді хабарлау арқылы үгіттеу үшін, сондай-ақ бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ім алушыларды Қазақстан Республикасының Конституциясына және заңнамасына қайшы келетін әрекеттерге итермелеу үшін пайдалануға құқығы жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      3. Педагог міндеттерін бұзғаны және педагог атағына кі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> келтіретін теріс қылық жасағаны үшін Қазақстан Республикасының заңдарында белгіленген жауаптылыққа тартылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      4. Педагогке қатысты қызметтік талқылаулар, тәрті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ік тергеп-тексерулер және олардың негізінде қабылданған шешімдер тек оның келісімімен ғана жариялануы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      5. Тәрті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ік тергеп-тексеруді жүргізу кезінде педагогке:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ған қойылатын кінәрат-талаптар туралы және осы кінәрат-талаптар үшін негіздемелер туралы ақпаратты жазбаша түрде алу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2) осы іс бойынша барлық материалдармен танысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      3) қорғауға дайындалу үшін жеткілікті уақыт бере отырып, өз таңдауы бойынша өзі немесе өкілі арқылы қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орғалу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      4) ісі бойынша қабылданған шешімдер, сондай-ақ осы шешімнің себептері туралы жазбаша тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рде</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақпарат алу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      5) бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ім беруді басқару органдарына апелляция беру немесе шешімге Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотта шағым жасау құқықтарына кепілдік беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      6. Педагогтің тәрті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ік теріс қылық жасағаны үшін жауаптылық шарасы туралы шешімді қабылдау кезінде білім беру ұйымының басшысы білім беру сапасындағы уәкілетті орган бекітетін қағидаларға сәйкес қызметін жүзеге асыратын педагогикалық әдеп жөніндегі кеңестің ұсынымдарын ескереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>16-бап. Педагогті кәсі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>пт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>ік даярлау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Қазақстан Республикасында педагогті кәсі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ік даярлау техникалық және кәсіптік, орта білімнен кейінгі, жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру бағдарламаларын іске асыратын білім беру ұйымдарында жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      2. Педагогті </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>даярлау</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға арналған білім беру бағдарламалары педагогтің кәсіби стандарты талаптарының негізінде әзірленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>17-бап. Педагогтің бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>іктілігін арттыру және қайта даярлау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Педагог кәсіби қызметі үшін қажет жаңа құзыретті алу және (немесе) жетілдіру және (немесе) бар біліктілік шеңберінде кәсі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>би де</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ңгейін арттыру мақсатында кезеңділігін және өту тәртібін білім беру саласындағы уәкілетті орган айқындайтын бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іктілікті арттыру курстарынан өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Педагогтің біліктілігін арттыру мақсатында қосымша білімнің білім беру бағдарламалары бойынша біліктілікті арттыру курстарында оқу бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уақытта және үздіксіз, сондай-ақ кезең-кезеңмен (дискретті), оның ішінде жекелеген бағыттарды, сабақтарды, пәндерді (модульдерді) меңгеру, соның ішінде Қазақстан Республикасы Президентінің "Болашақ" халықаралық стипендиясы бойынша тағылымдамадан өту арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тәжірибе алмасу мақсатында тренингтерге, конференцияларға, семинарларға қатысу, басқа білім беру ұйымдарына бару, шеберлік сыныптарын, жеке және ұжымдық зерттеулер жүргізу, тәлімгерлік, кері байланысты ұсыну арқылы сабақтарды бақылау, әдістемелік құралдар мен жарияланымдар шығару педагогтің кәсіби даму нысандары болып табылады</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4. Біліктілікті арттыру курстарының білім беру бағдарламалары теориялық білімнен басқа, алған білімін практикада сапалы іске асыру үшін педагогтің қызметін курстан кейінгі әдістемелік қолдауды қамтуы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Біліктілікті арттыру курстарын өткізетін ұйымдар кемінде бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жылы ішінде курстан кейінгі әдістемелік сүйемелдеуді жүзеге асыруға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      5. Кәсі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ік қызметтің жаңа түрін орындау үшін, сондай-ақ аралас мамандық бойынша педагогикалық білім алу үшін қажетті педагог біліктілігін алу мақсатында адамдар Қазақстан Республикасының заңнамасында белгіленген тәртіппен қайта даярлаудан өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Қайта даярлау жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарында жүзеге асырылады. Қайта даярлау қорытындысы бойынша білім туралы тиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і құжат беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6. Қайта даярлау тәртібін және шартын білім беру саласындағы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әкілетті орган айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">18-бап. Қазақстан Республикасының педагог </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>әртебесі туралы заңнамасының бұзылуы үшін жауаптылық</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қазақстан Республикасының педагог </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әртебесі туралы заңнамасын бұзу Қазақстан Республикасының заңдарына сәйкес жауаптылыққа әкеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>19-бап. Осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>аңның қолданысқа енгізілуі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аң, осы Заңның 10-бабын қоспағанда, алғашқы ресми жарияланғаннан күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="472" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A12BCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аңның 10-бабы 2022 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="21600" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="21600"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D71818" w:rsidRPr="00896209" w:rsidTr="00D71818">
+      <w:tr w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidTr="00A12BCC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="124" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="124" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D71818" w:rsidRPr="00896209" w:rsidRDefault="00D71818" w:rsidP="00896209">
+          <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00896209">
+            <w:r w:rsidRPr="00A12BCC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
               </w:rPr>
-              <w:t>      </w:t>
+              <w:t>      Қазақстан Республикасының</w:t>
             </w:r>
-            <w:bookmarkStart w:id="2" w:name="z160"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00896209">
+            <w:r w:rsidRPr="00A12BCC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
               </w:rPr>
               <w:br/>
-              <w:t>Республики Казахстан</w:t>
+              <w:t>Президенті</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D71818" w:rsidRPr="00896209" w:rsidRDefault="00140240" w:rsidP="00896209">
+    <w:p w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidRDefault="00A12BCC" w:rsidP="00A12BCC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId21" w:anchor="header" w:history="1">
-[...22 lines deleted...]
-    <w:sectPr w:rsidR="00796006" w:rsidRPr="00896209" w:rsidSect="00896209">
+    </w:p>
+    <w:sectPr w:rsidR="00A12BCC" w:rsidRPr="00A12BCC" w:rsidSect="00A12BCC">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="426" w:right="566" w:bottom="284" w:left="993" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="568" w:right="707" w:bottom="568" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -5365,53 +7184,53 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="1FB819B5"/>
+    <w:nsid w:val="22654348"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="D9BE08EC"/>
+    <w:tmpl w:val="C6A08A5C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -5514,53 +7333,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="28B6004F"/>
+    <w:nsid w:val="309756A2"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="F7088DA8"/>
+    <w:tmpl w:val="79C879D0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -5663,53 +7482,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="2AF535F8"/>
+    <w:nsid w:val="330F7DCC"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="0A14E914"/>
+    <w:tmpl w:val="C4685C70"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -5812,53 +7631,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="379B6E79"/>
+    <w:nsid w:val="34027280"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="F470260E"/>
+    <w:tmpl w:val="B9685E74"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -5961,53 +7780,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="44F702F0"/>
+    <w:nsid w:val="42877B3B"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="9F54FA20"/>
+    <w:tmpl w:val="1B9C6ED6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -6110,53 +7929,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="474A270B"/>
+    <w:nsid w:val="5E4F574D"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="02B66062"/>
+    <w:tmpl w:val="C6FE9808"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -6259,53 +8078,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="60AC6E1F"/>
+    <w:nsid w:val="62981A80"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="BE182DD2"/>
+    <w:tmpl w:val="AE7C588A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -6408,53 +8227,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="67254B00"/>
+    <w:nsid w:val="72394599"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="1BF85940"/>
+    <w:tmpl w:val="6F6627D8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -6557,109 +8376,107 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="4">
-[...5 lines deleted...]
-  <w:num w:numId="6">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="7">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:hideSpellingErrors/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00D71818"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00D71818"/>
+    <w:rsidRoot w:val="00A12BCC"/>
+    <w:rsid w:val="00A12BCC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -6784,659 +8601,656 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00140240"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00D71818"/>
+    <w:rsid w:val="00A12BCC"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00D71818"/>
+    <w:rsid w:val="00A12BCC"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="40"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00D71818"/>
+    <w:rsid w:val="00A12BCC"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00D71818"/>
+    <w:rsid w:val="00A12BCC"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00D71818"/>
+    <w:rsid w:val="00A12BCC"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="40">
     <w:name w:val="Заголовок 4 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="4"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00D71818"/>
+    <w:rsid w:val="00A12BCC"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D71818"/>
+    <w:rsid w:val="00A12BCC"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D71818"/>
+    <w:rsid w:val="00A12BCC"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D71818"/>
+    <w:rsid w:val="00A12BCC"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00D71818"/>
+    <w:rsid w:val="00A12BCC"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="2044674083">
+    <w:div w:id="1882398972">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="2145808735">
+        <w:div w:id="775056558">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1130247800">
+            <w:div w:id="805508559">
               <w:marLeft w:val="248"/>
               <w:marRight w:val="248"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="279262894">
+                <w:div w:id="2050183685">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="142091670">
+                    <w:div w:id="43918755">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
-            <w:div w:id="1871452658">
+            <w:div w:id="106241294">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="124"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="135805308">
+            <w:div w:id="179897272">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="1644845616">
+                <w:div w:id="1511943649">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="2042590415">
+                    <w:div w:id="804589018">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="1467313755">
+                    <w:div w:id="2011135415">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="364796630">
+                        <w:div w:id="1896119011">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
-                    <w:div w:id="873276191">
+                    <w:div w:id="1723793906">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="878396058">
+                        <w:div w:id="184484550">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
-                    <w:div w:id="602997711">
+                    <w:div w:id="1505053694">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="1125781082">
+                        <w:div w:id="1456023931">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                           <w:divsChild>
-                            <w:div w:id="856433005">
+                            <w:div w:id="2145347192">
                               <w:marLeft w:val="0"/>
                               <w:marRight w:val="0"/>
                               <w:marTop w:val="0"/>
                               <w:marBottom w:val="497"/>
                               <w:divBdr>
                                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                               </w:divBdr>
                               <w:divsChild>
-                                <w:div w:id="1369452765">
+                                <w:div w:id="774518588">
                                   <w:marLeft w:val="0"/>
                                   <w:marRight w:val="0"/>
                                   <w:marTop w:val="0"/>
                                   <w:marBottom w:val="0"/>
                                   <w:divBdr>
                                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                   </w:divBdr>
                                   <w:divsChild>
-                                    <w:div w:id="1648388975">
+                                    <w:div w:id="964237031">
                                       <w:marLeft w:val="0"/>
                                       <w:marRight w:val="0"/>
                                       <w:marTop w:val="0"/>
                                       <w:marBottom w:val="0"/>
                                       <w:divBdr>
                                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                       </w:divBdr>
                                     </w:div>
-                                    <w:div w:id="1510293047">
+                                    <w:div w:id="2075349556">
                                       <w:marLeft w:val="497"/>
                                       <w:marRight w:val="0"/>
                                       <w:marTop w:val="0"/>
                                       <w:marBottom w:val="0"/>
                                       <w:divBdr>
                                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                       </w:divBdr>
                                       <w:divsChild>
-                                        <w:div w:id="575091287">
+                                        <w:div w:id="689255949">
                                           <w:marLeft w:val="0"/>
                                           <w:marRight w:val="497"/>
                                           <w:marTop w:val="0"/>
                                           <w:marBottom w:val="0"/>
                                           <w:divBdr>
                                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                           </w:divBdr>
                                         </w:div>
-                                        <w:div w:id="1070227118">
+                                        <w:div w:id="518586524">
                                           <w:marLeft w:val="0"/>
                                           <w:marRight w:val="0"/>
                                           <w:marTop w:val="0"/>
                                           <w:marBottom w:val="0"/>
                                           <w:divBdr>
                                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                           </w:divBdr>
                                         </w:div>
                                       </w:divsChild>
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
-                            <w:div w:id="1814520457">
+                            <w:div w:id="851382295">
                               <w:marLeft w:val="0"/>
                               <w:marRight w:val="0"/>
                               <w:marTop w:val="0"/>
                               <w:marBottom w:val="50"/>
                               <w:divBdr>
                                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                               </w:divBdr>
                               <w:divsChild>
-                                <w:div w:id="1433013442">
+                                <w:div w:id="672803948">
                                   <w:marLeft w:val="0"/>
                                   <w:marRight w:val="0"/>
                                   <w:marTop w:val="0"/>
                                   <w:marBottom w:val="50"/>
                                   <w:divBdr>
                                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                   </w:divBdr>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
-                    <w:div w:id="735129496">
+                    <w:div w:id="1904632875">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
-            <w:div w:id="1335255358">
+            <w:div w:id="217129682">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="39979081">
+                <w:div w:id="1892576883">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="372"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="969671634">
+                    <w:div w:id="1160388051">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="2050909975">
+                    <w:div w:id="305596823">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="259266633">
+                <w:div w:id="1821968839">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="372"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
-                <w:div w:id="496455444">
+                <w:div w:id="1430079747">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
-            <w:div w:id="868566074">
+            <w:div w:id="1996957643">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="248"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z060000207_" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000552" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000561" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1900000645" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K090000193_" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000380" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1500000414" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1900000645" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000380" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000561" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000561" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000552" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000228" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1900000645" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7682,55 +9496,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>23551</Characters>
+  <Pages>13</Pages>
+  <Words>3786</Words>
+  <Characters>21586</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>196</Lines>
-  <Paragraphs>55</Paragraphs>
+  <Lines>179</Lines>
+  <Paragraphs>50</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>27627</CharactersWithSpaces>
+  <CharactersWithSpaces>25322</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>