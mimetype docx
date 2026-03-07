--- v0 (2025-12-05)
+++ v1 (2026-03-07)
@@ -2,3498 +2,3322 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00B70278" w:rsidRDefault="00B70278" w:rsidP="00B70278">
+    <w:p w:rsidR="00D668E9" w:rsidRPr="003E694D" w:rsidRDefault="00E50CDC" w:rsidP="00D668E9">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:ind w:firstLine="709"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D668E9">
+      <w:r w:rsidRPr="003E694D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Инструкция </w:t>
+        <w:t xml:space="preserve">«Алтын белгі»  белгісіне үміткерлердің </w:t>
+      </w:r>
+      <w:r w:rsidR="00D668E9" w:rsidRPr="003E694D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жазбаша емтихан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E694D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidR="00D668E9" w:rsidRPr="003E694D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E694D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ын</w:t>
+      </w:r>
+      <w:r w:rsidR="00D668E9" w:rsidRPr="003E694D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E694D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тексеру</w:t>
+      </w:r>
+      <w:r w:rsidR="00D668E9" w:rsidRPr="003E694D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бойынша </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B70278" w:rsidRPr="00D668E9" w:rsidRDefault="00B70278" w:rsidP="00B70278">
+    <w:p w:rsidR="00E50CDC" w:rsidRPr="003E694D" w:rsidRDefault="00E50CDC" w:rsidP="00D668E9">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:ind w:firstLine="709"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="003E694D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>по</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> письменных экзаменционных работ претендентов на Знак «Алтын белгі»</w:t>
+        <w:t>нұсқаулық</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B70278" w:rsidRPr="00D668E9" w:rsidRDefault="00B70278" w:rsidP="00B70278">
+    <w:p w:rsidR="00E50CDC" w:rsidRDefault="00E50CDC" w:rsidP="00E50CDC">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...11 lines deleted...]
-      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...1420 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B70278" w:rsidRDefault="00B70278" w:rsidP="00B70278">
+    <w:p w:rsidR="00E50CDC" w:rsidRDefault="00E50CDC" w:rsidP="00E50CDC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...2 lines deleted...]
-          <w:b/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00975918">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары үшін білім алушылардың үлгеріміне ағымдағы бақылауды, оларды аралық және қорытынды аттестаттауды өткізудің үлгілік қағидаларын бекіту туралы» Қазақстан Республикасы Білім және ғылым министрінің 2008 жылғы 18 наурыздағы № 125 бұйрығына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E0D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Итоги проверки письменных экзаменационных работ претендентов </w:t>
+        <w:t>(2019 жылғы 26 қарашадағы № 509 бұйрықпен өзгерістер енгізілген)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сәйкес жылсайын 1 ақпанға дейін білім беру ұйымдарының, білім бөлімдерінің және білім басқармаларының жанынан </w:t>
+      </w:r>
+      <w:r w:rsidR="007F36A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қорытынды аттестаттауды ұйымдастыру жөніндегі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Комиссиялар </w:t>
+      </w:r>
+      <w:r w:rsidR="007F36A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі - комиссия) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құрылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B70278" w:rsidRDefault="00B70278" w:rsidP="00B70278">
+    <w:p w:rsidR="00E50CDC" w:rsidRDefault="00E50CDC" w:rsidP="00E50CDC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B3054">
-[...7 lines deleted...]
-        <w:t>на Знак «Алтын белгі» по предмет</w:t>
+      <w:r w:rsidRPr="00A019F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім беру ұйымдарының жанынан құрылған комиссия хатшысы «Алтын белгі» белгісіне үміткерлердің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...23 lines deleted...]
-        <w:t>________________</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі - үміткерлер)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жазбаша жұмыстарын емтихан біткен сәттен жинап, сыртына Комиссия мүшелерінің қолы қойылған конверттерге салады, тігеді және сол күні Білім бөлімі жанынан құ</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ылған Комиссия төрағасын</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қабылдау-табыстау актісі арқылы жеткізеді. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B70278" w:rsidRPr="006B3054" w:rsidRDefault="00B70278" w:rsidP="00B70278">
+    <w:p w:rsidR="00FE0ADF" w:rsidRDefault="00E50CDC" w:rsidP="00FE0ADF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A019F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім бөлімдері жанынан құрылған комиссия хатшысы барлық үміткерлердің жұмыстарын жинап</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (конверттерді ашпай),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сыртына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Комиссия мүшелерінің қолы қойылған жәшіктерге салады, </w:t>
+      </w:r>
+      <w:r w:rsidR="007F36A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орайды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және сол күні немесе емтихан өткен күннен кейінгі келесі күні сағат 13.00-ге дейін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(облыс орталығына баратын </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ара-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қашықтыққа байланысты)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Білім басқармасы жанынан құрылған Комиссия төрағасына қабылдау-табыстау актісі арқылы жеткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE0ADF" w:rsidRDefault="00E50CDC" w:rsidP="00FE0ADF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>міткерлердің жазбаша жұмыстарын Білім басқармаларының жанынан құрыл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ған </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Комиссия </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">үміткерлердің емтихан жұмыстарын қабылдаған күні </w:t>
+      </w:r>
+      <w:r w:rsidR="0059186A" w:rsidRPr="0059186A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(жақын қалалардан/аудандардан </w:t>
+      </w:r>
+      <w:r w:rsidR="0059186A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қабылданған үміткерлердің емтихан жұмыстарын</w:t>
+      </w:r>
+      <w:r w:rsidR="0059186A" w:rsidRPr="0059186A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="0059186A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> немесе келесі күні </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тексереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE0ADF" w:rsidRDefault="00E50CDC" w:rsidP="00FE0ADF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A019F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім басқармаларының жанынан құрыл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ған </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Комиссия</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құрамына жазбаша емтихандар өтетін пәнд</w:t>
+      </w:r>
+      <w:r w:rsidR="007F36A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рдің білікті, тәжірибелі мұғалімдері кіреді </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0ADF" w:rsidRPr="00D56C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(басқа мүшелерін</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қоспағанда</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0ADF" w:rsidRPr="00D56C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">және Комиссия құрамындағы әр пән мұғалімінің саны барлық үміткерлердің санына қатысты құрылады </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B6099B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B6099B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үміткерге бір пән мұғалімі). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE0ADF" w:rsidRDefault="002A56A9" w:rsidP="00FE0ADF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Комиссия мүшелеріне</w:t>
+      </w:r>
+      <w:r w:rsidR="00E50CDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">үміткерлердің </w:t>
+      </w:r>
+      <w:r w:rsidR="00E50CDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмыстар</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ын</w:t>
+      </w:r>
+      <w:r w:rsidR="00E50CDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тексеру </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>күні, орны мен уақыты туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="00E50CDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алдын-ала </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>хабарланады</w:t>
+      </w:r>
+      <w:r w:rsidR="00E50CDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE0ADF" w:rsidRDefault="00E50CDC" w:rsidP="00FE0ADF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Пән мұғаліміне өзінің ауданы немесе мектебінің үміткерлерінің жұмысы тексеру үшін берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE0ADF" w:rsidRDefault="00E50CDC" w:rsidP="00FE0ADF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Пән мұғалімдерінің сапалы, тиімді және қауіпсіз жұмысын қамтамасыз ету үшін бір мектептің ғимаратында бірнеше кабинеттер</w:t>
+      </w:r>
+      <w:r w:rsidR="002A56A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беріледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, дәлізде кезекшіліктер ұйымдастырыл</w:t>
+      </w:r>
+      <w:r w:rsidR="002A56A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE0ADF" w:rsidRDefault="00FE0ADF" w:rsidP="00FE0ADF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Үміткердің жұмысын тексерген мұғалім үміткердің жазбаша емтихан жұмысын бағалайды және қысқаша пікірін жазады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE0ADF" w:rsidRDefault="00E50CDC" w:rsidP="00FE0ADF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Үміткерлердің жұмысы тексеріл</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>геннен кейін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сол күні </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Комиссия мүшелерінің жалпы </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отырысында қаралады. Әр мектептің үміткерлерінің </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>жазбаша жұмыстары бір конвертке салынып, тігіледі</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB40EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, хаттамалар толтырылады</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Әр аудан/қала үміткерлерінің жазбаша жұмыстары бір жәшікке салынады, </w:t>
+      </w:r>
+      <w:r w:rsidR="002A56A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>буылады</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E50CDC" w:rsidRDefault="00FB40EE" w:rsidP="00FE0ADF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Үміткерлердің жұмысы тексерілгеннен кейін екі күннің ішінде білім беру ұйымдарына жеткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C3F8B" w:rsidRDefault="006C3F8B" w:rsidP="002A56A9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҚР Білім және ғылым министрлігіне ү</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB40EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">міткерлердің </w:t>
+      </w:r>
+      <w:r w:rsidR="00323150">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">емтихан </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB40EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жұмысын тексеру қорытындысы туралы есеп </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тексеру аяқталған күні төмендегідей</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB40EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нысанда жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB40EE" w:rsidRDefault="00FB40EE" w:rsidP="00FE0ADF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FB40EE" w:rsidRPr="002A56A9" w:rsidRDefault="00FB40EE" w:rsidP="00FE0ADF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B3054">
+      <w:r w:rsidRPr="002A56A9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> по _____________ области/города</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">________________________ облысы/қаласы бойынша _____________ пәнінен «Алтын белгі» белгісіне үміткерлердің жазбаша </w:t>
+      </w:r>
+      <w:r w:rsidR="00323150" w:rsidRPr="002A56A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">емтихан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A56A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidR="00323150" w:rsidRPr="002A56A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A56A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ын тексеру қорытындысы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B70278" w:rsidRPr="00FB40EE" w:rsidRDefault="00B70278" w:rsidP="00B70278">
+    <w:p w:rsidR="00FB40EE" w:rsidRPr="00FB40EE" w:rsidRDefault="00FB40EE" w:rsidP="00FE0ADF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1501"/>
-[...11 lines deleted...]
-        <w:gridCol w:w="796"/>
+        <w:gridCol w:w="1318"/>
+        <w:gridCol w:w="726"/>
+        <w:gridCol w:w="738"/>
+        <w:gridCol w:w="741"/>
+        <w:gridCol w:w="507"/>
+        <w:gridCol w:w="738"/>
+        <w:gridCol w:w="741"/>
+        <w:gridCol w:w="562"/>
+        <w:gridCol w:w="738"/>
+        <w:gridCol w:w="741"/>
+        <w:gridCol w:w="598"/>
+        <w:gridCol w:w="738"/>
+        <w:gridCol w:w="741"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidTr="00C874E5">
-[...2 lines deleted...]
-            <w:tcW w:w="809" w:type="pct"/>
+      <w:tr w:rsidR="002A56A9" w:rsidRPr="00975918" w:rsidTr="00B87E02">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="703" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="006C3F8B" w:rsidRPr="006C3F8B" w:rsidRDefault="006C3F8B" w:rsidP="00FE0ADF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C3F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Аудан/қала атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1183" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C3F8B" w:rsidRPr="006C3F8B" w:rsidRDefault="006C3F8B" w:rsidP="00FE0ADF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C3F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Үміткерлердің </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C3F8B" w:rsidRPr="006C3F8B" w:rsidRDefault="006C3F8B" w:rsidP="00FE0ADF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C3F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>саны, оның</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ішінде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C3F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқыту тілі бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1082" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C3F8B" w:rsidRPr="006C3F8B" w:rsidRDefault="006C3F8B" w:rsidP="00FE0ADF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C3F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C3F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бағасын алғандар саны, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C3F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оның</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ішінде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C3F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқыту тілі бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1084" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C3F8B" w:rsidRPr="006C3F8B" w:rsidRDefault="006C3F8B" w:rsidP="00FE0ADF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C3F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C3F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бағасын алғандар саны, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C3F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оның</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ішінде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C3F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқыту тілі бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="948" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C3F8B" w:rsidRPr="006C3F8B" w:rsidRDefault="006C3F8B" w:rsidP="00FE0ADF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C3F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="003D0EE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C3F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бағасын алғандар саны, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C3F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оның</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ішінде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C3F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқыту тілі бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A56A9" w:rsidRPr="006C3F8B" w:rsidTr="00B87E02">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="703" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="00B87E02" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="002A56A9" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қ</w:t>
+            </w:r>
+            <w:r w:rsidR="00B87E02" w:rsidRPr="006C3F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>аз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="397" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="002A56A9" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidR="00B87E02" w:rsidRPr="006C3F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>рыс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="389" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="002A56A9" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidR="00B87E02" w:rsidRPr="006C3F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>асқа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="300" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="002A56A9" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қ</w:t>
+            </w:r>
+            <w:r w:rsidR="00B87E02" w:rsidRPr="006C3F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>аз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="397" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="002A56A9" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidR="00B87E02" w:rsidRPr="006C3F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>рыс.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="385" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="002A56A9" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidR="00B87E02" w:rsidRPr="006C3F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>асқа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="302" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="002A56A9" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қ</w:t>
+            </w:r>
+            <w:r w:rsidR="00B87E02" w:rsidRPr="006C3F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>аз.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="397" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="002A56A9" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidR="00B87E02" w:rsidRPr="006C3F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>рыс.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="385" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="002A56A9" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidR="00B87E02" w:rsidRPr="006C3F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>асқа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="347" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="002A56A9" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қ</w:t>
+            </w:r>
+            <w:r w:rsidR="00B87E02" w:rsidRPr="006C3F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>аз.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="265" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="002A56A9" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidR="00B87E02" w:rsidRPr="006C3F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>рыс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="335" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="002A56A9" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidR="00B87E02" w:rsidRPr="006C3F8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>асқа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A56A9" w:rsidRPr="006C3F8B" w:rsidTr="00B87E02">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="703" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="00B87E02" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="00B87E02" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="397" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="00B87E02" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="389" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="00B87E02" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="300" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="00B87E02" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="397" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="00B87E02" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="385" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="00B87E02" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="302" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="00B87E02" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="397" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="00B87E02" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="385" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="00B87E02" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="347" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="00B87E02" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="265" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="00B87E02" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="335" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="00B87E02" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A56A9" w:rsidRPr="006C3F8B" w:rsidTr="00B87E02">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="703" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="00B87E02" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="00B87E02" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="397" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="00B87E02" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="389" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="00B87E02" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="300" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="00B87E02" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="397" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="00B87E02" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="385" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="00B87E02" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="302" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="00B87E02" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="397" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="00B87E02" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="385" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="00B87E02" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="347" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="00B87E02" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="265" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="00B87E02" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="335" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="00B87E02" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A56A9" w:rsidRPr="006C3F8B" w:rsidTr="00B87E02">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="703" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="00B87E02" w:rsidRDefault="00B87E02" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B87E02">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...26 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Барлығы облыс</w:t>
+            </w:r>
+            <w:r w:rsidR="001109C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="001109C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қала </w:t>
+            </w:r>
             <w:r w:rsidRPr="00B87E02">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1470 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="00B87E02" w:rsidRDefault="00B87E02" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="397" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="00B87E02" w:rsidRDefault="00B87E02" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="389" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="00B87E02" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="300" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="00B87E02" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="397" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="00B87E02" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="385" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="00B87E02" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="302" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="00B87E02" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="397" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="00B87E02" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="385" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="00B87E02" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="347" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="00B87E02" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="265" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="00B87E02" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="335" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B87E02" w:rsidRPr="006C3F8B" w:rsidRDefault="00B87E02" w:rsidP="00B87E02">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B70278" w:rsidRDefault="00B70278" w:rsidP="00B70278">
+    <w:p w:rsidR="00FB40EE" w:rsidRDefault="00FB40EE" w:rsidP="00FE0ADF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B70278" w:rsidRDefault="00B70278" w:rsidP="00B70278">
+    <w:p w:rsidR="0035063E" w:rsidRDefault="0035063E">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B70278" w:rsidRPr="00D668E9" w:rsidRDefault="00B70278" w:rsidP="00B70278">
+    <w:p w:rsidR="00C44E1D" w:rsidRDefault="00C44E1D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C44E1D" w:rsidRDefault="00C44E1D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C44E1D" w:rsidRDefault="00C44E1D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C44E1D" w:rsidRDefault="00C44E1D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C44E1D" w:rsidRDefault="00C44E1D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C44E1D" w:rsidRDefault="00C44E1D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00323150" w:rsidRDefault="00323150" w:rsidP="00323150">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00323150" w:rsidRPr="00D668E9" w:rsidRDefault="00323150" w:rsidP="00D668E9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0035063E" w:rsidRDefault="0035063E"/>
-    <w:sectPr w:rsidR="0035063E" w:rsidSect="0059186A">
+    <w:sectPr w:rsidR="00323150" w:rsidRPr="00D668E9" w:rsidSect="0059186A">
       <w:headerReference w:type="default" r:id="rId6"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="709" w:right="851" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00C01B3C" w:rsidRDefault="00C01B3C">
+    <w:p w:rsidR="00931040" w:rsidRDefault="00931040" w:rsidP="0059186A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00C01B3C" w:rsidRDefault="00C01B3C">
+    <w:p w:rsidR="00931040" w:rsidRDefault="00931040" w:rsidP="0059186A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Lucida Sans Unicode">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00C01B3C" w:rsidRDefault="00C01B3C">
+    <w:p w:rsidR="00931040" w:rsidRDefault="00931040" w:rsidP="0059186A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00C01B3C" w:rsidRDefault="00C01B3C">
+    <w:p w:rsidR="00931040" w:rsidRDefault="00931040" w:rsidP="0059186A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-537043875"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="0059186A" w:rsidRDefault="00B70278">
+      <w:p w:rsidR="0059186A" w:rsidRDefault="0059186A">
         <w:pPr>
           <w:pStyle w:val="a4"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="006B3054">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="0059186A" w:rsidRDefault="00C01B3C">
+  <w:p w:rsidR="0059186A" w:rsidRDefault="0059186A">
     <w:pPr>
       <w:pStyle w:val="a4"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00B70278"/>
-    <w:rsid w:val="002B4FDE"/>
+    <w:rsidRoot w:val="00E50CDC"/>
+    <w:rsid w:val="000405CC"/>
+    <w:rsid w:val="001109C9"/>
+    <w:rsid w:val="00292285"/>
+    <w:rsid w:val="002A56A9"/>
+    <w:rsid w:val="00323150"/>
     <w:rsid w:val="0035063E"/>
-    <w:rsid w:val="0040419C"/>
-    <w:rsid w:val="00476C66"/>
+    <w:rsid w:val="003D0EE1"/>
+    <w:rsid w:val="003E694D"/>
+    <w:rsid w:val="004C54BB"/>
     <w:rsid w:val="004F3F77"/>
-    <w:rsid w:val="006B73FB"/>
-[...1 lines deleted...]
-    <w:rsid w:val="009C31ED"/>
+    <w:rsid w:val="0059186A"/>
+    <w:rsid w:val="005D06F4"/>
+    <w:rsid w:val="005D634C"/>
+    <w:rsid w:val="005E0546"/>
+    <w:rsid w:val="00635218"/>
+    <w:rsid w:val="00654C2E"/>
+    <w:rsid w:val="006B3054"/>
+    <w:rsid w:val="006C3F8B"/>
+    <w:rsid w:val="00700A17"/>
+    <w:rsid w:val="00742824"/>
+    <w:rsid w:val="007F36A9"/>
+    <w:rsid w:val="00812B91"/>
+    <w:rsid w:val="00813029"/>
+    <w:rsid w:val="0088331F"/>
+    <w:rsid w:val="00931040"/>
+    <w:rsid w:val="00975918"/>
+    <w:rsid w:val="00A3530B"/>
     <w:rsid w:val="00AD21CD"/>
-    <w:rsid w:val="00B70278"/>
-    <w:rsid w:val="00C01B3C"/>
+    <w:rsid w:val="00B87E02"/>
+    <w:rsid w:val="00BC1C72"/>
+    <w:rsid w:val="00BF106F"/>
+    <w:rsid w:val="00C309BA"/>
+    <w:rsid w:val="00C44E1D"/>
     <w:rsid w:val="00C85C2F"/>
+    <w:rsid w:val="00D668E9"/>
+    <w:rsid w:val="00E50CDC"/>
+    <w:rsid w:val="00E55A2A"/>
+    <w:rsid w:val="00EE1735"/>
+    <w:rsid w:val="00FB40EE"/>
+    <w:rsid w:val="00FC6086"/>
+    <w:rsid w:val="00FE0ADF"/>
+    <w:rsid w:val="00FF2520"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{E8BD9DE1-234A-430E-B0FF-F41360E995FA}"/>
+  <w14:docId w14:val="7198CB2B"/>
+  <w15:docId w15:val="{2172123E-977B-4565-8976-B49B348B9987}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3850,126 +3674,152 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00B70278"/>
+    <w:rsid w:val="00E50CDC"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00B70278"/>
+    <w:rsid w:val="00FB40EE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B70278"/>
+    <w:rsid w:val="0059186A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00B70278"/>
+    <w:rsid w:val="0059186A"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0059186A"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0059186A"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
@@ -3989,51 +3839,51 @@
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -4041,51 +3891,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -4245,71 +4095,67 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>3078</Characters>
+  <Pages>2</Pages>
+  <Words>524</Words>
+  <Characters>2990</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>25</Lines>
+  <Lines>24</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3610</CharactersWithSpaces>
+  <CharactersWithSpaces>3507</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator>Жакенов Талгат Жумабекович</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>