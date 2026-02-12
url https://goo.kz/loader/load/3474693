--- v0 (2025-12-14)
+++ v1 (2026-02-12)
@@ -1,36984 +1,27853 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/word/_rels/document.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
-[...7 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
+</Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="009834D7" w:rsidRPr="005C1CF7" w:rsidRDefault="009834D7" w:rsidP="009834D7">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:pStyle w:val="af2"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:b/>
-[...17 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Утверждаю</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Директор школы№15</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...28 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>города Павлодара</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...28 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>__________________________</w:t>
       </w:r>
-    </w:p>
-[...13 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:shd w:val="clear" w:color="auto" w:themeColor="" w:themeTint="" w:themeShade="" w:fill="FFFFFF" w:themeFill="" w:themeFillTint="" w:themeFillShade=""/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:ind w:firstLine="900"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="40"/>
+          <w:b/>
+          <w:sz w:val="40"/>
+          <w:b/>
+          <w:szCs w:val="40"/>
+          <w:iCs/>
+          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Программа развития </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:shd w:val="clear" w:color="auto" w:themeColor="" w:themeTint="" w:themeShade="" w:fill="FFFFFF" w:themeFill="" w:themeFillTint="" w:themeFillShade=""/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="900"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:b/>
+          <w:sz w:val="40"/>
+          <w:b/>
+          <w:szCs w:val="40"/>
+          <w:iCs/>
+          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">школы №15 г. Павлодара </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:shd w:val="clear" w:color="auto" w:themeColor="" w:themeTint="" w:themeShade="" w:fill="FFFFFF" w:themeFill="" w:themeFillTint="" w:themeFillShade=""/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:ind w:firstLine="900"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:i/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:i/>
+          <w:b/>
+          <w:szCs w:val="32"/>
+          <w:iCs/>
+          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
-          <w:lang w:val="kk-KZ"/>
-[...62 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>на 2019-2024 гг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...18 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...75 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>г. Павлодар, 2019 г.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="af7"/>
+        <w:tblStyle w:val="a3"/>
         <w:tblW w:w="8469" w:type="dxa"/>
+        <w:jc w:val="left"/>
         <w:tblInd w:w="817" w:type="dxa"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblBorders/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="566"/>
         <w:gridCol w:w="6992"/>
         <w:gridCol w:w="911"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009834D7" w:rsidTr="00284FD0">
+      <w:tr>
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
+            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRPr="009834D7" w:rsidRDefault="005C1CF7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">                                      </w:t>
+              </w:rPr>
+              <w:t>Содержание</w:t>
             </w:r>
-            <w:r w:rsidR="009834D7">
-[...11 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="911" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRPr="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-              <w:t>бет</w:t>
+              </w:rPr>
+              <w:t>Стр.</w:t>
             </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009834D7" w:rsidTr="00284FD0">
+      <w:tr>
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-              </w:rPr>
               <w:t>1.</w:t>
             </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRPr="009834D7" w:rsidRDefault="009834D7" w:rsidP="009A0AAE">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              </w:rPr>
+              <w:t>Раздел 1.  Паспорт Программы</w:t>
             </w:r>
-            <w:r>
-[...79 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="911" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-              </w:rPr>
               <w:t>3</w:t>
             </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009834D7" w:rsidTr="00284FD0">
+      <w:tr>
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-              </w:rPr>
               <w:t>2.</w:t>
             </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>Раздел 11.  Информационная справка о школе</w:t>
             </w:r>
-            <w:r>
-[...32 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="911" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-              </w:rPr>
               <w:t>6</w:t>
             </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009834D7" w:rsidTr="00284FD0">
+      <w:tr>
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-              </w:rPr>
               <w:t>3.</w:t>
             </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="0058065D">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">Раздел 111. </w:t>
+              <w:t>Раздел 111. Концепция развития образовательной организации</w:t>
             </w:r>
-            <w:r w:rsidR="0058065D">
-[...46 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="911" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
+            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009834D7" w:rsidTr="00284FD0">
+      <w:tr>
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
+            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRPr="0058065D" w:rsidRDefault="009834D7" w:rsidP="0058065D">
+          <w:p>
             <w:pPr>
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1.1.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Концептуальное обоснование программы развития школы.</w:t>
             </w:r>
-            <w:r w:rsidR="0058065D">
-[...43 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="911" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
+            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009834D7" w:rsidTr="00284FD0">
+      <w:tr>
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
+            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRPr="0058065D" w:rsidRDefault="009834D7" w:rsidP="0058065D">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...1 lines deleted...]
-                <w:iCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>1.2.М</w:t>
+              <w:t>1.2.Миссия школы</w:t>
             </w:r>
-            <w:r w:rsidR="0058065D">
-[...9 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="911" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
+            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009834D7" w:rsidTr="00284FD0">
+      <w:tr>
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
+            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRPr="0058065D" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.3. Нормативная база разработки </w:t>
+            </w:r>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">1.3. </w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Концепции и Программы развития школы</w:t>
             </w:r>
-            <w:r w:rsidR="0058065D">
-[...7 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="911" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
+            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009834D7" w:rsidTr="00284FD0">
+      <w:tr>
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
+            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="0058065D">
+          <w:p>
             <w:pPr>
-              <w:widowControl w:val="0"/>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:shd w:val="clear" w:color="auto" w:themeColor="" w:themeTint="" w:themeShade="" w:fill="FFFFFF" w:themeFill="" w:themeFillTint="" w:themeFillShade=""/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:right="-74" w:hanging="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:iCs/>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">1.4  </w:t>
+              <w:t>1.4  Основные направления развития школы</w:t>
             </w:r>
-            <w:r w:rsidR="0058065D">
-[...30 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="911" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
+            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009834D7" w:rsidTr="00284FD0">
+      <w:tr>
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
+            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRPr="0058065D" w:rsidRDefault="009834D7" w:rsidP="0058065D">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-                <w:iCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">1.5 </w:t>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1.5 Принципы реализации обновленного образования</w:t>
             </w:r>
-            <w:r w:rsidR="0058065D">
-[...63 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="911" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
+            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009834D7" w:rsidTr="00284FD0">
+      <w:tr>
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
+            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRPr="005B5DE8" w:rsidRDefault="009834D7" w:rsidP="005C1CF7">
+          <w:p>
             <w:pPr>
               <w:pStyle w:val="2"/>
-              <w:keepLines w:val="0"/>
+              <w:keepNext/>
+              <w:keepLines w:val="false"/>
               <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="576"/>
+                <w:tab w:val="left" w:pos="576" w:leader="none"/>
               </w:tabs>
-              <w:spacing w:before="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:ind w:left="576" w:hanging="576"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:i w:val="false"/>
+                <w:b w:val="false"/>
+                <w:sz w:val="28"/>
+                <w:i w:val="false"/>
+                <w:b w:val="false"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b w:val="0"/>
-                <w:i w:val="0"/>
                 <w:color w:val="00000A"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="0"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="00000A"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">1.6 </w:t>
+              <w:t>1.6 Компетентностный подход, как основной результат обучения</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...96 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="911" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
+            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009834D7" w:rsidTr="00284FD0">
+      <w:tr>
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
+            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="005B5DE8">
+          <w:p>
             <w:pPr>
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">1.7 </w:t>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1.7 Системно-деятельностный подход (СДП)</w:t>
             </w:r>
-            <w:r w:rsidR="005B5DE8">
-[...60 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="911" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
+            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009834D7" w:rsidTr="00284FD0">
+      <w:tr>
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
+            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="005B5DE8">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="af1"/>
-[...4 lines deleted...]
-                <w:sz w:val="28"/>
+              <w:pStyle w:val="Style23"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:left="0" w:hanging="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:i w:val="false"/>
+                <w:sz w:val="28"/>
+                <w:i w:val="false"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:i w:val="0"/>
-[...3 lines deleted...]
-              <w:t>1.8.</w:t>
+                <w:i w:val="false"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1.8.Модель выпускника (на основе компетентностного подхода)</w:t>
             </w:r>
-            <w:r w:rsidR="005B5DE8">
-[...79 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="911" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
+            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009834D7" w:rsidTr="00284FD0">
+      <w:tr>
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
+            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="005B5DE8">
+          <w:p>
             <w:pPr>
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">1.9 . </w:t>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.9 . Концепция воспитательной работы </w:t>
             </w:r>
-            <w:r w:rsidR="005B5DE8">
-[...34 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="911" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
+            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009834D7" w:rsidTr="00284FD0">
+      <w:tr>
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
+            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="005B5DE8">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="af1"/>
-[...4 lines deleted...]
-                <w:sz w:val="28"/>
+              <w:pStyle w:val="Style23"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:left="0" w:hanging="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:i w:val="false"/>
+                <w:sz w:val="28"/>
+                <w:i w:val="false"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:i w:val="0"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">1.10. </w:t>
+                <w:i w:val="false"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1.10. Система  и механизмы управления</w:t>
             </w:r>
-            <w:r w:rsidR="005B5DE8">
-[...7 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="911" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
+            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009834D7" w:rsidTr="00284FD0">
+      <w:tr>
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-              </w:rPr>
               <w:t>4.</w:t>
             </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRPr="00D04C17" w:rsidRDefault="009834D7" w:rsidP="00D04C17">
+          <w:p>
             <w:pPr>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:shd w:val="clear" w:color="auto" w:themeColor="" w:themeTint="" w:themeShade="" w:fill="FFFFFF" w:themeFill="" w:themeFillTint="" w:themeFillShade=""/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+              <w:t>Раздел</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>IV</w:t>
             </w:r>
-            <w:r w:rsidR="005B5DE8">
-[...7 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> Перспективная программа реализации</w:t>
             </w:r>
-            <w:r w:rsidR="00D04C17">
-              <w:rPr>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:shd w:val="clear" w:color="auto" w:themeColor="" w:themeTint="" w:themeShade="" w:fill="FFFFFF" w:themeFill="" w:themeFillTint="" w:themeFillShade=""/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Мектепті дамытудың негізгі  бағыттарын жүзеге асырудың перспективті бағдарламасы</w:t>
+              </w:rPr>
+              <w:t>основных направлений развития школы</w:t>
             </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="911" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
+            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009834D7" w:rsidTr="00284FD0">
+      <w:tr>
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
+            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00D04C17">
+          <w:p>
             <w:pPr>
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">.1. </w:t>
+              <w:t>.1. Этапы реализации программы развития</w:t>
             </w:r>
-            <w:r w:rsidR="00D04C17">
-[...8 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="911" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
+            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009834D7" w:rsidTr="00284FD0">
+      <w:tr>
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
+            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRPr="00D04C17" w:rsidRDefault="009834D7" w:rsidP="00D04C17">
+          <w:p>
             <w:pPr>
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:iCs/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>1.2</w:t>
+              <w:t>1.2 Механизмы реализации Программы</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...50 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="911" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
+            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009834D7" w:rsidTr="00284FD0">
+      <w:tr>
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
+            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRPr="006802F5" w:rsidRDefault="009834D7" w:rsidP="006802F5">
+          <w:p>
             <w:pPr>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:shd w:val="clear" w:color="auto" w:themeColor="" w:themeTint="" w:themeShade="" w:fill="FFFFFF" w:themeFill="" w:themeFillTint="" w:themeFillShade=""/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:right="11" w:hanging="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
-            <w:r w:rsidR="006802F5">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> Жоба</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">  Проект       «Школа социализации, создание воспитательной системы школы»</w:t>
             </w:r>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="911" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
+            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009834D7" w:rsidTr="00284FD0">
+      <w:tr>
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
+            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00EF3DB2">
+          <w:p>
             <w:pPr>
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>II</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidR="00EF3DB2">
-[...6 lines deleted...]
-              <w:t>Жоба</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Проект  «Проектирование индивидуальных программ для каждого учащегося»</w:t>
             </w:r>
-            <w:r>
-[...23 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="911" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
+            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009834D7" w:rsidTr="00284FD0">
+      <w:tr>
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
+            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00EF3DB2">
+          <w:p>
             <w:pPr>
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>III</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">  </w:t>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Проект «Формирование функциональной грамотности у школьников»</w:t>
             </w:r>
-            <w:r w:rsidR="00EF3DB2">
-[...32 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="911" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
+            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009834D7" w:rsidTr="00284FD0">
+      <w:tr>
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
+            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRPr="003926B1" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>IV</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-              <w:t>Жоба</w:t>
+              <w:t xml:space="preserve"> Проект </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Формирование профессиональных</w:t>
+            </w:r>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>«</w:t>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>компетенций учителя в условиях внедрения обновления содержания образования и инклюзивного образования»</w:t>
             </w:r>
-            <w:r w:rsidR="003926B1">
-[...63 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="911" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
+            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009834D7" w:rsidTr="00284FD0">
+      <w:tr>
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
+            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRPr="003926B1" w:rsidRDefault="009834D7" w:rsidP="003926B1">
+          <w:p>
             <w:pPr>
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:shd w:val="clear" w:color="auto" w:themeColor="" w:themeTint="" w:themeShade="" w:fill="FFFFFF" w:themeFill="" w:themeFillTint="" w:themeFillShade=""/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.3 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Критерии эффективности реализации </w:t>
+            </w:r>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:shd w:val="clear" w:color="auto" w:themeColor="" w:themeTint="" w:themeShade="" w:fill="FFFFFF" w:themeFill="" w:themeFillTint="" w:themeFillShade=""/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...40 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>к</w:t>
+              </w:rPr>
+              <w:t>Программы развития школы</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...23 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="911" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
+            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009834D7" w:rsidTr="00284FD0">
+      <w:tr>
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
+            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="007A353E">
+          <w:p>
             <w:pPr>
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">1.4 </w:t>
+              <w:t>1.4 Перспективный план работы коллектива по реализации Программы развития школы</w:t>
             </w:r>
-            <w:r w:rsidR="007A353E">
-[...66 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="911" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
+            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009834D7" w:rsidTr="00284FD0">
+      <w:tr>
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
-[...20 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRPr="007A353E" w:rsidRDefault="007A353E" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">Әдебиет </w:t>
+              </w:rPr>
+              <w:t>Литература</w:t>
             </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="911" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
+            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="009834D7">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...39 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Раздел I</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...33 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Паспорт программы развития школы</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
-      <w:r w:rsidR="00087775">
-[...106 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>На сегодня проблема инклюзивного образования актуальна во всем мире. В Казахстане это явление также не оставлено без внимания. Данная проблема требует к себе акцентированного внимания, поскольку количество детей с врожденными и приобретенными пороками развития с каждым годом растет. Государство ставит задачи ранней диагностики отклонений в развитии у детей и ранней коррекции этих отклонений за счет компенсаторных функций организма. Система образования, в свою очередь должна по мере возможности включить данную категорию детей в процесс обучения в массовых детских садах, общеобразовательных школах, профессиональных колледжей и высших учебных заведениях.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
-      <w:r w:rsidR="004B5C53">
-[...52 lines deleted...]
-      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Программа развития школы представляет собой нормативно-управленческий документ, характеризующий имеющиеся достижения и проблемы, основные тенденции, цели, задачи и направления обучения, воспитания, развития учащихся и особенности организации кадрового и методического обеспечения образовательного процесса и инновационных преобразований учебно-воспитательной системы, критерии эффективности, планируемые конечные результаты. Школа создаёт условия для обучения и воспитания детей с ограниченными образовательными возможностями, всестороннего их развития на основе создания оптимальных условий для развития механизмов продуктивного общения у учащихся и освоения ими моделей коммуникативного поведения позволяющих решить проблему социальной адаптации и дальнейшей интеграции обучающихся в современное общество.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="af7"/>
+        <w:tblStyle w:val="a3"/>
         <w:tblW w:w="9713" w:type="dxa"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblBorders/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2801"/>
-        <w:gridCol w:w="6912"/>
+        <w:gridCol w:w="6911"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009834D7" w:rsidRPr="00F10A69" w:rsidTr="00284FD0">
+      <w:tr>
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRPr="002866B3" w:rsidRDefault="002866B3" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Бағдарлама атауы</w:t>
+              </w:rPr>
+              <w:t>Название программы</w:t>
             </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6911" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRPr="002866B3" w:rsidRDefault="002866B3" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Павлодар қ. №15 ЖОБМ: «Инклюзивті білім беру мектепті комплексті дамытудың </w:t>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Программа развития СОШ №15 города Павлодара Павлодарской области  по теме: «Инклюзивное образование как долгосрочная стратегия комплексного развития школы»</w:t>
             </w:r>
-            <w:r w:rsidR="009A0AAE">
-[...70 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009834D7" w:rsidTr="00284FD0">
+      <w:tr>
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="004D15E8" w:rsidRDefault="004D15E8" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Бағдарламаның ғылыми-әдістемелік </w:t>
+              </w:rPr>
+              <w:t>Научно-методические основы разработки Программы</w:t>
             </w:r>
-          </w:p>
-[...42 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6911" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="004D15E8" w:rsidP="009834D7">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="af0"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:ind w:left="176" w:hanging="284"/>
+              <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-              <w:t>Бала құқығы туралы к</w:t>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Конвенция о правах ребёнка; </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...16 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="004D15E8" w:rsidP="009834D7">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="af0"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:ind w:left="176" w:hanging="284"/>
+              <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-              <w:t>ҚР</w:t>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Закон РК «Об образовании»; </w:t>
             </w:r>
-            <w:r w:rsidR="009834D7">
-[...40 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
-          <w:p w:rsidR="004D15E8" w:rsidRPr="004D15E8" w:rsidRDefault="004D15E8" w:rsidP="009834D7">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="af0"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:ind w:left="176" w:hanging="284"/>
+              <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-              <w:t>Жалпы білім берудің мемлекеттік білім беру стандарты</w:t>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Государственный образовательный стандарт общего образования </w:t>
             </w:r>
+            <w:r/>
           </w:p>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="004F284E" w:rsidP="009834D7">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="af0"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:ind w:left="176" w:hanging="284"/>
+              <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Білім беруді 2020 жылға дейін дамытудың мемлекеттік бадарламасы.  </w:t>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Государственная программа развития образования до 2020 г.</w:t>
             </w:r>
+            <w:r/>
           </w:p>
-          <w:p w:rsidR="009834D7" w:rsidRPr="004F284E" w:rsidRDefault="009834D7" w:rsidP="004F284E">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="af0"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:ind w:left="176" w:hanging="284"/>
+              <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>«</w:t>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Закон «О социальной и медико-педагогической коррекционной поддержке детей с ограниченными возможностями»</w:t>
             </w:r>
-            <w:r w:rsidR="004F284E">
-[...27 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="004F284E" w:rsidP="009834D7">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="af0"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:ind w:left="176" w:hanging="284"/>
+              <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-              <w:t>Мектептің  л</w:t>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Локальные акты школы;</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...42 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="004F284E" w:rsidP="009834D7">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="af0"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:ind w:left="176" w:hanging="284"/>
+              <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-              <w:t>Мектеп жарғысы</w:t>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Устав школы.</w:t>
             </w:r>
-            <w:r w:rsidR="009834D7">
-[...6 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009834D7" w:rsidTr="00284FD0">
+      <w:tr>
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRPr="009D4B18" w:rsidRDefault="009D4B18" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Бағдарламаны жүзеге асыру мерзімі мен кезеңдері</w:t>
+              </w:rPr>
+              <w:t>Сроки и этапы реализации программы</w:t>
             </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6911" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>жж</w:t>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                           </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>.</w:t>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2019-2024 гг.</w:t>
             </w:r>
+            <w:r/>
           </w:p>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
               <w:pStyle w:val="FR2"/>
-              <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:hanging="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b w:val="false"/>
+                <w:sz w:val="28"/>
+                <w:b w:val="false"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b w:val="0"/>
+                <w:b w:val="false"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b w:val="0"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:b w:val="false"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> этап (2019-2020 год) –  констатирующий; </w:t>
             </w:r>
-            <w:r w:rsidR="009D4B18">
-[...55 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
               <w:pStyle w:val="FR2"/>
-              <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:hanging="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b w:val="false"/>
+                <w:sz w:val="28"/>
+                <w:b w:val="false"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b w:val="0"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">II </w:t>
+                <w:b w:val="false"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>II этап (2021-2023 годы) – формирующий;</w:t>
             </w:r>
-            <w:r w:rsidR="009D4B18">
-[...55 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="009D4B18">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>III</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> этап (2023-2024 годы) – рефлексивно-обобщающий.</w:t>
             </w:r>
-            <w:r w:rsidR="009D4B18">
-[...77 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009834D7" w:rsidRPr="00F10A69" w:rsidTr="00284FD0">
+      <w:tr>
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRPr="00A674AF" w:rsidRDefault="00A674AF" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-              <w:t>Бағдарлама мақсаты</w:t>
+              </w:rPr>
+              <w:t>Цель программы</w:t>
             </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6911" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A674AF" w:rsidRPr="00A674AF" w:rsidRDefault="00A674AF" w:rsidP="009834D7">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="af0"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:ind w:left="33"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:left="33" w:hanging="360"/>
+              <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-              <w:t>Мектептің әрбір оқушысының білім беру міндеттерін шешуге бағытталған, оқыту сапасының тиімділігін арттыруға және әрбір оқушыны тәрбиелеуге бағытталған инклюзивті білім берудің то</w:t>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Формирование целостной системы инклюзивного образования каждого учащегося школы, направленное на решение образовательных задач, повышение эффективности качества обучения и воспитания каждого учащегося; </w:t>
             </w:r>
-            <w:r w:rsidR="009A0AAE">
-[...16 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
-          <w:p w:rsidR="009834D7" w:rsidRPr="00E11994" w:rsidRDefault="00A674AF" w:rsidP="00E11994">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="af0"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:ind w:left="33"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:left="33" w:hanging="360"/>
+              <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Создание оптимальных условий для развития механизмов продуктивного общения учащихся и освоения ими моделей коммуникативного поведения позволяющего решить проблему социальной адаптации и дальнейшей интеграции обучающихся в современное общество.</w:t>
             </w:r>
-            <w:r w:rsidR="00E11994">
-[...7 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009834D7" w:rsidRPr="00F10A69" w:rsidTr="00284FD0">
+      <w:tr>
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRPr="006D2C10" w:rsidRDefault="006D2C10" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Бағдарламаның басты міндеттері</w:t>
+              </w:rPr>
+              <w:t>Основные задачи программы</w:t>
             </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6911" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00D57C51" w:rsidRPr="00D57C51" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D57C51">
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Разработать условия учебной среды, адекватной возможности каждого ребенка  в условия инклюзивного образования. </w:t>
+            </w:r>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="392" w:leader="none"/>
+              </w:tabs>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="200"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:i/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Разработать и реализовать  индивидуальные образовательные программы коррекционной работы с учащимися;</w:t>
+            </w:r>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Способствовать развитию учащихся как субъектов отношений с людьми, с миром и с собой, предполагающее успешность, самоуправление и самореализацию учащихся в образовательных видах деятельности.</w:t>
+            </w:r>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidR="00D57C51">
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Осуществить индивидуализацию образовательного процесса на основе широкого использования ИКТ, через формирование средств и способов самостоятельного развития и продвижения ученика в образовательном процессе</w:t>
+            </w:r>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>Оқыту  ортасының, әр  баланың инклюзивті білім беру жағдайындағы адекватты мүмкіндігін жақсарту.</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Содействовать созданию предпосылок к интеграции в школьную среду; \</w:t>
             </w:r>
+            <w:r/>
           </w:p>
-          <w:p w:rsidR="00D57C51" w:rsidRPr="00F7137D" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Выявить и сформировать готовность к обучению, развитие интереса к познанию, интеграция в обучающую среду; </w:t>
+            </w:r>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Способствовать формированию навыков широкого спектра и функциональной грамотности у школьников в соответствии с индивидуальными особенностями процессов познания, с типом характера, возрастом учащихся и уровнем требований программы, государственного стандарта; </w:t>
+            </w:r>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Активизировать личностное  развитие, положительный эмоциональный мотив продуктивного общения, интеграции в ученическую  среду, социализацию в обществе; </w:t>
+            </w:r>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Использовать учителями школы  современных образовательных технологий, в том числе, ИКтехнологий  в обучении.</w:t>
+            </w:r>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Разработать систему критериев, необходимых для обеспечения реализации основных образовательных программ и достижения планируемых результатов в свете требований обновления содержания образования.</w:t>
+            </w:r>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="392"/>
+                <w:tab w:val="left" w:pos="392" w:leader="none"/>
               </w:tabs>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="200"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F7137D">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">- </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Формировать профессиональную компетентность педагогических кадров, способных к инновационной профессиональной деятельности, обладающими необходимым уровнем методологической культуры и сформированной готовностью к непрерывному образованию.</w:t>
             </w:r>
-            <w:r w:rsidR="00F7137D">
-[...43 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
-          <w:p w:rsidR="00F7137D" w:rsidRPr="00ED2117" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
-              <w:jc w:val="both"/>
-[...474 lines deleted...]
-            <w:pPr>
+              <w:pStyle w:val="Normal"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="392"/>
+                <w:tab w:val="left" w:pos="392" w:leader="none"/>
               </w:tabs>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="200"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB4CBB">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">- </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Проводить комплексные мониторинговые исследования  результатов деятельности  педагогов, образовательного процесса и эффективности инноваций.</w:t>
             </w:r>
-            <w:r w:rsidR="00AB4CBB">
-[...7 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
-          <w:p w:rsidR="00AB4CBB" w:rsidRPr="00615EDF" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="392"/>
+                <w:tab w:val="left" w:pos="392" w:leader="none"/>
               </w:tabs>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="200"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00615EDF">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">- </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Разработать и реализовать воспитательную систему  по развитию самоуправления и по духовно-нравственному воспитанию.</w:t>
             </w:r>
-            <w:r w:rsidR="00615EDF">
-[...7 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
-          <w:p w:rsidR="00615EDF" w:rsidRPr="009D518F" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="392"/>
+                <w:tab w:val="left" w:pos="392" w:leader="none"/>
               </w:tabs>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="200"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009D518F">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">- </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Апробировать и внедрять наиболее эффективные психодиагностические комплексы для выявления и развития детей.</w:t>
             </w:r>
-            <w:r w:rsidR="009D518F">
-[...25 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
-          <w:p w:rsidR="009D518F" w:rsidRPr="00762065" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="392"/>
+                <w:tab w:val="left" w:pos="392" w:leader="none"/>
               </w:tabs>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="200"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00762065">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">- </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Создать необходимую материально-техническую базу, обеспечивающую высокое качество образования (среднего общего) и дополнительного.</w:t>
             </w:r>
-            <w:r w:rsidR="00762065">
-[...97 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
-          <w:p w:rsidR="00762065" w:rsidRPr="00D86F6E" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="392"/>
+                <w:tab w:val="left" w:pos="392" w:leader="none"/>
               </w:tabs>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="200"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D86F6E">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">- </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Разработать и реализовать эффективное управление всеми образовательными структурами и персоналом, включенных в учебно-воспитательный процесс, в реализацию программы развития школы.</w:t>
             </w:r>
-            <w:r w:rsidR="00D86F6E">
-[...94 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009834D7" w:rsidRPr="00F10A69" w:rsidTr="00284FD0">
+      <w:tr>
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRPr="00DD4835" w:rsidRDefault="00DD4835" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-              <w:t>Бағдарламаны әзірлеушілер</w:t>
+              </w:rPr>
+              <w:t>Разработчики программы</w:t>
             </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6911" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRPr="00DD4835" w:rsidRDefault="00DD4835" w:rsidP="00DD4835">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-              <w:t>Ғылыми жетекші</w:t>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Научный руководитель, администрация и коллектив учителей</w:t>
             </w:r>
-            <w:r w:rsidR="009834D7" w:rsidRPr="00DD4835">
-[...34 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009834D7" w:rsidRPr="00F10A69" w:rsidTr="00284FD0">
+      <w:tr>
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRPr="00251FE4" w:rsidRDefault="00251FE4" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Бағдарламаны басқару</w:t>
+              </w:rPr>
+              <w:t>Управление программой</w:t>
             </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6911" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRPr="00251FE4" w:rsidRDefault="00251FE4" w:rsidP="00AC49B7">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-              <w:t>Дамыту бағдарламасы басқарушы құж</w:t>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Программа развития является управляющим документом. Общий контроль выполнения программных мероприятий осуществляет администрация, педагогический совет.</w:t>
             </w:r>
-            <w:r w:rsidR="00AC49B7">
-[...16 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009834D7" w:rsidRPr="00F10A69" w:rsidTr="00284FD0">
+      <w:tr>
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRPr="00251FE4" w:rsidRDefault="00251FE4" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Бағдарламаны қаржылық қамтамасыз ету</w:t>
+              </w:rPr>
+              <w:t>Финансовое обеспечение программы</w:t>
             </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6911" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="004449BB" w:rsidRDefault="004449BB" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Бағдарламаның орындалуы бюджеттік қаржыландыру есебінен қамтамасыз етіледі. </w:t>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Выполнение программы обеспечивается за счёт бюджетного  финансирования.</w:t>
             </w:r>
-          </w:p>
-[...9 lines deleted...]
-            </w:pPr>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009834D7" w:rsidRPr="00A2007D" w:rsidRDefault="009834D7" w:rsidP="009834D7">
-[...25 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Раздел II</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Информационная справка</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...91 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ГУ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidR="000E3C40">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="009834D7" w:rsidRPr="00A2007D">
+        </w:rPr>
+        <w:t>Средняя общеобразовательная школа №15 г. Павлодара</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
-      <w:r w:rsidR="000E3C40">
-[...1 lines deleted...]
-          <w:b/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:shd w:fill="000000" w:val="clear"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000E3C40">
-[...38 lines deleted...]
-      </w:pPr>
+      <w:r/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10532" w:type="dxa"/>
+        <w:jc w:val="left"/>
         <w:tblInd w:w="-19" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
           <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
           <w:insideH w:val="single" w:sz="2" w:space="0" w:color="000001"/>
         </w:tblBorders>
         <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="-3" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4753"/>
         <w:gridCol w:w="5779"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009834D7" w:rsidTr="00284FD0">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="23"/>
+          <w:trHeight w:val="23" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4753" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideH w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:fill="FFFFFF" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="-3" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="000E3C40" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Мектеп д</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Директор школы </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...27 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideH w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideV w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:fill="FFFFFF" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="-3" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Шакенова</w:t>
+              <w:t>Шакенова  Нургуль Жилкибаевна</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...39 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009834D7" w:rsidTr="00284FD0">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="23"/>
+          <w:trHeight w:val="23" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4753" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideH w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:fill="FFFFFF" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="-3" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="000E3C40" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Құрылған жылы</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Год основания </w:t>
             </w:r>
-            <w:r w:rsidR="009834D7">
-[...7 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideH w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideV w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:fill="FFFFFF" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="-3" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRPr="000E3C40" w:rsidRDefault="009834D7" w:rsidP="000E3C40">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="Normal"/>
             </w:pPr>
-            <w:r w:rsidRPr="000E3C40">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1940</w:t>
             </w:r>
-            <w:r w:rsidR="000E3C40">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>ж.</w:t>
+              </w:rPr>
+              <w:t>г</w:t>
             </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009834D7" w:rsidTr="00284FD0">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="23"/>
+          <w:trHeight w:val="23" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4753" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideH w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:fill="FFFFFF" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="-3" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRPr="000E3C40" w:rsidRDefault="000E3C40" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Мектептің мекенжайы</w:t>
+              </w:rPr>
+              <w:t>Адрес школы</w:t>
             </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideH w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideV w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:fill="FFFFFF" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="-3" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="000E3C40">
+          <w:p>
             <w:pPr>
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Ак</w:t>
+              <w:t>Ак.Чокина 32</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...59 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009834D7" w:rsidTr="00284FD0">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="23"/>
+          <w:trHeight w:val="23" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4753" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideH w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:fill="FFFFFF" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="-3" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRPr="000E3C40" w:rsidRDefault="000E3C40" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Жобалық </w:t>
+              </w:rPr>
+              <w:t>Проектная мощность</w:t>
             </w:r>
-            <w:r w:rsidR="006D5A5C">
-[...18 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideH w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideV w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:fill="FFFFFF" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="-3" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="000E3C40">
-            <w:r w:rsidRPr="000E3C40">
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">580  </w:t>
             </w:r>
-            <w:r w:rsidR="000E3C40">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>оқушы орны</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">ученических мест </w:t>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009834D7" w:rsidTr="00284FD0">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="23"/>
+          <w:trHeight w:val="23" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4753" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideH w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:fill="FFFFFF" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="-3" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRPr="000E3C40" w:rsidRDefault="000E3C40" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Мектеп  ғимаратының  жалпы  алаңы</w:t>
+              </w:rPr>
+              <w:t>Общая площадь здания школы</w:t>
             </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideH w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideV w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:fill="FFFFFF" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="-3" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRPr="000E3C40" w:rsidRDefault="009834D7" w:rsidP="000E3C40">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="Normal"/>
             </w:pPr>
-            <w:r w:rsidRPr="000E3C40">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">2453 </w:t>
             </w:r>
-            <w:r w:rsidR="000E3C40">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>ш</w:t>
+              </w:rPr>
+              <w:t>кв.м., 2 этажа, типовое</w:t>
             </w:r>
-            <w:r>
-[...36 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009834D7" w:rsidTr="00284FD0">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="23"/>
+          <w:trHeight w:val="23" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4753" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideH w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:fill="FFFFFF" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="-3" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Контингент</w:t>
             </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideH w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideV w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:fill="FFFFFF" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="-3" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
-            <w:r w:rsidRPr="000E3C40">
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">353, 35 </w:t>
             </w:r>
-            <w:r w:rsidR="00346749">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>сынып</w:t>
+              </w:rPr>
+              <w:t>классов: 1-4 классы-179</w:t>
+            </w:r>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                           </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...10 lines deleted...]
-              <w:t>-сыныптар</w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5-10 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>-179</w:t>
+              <w:t>классы-201</w:t>
             </w:r>
-          </w:p>
-[...29 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009834D7" w:rsidTr="00284FD0">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="23"/>
+          <w:trHeight w:val="23" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4753" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideH w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:fill="FFFFFF" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="-3" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRPr="00346749" w:rsidRDefault="00346749" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Оқытылу тілі</w:t>
+              </w:rPr>
+              <w:t>Язык обучения</w:t>
             </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideH w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideV w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:fill="FFFFFF" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="-3" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRPr="00346749" w:rsidRDefault="00346749" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Аралас </w:t>
+              </w:rPr>
+              <w:t>Смешанный</w:t>
             </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009834D7" w:rsidRPr="00F10A69" w:rsidTr="00284FD0">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="23"/>
+          <w:trHeight w:val="23" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4753" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideH w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:fill="FFFFFF" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="-3" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRPr="00346749" w:rsidRDefault="00346749" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Оқытылатын тілдер бойынша сыныптар</w:t>
+              </w:rPr>
+              <w:t>Классы по языкам обучения</w:t>
             </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideH w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideV w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:fill="FFFFFF" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="-3" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRPr="00346749" w:rsidRDefault="00346749" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Казахский язык обучения: 7 кл.- 4 учащихся</w:t>
+            </w:r>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-[...53 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Орыс тілінде оқытылады</w:t>
+              </w:rPr>
+              <w:t>Русский язык обучения: 1 кл.- 42, 2 кл.- 56, 3 кл.- 47, 4 кл.-34, 5 кл.- 33, 6 кл.- 20, 7 кл.- 40, 8 кл.- 34, 9 кл.- 21, 10 кл.-22 учащихся.</w:t>
             </w:r>
-            <w:r w:rsidR="009834D7" w:rsidRPr="00816EDD">
-[...228 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009834D7" w:rsidTr="00284FD0">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="23"/>
+          <w:trHeight w:val="23" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4753" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideH w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:fill="FFFFFF" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="-3" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRPr="00816EDD" w:rsidRDefault="00816EDD" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Сабақтар ауысымы</w:t>
+              </w:rPr>
+              <w:t>Сменность занятий</w:t>
             </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideH w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideV w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:fill="FFFFFF" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="-3" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
-            <w:r w:rsidRPr="00346749">
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">1 </w:t>
             </w:r>
-            <w:r w:rsidR="00816EDD">
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">смена – 165 (17 кл.:1,4,8,9,10), </w:t>
+            </w:r>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-[...40 lines deleted...]
-                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">2 </w:t>
+              <w:t>2 смена –188 (18 кл.:2,3,4,5,6,7)</w:t>
             </w:r>
-            <w:r w:rsidR="00816EDD">
-[...36 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009834D7" w:rsidTr="00284FD0">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="23"/>
+          <w:trHeight w:val="23" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4753" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideH w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:fill="FFFFFF" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="-3" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRPr="00816EDD" w:rsidRDefault="00816EDD" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Оқу</w:t>
+              </w:rPr>
+              <w:t>Учебно-материальная база</w:t>
             </w:r>
-            <w:r w:rsidR="009834D7">
-[...46 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
-          <w:p w:rsidR="009834D7" w:rsidRPr="00346749" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideH w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideV w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:fill="FFFFFF" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="-3" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="00816EDD" w:rsidP="00E8761D">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="7"/>
+                <w:numId w:val="44"/>
               </w:numPr>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>учебные кабинеты-18</w:t>
+            </w:r>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>оқу</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>компьютерный класс-1, персональных компьютеров 29</w:t>
             </w:r>
-            <w:r w:rsidR="009834D7">
-              <w:rPr>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>мастерская-1</w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кабинет обслуживающего труда-1</w:t>
             </w:r>
-            <w:r w:rsidR="009834D7">
-              <w:rPr>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-[...2 lines deleted...]
-              <w:t>кабинет</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>спортзал-1</w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>тері</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>актовый зал-1 на 84 места</w:t>
             </w:r>
-            <w:r w:rsidR="009834D7">
-              <w:rPr>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-[...2 lines deleted...]
-              <w:t>-18</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>столовая-1 на 60 мест</w:t>
             </w:r>
+            <w:r/>
           </w:p>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00E8761D">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="7"/>
+                <w:numId w:val="44"/>
               </w:numPr>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>библиотека с книгохранилищем и читальным залом на 12 посадочных мест.</w:t>
+            </w:r>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:ind w:left="720" w:right="0" w:hanging="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-[...2 lines deleted...]
-              <w:t>компьютер</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Общий фонд-44863, из них на государственном языке-3989.</w:t>
             </w:r>
-            <w:r w:rsidR="00816EDD">
-              <w:rPr>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> сыныбы</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>медицинский кабинет-1</w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">-1, </w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кабинет психолога-1</w:t>
             </w:r>
-            <w:r w:rsidR="00816EDD">
-              <w:rPr>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">жеке </w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кабинет социального педагога-1</w:t>
             </w:r>
-            <w:r>
-              <w:rPr>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> компьютер</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кабинет логопеда-1</w:t>
             </w:r>
-            <w:r w:rsidR="00816EDD">
-              <w:rPr>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-[...25 lines deleted...]
-                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>шеберхана</w:t>
+              </w:rPr>
+              <w:t>интерактивная доска-6</w:t>
             </w:r>
-            <w:r w:rsidR="009834D7">
-[...649 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009834D7" w:rsidTr="00284FD0">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="23"/>
+          <w:trHeight w:val="23" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4753" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideH w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:fill="FFFFFF" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="-3" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRPr="007833B7" w:rsidRDefault="009834D7" w:rsidP="007833B7">
+          <w:p>
             <w:pPr>
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>Кадр</w:t>
+              <w:t xml:space="preserve">Кадровый состав </w:t>
             </w:r>
-            <w:r w:rsidR="007833B7">
-[...8 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideH w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideV w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:fill="FFFFFF" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="-3" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="00FC0F03" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Общее количество педагогов-83 </w:t>
+            </w:r>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-              <w:t>П</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>По образованию: высшее-80 (96%)</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-              <w:rPr>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-[...31 lines deleted...]
-                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Білімдері бойынша</w:t>
+              </w:rPr>
+              <w:t>По категориям: высшая-42 (51%)</w:t>
             </w:r>
-            <w:r w:rsidR="009834D7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-              <w:t xml:space="preserve">: </w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                           </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">жоғары </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">первая– 15(18%) </w:t>
             </w:r>
-            <w:r w:rsidR="009834D7">
-[...7 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="00FC0F03" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
-              <w:rPr>
-[...4 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="Normal"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">: </w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                           </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">жоғары </w:t>
+              </w:rPr>
+              <w:t>второй -19 (23%)</w:t>
             </w:r>
-            <w:r w:rsidR="009834D7">
-[...7 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">                           </w:t>
             </w:r>
-            <w:r w:rsidR="00FC0F03">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Бірінші </w:t>
+              </w:rPr>
+              <w:t>без категории-7(8%)</w:t>
             </w:r>
-            <w:r>
-[...69 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009834D7" w:rsidRPr="00F10A69" w:rsidTr="00284FD0">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="23"/>
+          <w:trHeight w:val="23" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4753" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideH w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:fill="FFFFFF" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="-3" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRPr="00E95E65" w:rsidRDefault="00E95E65" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Оқушылардың </w:t>
+              </w:rPr>
+              <w:t>Сведения о питании учащихся</w:t>
             </w:r>
-            <w:r w:rsidR="006D5A5C">
-[...38 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideH w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideV w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:fill="FFFFFF" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="-3" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRPr="00E95E65" w:rsidRDefault="00E95E65" w:rsidP="00E95E65">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Тамақтанумен қамтылған оқушалыр саны</w:t>
+              </w:rPr>
+              <w:t>Количество учащихся, охваченных питанием-100%, из них горячим питанием 75%, бесплатным горячим питанием- 22%</w:t>
             </w:r>
-            <w:r w:rsidR="009834D7" w:rsidRPr="00E95E65">
-[...58 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009834D7" w:rsidTr="00284FD0">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="23"/>
+          <w:trHeight w:val="23" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4753" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideH w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:fill="FFFFFF" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="-3" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRPr="00E95E65" w:rsidRDefault="00E95E65" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Мектепті қаржыландыру </w:t>
+              </w:rPr>
+              <w:t>Финансирование школы</w:t>
             </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideH w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideV w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:fill="FFFFFF" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="-3" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRPr="00E95E65" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
-              <w:jc w:val="both"/>
-[...413 lines deleted...]
-            <w:pPr>
+              <w:pStyle w:val="Normal"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2010 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>г.- 73 млн.242 тыс.</w:t>
+            </w:r>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2011 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>г.- 93 млн.484 тыс. 800</w:t>
+            </w:r>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2012 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>г.- 119 млн.478 тыс.700</w:t>
+            </w:r>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2013 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>г.- 143 млн. 543 тыс.</w:t>
+            </w:r>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2014 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>г.- 162 млн. 205 тыс.900</w:t>
+            </w:r>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2015 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>г.- 166 млн.477 тыс.800</w:t>
+            </w:r>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2016 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>г. – 211 млн.883 тыс.800</w:t>
+            </w:r>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2017 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>г.- 240 млн.575 тыс.500</w:t>
+            </w:r>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2018</w:t>
             </w:r>
-            <w:r w:rsidR="007242ED">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>ж</w:t>
+              </w:rPr>
+              <w:t>г.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> - 272</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>млн.425</w:t>
+              <w:t>млн.425тыс.100</w:t>
             </w:r>
-            <w:r w:rsidR="007242ED">
-[...17 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009834D7" w:rsidTr="00284FD0">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="449"/>
+          <w:trHeight w:val="449" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4753" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideH w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:fill="FFFFFF" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="-3" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRPr="007242ED" w:rsidRDefault="007242ED" w:rsidP="007242ED">
+          <w:p>
             <w:pPr>
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">Негізгі құралдарды </w:t>
+              </w:rPr>
+              <w:t>Приобретение основных средств</w:t>
             </w:r>
-            <w:r w:rsidR="006D5A5C">
-[...38 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideH w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideV w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:fill="FFFFFF" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="-3" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRDefault="009834D7" w:rsidP="007242ED">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="007242ED">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">2017 </w:t>
             </w:r>
-            <w:r w:rsidR="007242ED">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>ж</w:t>
+              </w:rPr>
+              <w:t>год – 346 тыс.(спорттовары)</w:t>
             </w:r>
-            <w:r w:rsidR="006D5A5C">
-[...56 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009834D7" w:rsidRPr="00F10A69" w:rsidTr="00284FD0">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="23"/>
+          <w:trHeight w:val="23" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4753" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideH w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:fill="FFFFFF" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="-3" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRPr="007242ED" w:rsidRDefault="007242ED" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Күрделі </w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Капитальный ремонт</w:t>
             </w:r>
-            <w:r w:rsidR="006D5A5C">
-[...18 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideH w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideV w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:fill="FFFFFF" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="-3" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRPr="006D5A5C" w:rsidRDefault="009834D7" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006D5A5C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">2017 </w:t>
+              </w:rPr>
+              <w:t>2017 год-11млн.760 тыс. тенге</w:t>
             </w:r>
-            <w:r w:rsidR="007242ED">
-              <w:rPr>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="006D5A5C">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">-11млн.760 </w:t>
+              </w:rPr>
+              <w:t>2018 год — 1млн117тыс кап.ремонт кровли; 16млн 800тыскап.ремонт по замене окон.</w:t>
             </w:r>
-            <w:r w:rsidR="007242ED">
-[...140 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009834D7" w:rsidRPr="00F10A69" w:rsidTr="00284FD0">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="1189"/>
+          <w:trHeight w:val="1189" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4753" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideH w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:fill="FFFFFF" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="-3" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRPr="00521EF3" w:rsidRDefault="00521EF3" w:rsidP="00284FD0">
+          <w:p>
             <w:pPr>
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Оқыту</w:t>
+              </w:rPr>
+              <w:t>Особенности организации учебного процесса</w:t>
             </w:r>
-            <w:r w:rsidR="006D5A5C">
-[...38 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideH w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:insideV w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:fill="FFFFFF" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="-3" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009834D7" w:rsidRPr="00093E3A" w:rsidRDefault="00093E3A" w:rsidP="00093E3A">
+          <w:p>
             <w:pPr>
+              <w:pStyle w:val="Normal"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman CYR"/>
+                <w:rFonts w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Арнайы сыныптардың жұмыс істеуі</w:t>
+              </w:rPr>
+              <w:t>Функционирование специальных классов: ОНР (общее недоразвитие речи), ЗПР (задержка психического развития)</w:t>
             </w:r>
-            <w:r w:rsidR="009834D7" w:rsidRPr="00093E3A">
-[...98 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009834D7" w:rsidRPr="00093E3A" w:rsidRDefault="009834D7" w:rsidP="009834D7">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Раздел III </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Концепция развития</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образовательно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>й организации</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Образование – неотъемлемое право человека. Особое место в системе отечественного образования занимают дети с ограниченными возможностями. Вопросы обеспечения жизнедеятельности детей данной категории определены в Законах Республики Казахстан «Об образовании», «О правах ребенка в Республике Казахстан», «О социальной и медико-педагогической коррекционной поддержке детей с ограниченными возможностями», а также в ряде нормативных правовых актах.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009834D7" w:rsidRPr="00765AE0">
-[...22 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Имея в соответствии с Конституцией Республики Казахстан и Законом РК «Об образовании» равные со всеми другими детьми права на образование и творческое развитие. В жизни же дети с ограниченными возможностями сталкиваются с трудностями, а то и невозможностью получить хорошее образование. Сегодня большинство инвалидов получает среднее образование или в спецшколах и интернатах, или на дому.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Инклюзивное образование является одним из процессов трансформации системы образования, ориентированным на формирование условий доступности качественного образования для всех. Инклюзивное образование предполагает включение детей с особыми образовательными потребностями независимо от их физических, психических, интеллектуальных, культурно-этнических, языковых и иных особенностей в общеобразовательную среду, устранение всех барьеров для получения качественного образования, социальной адаптации и интеграции в социуме.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Инклюзивное образование стремится развить методологию, направленную на детей и признающую, что все дети — индивидуумы с различными потребностями в обучении. Инклюзивное образование старается разработать подход к преподаванию и обучению, который будет более гибким для удовлетворения различных потребностей в обучении. Если преподавание и обучение станут более эффективными в результате изменений, которые внедряет инклюзивное образование, тогда выиграют все дети (не только дети с особыми потребностями).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Признавая инклюзивное образование одной из стратегических задач развития системы общего образования РК на современном этапе, следует рассматривать этот подход, как один из возможных подходов, который будет сосуществовать с другими подходами (коррекционные организации образования).</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...870 lines deleted...]
-        <w:pStyle w:val="af0"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Принципы инклюзивного образования:</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...20 lines deleted...]
-        <w:pStyle w:val="af0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ценность человека не зависит от его способностей и достижений;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...38 lines deleted...]
-        <w:pStyle w:val="af0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Каждый человек способен чувствовать и думать;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...38 lines deleted...]
-        <w:pStyle w:val="af0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Каждый человек имеет право на общение и на то, чтобы быть услышанным;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...20 lines deleted...]
-        <w:pStyle w:val="af0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Все люди нуждаются друг в друге;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...29 lines deleted...]
-        <w:pStyle w:val="af0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Подлинное образование может осуществляться только в контексте реальных взаимоотношений;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...47 lines deleted...]
-        <w:pStyle w:val="af0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Все люди нуждаются в поддержке и дружбе ровесников;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...29 lines deleted...]
-        <w:pStyle w:val="af0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для всех обучающихся достижение прогресса скорее может быть в том, что они могут делать, чем в том, что не могут;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...58 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Разнообразие усиливает все стороны жизни человека.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
-      <w:r w:rsidR="00446F14">
-[...29 lines deleted...]
-        <w:pStyle w:val="af0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Система инклюзивного образования строится на основании следующих принципов:</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...20 lines deleted...]
-        <w:pStyle w:val="af0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>системность и непрерывность образования;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...37 lines deleted...]
-        <w:pStyle w:val="af0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вариативность инклюзивного образования </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...37 lines deleted...]
-        <w:pStyle w:val="af0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>создание разных моделей инклюзивного образования, применение различных подходов и методов в обучении, воспитании, развитии и социальной реабилитации детей с особыми образовательными потребностями;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...65 lines deleted...]
-        <w:pStyle w:val="af0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>добровольность и свобода выбора типа образовательной организации и форм обучения родителями ребёнка, с учётом желания, индивидуальных склонностей и особенностей ребёнка;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...20 lines deleted...]
-        <w:pStyle w:val="af0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">комплексный подход и социальное партнёрство; </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...29 lines deleted...]
-        <w:pStyle w:val="af0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оказание медицинских, социальных и образовательных услуг широкого профиля; </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...29 lines deleted...]
-        <w:pStyle w:val="af0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>координация и взаимодействие различных ведомств. Социальных институтов. Общественных и родительских организаций с целью максимальной эффективности включения с ООП в систему общего образования</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...46 lines deleted...]
-        <w:pStyle w:val="af0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>индивидуальный и дифференцированный подход;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...43 lines deleted...]
-        <w:pStyle w:val="af0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>коррекционно-развивающая и социально-адаптированная направленность инклюзивного образования предполагает преодоление проблем развития ребёнка с опорой на его здоровые силы и потенциальные возможности.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Создание условий для включения школьников с особыми образовательными потребностями в общеобразовательный процесс:</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...84 lines deleted...]
-        <w:pStyle w:val="af0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>раннее выявление детей с ООП и оказание им своевременной комплексной поддержки и помощи через развитие сети психолого- медико-педагогической консультаций, кабинетов психолого– педагогичексой коррекции и инклюзивного образования, социальной защиты и здравоохранения;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...29 lines deleted...]
-        <w:pStyle w:val="af0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>создание безбарьерной среды, обеспечение детей с ООП вспомогательными техническими средствами обучения;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...28 lines deleted...]
-        <w:pStyle w:val="af0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организация службы комплексного сопровождения;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...46 lines deleted...]
-        <w:pStyle w:val="af0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обеспечение условий для ранней профориентации, предпрофильной и профессиональной подготовки учащихся с особыми образовательными потребностями в системе общего образования;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...110 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>активное привлечение родителей и общественных организаций в процесс развития инклюзивного образования.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
-      <w:r w:rsidR="0019349E">
-[...321 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Определены два магистральных направления развития инклюзивного образования в школе.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Первое направление</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – это выявление нарушений психофизического развития у детей и организация коррекционно-педагогической работы</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Второе направление – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>включение детей с ограниченными возможностями в развитии в общеобразовательный процесс путём создания для них безбарьерной среды, вариативных условий обучения и воспитания с учётом их психофизических особенностей.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
-      <w:r w:rsidR="0059680B">
-[...62 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Необходимость разработки данной Программы развития определяется действием как внешних, так и внутренних факторов.  </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>К внешним факторам</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> необходимо отнести изменения социальной, политической и экономической жизни страны. </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
-      <w:r w:rsidR="008C3081" w:rsidRPr="008C3081">
-[...484 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">К наиболее важным из них можно отнести:  </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Ориентация социальной жизни страны на нормы и ценности гражданского общества, необходимость усвоения и применения школьниками социально-значимых ценностей и норм поведения. </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Экономика завтрашнего дня – это инновационная экономика знаний, инвестиционных проектов и наукоемких технологий; ускорение темпов обновления технологий.  </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Информатизация мирового сообщества, обусловливает необходимость создания информационной образовательной среды, применения ИК технологий в образовательном процессе, делопроизводстве и управлении школой. </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Применение компьютерных программ. Проблема, связанная с применением компьютеров в обучении детей с ООП, не является новой, однако решение этой проблемы в настоящее время необходимо для социализации и дальнейшей интеграции данной категории детей в обществе.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>К внутренним факторам относятся</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="af0"/>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...73 lines deleted...]
-        <w:pStyle w:val="af0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">концептуальное право ребенка с отклонениями в развитии, как члена общества, на охрану жизни и здоровья; </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...56 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">получение детьми, имеющими нарушения интеллекта, образования, гуманного по своему характеру; </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бережное отношение к индивидуальности каждого ребенка, имеющего интеллектуальную недостаточность; </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">адаптированность системы специального образования к уровням и особенностям развития и подготовки детей; </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осуществление дифференцированного подхода к обучению, воспитанию, развитию детей с ООП на основе уже имеющихся знаний и представлений. </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.1 Концептуальное обоснование программы развития школы.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...46 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Концепция строится на основе признанных в современной педагогике ценностей образования.  Миссия школы определяется как «Обучение детей с ООП; создание специальной коррекционно-развивающей образовательной среды для освоения государственных образовательных стандартов; воспитание и обучение, коррекция нарушений развития, социальная адаптация». Педагогический коллектив ориентирован на осуществление </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проектов «Школа социализации для детей с ООП», «Проектирование индивидуальных программ для каждого учащегося», «Формирование функциональной грамотности у школьников», «Формирование профессиональных компетенций учителя в условиях внедрения обновления содержания образования и инклюзивного образования».</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Школа социализации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – это организация воспитывающей среды и общественных отношений, обеспечивающих эффективную, социальную адаптацию личности, проявление её социальной активности. Для этого необходимо создать оптимальные педагогические условия, помогающие ребенку с особыми образовательными потребностями (ООП) выразить себя в образовательной, трудовой деятельности, культурном развитии, а так же способствующие ребёнку с ООП установить прочные связи с окружающим социумом, обеспечить их широту и многообразие, сформировать жизненную компетентность. Важным звеном в социализации детей с ООП является привлечение семьи к воспитанию и полноправному её участию в деятельности школы.  </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:shd w:val="clear" w:color="auto" w:themeColor="" w:themeTint="" w:themeShade="" w:fill="FFFFFF" w:themeFill="" w:themeFillTint="" w:themeFillShade=""/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="68" w:firstLine="561"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:spacing w:val="-10"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Проектирование индивидуальных программ для каждого учащегося».</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...47 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Новые задачи, стоящие перед системой образования  приобретают особую актуальность в связи с последними достижениями психолого-педагогической науки и практики. . </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Данная</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...607 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проблема вызвана причинами – это несоответствие структуры образовательного пространства индивидуальному подходу, традиционные формы образования,  особенности личности каждого ребенка,  затруднения в обучении, связанные: с состоянием здоровья, неблагоприятной обстановкой в семье, др. причинами. Мы выделили </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>квадрат проблем</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, которые необходимо решить в деятельности педагогам с детьми, нуждающимся в педагогической поддержке.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...36 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Квадрат проблем учащихся</w:t>
+      </w:r>
+      <w:r/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4677" w:type="dxa"/>
         <w:jc w:val="center"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2364"/>
-        <w:gridCol w:w="2313"/>
+        <w:gridCol w:w="2338"/>
+        <w:gridCol w:w="2338"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002A31B7" w:rsidTr="00A02824">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr>
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002A31B7" w:rsidRPr="000331C6" w:rsidRDefault="002A31B7" w:rsidP="00A02824">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>М</w:t>
-            </w:r>
-[...4 lines deleted...]
-              </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                    <wp:anchor behindDoc="0" distT="0" distB="0" distL="114300" distR="114300" simplePos="0" locked="0" layoutInCell="1" allowOverlap="1" relativeHeight="2">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>1937385</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>340360</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="366395" cy="366395"/>
-                      <wp:effectExtent l="0" t="0" r="33655" b="33655"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="34" name="Полилиния 34"/>
-[...2 lines deleted...]
-                      </wp:cNvGraphicFramePr>
+                      <wp:docPr id="1" name="Полилиния 14"/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
-                            <wps:cNvSpPr>
-[...1 lines deleted...]
-                            </wps:cNvSpPr>
+                            <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
-                                <a:ext cx="366395" cy="366395"/>
+                                <a:ext cx="365760" cy="365760"/>
                               </a:xfrm>
                               <a:custGeom>
                                 <a:avLst/>
                                 <a:gdLst/>
                                 <a:ahLst/>
-                                <a:cxnLst/>
                                 <a:rect l="0" t="0" r="r" b="b"/>
                                 <a:pathLst>
                                   <a:path w="24301" h="16201">
                                     <a:moveTo>
                                       <a:pt x="16200" y="10800"/>
                                     </a:moveTo>
                                     <a:cubicBezTo>
                                       <a:pt x="16200" y="7817"/>
                                       <a:pt x="13782" y="5400"/>
                                       <a:pt x="10800" y="5400"/>
                                     </a:cubicBezTo>
                                     <a:cubicBezTo>
                                       <a:pt x="7817" y="5400"/>
                                       <a:pt x="5400" y="7817"/>
                                       <a:pt x="5400" y="10800"/>
                                     </a:cubicBezTo>
                                     <a:lnTo>
                                       <a:pt x="0" y="10800"/>
                                     </a:lnTo>
                                     <a:cubicBezTo>
                                       <a:pt x="0" y="4835"/>
                                       <a:pt x="4835" y="0"/>
                                       <a:pt x="10800" y="0"/>
                                     </a:cubicBezTo>
                                     <a:cubicBezTo>
                                       <a:pt x="16764" y="0"/>
                                       <a:pt x="21599" y="4835"/>
                                       <a:pt x="21600" y="10799"/>
                                     </a:cubicBezTo>
                                     <a:lnTo>
                                       <a:pt x="21600" y="10800"/>
                                     </a:lnTo>
                                     <a:lnTo>
                                       <a:pt x="24300" y="10800"/>
                                     </a:lnTo>
                                     <a:lnTo>
                                       <a:pt x="18900" y="16200"/>
                                     </a:lnTo>
                                     <a:lnTo>
                                       <a:pt x="13500" y="10800"/>
                                     </a:lnTo>
                                     <a:lnTo>
                                       <a:pt x="16200" y="10800"/>
                                     </a:lnTo>
                                   </a:path>
                                 </a:pathLst>
                               </a:custGeom>
                               <a:solidFill>
-                                <a:srgbClr val="FFFFFF"/>
+                                <a:srgbClr val="ffffff"/>
                               </a:solidFill>
                               <a:ln w="9360">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:miter/>
                               </a:ln>
                             </wps:spPr>
                             <wps:style>
-                              <a:lnRef idx="0">
-[...7 lines deleted...]
-                              </a:effectRef>
+                              <a:lnRef idx="0"/>
+                              <a:fillRef idx="0"/>
+                              <a:effectRef idx="0"/>
                               <a:fontRef idx="minor"/>
                             </wps:style>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
-                      <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-                      </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
-                  <w:pict>
-[...4 lines deleted...]
-                  </w:pict>
+                  <w:pict/>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>едицинские</w:t>
+            </w:r>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...2 lines deleted...]
-              <w:t>едицин</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
-            <w:r>
-[...18 lines deleted...]
-            </w:pPr>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002A31B7" w:rsidRPr="000331C6" w:rsidRDefault="002A31B7" w:rsidP="00A02824">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>П</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>сихологи</w:t>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сихологические</w:t>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A31B7" w:rsidTr="00A02824">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr>
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002A31B7" w:rsidRPr="000331C6" w:rsidRDefault="002A31B7" w:rsidP="00A02824">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>И</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>нтеллектуальные</w:t>
+            </w:r>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...2 lines deleted...]
-              <w:t>нтеллектуал</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
-            <w:r>
-[...18 lines deleted...]
-            </w:pPr>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2338" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002A31B7" w:rsidRPr="000331C6" w:rsidRDefault="002A31B7" w:rsidP="00A02824">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Әлеуметтік</w:t>
+              </w:rPr>
+              <w:t>С</w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>оциальные</w:t>
+            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002A31B7" w:rsidRDefault="002A31B7" w:rsidP="002A31B7">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:i/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...49 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>К медицинским проблемам можно отнести:</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>психосоматические</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>соматические</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>физическое развитие</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>социально-значимые заболевания</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>К интеллектуальным проблемам можно отнести:</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проблемы отставания в учебе, не усвоения того или иного материала</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проблемы талантливого, любознательного ребенка</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>К социальным проблемам можно отнести:</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>неблагоприятные социальные условия</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асоциальное поведение как форма протеста</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>К психологическим проблемам можно отнести:</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>страхи перед школой, учителем</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нарушение коммуникации</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:shd w:val="clear" w:color="auto" w:themeColor="" w:themeTint="" w:themeShade="" w:fill="FFFFFF" w:themeFill="" w:themeFillTint="" w:themeFillShade=""/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="40" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Формирование функциональной грамотности у школьников».</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сегодня существует </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">необходимость в формировании у школьников функциональной грамотности, определении критериев качества </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образования в соответствии с обновлением содержания образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и ориентацией на компетентностные показатели и характеристики обучающихся.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  В основе новой системы деятельности должна лежать компетентность педагогов в области </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обновления содержания образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, а также практическая оснащенность педагогов индивидуально-личностными технологиями в образовательном процессе.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:shd w:val="clear" w:color="auto" w:themeColor="" w:themeTint="" w:themeShade="" w:fill="FFFFFF" w:themeFill="" w:themeFillTint="" w:themeFillShade=""/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="40" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Формирование профессиональных компетенций учителя в условиях внедрения обновления содержания образования и инклюзивного образования </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Компетентность и связанное с ней понятие компетенции традиционно широко используются в контексте профессиональной характеристики педагога. Это и психическое состояние, позволяющее действовать самостоятельно, и обладание способностью и умением выполнять определенные трудовые функции, и уровень образованности и общей культуры личности, и единство теоретической и практической готовности к осуществлению педагогической деятельности, и интеграция опыта, теоретических знаний и практических умений, а также значимых для педагога личностных качеств.  </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:shd w:val="clear" w:color="auto" w:themeColor="" w:themeTint="" w:themeShade="" w:fill="FFFFFF" w:themeFill="" w:themeFillTint="" w:themeFillShade=""/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="40" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:shd w:val="clear" w:color="auto" w:themeColor="" w:themeTint="" w:themeShade="" w:fill="FFFFFF" w:themeFill="" w:themeFillTint="" w:themeFillShade=""/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:spacing w:val="1"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.2 Миссия школы</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Педагогический коллектив </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> видит свое предназначение в формировании успешной и ответственной жизненной позиции обучающихся, развивая их социальную активность, умение взаимодействовать друг с другом в процессе реализации классных, школьных и других проектов, организации коллективных творческих дел, праздников, мероприятий, исходя из посыла о том, что  умение работать в коллективе, вносить свой вклад в общее дело оценивается в государственных и частных структурах, научных и производственных коллективах достаточно высоко. </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Миссия школы – создавать максимальные возможности для развития и проявления разнообразных способностей детей с ООП и с повышенным уровнем познавательной активности, формирования их компетентности в осуществлении исследовательской деятельности и формировании собственной жизненной стратегии с целью их успешного самоопределения, социализации и самореализации.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.3. Нормативная база разработки </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Концепции и Программы развития школы</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Данные положения хорошо согласуются с реализуемыми сегодня в образовании основополагающими документами. В них подчеркивается значимость включения в деятельность современной общеобразовательной организации таких характеристик, как: </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl w:val="false"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="709" w:hanging="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>компетентностный  и системно-деятельностный подходы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в реализации процесса и результата образования;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl w:val="false"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="709" w:hanging="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">внедрение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>новых образовательных технологий,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> направленных как на реализацию компетентностного подхода, так и индивидуально-личностное развитие обучающихся;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl w:val="false"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="709" w:hanging="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">повышение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уровня воспитательной работы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в школе.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:shd w:val="clear" w:color="auto" w:themeColor="" w:themeTint="" w:themeShade="" w:fill="FFFFFF" w:themeFill="" w:themeFillTint="" w:themeFillShade=""/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Задачи и ориентиры обновления образования обозначены следующим образом: ориентация на качественное обучение, воспитание и развитие всех без исключения учащихся; формирование функциональной грамотности; приоритет личностного развития обучаемых перед всеми формами их информирования; максимальное развитие способностей каждого учащегося; последовательное овладение на соответствующих этапах обучения элементами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> творческой самореализации, формирование основы для социального самоопределения и самообразования, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подготовка к проектированию своего развития, воспитание стремления</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к самореализации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и способности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...34 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к адекватной самооценке.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:shd w:val="clear" w:color="auto" w:themeColor="" w:themeTint="" w:themeShade="" w:fill="FFFFFF" w:themeFill="" w:themeFillTint="" w:themeFillShade=""/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4171" w:leader="none"/>
+          <w:tab w:val="left" w:pos="5155" w:leader="none"/>
+          <w:tab w:val="left" w:pos="7464" w:leader="dot"/>
+          <w:tab w:val="left" w:pos="8035" w:leader="dot"/>
+          <w:tab w:val="left" w:pos="9826" w:leader="dot"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В числе важнейших критериев эффективности образования указаны не только учебная эффективность (качество знаний выпускников, подготовленность к продолжению образования и участию в сфере производства), но и социальная эффективность (подготовленность выпускников</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к творческой самореализации и саморазвитию).</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl w:val="false"/>
+        <w:shd w:val="clear" w:color="auto" w:themeColor="" w:themeTint="" w:themeShade="" w:fill="FFFFFF" w:themeFill="" w:themeFillTint="" w:themeFillShade=""/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="1429" w:right="-74" w:hanging="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:spacing w:val="1"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl w:val="false"/>
+        <w:shd w:val="clear" w:color="auto" w:themeColor="" w:themeTint="" w:themeShade="" w:fill="FFFFFF" w:themeFill="" w:themeFillTint="" w:themeFillShade=""/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="1429" w:right="-74" w:hanging="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:spacing w:val="1"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.4  Основные направления развития школы</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:shd w:val="clear" w:color="auto" w:themeColor="" w:themeTint="" w:themeShade="" w:fill="FFFFFF" w:themeFill="" w:themeFillTint="" w:themeFillShade=""/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="709" w:right="-74" w:hanging="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:spacing w:val="1"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:shd w:val="clear" w:color="auto" w:themeColor="" w:themeTint="" w:themeShade="" w:fill="FFFFFF" w:themeFill="" w:themeFillTint="" w:themeFillShade=""/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="-74" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Таким образом, определились основные направления Программы развития школы   на ближайшие годы:</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
-        <w:tabs>
-[...41 lines deleted...]
-      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:themeColor="" w:themeTint="" w:themeShade="" w:fill="FFFFFF" w:themeFill="" w:themeFillTint="" w:themeFillShade=""/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="1134" w:right="11" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">создание воспитательной системы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
-        <w:tabs>
-[...32 lines deleted...]
-      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:themeColor="" w:themeTint="" w:themeShade="" w:fill="FFFFFF" w:themeFill="" w:themeFillTint="" w:themeFillShade=""/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="1134" w:right="11" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">формирование новой системы деятельности педагога в условиях обновления содержания образования  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
-        <w:tabs>
-[...22 lines deleted...]
-      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:themeColor="" w:themeTint="" w:themeShade="" w:fill="FFFFFF" w:themeFill="" w:themeFillTint="" w:themeFillShade=""/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="1134" w:right="11" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">формирование образовательной среды (внедрение образовательных, здоровьесберегающих, информационно-коммуникационных технологий), формирующей функциональную грамотность </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
-        <w:tabs>
-[...87 lines deleted...]
-      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:themeColor="" w:themeTint="" w:themeShade="" w:fill="FFFFFF" w:themeFill="" w:themeFillTint="" w:themeFillShade=""/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="1134" w:right="11" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>критериальная оценка качества образования школьников  с опорой на компетентностный подход.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
-        <w:tabs>
-[...73 lines deleted...]
-      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:themeColor="" w:themeTint="" w:themeShade="" w:fill="FFFFFF" w:themeFill="" w:themeFillTint="" w:themeFillShade=""/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="1134" w:right="11" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>создание условий для успешной деятельности учащихся с ООП, нуждающихся в  педагогической поддержке.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.5 Принципы реализации обновленного образования</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Принцип гуманизации образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> является основополагающим принципом деятельности, предусматривающим переоценку всех компонентов педагогического процесса в свете их человекообразующих функций.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="799" w:hanging="374"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Принцип развивающего обучения.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Современная психологическая наука различает два уровня развития ребенка: актуальный и зону ближайшего развития. Развивающее обучение в школе опирается на зону ближайшего развития и способствует ускорению развития.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="799" w:hanging="374"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Принцип индивидуализации обучения.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Под индивидуализацией обучения понимают всесторонний и всеобъемлющий учет уровня развития и способностей </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>каждого</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ученика, формирование на этой основе личных планов развития и обучения, программ стимулирования и коррекции развития способностей.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="799" w:hanging="374"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Принцип дифференциации обучения.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Под дифференциацией обучения понимается такая структура школы, при которой всецело учитываются индивидуальные способности учащегося и формируются группы для их совместного обучения и развития.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Принцип целостности образования.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Под целостностью образования в школе понимается единство процессов развития, обучения и воспитания учащихся, сбалансированность отраслей знаний в содержании образования, адекватность педагогических технологий содержанию и задачам обучения.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Принцип гуманитаризации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> способствует формированию у учащихся многоплановой, целостной и динамичной картины духовного развития человечества на протяжении веков.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принцип непрерывности. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принцип непрерывности образования действует как фундаментальная основа организации целостной системы образования. </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:keepNext/>
+        <w:keepLines w:val="false"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="576" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...55 lines deleted...]
-      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="576" w:hanging="576"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="00000A"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i w:val="false"/>
+          <w:color w:val="00000A"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:keepNext/>
+        <w:keepLines w:val="false"/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="576" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="576" w:hanging="576"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="00000A"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i w:val="false"/>
+          <w:color w:val="00000A"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i w:val="false"/>
+          <w:color w:val="00000A"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.6   Компетентностный подход, как основной результат обучения</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:i/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...60 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:sz w:val="28"/>
-[...135 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Целевая установка обновления содержания образования: основным результатом обучения становится освоение обобщенных способов действий (компетенций) и достижение новых уровней развития личности учащихся.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:i/>
-          <w:sz w:val="28"/>
-[...87 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
           <w:i/>
-          <w:sz w:val="28"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Решение основной задачи предполагает осуществление</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> компетентностного подхода.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:i/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...30 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:sz w:val="28"/>
-[...688 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рассматривая проблемы качества образования, считаем необходимым  переход от парадигмы оценки учащихся по знаниям, умениям, навыкам к компетентностному подходу. Компетентностный подход наиболее точно отражает суть модернизации в сфере образования. Основным в понимании компетентностного подхода является создание психолого-педагогических условий  для личных достижений учащихся. Целевую направленность школы связываем с формированием ключевых компетенций ученика, учителя, родителей, управленческой команды, созданием условий (мотивационных, педагогических, методических, управленческих и др.) перехода школы  к компетентностному подходу.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:i/>
-          <w:iCs/>
-[...41 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
           <w:i/>
-          <w:iCs/>
-[...301 lines deleted...]
-      <w:pPr>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Поиск подходов к достижению цели видим в решении следующих задач:</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...22 lines deleted...]
-      <w:pPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="180" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Изучение нормативной документации, ориентированной на компетентностный подход;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...93 lines deleted...]
-      <w:pPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="180" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Проведение социальных исследований по выявлению уровня востребованности ключевых компетенций и навыков широкого спектра;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...23 lines deleted...]
-      <w:pPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="180" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Организация системы обучения педколлектива по данной проблеме;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...23 lines deleted...]
-      <w:pPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="180" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Внедрение технологий формирования компетенций, диагностического инструментария по выявлению уровней сформированности компетенций;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...65 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="180" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Апробация образовательных технологий и диагностического инструментария в творческой группе педагогов;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="180" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Проведение семинара-практикума по проблеме;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="180" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Проведение научно-практической конференции;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="180" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Издание методических наработок  педагогов;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="180" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Внедрение опыта  работы  по проблеме в практику работы всех участников образовательного процесса;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="180" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для формирования компетенций во всех сферах жизнедеятельности человека усилить воздействие семьи, сверстников, социального окружения, профессиональной  среды микросоциума, социокультурного пространства   на учащихся.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:shd w:val="clear" w:color="auto" w:themeColor="" w:themeTint="" w:themeShade="" w:fill="FFFFFF" w:themeFill="" w:themeFillTint="" w:themeFillShade=""/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="-74" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="180" w:hanging="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...30 lines deleted...]
-        <w:spacing w:after="0"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.7    Системно-деятельностный подход (СДП)</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="180" w:hanging="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...20 lines deleted...]
-        <w:widowControl/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="180" w:hanging="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Системно-деятельностный подход (СДП) ориентирован на достижение основного результата - развитие личности ребенка на основе учебной деятельности. СДП предполагает смещение акцентов в  построении образовательного процесса от модели "Чему учить?" (обновление содержания)  к модели "Как учить?" (обновление средств обучения). Как обучать в новых условиях, как научить детей учиться, чтобы помочь им быть успешными в жизни.  Как отмечал Л.С. Выготский, способности проявляются в деятельности и в ней же формируются. Значит, сегодня учебный процесс должен быть "деятельностным", дети должны получать не готовые знания, а добывать их в процессе своей деятельности. При этом важна не просто активность детей, а такой образовательный процесс, в ходе которого у них формируются требуемые компетенции и способности: - умение ставить цель; - делать выбор; - принимать решения ; - и доводить их до исполнения или другими словами, как раз и формируется умение учиться, способность к самоизменению и саморазвитию.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="180" w:hanging="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В настоящее время разрабатывается широкий спектр технологий обучения, в частности деятельностной.  Технология деятельностного метода строится на основе структуры учебной деятельности и включает в себя все существенные компоненты этой деятельности.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="180" w:hanging="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Учебная деятельность - это деятельность ученика, суть которой заключается в развитии собственных способностей, необходимых для освоения культурных ценностей общества.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="180" w:hanging="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Как человек учится чему-либо? Методологически обоснованное описание этого процесса дано в специальной литературе. Мы рассмотрим структуру учебной деятельности исходя из того пути, который учащиеся должны проходить на уроке для системного формирования у них общеучебных умений. Очевидно, что для того, чтобы учиться чему-либо, ученик должен дать себе соответствующую установку - поставить цель.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="180" w:hanging="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Когда это может произойти? Когда ученик чего-то не знает или не умеет. Но это "знание о незнании" может возникнуть только тогда, когда человек что-то делал, пробовал. Однако в его действиях возникло затруднение - иначе бы он все сделал до конца, и ему не надо было ставить перед собой никакую новую цель. Таким образом, мы получаем следующую последовательность шагов учебной деятельности.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="180" w:hanging="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Пробное         Затруднение         Цель               Действие</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="180" w:hanging="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="180" w:hanging="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Но человек начинает что-то делать только тогда, когда у него возникает мотивация к этому действию. Поэтому добавляем еще один шаг.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="180" w:hanging="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мотивация      Пробное     Затруднение     Цель  Действие                                               </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="180" w:hanging="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="180" w:hanging="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Итак, наш ученик поставил перед собой цель что-то узнать. У него возникло затруднение. Как действовать дальше? </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="180" w:hanging="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для эффективного выхода из затруднения необходимо выполнить следующие действия:</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="180" w:hanging="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Исследование (анализ, в каком месте возникло затруднение)</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="180" w:hanging="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Критика (установить, по какой причине возникло затруднение)</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="180" w:hanging="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Проект (поставить перед собой цель и построить проект, в который   включается составление плана, определение способа и средств достижения цели).</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="180" w:hanging="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Завершается путь учения самоконтролем (сопоставление результата с целью) и самооценкой (определением: достигнута ли поставленная цель и в какой степени).</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:shd w:val="clear" w:color="auto" w:themeColor="" w:themeTint="" w:themeShade="" w:fill="FFFFFF" w:themeFill="" w:themeFillTint="" w:themeFillShade=""/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="-74" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="283" w:firstLine="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.8 Модель выпускника (на основе компетентностного подхода)</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="284" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Современное общество характеризуется информационным взрывом, научно-технической революцией, глобализацией социальной жизни, усилением взаимодействия культур. В этих условиях от школы требуется не только вооружить обучающихся новейшими знаниями в области естественных и гуманитарных наук, но и способностью самостоятельно находить и осмысливать информацию, обеспечить формирование  функциональной грамотности, выраженной в ключевых компетенциях.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="284" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Поэтому уровень умственной и психологической подготовки обучающихся, уровень их адаптации к жизненному пространству должен быть достаточно высоким и прочным.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="284" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для этого на каждой ступени образования выпускник должен обладать определенным уровнем развития мышления, различными навыками и умениями, сформированными компетенциями, рядом личностных качеств.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="284" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Модель выпускника понимается нами как образ ожидаемого результата образовательной деятельности.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="283" w:firstLine="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="283" w:firstLine="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Модель выпускника I ступени</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="283" w:firstLine="426"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="283" w:firstLine="426"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Выпускник начальной школы должен:</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="283" w:firstLine="426"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...22 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:i w:val="0"/>
-[...46 lines deleted...]
-        <w:widowControl/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Освоить общеобразовательные программы по предметам учебного плана на уровне, достаточном для продолжения образования на ступени основного общего образования (т.е. должны быть сформированы  учебные действия как основа умения учиться).</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...112 lines deleted...]
-        <w:widowControl/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Овладеть простейшими навыками самоконтроля учебных действий, культурой поведения и речи. </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...51 lines deleted...]
-        <w:widowControl/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Освоить способы деятельности (познавательную, речевую, алгоритм работы с информацией, порядок организации деятельности: установление последовательности действий, выполнение инструкций, определение способов контроля, определение причин возникающих трудностей, нахождение и самостоятельное исправление ошибок и др.). </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...50 lines deleted...]
-        <w:widowControl/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Овладеть основными навыками учебной деятельности, элементами критического мышления. </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...86 lines deleted...]
-        <w:widowControl/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сформировать потребность самостоятельно учиться, желания учиться, понимания взаимосвязи внешнего мира. </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...410 lines deleted...]
-      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Овладеть основами личной гигиены и здорового образа жизни. </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="283" w:firstLine="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Модель выпускника II ступени</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="283" w:firstLine="426"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Выпускник основной школы должен:</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="283" w:firstLine="426"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...21 lines deleted...]
-      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Освоить на уровне требований государственных программ учебный материал по всем предметам школьного учебного плана. </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...57 lines deleted...]
-      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Овладеть необходимыми знаниями и навыками социальных и культурных норм жизни в обществе. </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...21 lines deleted...]
-      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Овладеть простейшими знаниями о профессиях. </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...178 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проявлять первоначальное владение ключевыми компетенциями: </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- овладение культурой учебного труда; </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="1429" w:hanging="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- овладение информационно-коммуникативной деятельностью; </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="1429" w:hanging="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- овладение рефлексивной деятельностью; </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="1429" w:hanging="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- умение вести диалог и взаимодействовать с социумом (коллективом, семьей, друзьями); </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="1429" w:hanging="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- способность вести здоровый образ жизни; </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="1429" w:hanging="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- иметь знаний о себе как личности; </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="1429" w:hanging="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- умение решать проблемные ситуации и брать на себя ответственность; </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="1429" w:hanging="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- проявлять активную жизненную позицию. </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
           <w:iCs/>
-          <w:spacing w:val="1"/>
-[...9 lines deleted...]
-        <w:ind w:left="180"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="283" w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1298 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Модель выпускника III ступени</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
           <w:iCs/>
-          <w:spacing w:val="1"/>
-[...354 lines deleted...]
-        <w:pStyle w:val="af1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="283" w:firstLine="426"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Выпускник средней школы должен:</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="283" w:firstLine="426"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...38 lines deleted...]
-        <w:pStyle w:val="af1"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Успешно освоить все программы по предметам школьного учебного плана.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...20 lines deleted...]
-        <w:pStyle w:val="af1"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Овладеть видами деятельности в различных жизненных ситуациях: трудовыми, учебными, игровыми, познавательным, а также средствами и способами деятельности: планированием, проектированием, моделированием, прогнозированием, исследованием. </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...139 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Овладеть функциональной грамотностью, ключевыми компетенциями. </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.9  Концепция воспитательной работы </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:ind w:firstLine="426"/>
-        <w:jc w:val="center"/>
-[...54 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В современных условиях на очередном инновационно-технологическом этапе реформирования системы образования формируются новые стратегические цели и тенденции содержания образования и воспитания. Воспитательная работа должна стать специально организованным процессом формирования и принятия гуманных социально одобряемых ценностей и образцов гражданского поведения. Школа должна стать «вторым домом детей, в котором хорошо, комфортно, интересно каждому ребенку» (Ш.А.Амонашвили). Решение данной проблемы может быть успешно достигнуто на основе разработанной  научной  системы  заблаговременного поиска, отбора, обучения и воспитания одаренной и талантливой учащейся молодежи - будущего интеллектуального потенциала общества.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:ind w:firstLine="426"/>
-        <w:rPr>
-[...26 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="114300" distR="114300">
+                <wp:extent cx="3998595" cy="3639185"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="2" name="Полотно 67"/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr/>
+                      <wpg:grpSpPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3997800" cy="3638520"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="3997800" cy="3546360"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="0"/>
+                          <a:fillRef idx="0"/>
+                          <a:effectRef idx="0"/>
+                          <a:fontRef idx="minor"/>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wpg:grpSp>
+                        <wpg:cNvGrpSpPr/>
+                        <wpg:grpSpPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="3884760" cy="3638520"/>
+                          </a:xfrm>
+                        </wpg:grpSpPr>
+                        <wps:wsp>
+                          <wps:cNvSpPr txBox="1"/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="82440" y="613440"/>
+                              <a:ext cx="3639240" cy="3009960"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:srgbClr val="ffffff"/>
+                            </a:solidFill>
+                            <a:ln w="25560">
+                              <a:solidFill>
+                                <a:srgbClr val="0000ff"/>
+                              </a:solidFill>
+                              <a:round/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p>
+                                <w:pPr/>
+                                <w:r>
+                                  <w:rPr/>
+                                </w:r>
+                              </w:p>
+                              <w:p>
+                                <w:pPr/>
+                                <w:r>
+                                  <w:rPr/>
+                                </w:r>
+                              </w:p>
+                              <w:p>
+                                <w:pPr/>
+                                <w:r>
+                                  <w:rPr/>
+                                </w:r>
+                              </w:p>
+                              <w:p>
+                                <w:pPr>
+                                  <w:jc w:val="center"/>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr/>
+                                </w:r>
+                              </w:p>
+                              <w:p>
+                                <w:pPr/>
+                                <w:r>
+                                  <w:rPr/>
+                                </w:r>
+                              </w:p>
+                              <w:p>
+                                <w:pPr/>
+                                <w:r>
+                                  <w:rPr/>
+                                </w:r>
+                              </w:p>
+                              <w:p>
+                                <w:pPr>
+                                  <w:jc w:val="center"/>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr/>
+                                </w:r>
+                              </w:p>
+                              <w:p>
+                                <w:pPr>
+                                  <w:jc w:val="center"/>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr/>
+                                </w:r>
+                              </w:p>
+                              <w:p>
+                                <w:pPr>
+                                  <w:jc w:val="center"/>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr/>
+                                </w:r>
+                              </w:p>
+                              <w:p>
+                                <w:pPr>
+                                  <w:jc w:val="center"/>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                  </w:rPr>
+                                  <w:t>индивидуализация</w:t>
+                                </w:r>
+                              </w:p>
+                              <w:p>
+                                <w:pPr>
+                                  <w:jc w:val="center"/>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr/>
+                                </w:r>
+                              </w:p>
+                              <w:p>
+                                <w:pPr>
+                                  <w:jc w:val="center"/>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr/>
+                                </w:r>
+                              </w:p>
+                              <w:p>
+                                <w:pPr>
+                                  <w:jc w:val="center"/>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                  </w:rPr>
+                                  <w:t>социализация</w:t>
+                                </w:r>
+                              </w:p>
+                              <w:p>
+                                <w:pPr>
+                                  <w:jc w:val="center"/>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr/>
+                                </w:r>
+                              </w:p>
+                              <w:p>
+                                <w:pPr>
+                                  <w:jc w:val="center"/>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr/>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr wrap="square"/>
+                        </wps:wsp>
+                        <wpg:grpSp>
+                          <wpg:cNvGrpSpPr/>
+                          <wpg:grpSpPr>
+                            <a:xfrm>
+                              <a:off x="0" y="0"/>
+                              <a:ext cx="3884760" cy="3638520"/>
+                            </a:xfrm>
+                          </wpg:grpSpPr>
+                          <wps:wsp>
+                            <wps:cNvSpPr txBox="1"/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="247680" y="749880"/>
+                                <a:ext cx="910080" cy="655200"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:solidFill>
+                                <a:srgbClr val="ffffff"/>
+                              </a:solidFill>
+                              <a:ln w="19080">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:round/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:jc w:val="center"/>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:b/>
+                                    </w:rPr>
+                                    <w:t>Познай себя</w:t>
+                                  </w:r>
+                                </w:p>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:jc w:val="center"/>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr/>
+                                  </w:r>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr wrap="square"/>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvSpPr txBox="1"/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="1488600" y="749880"/>
+                                <a:ext cx="910080" cy="459000"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:solidFill>
+                                <a:srgbClr val="ffffff"/>
+                              </a:solidFill>
+                              <a:ln>
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:jc w:val="center"/>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:b/>
+                                    </w:rPr>
+                                    <w:t>Найди себя</w:t>
+                                  </w:r>
+                                </w:p>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:jc w:val="center"/>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr/>
+                                  </w:r>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr wrap="square"/>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvSpPr txBox="1"/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="2646000" y="749880"/>
+                                <a:ext cx="908640" cy="494640"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:solidFill>
+                                <a:srgbClr val="ffffff"/>
+                              </a:solidFill>
+                              <a:ln>
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:jc w:val="center"/>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:b/>
+                                    </w:rPr>
+                                    <w:t>Реализуй себя</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr wrap="square"/>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvSpPr txBox="1"/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="247680" y="1364040"/>
+                                <a:ext cx="981720" cy="655200"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:solidFill>
+                                <a:srgbClr val="ffffff"/>
+                              </a:solidFill>
+                              <a:ln>
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:jc w:val="right"/>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:color w:val="333333"/>
+                                    </w:rPr>
+                                    <w:t>Саморазвитие</w:t>
+                                  </w:r>
+                                </w:p>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:jc w:val="center"/>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr/>
+                                  </w:r>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr wrap="square"/>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvSpPr txBox="1"/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="1462320" y="1362600"/>
+                                <a:ext cx="1012320" cy="459000"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:solidFill>
+                                <a:srgbClr val="ffffff"/>
+                              </a:solidFill>
+                              <a:ln>
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:jc w:val="center"/>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:color w:val="333333"/>
+                                    </w:rPr>
+                                    <w:t>Партнерство</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:b/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve"> </w:t>
+                                  </w:r>
+                                </w:p>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:jc w:val="center"/>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr/>
+                                  </w:r>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr wrap="square"/>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvSpPr txBox="1"/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="2590920" y="1364040"/>
+                                <a:ext cx="966600" cy="459000"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:solidFill>
+                                <a:srgbClr val="ffffff"/>
+                              </a:solidFill>
+                              <a:ln>
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:jc w:val="center"/>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:color w:val="333333"/>
+                                    </w:rPr>
+                                    <w:t>Целостность</w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:b/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve"> </w:t>
+                                  </w:r>
+                                </w:p>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:jc w:val="center"/>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr/>
+                                  </w:r>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr wrap="square"/>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvSpPr txBox="1"/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="247680" y="1977480"/>
+                                <a:ext cx="910080" cy="459000"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:solidFill>
+                                <a:srgbClr val="ffffff"/>
+                              </a:solidFill>
+                              <a:ln>
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:jc w:val="center"/>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:b/>
+                                    </w:rPr>
+                                    <w:t>Педагогика выбора</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr wrap="square"/>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvSpPr txBox="1"/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="1488600" y="1977480"/>
+                                <a:ext cx="910080" cy="552960"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:solidFill>
+                                <a:srgbClr val="ffffff"/>
+                              </a:solidFill>
+                              <a:ln>
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:jc w:val="center"/>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:b/>
+                                      <w:sz w:val="18"/>
+                                    </w:rPr>
+                                    <w:t>Педагогика сотрудничества</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr wrap="square"/>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvSpPr txBox="1"/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="2646000" y="1977480"/>
+                                <a:ext cx="910080" cy="477000"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:solidFill>
+                                <a:srgbClr val="ffffff"/>
+                              </a:solidFill>
+                              <a:ln>
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:jc w:val="center"/>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:b/>
+                                    </w:rPr>
+                                    <w:t>Педагогика игры</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr wrap="square"/>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="600120" y="0"/>
+                                <a:ext cx="2531880" cy="926640"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="triangle">
+                                <a:avLst>
+                                  <a:gd name="adj" fmla="val 10800"/>
+                                </a:avLst>
+                              </a:prstGeom>
+                              <a:solidFill>
+                                <a:srgbClr val="ffffff"/>
+                              </a:solidFill>
+                              <a:ln w="25560">
+                                <a:solidFill>
+                                  <a:srgbClr val="0000ff"/>
+                                </a:solidFill>
+                                <a:miter/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:style>
+                              <a:lnRef idx="0"/>
+                              <a:fillRef idx="0"/>
+                              <a:effectRef idx="0"/>
+                              <a:fontRef idx="minor"/>
+                            </wps:style>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p>
+                                  <w:pPr/>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:b/>
+                                      <w:sz w:val="28"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve">         </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:b/>
+                                    </w:rPr>
+                                    <w:t>«Я» - «МЫ»</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr/>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvSpPr txBox="1"/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="3272760"/>
+                                <a:ext cx="3884760" cy="299160"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:solidFill>
+                                <a:srgbClr val="ffffff"/>
+                              </a:solidFill>
+                              <a:ln w="25560">
+                                <a:solidFill>
+                                  <a:srgbClr val="0000ff"/>
+                                </a:solidFill>
+                                <a:round/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:jc w:val="center"/>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:b/>
+                                    </w:rPr>
+                                    <w:t>Самоуправление -самообразование – саморазвитие</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr wrap="square"/>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvSpPr txBox="1"/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="247680" y="2590920"/>
+                                <a:ext cx="910080" cy="1047600"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:solidFill>
+                                <a:srgbClr val="ffffff"/>
+                              </a:solidFill>
+                              <a:ln>
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:jc w:val="center"/>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:b/>
+                                    </w:rPr>
+                                    <w:t>Досуг</w:t>
+                                  </w:r>
+                                </w:p>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:jc w:val="center"/>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr/>
+                                  </w:r>
+                                </w:p>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:jc w:val="center"/>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr/>
+                                  </w:r>
+                                </w:p>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:jc w:val="center"/>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr/>
+                                  </w:r>
+                                </w:p>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:jc w:val="center"/>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr/>
+                                  </w:r>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr wrap="square"/>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvSpPr txBox="1"/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="1488600" y="2590920"/>
+                                <a:ext cx="910080" cy="459000"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:solidFill>
+                                <a:srgbClr val="ffffff"/>
+                              </a:solidFill>
+                              <a:ln>
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:jc w:val="center"/>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:b/>
+                                    </w:rPr>
+                                    <w:t>Дом</w:t>
+                                  </w:r>
+                                </w:p>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:jc w:val="center"/>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr/>
+                                  </w:r>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr wrap="square"/>
+                          </wps:wsp>
+                          <wps:wsp>
+                            <wps:cNvSpPr txBox="1"/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="2646000" y="2591280"/>
+                                <a:ext cx="910080" cy="459000"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:solidFill>
+                                <a:srgbClr val="ffffff"/>
+                              </a:solidFill>
+                              <a:ln>
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:jc w:val="center"/>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:b/>
+                                    </w:rPr>
+                                    <w:t>Дело</w:t>
+                                  </w:r>
+                                </w:p>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:jc w:val="center"/>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr/>
+                                  </w:r>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr wrap="square"/>
+                          </wps:wsp>
+                        </wpg:grpSp>
+                      </wpg:grpSp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group id="shape_0" alt="Полотно 67" editas="canvas" style="margin-left:0pt;margin-top:0pt;width:314.8pt;height:286.5pt" coordorigin="0,0" coordsize="6296,5730">
+                <v:rect id="shape_0" stroked="f" style="position:absolute;left:0;top:0;width:6295;height:5584">
+                  <w10:wrap type="none"/>
+                  <v:fill on="false" o:detectmouseclick="t"/>
+                  <v:stroke color="#3465a4" joinstyle="round" endcap="flat"/>
+                </v:rect>
+                <v:group id="shape_0" alt="Group 38" editas="canvas" style="left:0;top:0;width:6118;height:5730">
+                  <v:shapetype id="shapetype_202" coordsize="21600,21600" o:spt="202" path="m,l,21600l21600,21600l21600,xe">
+                    <v:stroke joinstyle="miter"/>
+                    <v:path gradientshapeok="t" o:connecttype="rect"/>
+                  </v:shapetype>
+                  <v:shape id="shape_0" ID="Rectangle 39" fillcolor="white" stroked="t" style="position:absolute;left:130;top:966;width:5730;height:4739" type="shapetype_202">
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p>
+                          <w:pPr/>
+                          <w:r>
+                            <w:rPr/>
+                          </w:r>
+                        </w:p>
+                        <w:p>
+                          <w:pPr/>
+                          <w:r>
+                            <w:rPr/>
+                          </w:r>
+                        </w:p>
+                        <w:p>
+                          <w:pPr/>
+                          <w:r>
+                            <w:rPr/>
+                          </w:r>
+                        </w:p>
+                        <w:p>
+                          <w:pPr>
+                            <w:jc w:val="center"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr/>
+                          </w:r>
+                        </w:p>
+                        <w:p>
+                          <w:pPr/>
+                          <w:r>
+                            <w:rPr/>
+                          </w:r>
+                        </w:p>
+                        <w:p>
+                          <w:pPr/>
+                          <w:r>
+                            <w:rPr/>
+                          </w:r>
+                        </w:p>
+                        <w:p>
+                          <w:pPr>
+                            <w:jc w:val="center"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr/>
+                          </w:r>
+                        </w:p>
+                        <w:p>
+                          <w:pPr>
+                            <w:jc w:val="center"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr/>
+                          </w:r>
+                        </w:p>
+                        <w:p>
+                          <w:pPr>
+                            <w:jc w:val="center"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr/>
+                          </w:r>
+                        </w:p>
+                        <w:p>
+                          <w:pPr>
+                            <w:jc w:val="center"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                            </w:rPr>
+                            <w:t>индивидуализация</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p>
+                          <w:pPr>
+                            <w:jc w:val="center"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr/>
+                          </w:r>
+                        </w:p>
+                        <w:p>
+                          <w:pPr>
+                            <w:jc w:val="center"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr/>
+                          </w:r>
+                        </w:p>
+                        <w:p>
+                          <w:pPr>
+                            <w:jc w:val="center"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                            </w:rPr>
+                            <w:t>социализация</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p>
+                          <w:pPr>
+                            <w:jc w:val="center"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr/>
+                          </w:r>
+                        </w:p>
+                        <w:p>
+                          <w:pPr>
+                            <w:jc w:val="center"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr/>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                    <w10:wrap type="square"/>
+                    <v:fill type="solid" color2="black" o:detectmouseclick="t"/>
+                    <v:stroke color="blue" weight="25560" joinstyle="round" endcap="flat"/>
+                  </v:shape>
+                  <v:group id="shape_0" alt="Group 40" editas="canvas" style="left:0;top:0;width:6118;height:5730">
+                    <v:shape id="shape_0" ID="Rectangle 41" fillcolor="white" stroked="t" style="position:absolute;left:390;top:1181;width:1432;height:1031" type="shapetype_202">
+                      <v:textbox>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                              <w:t>Познай себя</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr/>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </v:textbox>
+                      <w10:wrap type="square"/>
+                      <v:fill type="solid" color2="black" o:detectmouseclick="t"/>
+                      <v:stroke color="black" weight="19080" joinstyle="round" endcap="flat"/>
+                    </v:shape>
+                    <v:shape id="shape_0" ID="Rectangle 42" fillcolor="white" stroked="t" style="position:absolute;left:2344;top:1181;width:1432;height:722" type="shapetype_202">
+                      <v:textbox>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                              <w:t>Найди себя</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr/>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </v:textbox>
+                      <w10:wrap type="square"/>
+                      <v:fill type="solid" color2="black" o:detectmouseclick="t"/>
+                      <v:stroke color="black" joinstyle="round" endcap="flat"/>
+                    </v:shape>
+                    <v:shape id="shape_0" ID="Rectangle 43" fillcolor="white" stroked="t" style="position:absolute;left:4167;top:1181;width:1430;height:778" type="shapetype_202">
+                      <v:textbox>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                              <w:t>Реализуй себя</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </v:textbox>
+                      <w10:wrap type="square"/>
+                      <v:fill type="solid" color2="black" o:detectmouseclick="t"/>
+                      <v:stroke color="black" joinstyle="round" endcap="flat"/>
+                    </v:shape>
+                    <v:shape id="shape_0" ID="Rectangle 44" fillcolor="white" stroked="t" style="position:absolute;left:390;top:2148;width:1545;height:1031" type="shapetype_202">
+                      <v:textbox>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="right"/>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:color w:val="333333"/>
+                              </w:rPr>
+                              <w:t>Саморазвитие</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr/>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </v:textbox>
+                      <w10:wrap type="square"/>
+                      <v:fill type="solid" color2="black" o:detectmouseclick="t"/>
+                      <v:stroke color="black" joinstyle="round" endcap="flat"/>
+                    </v:shape>
+                    <v:shape id="shape_0" ID="Rectangle 45" fillcolor="white" stroked="t" style="position:absolute;left:2303;top:2146;width:1593;height:722" type="shapetype_202">
+                      <v:textbox>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:color w:val="333333"/>
+                              </w:rPr>
+                              <w:t>Партнерство</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr/>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </v:textbox>
+                      <w10:wrap type="square"/>
+                      <v:fill type="solid" color2="black" o:detectmouseclick="t"/>
+                      <v:stroke color="black" joinstyle="round" endcap="flat"/>
+                    </v:shape>
+                    <v:shape id="shape_0" ID="Rectangle 46" fillcolor="white" stroked="t" style="position:absolute;left:4080;top:2148;width:1521;height:722" type="shapetype_202">
+                      <v:textbox>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:color w:val="333333"/>
+                              </w:rPr>
+                              <w:t>Целостность</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr/>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </v:textbox>
+                      <w10:wrap type="square"/>
+                      <v:fill type="solid" color2="black" o:detectmouseclick="t"/>
+                      <v:stroke color="black" joinstyle="round" endcap="flat"/>
+                    </v:shape>
+                    <v:shape id="shape_0" ID="Rectangle 47" fillcolor="white" stroked="t" style="position:absolute;left:390;top:3114;width:1432;height:722" type="shapetype_202">
+                      <v:textbox>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                              <w:t>Педагогика выбора</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </v:textbox>
+                      <w10:wrap type="square"/>
+                      <v:fill type="solid" color2="black" o:detectmouseclick="t"/>
+                      <v:stroke color="black" joinstyle="round" endcap="flat"/>
+                    </v:shape>
+                    <v:shape id="shape_0" ID="Rectangle 48" fillcolor="white" stroked="t" style="position:absolute;left:2344;top:3114;width:1432;height:870" type="shapetype_202">
+                      <v:textbox>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="18"/>
+                              </w:rPr>
+                              <w:t>Педагогика сотрудничества</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </v:textbox>
+                      <w10:wrap type="square"/>
+                      <v:fill type="solid" color2="black" o:detectmouseclick="t"/>
+                      <v:stroke color="black" joinstyle="round" endcap="flat"/>
+                    </v:shape>
+                    <v:shape id="shape_0" ID="Rectangle 49" fillcolor="white" stroked="t" style="position:absolute;left:4167;top:3114;width:1432;height:750" type="shapetype_202">
+                      <v:textbox>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                              <w:t>Педагогика игры</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </v:textbox>
+                      <w10:wrap type="square"/>
+                      <v:fill type="solid" color2="black" o:detectmouseclick="t"/>
+                      <v:stroke color="black" joinstyle="round" endcap="flat"/>
+                    </v:shape>
+                    <v:shapetype id="shapetype_5" coordsize="21600,21600" o:spt="5" adj="10800" path="m,21600l@0,l21600,21600xe">
+                      <v:stroke joinstyle="miter"/>
+                      <v:formulas>
+                        <v:f eqn="val #0"/>
+                        <v:f eqn="prod 1 @0 2"/>
+                        <v:f eqn="sum @1 10800 0"/>
+                      </v:formulas>
+                      <v:path gradientshapeok="t" o:connecttype="rect" textboxrect="@1,10800,@2,21600"/>
+                      <v:handles>
+                        <v:h position="@0,0"/>
+                      </v:handles>
+                    </v:shapetype>
+                    <v:shape id="shape_0" ID="AutoShape 50" fillcolor="white" stroked="t" style="position:absolute;left:945;top:0;width:3986;height:1458" type="shapetype_5">
+                      <v:textbox>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr/>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">         </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                              <w:t>«Я» - «МЫ»</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </v:textbox>
+                      <w10:wrap type="none"/>
+                      <v:fill type="solid" color2="black" o:detectmouseclick="t"/>
+                      <v:stroke color="blue" weight="25560" joinstyle="miter" endcap="flat"/>
+                    </v:shape>
+                    <v:shape id="shape_0" ID="Rectangle 51" fillcolor="white" stroked="t" style="position:absolute;left:0;top:5154;width:6117;height:470" type="shapetype_202">
+                      <v:textbox>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                              <w:t>Самоуправление -самообразование – саморазвитие</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </v:textbox>
+                      <w10:wrap type="square"/>
+                      <v:fill type="solid" color2="black" o:detectmouseclick="t"/>
+                      <v:stroke color="blue" weight="25560" joinstyle="round" endcap="flat"/>
+                    </v:shape>
+                    <v:shape id="shape_0" ID="Rectangle 52" fillcolor="white" stroked="t" style="position:absolute;left:390;top:4080;width:1432;height:1649" type="shapetype_202">
+                      <v:textbox>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                              <w:t>Досуг</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr/>
+                            </w:r>
+                          </w:p>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr/>
+                            </w:r>
+                          </w:p>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr/>
+                            </w:r>
+                          </w:p>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr/>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </v:textbox>
+                      <w10:wrap type="square"/>
+                      <v:fill type="solid" color2="black" o:detectmouseclick="t"/>
+                      <v:stroke color="black" joinstyle="round" endcap="flat"/>
+                    </v:shape>
+                    <v:shape id="shape_0" ID="Rectangle 53" fillcolor="white" stroked="t" style="position:absolute;left:2344;top:4080;width:1432;height:722" type="shapetype_202">
+                      <v:textbox>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                              <w:t>Дом</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr/>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </v:textbox>
+                      <w10:wrap type="square"/>
+                      <v:fill type="solid" color2="black" o:detectmouseclick="t"/>
+                      <v:stroke color="black" joinstyle="round" endcap="flat"/>
+                    </v:shape>
+                    <v:shape id="shape_0" ID="Rectangle 54" fillcolor="white" stroked="t" style="position:absolute;left:4167;top:4081;width:1432;height:722" type="shapetype_202">
+                      <v:textbox>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                              </w:rPr>
+                              <w:t>Дело</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr/>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </v:textbox>
+                      <w10:wrap type="square"/>
+                      <v:fill type="solid" color2="black" o:detectmouseclick="t"/>
+                      <v:stroke color="black" joinstyle="round" endcap="flat"/>
+                    </v:shape>
+                  </v:group>
+                </v:group>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:ind w:firstLine="426"/>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:pStyle w:val="af1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Концептуальное обоснование деятельности  классного руководителя исходит из:</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...20 lines deleted...]
-        <w:pStyle w:val="af1"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Концепции школы;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...56 lines deleted...]
-        <w:pStyle w:val="af1"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Программы перспективного развития школы;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...20 lines deleted...]
-        <w:pStyle w:val="af1"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Педагогического идеала выпускника;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...323 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Основных положений психолого-педагогической деятельности классного руководителя, разработанных  МО  воспитательной работы совместно с психологом.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Главной целью воспитания</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> является воспитание и развитие свободной, жизнелюбивой, талантливой, функционально грамотной личности, обогащенной научными знаниями о природе и человеке, готовой к созидательной, творческой деятельности и нравственному поведению.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:keepNext/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:ind w:firstLine="426"/>
-        <w:jc w:val="center"/>
-[...83 lines deleted...]
-        <w:pStyle w:val="af1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Задачи воспитания:</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="0" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организация единого воспитательного пространства, разумно сочетающего внешние и внутренние условия воспитания школьников, атмосферу жизни школы, отношения между членами микрогрупп; </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="0" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">развитие ученического самоуправления, предоставление им реальной возможности участия в управлении школы, в деятельности творческих и общественных объединений различной направленности; </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="0" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">содействие формированию сознательного отношения учащихся к своей жизни, здоровью, а также к жизни и здоровью окружающих людей; </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="0" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вовлечение учащихся в систему дополнительного образования с целью обеспечения самореализации личности; </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="0" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">создание условий для участия семей учащихся в воспитательном процессе, развития родительских общественных объединений, повышения активности родительского сообщества; привлечение родительской общественности к участию в соуправлении школой; </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="0" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Воспитание гражданской ответственности, правового и патриотического самосознания: </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В центр нашей системы воспитания мы поставили ребенка и определили следующие </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>приоритетные направления</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> воздействия на его личность: </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="0" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">познай себя </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">как личность </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>интеллектуальную, гуманную, духовную, свободную и творческую</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> через формирование ценностного отношения к себе и другим; </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="0" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>найди себя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> как человека – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">гуманиста, таланта, творца, труженика </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">через освоение ценностных ориентиров, позиций и опыта поколений, через овладение различными умениями во внешкольной деятельности; </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="0" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>реализуй себя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> как социально мобильный субъект – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>товарищ, друг, член семьи, член общества, гражданин страны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – через становление социально активной личной, гражданской позиции. </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Критериями психолого-педагогической деятельности классного руководителя  является:</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...20 lines deleted...]
-        <w:pStyle w:val="af1"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>индивидуальный подход к школьникам на основе уважения личности, эмпатического взаимопонимания;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...38 lines deleted...]
-        <w:pStyle w:val="af1"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>знание основ возрастной психологии подростково-юношеского периода и состояния здоровья школьников;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...38 lines deleted...]
-        <w:pStyle w:val="af1"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>знание интересов, переживаний каждого ребенка;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...144 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>овладение основами психологии общения, правилами коммуникации, навыками наблюдения за поведенческими реакциями (невербальным поведением);</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>владение психолого-педагогическими методиками диагностирования коллектива и личности;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формирование внутренней потребности в систематическом рефлексивном анализе деятельности в процессах самоуправления;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>постоянное стремление к творческому росту, адекватной эмоциональной самооценке, формированию эффективных критериев профессионально значимых черт личности;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>постоянное расширение арсенала, использование разнообразных форм, средств и методов воспитательной работы.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...410 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Реализация данных принципов способствует эффективному решению главной задачи школы - созданию среды воспитания </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> личности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Средой воспитания являются гуманные отношения между людьми:</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...45 lines deleted...]
-      <w:pPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Взаимоотношения между мальчиками и девочками.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...26 lines deleted...]
-      <w:pPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Взаимоотношение классного и школьного коллективов, детей и взрослых, ученика и родителя, учителя и родителя.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...170 lines deleted...]
-      <w:pPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сдержанность в выражении своих чувств и эмоций.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:shd w:val="clear" w:color="auto" w:themeColor="" w:themeTint="" w:themeShade="" w:fill="FFFFFF" w:themeFill="" w:themeFillTint="" w:themeFillShade=""/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="40" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ориентация  на позитивное отношение к миру, к людям</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.10 Система  и механизмы управления</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="283" w:firstLine="143"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При формировании организационной структуры управляющей системы школа рассматривается как социальная организация, имеющая собственную структуру, культивирующую определенные ценности, формирующую цели, разрабатывающую стратегии и способы их достижения. Конечная цель управления школой определяется концепцией и фиксируется в образе желаемого результата – модели выпускника школы, которая</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="426" w:hanging="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-    соотнесена с возможностями образовательной среды школы, то есть реалистична,</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
-        <w:tabs>
-[...112 lines deleted...]
-      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>побуждает педагогический коллектив действовать в направлении его достижения,</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
-        <w:tabs>
-[...23 lines deleted...]
-      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дает возможность сравнить фактически полученный результат с ожидаемым,</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
-        <w:tabs>
-[...84 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>содержит в себе диагностические компоненты.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="283" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Особенность системы управления школы состоит в том, что его деятельность направлена на создание педагогической системы, обеспечивающей максимально благоприятные условия для умственного, эмоционально-волевого и нравственного развития учащихся.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="283" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для управления процессом обновления содержания образования и педагогических технологий в школе был создан научно-методический совет, в состав которого вошли руководители предметных МО, психолог, заместители директора. Методические объединения школы называются МО, так как педагоги в своей работе вышли на качественно новую ступень: к традиционно-методической работе прибавилась научно-экспериментальная деятельность, результатом которой стали разработки программ, подготовка к публикациям методических пособий. Руководят этой работой МО компетентные педагоги школы, чей функционал мы называем заведующими МО. Конечно, работа МО школы и вуза нами не отождествляются. Это скорее построение аналогичной структуры в школе поскольку закладывается принципиально новый объем работы, имеющий реальный научный выход – результат.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="283" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Анализируя структуру управления (смотри структурную схему управления школы) на предмет достаточности элементов, можно определить ее как оптимальную для школы, поскольку она отражает основные элементы управления.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="283" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В поисках оптимальной меры централизации и децентрализации, коллегиальности и единоначалия система управления подразделяется на четыре уровня, каждый из которых имеет свои полномочия.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="283" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Первый уровень</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – директор школы, научно-методический совет, педагогический совет – отвечает за стратегические направления развития школы.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="283" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Второй уровень</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – разрабатывает и реализует тактику</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...167 lines deleted...]
-      <w:pPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>развития школы, то есть отвечает за организацию конкретных действий по основным направлениям преобразований и функционирования школы.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="283" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Третий уровень</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – учителя, классные руководители – непосредственные исполнители стратегии и тактики, преобразований и функционирования школы.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="283" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Четвертый уровень</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – учащиеся – конечное звено в цепочке управления, для которых и должна функционировать система управления.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="283" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В структуре выделены связи по типу управление – соуправление – самоуправление: отношения вертикальной зависимости показывают непосредственное руководство и подчинение, отношения горизонтальной зависимости – соуправления, самоуправление остается за структурами, которым необходима автономность.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="283" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Механизм управления</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Механизм управления (смотри схему «Механизм управления») реализуется через функции управления:</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="786" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...75 lines deleted...]
-      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="786" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>информационно-статистическую,</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="786" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...42 lines deleted...]
-      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="786" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мотивационно-целевую,</w:t>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor behindDoc="0" distT="0" distB="0" distL="114300" distR="114300" simplePos="0" locked="0" layoutInCell="1" allowOverlap="1" relativeHeight="3">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-92710</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>30480</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1593215" cy="4138930"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="3" name="Группа 1"/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr/>
+                      <wpg:grpSpPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1592640" cy="4138200"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wpg:grpSp>
+                        <wpg:cNvGrpSpPr/>
+                        <wpg:grpSpPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1510200" cy="751680"/>
+                          </a:xfrm>
+                        </wpg:grpSpPr>
+                        <wps:wsp>
+                          <wps:cNvSpPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="0" y="0"/>
+                              <a:ext cx="1510200" cy="300240"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:srgbClr val="ffffff"/>
+                            </a:solidFill>
+                            <a:ln w="9360">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:miter/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="0"/>
+                            <a:fillRef idx="0"/>
+                            <a:effectRef idx="0"/>
+                            <a:fontRef idx="minor"/>
+                          </wps:style>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p>
+                                <w:pPr>
+                                  <w:spacing w:before="0" w:after="0" w:lineRule="auto" w:line="240"/>
+                                  <w:jc w:val="left"/>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:sz w:val="22"/>
+                                    <w:b/>
+                                    <w:u w:val="none"/>
+                                    <w:dstrike w:val="false"/>
+                                    <w:strike w:val="false"/>
+                                    <w:i w:val="false"/>
+                                    <w:vertAlign w:val="baseline"/>
+                                    <w:position w:val="0"/>
+                                    <w:sz w:val="22"/>
+                                    <w:spacing w:val="0"/>
+                                    <w:szCs w:val="22"/>
+                                    <w:bCs/>
+                                    <w:iCs w:val="false"/>
+                                    <w:smallCaps w:val="false"/>
+                                    <w:caps w:val="false"/>
+                                  </w:rPr>
+                                  <w:t xml:space="preserve">   Сбор и хранение</w:t>
+                                </w:r>
+                              </w:p>
+                              <w:p>
+                                <w:pPr>
+                                  <w:spacing w:before="0" w:after="0" w:lineRule="auto" w:line="240"/>
+                                  <w:jc w:val="left"/>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:sz w:val="22"/>
+                                    <w:b/>
+                                    <w:u w:val="none"/>
+                                    <w:dstrike w:val="false"/>
+                                    <w:strike w:val="false"/>
+                                    <w:i w:val="false"/>
+                                    <w:vertAlign w:val="baseline"/>
+                                    <w:position w:val="0"/>
+                                    <w:sz w:val="22"/>
+                                    <w:spacing w:val="0"/>
+                                    <w:szCs w:val="22"/>
+                                    <w:bCs/>
+                                    <w:iCs w:val="false"/>
+                                    <w:smallCaps w:val="false"/>
+                                    <w:caps w:val="false"/>
+                                  </w:rPr>
+                                  <w:t xml:space="preserve">       информации</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvSpPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="178920" y="497880"/>
+                              <a:ext cx="1225080" cy="254160"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:noFill/>
+                            <a:ln>
+                              <a:noFill/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="0"/>
+                            <a:fillRef idx="0"/>
+                            <a:effectRef idx="0"/>
+                            <a:fontRef idx="minor"/>
+                          </wps:style>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p>
+                                <w:pPr>
+                                  <w:spacing w:before="0" w:after="0" w:lineRule="auto" w:line="240"/>
+                                  <w:jc w:val="left"/>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:sz w:val="22"/>
+                                    <w:b w:val="false"/>
+                                    <w:u w:val="none"/>
+                                    <w:dstrike w:val="false"/>
+                                    <w:strike w:val="false"/>
+                                    <w:i w:val="false"/>
+                                    <w:vertAlign w:val="baseline"/>
+                                    <w:position w:val="0"/>
+                                    <w:sz w:val="22"/>
+                                    <w:spacing w:val="0"/>
+                                    <w:szCs w:val="22"/>
+                                    <w:bCs w:val="false"/>
+                                    <w:iCs w:val="false"/>
+                                    <w:smallCaps w:val="false"/>
+                                    <w:caps w:val="false"/>
+                                  </w:rPr>
+                                  <w:t xml:space="preserve">        </w:t>
+                                </w:r>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:sz w:val="22"/>
+                                    <w:u w:val="none"/>
+                                    <w:dstrike w:val="false"/>
+                                    <w:strike w:val="false"/>
+                                    <w:i w:val="false"/>
+                                    <w:vertAlign w:val="baseline"/>
+                                    <w:position w:val="0"/>
+                                    <w:sz w:val="22"/>
+                                    <w:spacing w:val="0"/>
+                                    <w:szCs w:val="22"/>
+                                    <w:iCs w:val="false"/>
+                                    <w:smallCaps w:val="false"/>
+                                    <w:caps w:val="false"/>
+                                    <w:b/>
+                                    <w:bCs/>
+                                  </w:rPr>
+                                  <w:t xml:space="preserve"> Анализ</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                      </wpg:grpSp>
+                      <wps:wsp>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="16560" y="907560"/>
+                            <a:ext cx="1576080" cy="300240"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="ellipse">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="ffffff"/>
+                          </a:solidFill>
+                          <a:ln w="12600">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="0"/>
+                          <a:fillRef idx="0"/>
+                          <a:effectRef idx="0"/>
+                          <a:fontRef idx="minor"/>
+                        </wps:style>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p>
+                              <w:pPr>
+                                <w:spacing w:before="0" w:after="0" w:lineRule="auto" w:line="240"/>
+                                <w:jc w:val="left"/>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="22"/>
+                                  <w:b/>
+                                  <w:u w:val="none"/>
+                                  <w:dstrike w:val="false"/>
+                                  <w:strike w:val="false"/>
+                                  <w:i w:val="false"/>
+                                  <w:vertAlign w:val="baseline"/>
+                                  <w:position w:val="0"/>
+                                  <w:sz w:val="22"/>
+                                  <w:spacing w:val="0"/>
+                                  <w:szCs w:val="22"/>
+                                  <w:bCs/>
+                                  <w:iCs w:val="false"/>
+                                  <w:smallCaps w:val="false"/>
+                                  <w:caps w:val="false"/>
+                                </w:rPr>
+                                <w:t>Планирование</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="82080" y="1348200"/>
+                            <a:ext cx="1420560" cy="285120"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="ellipse">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="ffffff"/>
+                          </a:solidFill>
+                          <a:ln w="12600">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="0"/>
+                          <a:fillRef idx="0"/>
+                          <a:effectRef idx="0"/>
+                          <a:fontRef idx="minor"/>
+                        </wps:style>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p>
+                              <w:pPr>
+                                <w:spacing w:before="0" w:after="0" w:lineRule="auto" w:line="240"/>
+                                <w:jc w:val="left"/>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="22"/>
+                                  <w:b/>
+                                  <w:u w:val="none"/>
+                                  <w:dstrike w:val="false"/>
+                                  <w:strike w:val="false"/>
+                                  <w:i w:val="false"/>
+                                  <w:vertAlign w:val="baseline"/>
+                                  <w:position w:val="0"/>
+                                  <w:sz w:val="22"/>
+                                  <w:spacing w:val="0"/>
+                                  <w:szCs w:val="22"/>
+                                  <w:bCs/>
+                                  <w:iCs w:val="false"/>
+                                  <w:smallCaps w:val="false"/>
+                                  <w:caps w:val="false"/>
+                                </w:rPr>
+                                <w:t>Организация</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="138600" y="1846440"/>
+                            <a:ext cx="1420560" cy="284400"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="ellipse">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="ffffff"/>
+                          </a:solidFill>
+                          <a:ln w="12600">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="0"/>
+                          <a:fillRef idx="0"/>
+                          <a:effectRef idx="0"/>
+                          <a:fontRef idx="minor"/>
+                        </wps:style>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p>
+                              <w:pPr>
+                                <w:spacing w:before="0" w:after="0" w:lineRule="auto" w:line="240"/>
+                                <w:jc w:val="center"/>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="22"/>
+                                  <w:b/>
+                                  <w:u w:val="none"/>
+                                  <w:dstrike w:val="false"/>
+                                  <w:strike w:val="false"/>
+                                  <w:i w:val="false"/>
+                                  <w:vertAlign w:val="baseline"/>
+                                  <w:position w:val="0"/>
+                                  <w:sz w:val="22"/>
+                                  <w:spacing w:val="0"/>
+                                  <w:szCs w:val="22"/>
+                                  <w:bCs/>
+                                  <w:iCs w:val="false"/>
+                                  <w:smallCaps w:val="false"/>
+                                  <w:caps w:val="false"/>
+                                </w:rPr>
+                                <w:t>Контроль</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="114480" y="2344320"/>
+                            <a:ext cx="1420560" cy="284400"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="ellipse">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="ffffff"/>
+                          </a:solidFill>
+                          <a:ln w="12600">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="0"/>
+                          <a:fillRef idx="0"/>
+                          <a:effectRef idx="0"/>
+                          <a:fontRef idx="minor"/>
+                        </wps:style>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p>
+                              <w:pPr>
+                                <w:spacing w:before="0" w:after="0" w:lineRule="auto" w:line="240"/>
+                                <w:jc w:val="left"/>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="22"/>
+                                  <w:b/>
+                                  <w:u w:val="none"/>
+                                  <w:dstrike w:val="false"/>
+                                  <w:strike w:val="false"/>
+                                  <w:i w:val="false"/>
+                                  <w:vertAlign w:val="baseline"/>
+                                  <w:position w:val="0"/>
+                                  <w:sz w:val="22"/>
+                                  <w:spacing w:val="0"/>
+                                  <w:szCs w:val="22"/>
+                                  <w:bCs/>
+                                  <w:iCs w:val="false"/>
+                                  <w:smallCaps w:val="false"/>
+                                  <w:caps w:val="false"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">   Коррекция</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="1311840" y="1280880"/>
+                            <a:ext cx="0" cy="329040"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln w="9360">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:tailEnd len="lg" type="stealth" w="sm"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="1320840" y="2118960"/>
+                            <a:ext cx="0" cy="275040"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln w="9360">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:tailEnd len="lg" type="stealth" w="sm"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="1364760" y="2870280"/>
+                            <a:ext cx="0" cy="392400"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln w="9360">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:tailEnd len="lg" type="stealth" w="sm"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="1446480" y="3745080"/>
+                            <a:ext cx="0" cy="393120"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln w="9360">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:tailEnd len="lg" type="stealth" w="sm"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="1303200" y="551160"/>
+                            <a:ext cx="0" cy="393120"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln w="9360">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:tailEnd len="lg" type="stealth" w="sm"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group id="shape_0" alt="Группа 1" editas="canvas" style="margin-left:-7.3pt;margin-top:2.4pt;width:125.4pt;height:325.8pt" coordorigin="-146,48" coordsize="2508,6516">
+                <v:group id="shape_0" alt="Group 3" editas="canvas" style="left:-146;top:48;width:2378;height:1184"/>
+                <v:oval id="shape_0" ID="Oval 6" fillcolor="white" stroked="t" style="position:absolute;left:-120;top:1477;width:2481;height:472">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p>
+                        <w:pPr>
+                          <w:spacing w:before="0" w:after="0" w:lineRule="auto" w:line="240"/>
+                          <w:jc w:val="left"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="22"/>
+                            <w:b/>
+                            <w:u w:val="none"/>
+                            <w:dstrike w:val="false"/>
+                            <w:strike w:val="false"/>
+                            <w:i w:val="false"/>
+                            <w:vertAlign w:val="baseline"/>
+                            <w:position w:val="0"/>
+                            <w:sz w:val="22"/>
+                            <w:spacing w:val="0"/>
+                            <w:szCs w:val="22"/>
+                            <w:bCs/>
+                            <w:iCs w:val="false"/>
+                            <w:smallCaps w:val="false"/>
+                            <w:caps w:val="false"/>
+                          </w:rPr>
+                          <w:t>Планирование</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                  <w10:wrap type="square"/>
+                  <v:fill type="solid" color2="black" o:detectmouseclick="t"/>
+                  <v:stroke color="black" weight="12600" joinstyle="round" endcap="flat"/>
+                </v:oval>
+                <v:oval id="shape_0" ID="Oval 7" fillcolor="white" stroked="t" style="position:absolute;left:-17;top:2171;width:2236;height:448">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p>
+                        <w:pPr>
+                          <w:spacing w:before="0" w:after="0" w:lineRule="auto" w:line="240"/>
+                          <w:jc w:val="left"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="22"/>
+                            <w:b/>
+                            <w:u w:val="none"/>
+                            <w:dstrike w:val="false"/>
+                            <w:strike w:val="false"/>
+                            <w:i w:val="false"/>
+                            <w:vertAlign w:val="baseline"/>
+                            <w:position w:val="0"/>
+                            <w:sz w:val="22"/>
+                            <w:spacing w:val="0"/>
+                            <w:szCs w:val="22"/>
+                            <w:bCs/>
+                            <w:iCs w:val="false"/>
+                            <w:smallCaps w:val="false"/>
+                            <w:caps w:val="false"/>
+                          </w:rPr>
+                          <w:t>Организация</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                  <w10:wrap type="square"/>
+                  <v:fill type="solid" color2="black" o:detectmouseclick="t"/>
+                  <v:stroke color="black" weight="12600" joinstyle="round" endcap="flat"/>
+                </v:oval>
+                <v:oval id="shape_0" ID="Oval 8" fillcolor="white" stroked="t" style="position:absolute;left:72;top:2956;width:2236;height:447">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p>
+                        <w:pPr>
+                          <w:spacing w:before="0" w:after="0" w:lineRule="auto" w:line="240"/>
+                          <w:jc w:val="center"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="22"/>
+                            <w:b/>
+                            <w:u w:val="none"/>
+                            <w:dstrike w:val="false"/>
+                            <w:strike w:val="false"/>
+                            <w:i w:val="false"/>
+                            <w:vertAlign w:val="baseline"/>
+                            <w:position w:val="0"/>
+                            <w:sz w:val="22"/>
+                            <w:spacing w:val="0"/>
+                            <w:szCs w:val="22"/>
+                            <w:bCs/>
+                            <w:iCs w:val="false"/>
+                            <w:smallCaps w:val="false"/>
+                            <w:caps w:val="false"/>
+                          </w:rPr>
+                          <w:t>Контроль</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                  <w10:wrap type="square"/>
+                  <v:fill type="solid" color2="black" o:detectmouseclick="t"/>
+                  <v:stroke color="black" weight="12600" joinstyle="round" endcap="flat"/>
+                </v:oval>
+                <v:oval id="shape_0" ID="Oval 9" fillcolor="white" stroked="t" style="position:absolute;left:34;top:3740;width:2236;height:447">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p>
+                        <w:pPr>
+                          <w:spacing w:before="0" w:after="0" w:lineRule="auto" w:line="240"/>
+                          <w:jc w:val="left"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="22"/>
+                            <w:b/>
+                            <w:u w:val="none"/>
+                            <w:dstrike w:val="false"/>
+                            <w:strike w:val="false"/>
+                            <w:i w:val="false"/>
+                            <w:vertAlign w:val="baseline"/>
+                            <w:position w:val="0"/>
+                            <w:sz w:val="22"/>
+                            <w:spacing w:val="0"/>
+                            <w:szCs w:val="22"/>
+                            <w:bCs/>
+                            <w:iCs w:val="false"/>
+                            <w:smallCaps w:val="false"/>
+                            <w:caps w:val="false"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">   Коррекция</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                  <w10:wrap type="square"/>
+                  <v:fill type="solid" color2="black" o:detectmouseclick="t"/>
+                  <v:stroke color="black" weight="12600" joinstyle="round" endcap="flat"/>
+                </v:oval>
+                <v:line id="shape_0" from="1920,2065" to="1920,2582" ID="Line 10" stroked="t" style="position:absolute">
+                  <v:stroke color="black" weight="9360" endarrow="classic" endarrowwidth="narrow" endarrowlength="long" joinstyle="round" endcap="flat"/>
+                  <v:fill on="false" o:detectmouseclick="t"/>
+                </v:line>
+                <v:line id="shape_0" from="1934,3385" to="1934,3817" ID="Line 11" stroked="t" style="position:absolute">
+                  <v:stroke color="black" weight="9360" endarrow="classic" endarrowwidth="narrow" endarrowlength="long" joinstyle="round" endcap="flat"/>
+                  <v:fill on="false" o:detectmouseclick="t"/>
+                </v:line>
+                <v:line id="shape_0" from="2003,4568" to="2003,5185" ID="Line 12" stroked="t" style="position:absolute">
+                  <v:stroke color="black" weight="9360" endarrow="classic" endarrowwidth="narrow" endarrowlength="long" joinstyle="round" endcap="flat"/>
+                  <v:fill on="false" o:detectmouseclick="t"/>
+                </v:line>
+                <v:line id="shape_0" from="2132,5946" to="2132,6564" ID="Line 13" stroked="t" style="position:absolute">
+                  <v:stroke color="black" weight="9360" endarrow="classic" endarrowwidth="narrow" endarrowlength="long" joinstyle="round" endcap="flat"/>
+                  <v:fill on="false" o:detectmouseclick="t"/>
+                </v:line>
+                <v:line id="shape_0" from="1906,916" to="1906,1534" ID="Line 14" stroked="t" style="position:absolute">
+                  <v:stroke color="black" weight="9360" endarrow="classic" endarrowwidth="narrow" endarrowlength="long" joinstyle="round" endcap="flat"/>
+                  <v:fill on="false" o:detectmouseclick="t"/>
+                </v:line>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="786" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...86 lines deleted...]
-      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="786" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>планово-прогностическую,</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="21"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...55 lines deleted...]
-      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="786" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="786" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организационно-исполнительскую,</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="21"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...19 lines deleted...]
-      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="786" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="786" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>контрольно-диагностическую,</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="21"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...505 lines deleted...]
-        <w:pStyle w:val="af1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="786" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="786" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>коррекционно-регулятивную.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="786" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:shadow w14:ky="0" w14:kx="0" w14:sy="0" w14:sx="0" w14:algn="none" w14:dir="13500000" w14:dist="25400" w14:blurRad="0">
+            <w14:srgbClr w14:val="000000">
+              <w14:alpha w14:val="50000"/>
+            </w14:srgbClr>
+          </w14:shadow>
+          <w14:textOutline w14:algn="ctr" w14:cmpd="sng" w14:cap="flat" w14:w="9525">
+            <w14:solidFill>
+              <w14:schemeClr w14:val="bg1">
+                <w14:alpha w14:val="50000"/>
+                <w14:lumMod w14:val="75000"/>
+              </w14:schemeClr>
+            </w14:solidFill>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t xml:space="preserve">                                    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:shadow w14:ky="0" w14:kx="0" w14:sy="0" w14:sx="0" w14:algn="none" w14:dir="13500000" w14:dist="25400" w14:blurRad="0">
+            <w14:srgbClr w14:val="000000">
+              <w14:alpha w14:val="50000"/>
+            </w14:srgbClr>
+          </w14:shadow>
+          <w14:textOutline w14:algn="ctr" w14:cmpd="sng" w14:cap="flat" w14:w="9525">
+            <w14:solidFill>
+              <w14:schemeClr w14:val="bg1">
+                <w14:alpha w14:val="50000"/>
+                <w14:lumMod w14:val="75000"/>
+              </w14:schemeClr>
+            </w14:solidFill>
+            <w14:prstDash w14:val="solid"/>
+            <w14:round/>
+          </w14:textOutline>
+        </w:rPr>
+        <w:t>Механизм управления</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="786" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Система управления школы призвана обеспечить:</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...955 lines deleted...]
-        <w:pStyle w:val="af1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="361" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="357" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Информационность внутришкольного  управления. Формирование аналитической культуры обработки школьной  информации.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="567" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Формирование мотивации деятельности педагогического коллектива через:</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
-        <w:tabs>
-[...58 lines deleted...]
-        <w:pStyle w:val="af1"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формирование реалистической самооценки деятельности;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
-        <w:tabs>
-[...48 lines deleted...]
-        <w:pStyle w:val="af1"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>разработку системы поощрения в соответствии с результативностью работы;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
-        <w:tabs>
-[...48 lines deleted...]
-        <w:pStyle w:val="af1"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>применение стимулирующего характера контроля;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
-        <w:tabs>
-[...194 lines deleted...]
-        <w:pStyle w:val="af1"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>усиление значения психологической контактности учителей и творческих групп.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="361"/>
+          <w:tab w:val="left" w:pos="360" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:after="0"/>
-[...21 lines deleted...]
-        <w:pStyle w:val="af1"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Формирование планово-прогностической деятельности через:</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Построение работы школы на перспективной, прогнозируемой концептуальной основе.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="361"/>
+          <w:tab w:val="left" w:pos="360" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:after="0"/>
-[...21 lines deleted...]
-        <w:pStyle w:val="af1"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Формирование организационной деятельности на основе алгоритма организации, включающего в себя:</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...20 lines deleted...]
-        <w:pStyle w:val="af1"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Изучение состояния вопроса,</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...20 lines deleted...]
-        <w:pStyle w:val="af1"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Постановку рабочих целей,</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...55 lines deleted...]
-        <w:pStyle w:val="af1"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Предварительное планирование подготовки и проведения дела,</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...19 lines deleted...]
-        <w:pStyle w:val="af1"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Разработку и отбор содержания, методов и форм предстоящей деятельности,</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...38 lines deleted...]
-        <w:pStyle w:val="af1"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обеспечение условий предстоящей работы,</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Расстановку людей по конкретным участкам,</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Постановку задач перед исполнителями и создания настроя на работу,</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Непосредственную помощь в процессе реализации,</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Анализ хода и результатов конкретного дела, подведение итогов и поощрение.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="283" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Отслеживание организационной деятельности через регулирование выполнения организации, а также регулирование сопряжения планов и организационной деятельности.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Формирование функции внутришкольного контроля как целостной функции, отвечающей за взаимосвязь целей, планов и организации через:</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...56 lines deleted...]
-        <w:pStyle w:val="af1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="1080" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отработку контролирующих функций директора, зам. директора, заведующих МО, учителей, классных руководителей;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="1080" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:after="0"/>
-[...21 lines deleted...]
-        <w:pStyle w:val="af1"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="1080" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>анализ полученных в ходе контроля результатов и сравнение этих результатов с целями;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
         <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="1080" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>применение стимулирующего характера.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:widowControl/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:left="1080" w:hanging="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:shd w:val="clear" w:color="auto" w:themeColor="" w:themeTint="" w:themeShade="" w:fill="FFFFFF" w:themeFill="" w:themeFillTint="" w:themeFillShade=""/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="540" w:hanging="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:spacing w:val="1"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Раздел</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перспективная программа реализации</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:shd w:val="clear" w:color="auto" w:themeColor="" w:themeTint="" w:themeShade="" w:fill="FFFFFF" w:themeFill="" w:themeFillTint="" w:themeFillShade=""/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:spacing w:val="1"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>основных направлений развития школы</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.1. ЭТАПЫ РЕАЛИЗАЦИИ ПРОГРАММЫ РАЗВИТИЯ</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Этап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Аналитико-проектировочный – 2019 -2020  учебный год</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Содержание деятельности этапа:</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...28 lines deleted...]
-        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="0" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Анализ воспитательно-образовательного процесса </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, выявление существующих проблем и возможностей их решения. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Осмысление педагогическим коллективом </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> теоретико-методологических основ решения выявленных проблем, разработка основополагающих документов, регламентирующих совершенствование деятельности. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Диагностика ценностных ориентаций школьников, педагогов и родителей с целью выбора типа воспитательной системы. Оценка существующей у </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,  ресурсной базы, необходимой для реализации программы.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...28 lines deleted...]
-        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="0" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Разработка проекта изменений образовательной деятельности </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школы в условиях инклюзивного образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, создания воспитательной системы, реализации образовательных технологий, здоровьесберегающего компонента деятельности в образовательном пространстве </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, содержания и форм работы педагогов </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в новых условиях. Рассмотрение возможных изменений в процессе и результатах деятельности школьников и педагогов с учетом компетентностного подхода к ним.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...20 lines deleted...]
-        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="0" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Формулировка критериев и показателей эффективности деятельности на каждом этапе деятельности.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Предполагаемые результаты:</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Программа реализации программы развития. </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проект модели изменения образовательной деятельности </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, учитывающей результаты диагностики и анализ ресурсной базы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Этап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>II</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Формирующий – 2020-2023 уч.гг.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Содержание деятельности этапа:</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...20 lines deleted...]
-        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="0" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Последовательная апробация спроектированной модели изменения образовательной деятельности школы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в условиях инклюзивного образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...20 lines deleted...]
-        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="0" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Коррекция модели в процессе ее апробации. </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...115 lines deleted...]
-        <w:pStyle w:val="af1"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="993" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:after="0"/>
-[...139 lines deleted...]
-        <w:widowControl/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="0" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Диагностика эффективности реализации модели исходя из существующих критериев. </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Предполагаемые результаты:</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Создание воспитательной системы на основах самоуправления как деятельности, имеющей четкую структуру, основные компоненты, нормы и правила жизнедеятельности, характеризующейся определенным укладом жизни школьников и педагогов, и соответствующей разрабатываемой модели.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Создание системы образовательной деятельности, включающей инновационные процессы, здоровьесберегающий аспект и опирающейся на компетентностный подход</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в условиях инклюзивного образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Реализация процессов формирования функциональной грамотности у школьников.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Создание условий для организации индивидуального подхода для учащихся, нуждающихся в педагогической поддержке</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в условиях инклюзивного образования.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Этап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>III</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обобщающий – 2023-2024 уч. г.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Содержание деятельности этапа:</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Экспертиза результатов инновационной деятельности на базе школы. Диагностика результативности на основе разработанных критериев. Обобщение полученных результатов и подведение итогов инновационной деятельности относительно возможности и необходимости внедрения данной модели в деятельность школы.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Предполагаемые результаты:</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Диагностико-аналитические материалы апробации модели образовательной деятельности школы, дающие основания для утверждения истинности или ложности первоначальной гипотезы и вывода относительно возможности внедрения разработанной модели</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в условиях инклюзивного образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:beforeAutospacing="0" w:before="0" w:afterAutospacing="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style13"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.2 Механизм реализации</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:beforeAutospacing="0" w:before="0" w:afterAutospacing="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:beforeAutospacing="0" w:before="0" w:afterAutospacing="0" w:after="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Механизм реализации Программы развития - инновационная и экспериментальная деятельность по реализации проектов, позволяющая совершенствовать учебно-воспитательную работу, систему управления школой. Успешная реализация Программы развития возможна при выполнении следующих условий:</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
-        <w:tabs>
-[...61 lines deleted...]
-        <w:widowControl/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>эффективное проектирование и планирование целостной образовательной среды школы,  управленческое и научно-методическое сопровождение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в условиях инклюзивного образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
-        <w:tabs>
-[...25 lines deleted...]
-        <w:widowControl/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>создание для педагогов материальных и моральных стимулов работы в рамках реализации Программы развития, условий для проявления инициативы, атмосферы личной заинтересованности в положительных результатах, понимания перспектив и ценности собственного профессионального роста при успешной реализации Программы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в условиях инклюзивного образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
-        <w:tabs>
-[...29 lines deleted...]
-          <w:b/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:bCs/>
-          <w:spacing w:val="1"/>
-[...39 lines deleted...]
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>реализация системы информационной поддержки.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:bCs/>
-          <w:spacing w:val="1"/>
-[...8 lines deleted...]
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
-          <w:spacing w:val="1"/>
-[...235 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:themeColor="" w:themeTint="" w:themeShade="" w:fill="FFFFFF" w:themeFill="" w:themeFillTint="" w:themeFillShade=""/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="284" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="0" w:right="11" w:hanging="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:spacing w:val="-1"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ПРОЕКТ       «ШКОЛА СОЦИАЛИЗАЦИИ, СОЗДАНИЕ ВОСПИТАТЕЛЬНОЙ СИСТЕМЫ ШКОЛЫ»</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:shd w:val="clear" w:color="auto" w:themeColor="" w:themeTint="" w:themeShade="" w:fill="FFFFFF" w:themeFill="" w:themeFillTint="" w:themeFillShade=""/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Цель:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">разработка и апробация модели воспитательной системы на принципах социализации и самоуправления в школе, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учитывающей его традиции, особенности ценностных ориентаций коллектива школьников, родителей и педагогов, и направленной на коррекцию выявленных недостатков процесса и результата воспитания школьников</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в условиях инклюзивного образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:shd w:val="clear" w:color="auto" w:themeColor="" w:themeTint="" w:themeShade="" w:fill="FFFFFF" w:themeFill="" w:themeFillTint="" w:themeFillShade=""/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...67 lines deleted...]
-      <w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Задачи:</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="29"/>
         </w:numPr>
-        <w:tabs>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ознакомить педагогов с теорией и практикой воспитательных систем, направленных на воспитания социализации, теоретическими и методическими основами проектирования образа выпускника с учетом особенностей определенного типа воспитательной системы на принципах самоуправления</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...27 lines deleted...]
-      <w:pPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в условиях инклюзивного образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="29"/>
         </w:numPr>
-        <w:tabs>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...96 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Диагностика состояния и результативности воспитательного процесса, анализ условий развития личности школьников, определение воспитательного потенциала окружающей среды, путей и способов его реализации.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="29"/>
         </w:numPr>
-        <w:tabs>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...97 lines deleted...]
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...111 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+        <w:t>Осуществлять действия по интеграции индивидуальных и групповых представлений членов школьного сообщества в коллективный образ учебного заведения.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="29"/>
         </w:numPr>
-        <w:tabs>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...16 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Выявить взаимосвязей и условий согласования элементов, составляющих воспитательные системы самоуправления и индивидуально-личностного типов.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="29"/>
         </w:numPr>
-        <w:tabs>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...15 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Подбор и согласование ценностно-смысловых, технологических, организационно-деятельностных элементов для конструирования воспитательной системы школы.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="29"/>
         </w:numPr>
-        <w:tabs>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сконструировать модель воспитательной системы и составить программу ее построения.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...44 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Провести научно-методическую и управленческую экспертизу модели воспитательной системы и программы ее построения;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...194 lines deleted...]
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...35 lines deleted...]
-          <w:b/>
+        </w:rPr>
+        <w:t>Реализовать модельные представления в педагогической практике школы.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:iCs/>
-          <w:sz w:val="28"/>
-[...8 lines deleted...]
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-          <w:b/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
           <w:iCs/>
-          <w:sz w:val="28"/>
-[...386 lines deleted...]
-        <w:pStyle w:val="af0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ожидаемые   результаты</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Обеспечение готовности учащегося и педагога к самоактуализации:</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...32 lines deleted...]
-        <w:pStyle w:val="af0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>формирование позитивной «Я – концепции» ребенка и взрослого;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...21 lines deleted...]
-        <w:pStyle w:val="af0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>актуализация потребности в самореализации и саморегуляции;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...105 lines deleted...]
-          <w:bCs/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...9 lines deleted...]
-          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...9 lines deleted...]
-          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">обеспечение формирования умений у педагогов и учащихся в социализации, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...545 lines deleted...]
-        <w:pStyle w:val="af1"/>
+        </w:rPr>
+        <w:t>самопознании, самоопределении, самореализации, саморегуляции, способности быть субъектом своей жизни  и жизнедеятельности в школе.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText2"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...2 lines deleted...]
-          <w:i w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:i w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...106 lines deleted...]
-        <w:pStyle w:val="af1"/>
+        </w:rPr>
+        <w:t>Формирование в школьном сообществе среды, содействующей самоактуализации учащихся и педагогов.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="31"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...2 lines deleted...]
-          <w:i w:val="0"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:i w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:pStyle w:val="af1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">поддержание благоприятного  интеллектуального, нравственного и эмоционально-психологического климата в школе; </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="31"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...2 lines deleted...]
-          <w:i w:val="0"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:i w:val="false"/>
+          <w:szCs w:val="28"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:i w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...45 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+        <w:t>наличие  у педагогов и учащихся чувства защищенности;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="31"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...65 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+        <w:t>восприятие и детьми, и взрослыми творчества как важнейшей ценности своей жизнедеятельности;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="31"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+        <w:t>создание социально-валеологической и психолого-педагогической поддержки личности ребенка в процессе развития и раскрытия его индивидуальных способностей;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="31"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+        <w:t>использование в учебно-воспитательном процессе личностно-ориентированных технологий, приемов и методов обучения и социализации  и воспитания учащихся;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="31"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>моделирование и построение воспитательных систем классов, сориентированных на содействие личности в  деятельности по формированию и проявлению своих уникальных свойств и качеств;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-        <w:ind w:left="720"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>создание системы мониторинга  изменений  уровня социализации, саморазвития личности и школьного коллектива.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="720" w:hanging="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="720" w:hanging="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="720" w:hanging="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="720" w:hanging="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="32"/>
-          <w:szCs w:val="28"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
-          <w:szCs w:val="28"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>II</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...43 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  ПРОЕКТ   «ПРОЕКТИРОВАНИЕ ИНДИВИДУАЛЬНЫХ ПРОГРАММ ДЛЯ КАЖДОГО УЧАЩЕГОСЯ»</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:spacing w:val="-1"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:b/>
+        </w:rPr>
+        <w:t>Цель</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>: организовать работу педагогического коллектива школы, направив ее на обеспечение успешного усвоения базового уровня образования учащихся, нуждающихся в педагогической поддержке</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в условиях инклюзивного образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:spacing w:val="-1"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Задачи:</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Выявить группу учащихся, нуждающихся в педагогической поддержке.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Разработать индивидуальные образовательные программы для школьников с ООП</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Создать банк данных учащихся, нуждающихся в педагогической поддержке.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Создать комфортные условия для работы учащихся, нуждающихся в педагогической поддержке.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Произвести отбор педагогических технологий для организации учебного процесса с учащимися, нуждающимися в педагогической поддержке.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:themeColor="" w:themeTint="" w:themeShade="" w:fill="FFFFFF" w:themeFill="" w:themeFillTint="" w:themeFillShade=""/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:spacing w:val="-1"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-          <w:b/>
+        </w:rPr>
+        <w:t>Организовать работу педагогического коллектива школы, направив её на обеспечение усвоения базового уровня образования учащихся, нуждающихся в педагогической поддержке</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
+          <w:i/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ожидаемые результаты</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="0" w:firstLine="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Рост образовательных достижений учащихся школы во всех предметных областях и на всех ступенях обучения. </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="0" w:firstLine="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сокращение «слоя» неуспевающих  и слабоуспевающих учеников на всех ступенях обучения. </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="0" w:firstLine="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Повышение уровня психологического комфорта и удовлетворённости образовательным процессом у учащихся и родителей. </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="0" w:firstLine="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Становление академической, творческой, социальной успешности как одного из компонентов в системе  внутришкольных ценностей.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:sz w:val="32"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="284" w:hanging="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>III</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. ПРОЕКТ «ФОРМИРОВАНИЕ ФУНКЦИОНАЛЬНОЙ ГРАМОТНОСТИ У ШКОЛЬНИКОВ»</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="0" w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Цель: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обеспечить организационно-управленческие механизмы для развития функциональной грамотности школьников, как основного инструмента реализации нового качества образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в условиях инклюзивного образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Обеспечить компетентностный подход к  содержанию  образования, современные подходы к технологиям достижения новых образовательных результатов, безусловное  выполнение государственного образовательного стандарта.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Задачи проекта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> направлены на создание условий реализации механизмов развития функциональной грамотности, сформулированных в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Национальном плане действий по развитию функциональной грамотности школьников на 2012-2016 годы.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обновить структуру образовательной программы школы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в условиях инклюзивного образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обеспечить внедрение инновационных образовательных технологий. </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Внедрить новые способы критериального оценивания учебных достижений учащихся на всех ступенях школы.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Разработать </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>модель общественно-государственной формы управления школой.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обеспечить активное участие родителей в образовании и воспитании детей.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Создать толерантную образовательную среду, способствующую установлению партнерских и дружелюбных отношений между учителем и учениками.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Организовать систему дополнительного образования в школе.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ожидаемые результаты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  будут достигнуты при наличии следующих условий</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.Разработана новая образовательная программа, которая обеспечивает:</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обновление содержания  школьного  и  компонента;  </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>расширение образовательных возможностей школьников на основе проектной деятельности и портфолио;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>реализацию инновационного потенциала педагогов.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. В учебном процессе используются современные образовательные технологии:</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>широкое использование проектной технологии на всех ступенях школы;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>применение  интерактивных методов и  новых форм  организации образовательного процесса;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>изучение и внедрение в практику опыта работы Назарбаев интеллектуальных школ, Кембриджской технологии;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">разработка учебно-методических материалов для новых форм организации образовательного процесса, обеспечивающих формирование функциональной грамотности; </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>разработка и описание методики организации учебного исследования и проектирования в старшем звене школы;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Создана система формирующего оценивания каждого учащегося:</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>определены и описаны критерии измерения учебных достижений учащихся.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>разработаны диагностические процедуры  и инструментарий  для поэтапного объективного учета образовательных достижений учащихся;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>используются в повседневной практике новые подходы к оцениванию учебных достижений учащихся;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в содержание обучения включены методы самоконтроля и самооценивания;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>разработаны требования к организации объективной системы текущего контроля и мониторинга качества знаний учащихся;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Выстроена новая система взаимодействия школы с обществом:</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>действуют  Совет по связям с общественностью и Попечительский совет, к работе активно привлечены НПО и другие секторы гражданского общества;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обеспечен адекватный уровень подотчетности школы и представления полной и открытой информации сообществу об учебных достижениях учащихся и деятельности школы.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5. Создана система взаимоподдержки и общности интересов семьи и школы:</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обеспечено активное участие родителей в образовании и воспитании детей через деятельность ассоциаций родителей;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>разработана и реализуется программа семинаров для родителей по вопросам развития функциональной грамотности родителей;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>регулярно проводится исследование «Оценка влияния родителей на формирование функциональной грамотности школьников»;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>повышена функциональная грамотность родителей, проявляющаяся в первоочередном внимании и активности родителей в наилучшем обеспечении образовательных и личностных интересов ребенка.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="360" w:hanging="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6. Реализуются на практике  основные концептуальные положения педагогики толерантности:</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>разработана модель психолого-педагогического и методического сопровождения  различных образовательных практик школьников (тьюторы, модераторы,  фасилитаторы, консультанты и т.д.), а также специальная деятельность социально-психологической службы школы;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">используются современные образовательные технологии, основанные на интерактивных формах взаимодействия (проблемное обучение, технология критического мышления,  технологии игрового моделирования, проектные и исследовательские технологии, разнообразные дискуссионные формы взаимодействия; </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>технология диалога как особая дидактико-коммуникативная среда, обеспечивающая субъект-субъектное общение, рефлексию, самореализацию личности (диалог - образец, пошаговое оставление диалога, создание ситуации общения, личностно-смысловой диалог как средство соразвития  учителя и ученика);</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7. Для обеспечения достижения функциональной грамотности реализуется программа дополнительного образования:</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>увеличен охват учащихся дополнительным образованием;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в  школе расширена сеть кружков, секций по различным направлениям: научно-исследовательским проектам, техническому творчеству, изобретательству, моделированию;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обеспечена интеграция деятельности организаций дополнительного образования и  школы, способствующая профессиональному самоопределению личности и формированию у учащихся потребности в творческой и инновационной деятельности;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в  кружки и секции вовлечены учащиеся из социально незащищенных семей.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="360" w:hanging="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="360" w:hanging="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="360" w:hanging="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="360" w:hanging="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ПРОЕКТ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«ФОРМИРОВАНИЕ ПРОФЕССИОНАЛЬНЫХ</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:themeColor="" w:themeTint="" w:themeShade="" w:fill="FFFFFF" w:themeFill="" w:themeFillTint="" w:themeFillShade=""/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>КОМПЕТЕНЦИЙ УЧИТЕЛЯ В УСЛОВИЯХ ВНЕДРЕНИЯ ОБНОВЛЕНИЯ СОДЕРЖАНИЯ ОБРАЗОВАНИЯ И ИНКЛЮЗИВНОГО ОБРАЗОВАНИЯ»</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:themeColor="" w:themeTint="" w:themeShade="" w:fill="FFFFFF" w:themeFill="" w:themeFillTint="" w:themeFillShade=""/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Цель проекта:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Создание организационно-управленческих, научно-методических и материально-технических условий для формирования компетенций учителя в условиях обновления содержания образования и инклюзивного образования.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Задачи проекта:</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.Определить степень сформированности компетенций учителей СОШ № 15. </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Создать систему организационно-управленческого обеспечения деятельности школы по формированию профессиональных компетенций педагогов. </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Обеспечить научно-методическое сопровождение для профессионального развития педагогов.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Обеспечить материально-техническую поддержку профессионального развития педагогов. </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5. Обобщить и транслировать опыт реализации инновационного проекта.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:themeColor="" w:themeTint="" w:themeShade="" w:fill="FFFFFF" w:themeFill="" w:themeFillTint="" w:themeFillShade=""/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="28"/>
-[...8 lines deleted...]
-          <w:b/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
           <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="af0"/>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:shd w:val="clear" w:color="auto" w:themeColor="" w:themeTint="" w:themeShade="" w:fill="FFFFFF" w:themeFill="" w:themeFillTint="" w:themeFillShade=""/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Прогнозируемые результаты</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В системе организационно-управленческого обеспечения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деятельности школы по формированию профессиональных компетенций педагогов:</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- разработаны методические рекомендации по формированию профессиональных компетентности и освоению трудовых действий и функций педагога; </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- привлечены необходимые внешние ресурсы для развития профессиональных компетенций педагогов (социальное партнерство с образовательными организациями </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В системе научно-методического сопровождения </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>профессиональных изменений педагогов:</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- разработана система внутришкольной сертификации педагогов и пакет диагностических материалов </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- опыт инновационной деятельности обобщен, оформлен, успешно диссеминируется (100% от плана).  города, региона). </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В ресурсном обеспечении</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: - созданы необходимые материально-технические условия  для развития и совершенствования профессиональных компетенций  педагогов </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- сформирована положительная мотивация педагогов на профессиональное развитие,  участие в конкурсах профессионального мастерства, диссеминацию ценного педагогического опыта (100% педагогов); - кадровый состав стабилен, с положительной динамикой развития (100% педагогов успешно проходят процедуру аттестации); </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образовательных результатах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учащихся: </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- получена положительная динамика количества учащихся, активно занимающихся проектной и исследовательской деятельностью;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- получена положительная динамика стабильно высоких результатов;</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Социальные эффекты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- сохранение положительного имиджа школы;  </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- отсутствие обоснованных жалоб родителей (законных представителей);</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- обеспечение доступного качественного образования для всех категорий учащихся с учетом их индивидуальных потребностей;  </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:shd w:val="clear" w:color="auto" w:themeColor="" w:themeTint="" w:themeShade="" w:fill="FFFFFF" w:themeFill="" w:themeFillTint="" w:themeFillShade=""/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:spacing w:val="-1"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
+          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- усиление инновационного потенциала школы</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:shd w:val="clear" w:color="auto" w:themeColor="" w:themeTint="" w:themeShade="" w:fill="FFFFFF" w:themeFill="" w:themeFillTint="" w:themeFillShade=""/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:spacing w:val="-1"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
+          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:shd w:val="clear" w:color="auto" w:themeColor="" w:themeTint="" w:themeShade="" w:fill="FFFFFF" w:themeFill="" w:themeFillTint="" w:themeFillShade=""/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:spacing w:val="-1"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
+          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.3  КРИТЕРИИ ЭФФЕКТИВНОСТИ РЕАЛИЗАЦИИ</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:shd w:val="clear" w:color="auto" w:themeColor="" w:themeTint="" w:themeShade="" w:fill="FFFFFF" w:themeFill="" w:themeFillTint="" w:themeFillShade=""/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:spacing w:val="-1"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
+          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРОГРАММЫ РАЗВИТИЯ ШКОЛЫ</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Новообразования в развитии детей:</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Положительная динамика личностного роста школьников; освоение школьниками способов ненасильственного действия и демократического поведения, инновационного, критического мышления и рефлексии, навыков самоорганизации, самоуправления, проектной деятельности; формирование ценности патриотизма, толерантного сознания, здоровья; развитие субъектности в учебно-познавательной деятельности; формирование личностных мотивационных механизмов учения; формирование опыта социализации, самопознания, самоопределения, самореализации, саморазвития в учебно-познавательной деятельности; формирование умений вести учебный диалог, проблематизировать собственную деятельность; развитие навыков учебного самоконтроля и самооценки; опыт партнерских, сотруднических отношений детей друг с другом, со взрослыми в совместной деятельности, умение работать в команде, навыки групповой кооперации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в условиях инклюзивного образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Новое в содержании, формах и методах педагогической деятельности: </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>совершенствование профессионального мастерства педагогов школы, развитие их профессионального сознания, позиции воспитателя; метапредметная система заданий, направленных на обеспечение в пространстве урока процессов самопознания, самоопределения, самореализации, саморазвития личности школьника; описание коммуникативной картины уроков по различным учебным предметам;  формы критериального оценивания - гуманизации контроля и оценки учебной деятельности школьников на различных возрастных ступенях образования; технология проектирования и реализации педагогических событий как альтернатива мероприятийному подходу к воспитанию; определение инновационных форм развития субъектности родителей в образовательном процессе; определение форм развивающей совместности учащихся друг с другом, учащихся и педагогов в различных видах деятельности.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="284" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Освоение и принятие миссии, целей школы, особенностей его деятельности всеми участниками образовательного процесса</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
-          <w:spacing w:val="-1"/>
-[...18 lines deleted...]
-        <w:pStyle w:val="af0"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в условиях инклюзивного образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...24 lines deleted...]
-        <w:pStyle w:val="af0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="284" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сформированность у педагогического коллектива профессиональной компетентности в условиях обновления содержания образования.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...24 lines deleted...]
-        <w:pStyle w:val="af0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="284" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сформированность у учащихся функциональной грамотности.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...24 lines deleted...]
-        <w:pStyle w:val="af0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="284" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Единство ценностных ориентаций в педагогическом и родительском коллективах.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...24 lines deleted...]
-        <w:pStyle w:val="af0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="284" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Налаженное взаимодействие каждого профиля с соответствующими его специфике вузами города и региона.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...706 lines deleted...]
-        <w:pStyle w:val="22"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="284" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Положительная динамика (отсутствие отрицательной динамики) состояния физического и психического здоровья субъектов образовательного процесса, фиксируемая в ходе мониторинга.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="34"/>
+          <w:numId w:val="42"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...20 lines deleted...]
-        <w:pStyle w:val="22"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="284" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Высокая результативность обучения, фиксируемая в процессе контроля результатов обучения (текущего и итогового), качества выступлений школьников на конкурсах и олимпиадах различного уровня, поступаемости в вузы выпускников школы.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="34"/>
+          <w:numId w:val="42"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...20 lines deleted...]
-        <w:pStyle w:val="22"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="284" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Удовлетворенность всех субъектов образовательного процесса (школьников, педагоги, родители) качеством образования, личностным ростом детей, фиксируемая путем опросов.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="34"/>
+          <w:numId w:val="42"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...21 lines deleted...]
-        <w:pStyle w:val="22"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="284" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сложившаяся система воспитания, направленная на самоуправление своей деятельностью, на интеллектуальное и индивидуально личностное нравственно-ценностное развитие школьников.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="34"/>
+          <w:numId w:val="42"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...20 lines deleted...]
-        <w:pStyle w:val="22"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="284" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сложившаяся система научно-исследовательской и инновационной деятельности преподавателей и школьников.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="34"/>
+          <w:numId w:val="42"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...29 lines deleted...]
-        <w:pStyle w:val="22"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="284" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Положительная динамика нравственно-психологического климата в коллективе школы.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="34"/>
-[...708 lines deleted...]
-          <w:numId w:val="37"/>
+          <w:numId w:val="42"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="567" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...634 lines deleted...]
-          <w:b/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="284" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Владение образовательными, индивидуально-личностными технологиями обучения всеми педагогами школы  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...8 lines deleted...]
-        <w:ind w:left="360"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в условиях инклюзивного образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:shd w:val="clear" w:color="auto" w:themeColor="" w:themeTint="" w:themeShade="" w:fill="FFFFFF" w:themeFill="" w:themeFillTint="" w:themeFillShade=""/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="-74" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:sectPr>
+          <w:footerReference w:type="default" r:id="rId2"/>
+          <w:type w:val="nextPage"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:left="1134" w:right="1134" w:header="0" w:top="1134" w:footer="708" w:bottom="1134" w:gutter="0"/>
+          <w:pgNumType w:fmt="decimal"/>
+          <w:formProt w:val="false"/>
+          <w:textDirection w:val="lrTb"/>
+          <w:docGrid w:type="default" w:linePitch="360" w:charSpace="4294965247"/>
+        </w:sectPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:iCs/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...569 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
-          <w:spacing w:val="-1"/>
-[...2229 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.4 Перспективный план работы коллектива по реализации Программы развития школы</w:t>
+      </w:r>
+      <w:r/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14940" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1951"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4500"/>
+        <w:gridCol w:w="2091"/>
+        <w:gridCol w:w="3117"/>
+        <w:gridCol w:w="5052"/>
+        <w:gridCol w:w="4679"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002A31B7" w:rsidTr="00A02824">
+      <w:tr>
         <w:trPr>
-          <w:cantSplit/>
-[...1 lines deleted...]
-          <w:tblHeader/>
+          <w:tblHeader w:val="true"/>
+          <w:trHeight w:val="269" w:hRule="atLeast"/>
+          <w:cantSplit w:val="true"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1951" w:type="dxa"/>
+            <w:tcW w:w="2091" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A31B7" w:rsidRPr="00667D4D" w:rsidRDefault="002A31B7" w:rsidP="00A02824">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Қызмет бағыты</w:t>
+              </w:rPr>
+              <w:t>Направления деятельности</w:t>
             </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12989" w:type="dxa"/>
+            <w:tcW w:w="12848" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002A31B7" w:rsidRPr="00667D4D" w:rsidRDefault="002A31B7" w:rsidP="00A02824">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Кезеңдер </w:t>
+              </w:rPr>
+              <w:t>Этапы</w:t>
             </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A31B7" w:rsidTr="00C14895">
+      <w:tr>
         <w:trPr>
-          <w:cantSplit/>
+          <w:cantSplit w:val="true"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1951" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="2091" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A31B7" w:rsidRDefault="002A31B7" w:rsidP="00A02824">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
+            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="3117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A31B7" w:rsidRDefault="002A31B7" w:rsidP="00A02824">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:ind w:firstLine="34"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">2019-2020 </w:t>
+              </w:rPr>
+              <w:t>2019-2020 уч. г.</w:t>
             </w:r>
-            <w:r>
-[...24 lines deleted...]
-            </w:pPr>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4520" w:type="dxa"/>
+            <w:tcW w:w="5052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A31B7" w:rsidRPr="00667D4D" w:rsidRDefault="002A31B7" w:rsidP="00A02824">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">2020– 2023 </w:t>
+              </w:rPr>
+              <w:t>2020– 2023 уч. гг.</w:t>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4500" w:type="dxa"/>
+            <w:tcW w:w="4679" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A31B7" w:rsidRPr="00667D4D" w:rsidRDefault="002A31B7" w:rsidP="00A02824">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">2023-2024 </w:t>
+              </w:rPr>
+              <w:t>2023-2024 уч. г.</w:t>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A31B7" w:rsidRPr="00F10A69" w:rsidTr="00C14895">
+      <w:tr>
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1951" w:type="dxa"/>
+            <w:tcW w:w="2091" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002A31B7" w:rsidRPr="00667D4D" w:rsidRDefault="002A31B7" w:rsidP="00A02824">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-              <w:t>Норматив</w:t>
+              </w:rPr>
+              <w:t>Нормативное</w:t>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="3117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002A31B7" w:rsidRPr="003A6C83" w:rsidRDefault="002A31B7" w:rsidP="00C14895">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:iCs/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Утверждение на педагогическом совете школы положения о НМС, его состава, направлений деятельности.</w:t>
+            </w:r>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Мектептегі  педагогикалық кеңесте НМС туралы, оның құрамы, қызмет бағыты туралы ережені бекіту.    Қызметтің шығыс нормативті құжаттарын пакетін әзірлеу.</w:t>
+              </w:rPr>
+              <w:t>Разработка пакета исходных нормативных документов деятельности.</w:t>
             </w:r>
-            <w:r w:rsidR="00C14895">
-              <w:rPr>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> К</w:t>
+              </w:rPr>
+              <w:t>Создание текста Концепции и Программы развития школы, их утверждение на педагогическом совете.</w:t>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4520" w:type="dxa"/>
+            <w:tcW w:w="5052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002A31B7" w:rsidRDefault="002A31B7" w:rsidP="00A02824">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:iCs/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Подготовка самоаудита по итогам работы за каждый учебный год и его утверждение.</w:t>
+            </w:r>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:iCs/>
-[...16 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              </w:rPr>
+              <w:t>Разработка и утверждение календарного плана работы на следующий учебный год.</w:t>
             </w:r>
-          </w:p>
-[...21 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4500" w:type="dxa"/>
+            <w:tcW w:w="4679" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002A31B7" w:rsidRDefault="002A31B7" w:rsidP="00A02824">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:iCs/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Қызметтің барлық кезеңі үшін ғылыми-зерттеушілік есепті дайындау.</w:t>
+              </w:rPr>
+              <w:t>Подготовка отчета о научно-исследовательской деятельности за весь период деятельности.</w:t>
             </w:r>
-          </w:p>
-[...21 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A31B7" w:rsidRPr="00F10A69" w:rsidTr="00C14895">
+      <w:tr>
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1951" w:type="dxa"/>
+            <w:tcW w:w="2091" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002A31B7" w:rsidRPr="00667D4D" w:rsidRDefault="002A31B7" w:rsidP="00A02824">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Ақпараттық </w:t>
+              </w:rPr>
+              <w:t>Информационное</w:t>
             </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="3117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002A31B7" w:rsidRPr="00181B93" w:rsidRDefault="002A31B7" w:rsidP="00A02824">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:iCs/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Педагогикалық ұжымды, ата-аналар мен оқушыларды, қалалық педагогикалық қоғамдастықты инновациялық қызметтің басталуы туралы ақпараттандыру.</w:t>
+              </w:rPr>
+              <w:t>Информирование педагогического коллектива, коллектива родителей и школьников, городского педагогического сообщества о начале инновационной деятельности</w:t>
             </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4520" w:type="dxa"/>
+            <w:tcW w:w="5052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002A31B7" w:rsidRDefault="002A31B7" w:rsidP="00A02824">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:iCs/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Мектептің тпедагогикалық кеңесінде, ата-аналар жиналыстарында, қалалық педагогикалық форумдарда, Ғылым күні апробацияның ағымдағы қорытындылары туралы сөз сөйлеу.</w:t>
+              </w:rPr>
+              <w:t>Выступление с текущими результатами апробации модели на педагогических советах школы, родительских собраниях, городских педагогических форумах, Днях Науки</w:t>
             </w:r>
-          </w:p>
-[...31 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4500" w:type="dxa"/>
+            <w:tcW w:w="4679" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002A31B7" w:rsidRDefault="002A31B7" w:rsidP="00A02824">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:iCs/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Қалалық Ғылым күні, конференцияларда, білім беру жәрмеңке-көрмелерінде</w:t>
+              </w:rPr>
+              <w:t>Выступление на городских Днях Науки, конференциях, образовательных ярмарках-выставках.</w:t>
             </w:r>
-            <w:r w:rsidR="00C14895">
-[...31 lines deleted...]
-            </w:pPr>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A31B7" w:rsidTr="00C14895">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="1417"/>
+          <w:trHeight w:val="1417" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1951" w:type="dxa"/>
+            <w:tcW w:w="2091" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002A31B7" w:rsidRPr="00555514" w:rsidRDefault="002A31B7" w:rsidP="00A02824">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-              <w:t>Диагностик</w:t>
+              </w:rPr>
+              <w:t>Диагностико-аналитическое</w:t>
             </w:r>
-            <w:r>
-[...60 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="3117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002A31B7" w:rsidRPr="00F214CA" w:rsidRDefault="002A31B7" w:rsidP="00A02824">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:iCs/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Бағдарламаның жүзеге асырылуы кезінде мектепте әлеуметтік-педагогикалық жағдайға байланысты ақпарат анализін жинау</w:t>
+              </w:rPr>
+              <w:t>Сбор и анализ информации относительно социально-педагогической ситуации в школе на момент начала реализации Программы</w:t>
             </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4520" w:type="dxa"/>
+            <w:tcW w:w="5052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002A31B7" w:rsidRDefault="002A31B7" w:rsidP="00A02824">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:iCs/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Критерилердің І-кезеңінде әзірленген басқа жобалар мен тәрбие жүйесінің негізінде апробация қорытындысының ағымдағы диагностикасын жүзеге асыру.</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Осуществление текущей диагностики результативности апробации модели воспитательной системы и других проектов на основе разработанных на </w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> этапе критериев.</w:t>
             </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4500" w:type="dxa"/>
+            <w:tcW w:w="4679" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002A31B7" w:rsidRDefault="002A31B7" w:rsidP="00A02824">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:iCs/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Жобаларды апробациялау қорытындыларына тиісті ақпаратты жинау мен талдау. Факторлы</w:t>
+              </w:rPr>
+              <w:t>Сбор и анализ информации относительно результатов апробации проектов. Проведение факторного анализа. Обобщение полученных материалов.</w:t>
             </w:r>
-            <w:r w:rsidR="00C14895">
-[...41 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A31B7" w:rsidRPr="00F10A69" w:rsidTr="00C14895">
+      <w:tr>
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1951" w:type="dxa"/>
+            <w:tcW w:w="2091" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002A31B7" w:rsidRPr="00610169" w:rsidRDefault="002A31B7" w:rsidP="00A02824">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-              <w:t>Ұйымдасты рушылық</w:t>
+              </w:rPr>
+              <w:t>Организационно - координационное</w:t>
             </w:r>
-            <w:r>
-[...21 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="3117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002A31B7" w:rsidRPr="00E12FC6" w:rsidRDefault="002A31B7" w:rsidP="00A02824">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:iCs/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Шығармашылық топтардың мектептің тәрбие жүйесі мен басқа да жобаларының инновациялық моделін апробациялау бойынша жұмысты ұйымдастыру.</w:t>
+              </w:rPr>
+              <w:t>Организация работы творческих групп по апробации инновационной модели воспитательной системы школы и других проектов.</w:t>
             </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4520" w:type="dxa"/>
+            <w:tcW w:w="5052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002A31B7" w:rsidRDefault="002A31B7" w:rsidP="00A02824">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:iCs/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Деятельность НМС и творческих групп согласно плана.</w:t>
+            </w:r>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:iCs/>
-[...16 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> Ұжымның тәрбие жүйесі мен басқа да жобаларды апробациялау бойынша ағымдағы қызметін ұйымдастыру мен үйлестіру</w:t>
+              </w:rPr>
+              <w:t>Организация и координация текущей деятельности коллектива по апробации модели воспитательной системы и других проектов.</w:t>
             </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4500" w:type="dxa"/>
+            <w:tcW w:w="4679" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002A31B7" w:rsidRDefault="002A31B7" w:rsidP="00A02824">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:iCs/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Мектеп ұжымының инновациялық қызмет тәжірибесін жалпылау мен жобаларды апробицилау бойынша ғылыми-әдістемелік кеңес қызметінің үйлесімі.</w:t>
+              </w:rPr>
+              <w:t>Координация Научно-методическим советом деятельности по анализу результатов апробации проектов и обобщению опыта инновационной деятельности коллектива школы.</w:t>
             </w:r>
-          </w:p>
-[...11 lines deleted...]
-            </w:pPr>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A31B7" w:rsidRPr="00F10A69" w:rsidTr="00C14895">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="266"/>
+          <w:trHeight w:val="266" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1951" w:type="dxa"/>
+            <w:tcW w:w="2091" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002A31B7" w:rsidRPr="0005120F" w:rsidRDefault="002A31B7" w:rsidP="00A02824">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Жобалық </w:t>
+              </w:rPr>
+              <w:t>Проектировочное</w:t>
             </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="3117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002A31B7" w:rsidRDefault="002A31B7" w:rsidP="00A02824">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:iCs/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Мектептің тәрбие жүйесі моделін диагностикалық-аналитикалық қызмет негізінде жобалау.</w:t>
+              </w:rPr>
+              <w:t>Проектирование модели воспитательной системы школы на основе результатов диагностико-аналитической деятельности.</w:t>
             </w:r>
-          </w:p>
-[...11 lines deleted...]
-            </w:pPr>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4520" w:type="dxa"/>
+            <w:tcW w:w="5052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002A31B7" w:rsidRDefault="002A31B7" w:rsidP="00A02824">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:iCs/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Конкретизация модели воспитательной системы (разработка и адаптация педагогических методик, технологий деятельности, организационных структур и т.д.)</w:t>
+            </w:r>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:iCs/>
-[...16 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Басқа екі жобаны жүзеге асыру бойынша қызметті нақтылау.</w:t>
+              </w:rPr>
+              <w:t>Конкретизация деятельности по реализации двух других проектов</w:t>
             </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4500" w:type="dxa"/>
+            <w:tcW w:w="4679" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002A31B7" w:rsidRDefault="002A31B7" w:rsidP="00A02824">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:iCs/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Тәрбие жүйесінің  апробацияланған моделінболжау және мектеп қызметіндегі басқа жобаларды жүзеге асыру. </w:t>
+              </w:rPr>
+              <w:t>Прогнозирование возможных результатов системного внедрения апробированной модели воспитательной системы и реализации других проектов в деятельность школы.</w:t>
             </w:r>
-          </w:p>
-[...11 lines deleted...]
-            </w:pPr>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A31B7" w:rsidRPr="00F10A69" w:rsidTr="00C14895">
+      <w:tr>
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1951" w:type="dxa"/>
+            <w:tcW w:w="2091" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002A31B7" w:rsidRPr="0005120F" w:rsidRDefault="002A31B7" w:rsidP="00A02824">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Әдістемелік </w:t>
+              </w:rPr>
+              <w:t>Методическое</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="3117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002A31B7" w:rsidRDefault="002A31B7" w:rsidP="00A02824">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:iCs/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Бағдарламаның жеке бағыттары бойынша педагогикалық кеңестер, ӘБ мәжілістерін өткізу.</w:t>
+              </w:rPr>
+              <w:t>Проведение педагогических советов, заседаний МО по реализации отдельных направлений программы</w:t>
             </w:r>
-          </w:p>
-[...21 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4520" w:type="dxa"/>
+            <w:tcW w:w="5052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002A31B7" w:rsidRDefault="002A31B7" w:rsidP="00A02824">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:iCs/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Мектептің тәрбие жүйесін модельдеу мен өңдеу проблемасы бойынша семинарлар өткізу және басқа екі жобаны жүзеге асыру, қажеттіліктерге сәйкес оқыту қызметі мен басқаларға сәйкес құнды бағдарлар, құнды-мәнді </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение семинаров по проблеме разработки и моделирования воспитательной системы школы и реализации двух других проектов, анализ возможностей использования существующих технологий коллективообразования, формирования ценностных ориентаций, ценностно-смыслового диалога, индивидуально-личностных технологий учебной деятельности и др. в соответствии с потребностями модели. </w:t>
             </w:r>
-            <w:r>
-[...42 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4500" w:type="dxa"/>
+            <w:tcW w:w="4679" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002A31B7" w:rsidRPr="00D43816" w:rsidRDefault="002A31B7" w:rsidP="00A02824">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:iCs/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Разработка и издание методических рекомендаций по итогам инновационной деятельности по разработке и апробации модели воспитательной системы школы и реализации других проектов.</w:t>
+            </w:r>
+            <w:r/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">Мектептің тәрбие жүйесі мен басқа жобаларын жүзеге асыру моделін апробациялау және инновациялық қызметті әзірлеу бойынша әдістемелік ұсынымдарды әзірлеп, шығару.жобаларды жүзеге асырумен айналысатын мамандар </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение открытого семинара для специалистов, занимающихся вопросами реализации проектов </w:t>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A31B7" w:rsidTr="00C14895">
+      <w:tr>
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1951" w:type="dxa"/>
+            <w:tcW w:w="2091" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002A31B7" w:rsidRPr="0005120F" w:rsidRDefault="002A31B7" w:rsidP="00A02824">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:b/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
+                <w:bCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Тәжірибелік </w:t>
+              </w:rPr>
+              <w:t>Практическое</w:t>
             </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="3117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002A31B7" w:rsidRDefault="002A31B7" w:rsidP="00A02824">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
+            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4520" w:type="dxa"/>
+            <w:tcW w:w="5052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002A31B7" w:rsidRDefault="002A31B7" w:rsidP="00A02824">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:iCs/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Мектептің  тәрбие жүйесінің инновациялық моделі  мен  басқа  жобаларды локальді және модульді түрде апробациялау.</w:t>
+              </w:rPr>
+              <w:t>Локальная и модульная апробация инновационной модели воспитательной системы школы и других проектов.</w:t>
             </w:r>
-          </w:p>
-[...9 lines deleted...]
-            </w:pPr>
+            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4500" w:type="dxa"/>
+            <w:tcW w:w="4679" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideH w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:insideV w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002A31B7" w:rsidRDefault="002A31B7" w:rsidP="00A02824">
+          <w:p>
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:iCs/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
+            </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002A31B7" w:rsidRDefault="002A31B7" w:rsidP="002A31B7">
-[...195 lines deleted...]
-          <w:docGrid w:linePitch="360" w:charSpace="-2049"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:sectPr>
+          <w:footerReference w:type="default" r:id="rId3"/>
+          <w:type w:val="nextPage"/>
+          <w:pgSz w:orient="landscape" w:w="16838" w:h="11906"/>
+          <w:pgMar w:left="1134" w:right="1134" w:header="0" w:top="1134" w:footer="709" w:bottom="1134" w:gutter="0"/>
+          <w:pgNumType w:fmt="decimal"/>
+          <w:formProt w:val="false"/>
+          <w:textDirection w:val="lrTb"/>
+          <w:docGrid w:type="default" w:linePitch="360" w:charSpace="4294965247"/>
         </w:sectPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...20 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Литература</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:pStyle w:val="af0"/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="44"/>
+          <w:numId w:val="43"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...27 lines deleted...]
-        <w:pStyle w:val="af0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>РИА Новости http://ria.ru/spravka/20120903/741880407.html#ixzz2 QVPzLEbE</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="44"/>
+          <w:numId w:val="43"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...223 lines deleted...]
-        <w:pStyle w:val="af0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья «Инклюзивное образование: реальный опыт, проблемы, перспективы» авторы:зам.директора по УВР Кузгибекова Г.М., учитель начальных классов Кулешова Т.В. СОШ № 51 г. Караганды.31с. </w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="44"/>
+          <w:numId w:val="43"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...44 lines deleted...]
-        <w:pStyle w:val="af0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Д.Митчелл. Эффективные педагогические технологии специального и инклюзивного образования. РООИ «Перспектива», 2011.с.67.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="44"/>
+          <w:numId w:val="43"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...78 lines deleted...]
-        <w:pStyle w:val="af0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Развитие инклюзивного образования в Республике Казахстан. А.М. Ерсарина// http://www.openschool.kz/glavstr/inclusiv_obraz/inclusiv_obraz_ 112_1.htm</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="44"/>
+          <w:numId w:val="43"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...121 lines deleted...]
-        <w:pStyle w:val="af0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Инклюзивное образование в Казахстане: состояние, перспективы Есиргепова В. Ж.//</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="44"/>
+          <w:numId w:val="43"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...60 lines deleted...]
-        <w:pStyle w:val="af0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ИНКЛЮЗИВНОЕ ОБРАЗОВАНИЕ В КАЗАХСТАНЕ. Аскарова А.Д.// http://group-global.org/ru/publication/55939-inklyuzivnoe-obrazovanie-v-kazahstane</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="44"/>
+          <w:numId w:val="43"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...85 lines deleted...]
-        <w:pStyle w:val="af0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Петрова  Т.А. «Развитие инклюзивного образования  в Казахстане» 2012 г. // http://stud24.ru/pedagogy/razvitie-inkljuzivnogo-obrazovaniya-v-kazahstane/389928-1312866-page1.html</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="44"/>
+          <w:numId w:val="43"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...78 lines deleted...]
-        <w:pStyle w:val="af0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Концептуальные подходы к развитию инклюзивного образования в Республике Казахстан. – Астана: Национальная академия образования им. И. Алтынсарина, 2015. – 13 с.</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="44"/>
+          <w:numId w:val="43"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...95 lines deleted...]
-        <w:pStyle w:val="af0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Садихова М. С. «Внедрение инклюзивного образования в школах» 2016 г. // http://kopilkaurokov.ru/prochee/prochee/vniedrieniie-inkliuzivnogho-obrazovaniia-v-obshchieobrazovatiel-nyie-shkoly-kazakhstana</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="44"/>
+          <w:numId w:val="43"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...97 lines deleted...]
-        <w:pStyle w:val="af0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Есиргепова В.Ж.«Инклюзивное образование в Казахстане: состояние, перспективы». 2011г // http://ksu.edu.kz/files/education/material_konf/Liqnosti/esirgepova_v_zh_inklyuzivnoe_obrazovanie_v_kazahstane.pdf</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="44"/>
+          <w:numId w:val="43"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...99 lines deleted...]
-        <w:pStyle w:val="af0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дюсекенова Гульмира Габбасовна. Инклюзивное образование в РК. 2013 – 2014 г. // http://collegy.ucoz.ru/publ/2-1-0-18313</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="44"/>
+          <w:numId w:val="43"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...96 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId10"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Особенности инклюзивного образования// https://ria.ru/spravka/20120903/741880407.html#ixzz2QVPzLEbE</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:sectPr>
+      <w:footerReference w:type="default" r:id="rId4"/>
+      <w:type w:val="nextPage"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="0" w:footer="708" w:gutter="0"/>
-[...2 lines deleted...]
-      <w:docGrid w:linePitch="360" w:charSpace="-2049"/>
+      <w:pgMar w:left="1134" w:right="1134" w:header="0" w:top="1134" w:footer="709" w:bottom="1134" w:gutter="0"/>
+      <w:pgNumType w:fmt="decimal"/>
+      <w:formProt w:val="false"/>
+      <w:textDirection w:val="lrTb"/>
+      <w:docGrid w:type="default" w:linePitch="360" w:charSpace="4294965247"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <w:font w:name="Times New Roman">
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
   <w:font w:name="Symbol">
-    <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Liberation Serif">
+    <w:altName w:val="Times New Roman"/>
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="cc"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:charset w:val="01"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Liberation Sans">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="cc"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Times New Roman CYR">
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:charset w:val="01"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Courier New">
-    <w:panose1 w:val="02070309020205020404"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="01"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
-    <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="OpenSymbol">
     <w:altName w:val="Arial Unicode MS"/>
     <w:charset w:val="01"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Book Antiqua">
-    <w:panose1 w:val="02040602050305030304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="01"/>
     <w:family w:val="roman"/>
-    <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="MV Boli">
-    <w:panose1 w:val="02000500030200090000"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="01"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000100" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
-[...47 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:ftr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14 wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="162213555"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
-        <w:docPartUnique/>
+        <w:docPartUnique w:val=""/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="00AB3FCA" w:rsidRDefault="00AB3FCA">
+      <w:p>
         <w:pPr>
-          <w:pStyle w:val="af5"/>
+          <w:pStyle w:val="Style25"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
+          <w:rPr/>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText>PAGE</w:instrText>
+          <w:instrText> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00C14895">
-[...3 lines deleted...]
-          <w:t>30</w:t>
+        <w:r>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
+        <w:r/>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00AB3FCA" w:rsidRDefault="00AB3FCA">
+  <w:p>
     <w:pPr>
-      <w:pStyle w:val="af5"/>
+      <w:pStyle w:val="Style25"/>
     </w:pPr>
+    <w:r>
+      <w:rPr/>
+    </w:r>
+    <w:r/>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:ftr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14 wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="-433914038"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
-        <w:docPartUnique/>
+        <w:docPartUnique w:val=""/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="00AB3FCA" w:rsidRDefault="00AB3FCA">
+      <w:p>
         <w:pPr>
-          <w:pStyle w:val="af5"/>
+          <w:pStyle w:val="Style25"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
+          <w:rPr/>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText>PAGE</w:instrText>
+          <w:instrText> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00C14895">
-[...3 lines deleted...]
-          <w:t>32</w:t>
+        <w:r>
+          <w:t>35</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
+        <w:r/>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00AB3FCA" w:rsidRDefault="00AB3FCA">
+  <w:p>
     <w:pPr>
-      <w:pStyle w:val="af5"/>
+      <w:pStyle w:val="Style25"/>
     </w:pPr>
+    <w:r>
+      <w:rPr/>
+    </w:r>
+    <w:r/>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:ftr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14 wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="-745574760"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
-        <w:docPartUnique/>
+        <w:docPartUnique w:val=""/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="00AB3FCA" w:rsidRDefault="00AB3FCA">
+      <w:p>
         <w:pPr>
-          <w:pStyle w:val="af5"/>
+          <w:pStyle w:val="Style25"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
+          <w:rPr/>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
-          <w:instrText>PAGE</w:instrText>
+          <w:instrText> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00F10A69">
-[...3 lines deleted...]
-          <w:t>34</w:t>
+        <w:r>
+          <w:t>36</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
+        <w:r/>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00AB3FCA" w:rsidRDefault="00AB3FCA">
+  <w:p>
     <w:pPr>
-      <w:pStyle w:val="af5"/>
+      <w:pStyle w:val="Style25"/>
     </w:pPr>
+    <w:r>
+      <w:rPr/>
+    </w:r>
+    <w:r/>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-[...3 lines deleted...]
-    <w:tmpl w:val="53FC7F44"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml">
+  <w:abstractNum w:abstractNumId="1">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1"/>
-[...3 lines deleted...]
-      </w:pPr>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="OpenSymbol" w:hAnsi="OpenSymbol" w:cs="OpenSymbol" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -37033,420 +27902,2732 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
-[...2 lines deleted...]
-    <w:tmpl w:val="0CD8F572"/>
+  <w:abstractNum w:abstractNumId="8">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
-[...2 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+      <w:lvlText w:val="√"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2727"/>
+        </w:tabs>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua" w:hint="default"/>
+        <w:i w:val="false"/>
+        <w:b w:val="false"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+        <w:i w:val="false"/>
+        <w:b w:val="false"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="7200"/>
+        </w:tabs>
+        <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2574"/>
+        </w:tabs>
+        <w:ind w:left="2574" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+        <w:i w:val="false"/>
+        <w:b w:val="false"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="65535"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:i w:val="false"/>
+        <w:b w:val="false"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2727"/>
+        </w:tabs>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3447"/>
+        </w:tabs>
+        <w:ind w:left="3447" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4167"/>
+        </w:tabs>
+        <w:ind w:left="4167" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4887"/>
+        </w:tabs>
+        <w:ind w:left="4887" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-  </w:abstractNum>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5607"/>
+        </w:tabs>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6327"/>
+        </w:tabs>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="7047"/>
+        </w:tabs>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="797" w:hanging="372"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...6 lines deleted...]
-      <w:lvlText w:val="o"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...6 lines deleted...]
-      <w:lvlText w:val=""/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...6 lines deleted...]
-      <w:lvlText w:val=""/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1335"/>
+        </w:tabs>
+        <w:ind w:left="1335" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="MV Boli" w:hAnsi="MV Boli" w:cs="MV Boli" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="786" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="644"/>
+        </w:tabs>
+        <w:ind w:left="624" w:hanging="340"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="786" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="786"/>
+        </w:tabs>
+        <w:ind w:left="786" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="OpenSymbol" w:hAnsi="OpenSymbol" w:cs="OpenSymbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="786" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="786" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7200"/>
         </w:tabs>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
-[...2 lines deleted...]
-    <w:tmpl w:val="3892C21A"/>
+  <w:abstractNum w:abstractNumId="29">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
-[...2 lines deleted...]
-        <w:ind w:left="1429" w:hanging="360"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2149" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2869" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3589" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4309" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5029" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5749" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6469" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7189" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
-[...2 lines deleted...]
-    <w:tmpl w:val="6A803E1E"/>
+  <w:abstractNum w:abstractNumId="30">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="644" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:i w:val="false"/>
+        <w:b/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1437" w:hanging="357"/>
+      </w:pPr>
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:i w:val="false"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -37539,194 +30720,438 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
-[...2 lines deleted...]
-    <w:tmpl w:val="CCBAAACE"/>
+  <w:abstractNum w:abstractNumId="32">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...113 lines deleted...]
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
-      <w:start w:val="1"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="o"/>
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1068"/>
+        </w:tabs>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2148"/>
+        </w:tabs>
+        <w:ind w:left="2148" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2868"/>
+        </w:tabs>
+        <w:ind w:left="2868" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3588"/>
+        </w:tabs>
+        <w:ind w:left="3588" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4308"/>
+        </w:tabs>
+        <w:ind w:left="4308" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5028"/>
+        </w:tabs>
+        <w:ind w:left="5028" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5748"/>
+        </w:tabs>
+        <w:ind w:left="5748" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6468"/>
+        </w:tabs>
+        <w:ind w:left="6468" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="7188"/>
+        </w:tabs>
+        <w:ind w:left="7188" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1428"/>
+        </w:tabs>
+        <w:ind w:left="1428" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2148"/>
+        </w:tabs>
+        <w:ind w:left="2148" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2868"/>
+        </w:tabs>
+        <w:ind w:left="2868" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3588"/>
+        </w:tabs>
+        <w:ind w:left="3588" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4308"/>
+        </w:tabs>
+        <w:ind w:left="4308" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5028"/>
+        </w:tabs>
+        <w:ind w:left="5028" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5748"/>
+        </w:tabs>
+        <w:ind w:left="5748" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6468"/>
+        </w:tabs>
+        <w:ind w:left="6468" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="7188"/>
+        </w:tabs>
+        <w:ind w:left="7188" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="35">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -37792,6604 +31217,2185 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
-[...2 lines deleted...]
-    <w:tmpl w:val="701E88CE"/>
+  <w:abstractNum w:abstractNumId="36">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="786"/>
+          <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
-        <w:ind w:left="786" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="OpenSymbol" w:hAnsi="OpenSymbol" w:cs="OpenSymbol" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="37">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="38">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="39">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="40">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="41">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="42">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="43">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="44">
+    <w:lvl w:ilvl="0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="·"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+        <w:sz w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
-[...2 lines deleted...]
-    <w:tmpl w:val="CD606994"/>
+  <w:abstractNum w:abstractNumId="45">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...7 lines deleted...]
-      </w:rPr>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="432"/>
+        </w:tabs>
+        <w:ind w:left="432" w:hanging="432"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...7 lines deleted...]
-      </w:rPr>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="576"/>
+        </w:tabs>
+        <w:ind w:left="576" w:hanging="576"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...7 lines deleted...]
-      </w:rPr>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...7 lines deleted...]
-      </w:rPr>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="864"/>
+        </w:tabs>
+        <w:ind w:left="864" w:hanging="864"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...7 lines deleted...]
-      </w:rPr>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1008"/>
+        </w:tabs>
+        <w:ind w:left="1008" w:hanging="1008"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...7 lines deleted...]
-      </w:rPr>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1152"/>
+        </w:tabs>
+        <w:ind w:left="1152" w:hanging="1152"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...7 lines deleted...]
-      </w:rPr>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1296"/>
+        </w:tabs>
+        <w:ind w:left="1296" w:hanging="1296"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...304 lines deleted...]
-      <w:lvlText w:val="%3."/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
-        <w:ind w:left="1440" w:hanging="360"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="%4."/>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1800"/>
+          <w:tab w:val="num" w:pos="1584"/>
         </w:tabs>
-        <w:ind w:left="1800" w:hanging="360"/>
-[...3994 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="1584" w:hanging="1584"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="8">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="42"/>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="4">
-    <w:abstractNumId w:val="41"/>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="5">
-    <w:abstractNumId w:val="22"/>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="6">
-    <w:abstractNumId w:val="30"/>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="8">
-[...16 lines deleted...]
-  </w:num>
   <w:num w:numId="14">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="15">
-    <w:abstractNumId w:val="44"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="16">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="17">
-    <w:abstractNumId w:val="33"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="18">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="19">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="20">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="23">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="24">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="25">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="26">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="27">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="28">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="29">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="30">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="31">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="32">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="33">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="34">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="35">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="36">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="37">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="38">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="39">
     <w:abstractNumId w:val="39"/>
   </w:num>
-  <w:num w:numId="21">
-    <w:abstractNumId w:val="25"/>
+  <w:num w:numId="40">
+    <w:abstractNumId w:val="40"/>
   </w:num>
-  <w:num w:numId="22">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="41">
+    <w:abstractNumId w:val="41"/>
   </w:num>
-  <w:num w:numId="23">
-    <w:abstractNumId w:val="38"/>
+  <w:num w:numId="42">
+    <w:abstractNumId w:val="42"/>
   </w:num>
-  <w:num w:numId="24">
-[...2 lines deleted...]
-  <w:num w:numId="25">
+  <w:num w:numId="43">
     <w:abstractNumId w:val="43"/>
   </w:num>
-  <w:num w:numId="26">
-[...52 lines deleted...]
-  </w:num>
   <w:num w:numId="44">
-    <w:abstractNumId w:val="36"/>
+    <w:abstractNumId w:val="44"/>
   </w:num>
   <w:num w:numId="45">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="45"/>
   </w:num>
-  <w:numIdMacAtCleanup w:val="45"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:zoom w:percent="74"/>
   <w:defaultTabStop w:val="708"/>
-  <w:characterSpacingControl w:val="doNotCompress"/>
-[...7 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
-  <w:rsids>
-[...143 lines deleted...]
-  <w:listSeparator w:val=";"/>
+  <w:themeFontLang w:val="ru-RU" w:eastAsia="" w:bidi=""/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:lineRule="auto" w:line="276"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...140 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:count="267" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
+    <w:lsdException w:qFormat="1" w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="0" w:name="Normal"/>
+    <w:lsdException w:qFormat="1" w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="9" w:name="heading 1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 2"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 3"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 4"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 5"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 6"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 7"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 8"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 9"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 1"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 2"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 3"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 4"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 5"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 6"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 7"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 8"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 9"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="35" w:name="caption"/>
+    <w:lsdException w:qFormat="1" w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="0" w:name="Title"/>
+    <w:lsdException w:uiPriority="1" w:name="Default Paragraph Font"/>
+    <w:lsdException w:uiPriority="0" w:name="Body Text Indent"/>
+    <w:lsdException w:qFormat="1" w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="11" w:name="Subtitle"/>
+    <w:lsdException w:qFormat="1" w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="0" w:name="Strong"/>
+    <w:lsdException w:qFormat="1" w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="0" w:name="Emphasis"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="59" w:name="Table Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:name="Placeholder Text"/>
+    <w:lsdException w:qFormat="1" w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="1" w:name="No Spacing"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="60" w:name="Light Shading"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="61" w:name="Light List"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="62" w:name="Light Grid"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="63" w:name="Medium Shading 1"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="64" w:name="Medium Shading 2"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="65" w:name="Medium List 1"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="66" w:name="Medium List 2"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="67" w:name="Medium Grid 1"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="68" w:name="Medium Grid 2"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="69" w:name="Medium Grid 3"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="70" w:name="Dark List"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="71" w:name="Colorful Shading"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="72" w:name="Colorful List"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="73" w:name="Colorful Grid"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="60" w:name="Light Shading Accent 1"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="61" w:name="Light List Accent 1"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="62" w:name="Light Grid Accent 1"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="63" w:name="Medium Shading 1 Accent 1"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="64" w:name="Medium Shading 2 Accent 1"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="65" w:name="Medium List 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:name="Revision"/>
+    <w:lsdException w:qFormat="1" w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="0" w:name="List Paragraph"/>
+    <w:lsdException w:qFormat="1" w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="29" w:name="Quote"/>
+    <w:lsdException w:qFormat="1" w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="30" w:name="Intense Quote"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="66" w:name="Medium List 2 Accent 1"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="67" w:name="Medium Grid 1 Accent 1"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="68" w:name="Medium Grid 2 Accent 1"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="69" w:name="Medium Grid 3 Accent 1"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="70" w:name="Dark List Accent 1"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="71" w:name="Colorful Shading Accent 1"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="72" w:name="Colorful List Accent 1"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="73" w:name="Colorful Grid Accent 1"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="60" w:name="Light Shading Accent 2"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="61" w:name="Light List Accent 2"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="62" w:name="Light Grid Accent 2"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="63" w:name="Medium Shading 1 Accent 2"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="64" w:name="Medium Shading 2 Accent 2"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="65" w:name="Medium List 1 Accent 2"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="66" w:name="Medium List 2 Accent 2"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="67" w:name="Medium Grid 1 Accent 2"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="68" w:name="Medium Grid 2 Accent 2"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="69" w:name="Medium Grid 3 Accent 2"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="70" w:name="Dark List Accent 2"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="71" w:name="Colorful Shading Accent 2"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="72" w:name="Colorful List Accent 2"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="73" w:name="Colorful Grid Accent 2"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="60" w:name="Light Shading Accent 3"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="61" w:name="Light List Accent 3"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="62" w:name="Light Grid Accent 3"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="63" w:name="Medium Shading 1 Accent 3"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="64" w:name="Medium Shading 2 Accent 3"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="65" w:name="Medium List 1 Accent 3"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="66" w:name="Medium List 2 Accent 3"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="67" w:name="Medium Grid 1 Accent 3"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="68" w:name="Medium Grid 2 Accent 3"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="69" w:name="Medium Grid 3 Accent 3"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="70" w:name="Dark List Accent 3"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="71" w:name="Colorful Shading Accent 3"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="72" w:name="Colorful List Accent 3"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="73" w:name="Colorful Grid Accent 3"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="60" w:name="Light Shading Accent 4"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="61" w:name="Light List Accent 4"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="62" w:name="Light Grid Accent 4"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="63" w:name="Medium Shading 1 Accent 4"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="64" w:name="Medium Shading 2 Accent 4"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="65" w:name="Medium List 1 Accent 4"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="66" w:name="Medium List 2 Accent 4"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="67" w:name="Medium Grid 1 Accent 4"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="68" w:name="Medium Grid 2 Accent 4"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="69" w:name="Medium Grid 3 Accent 4"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="70" w:name="Dark List Accent 4"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="71" w:name="Colorful Shading Accent 4"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="72" w:name="Colorful List Accent 4"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="73" w:name="Colorful Grid Accent 4"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="60" w:name="Light Shading Accent 5"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="61" w:name="Light List Accent 5"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="62" w:name="Light Grid Accent 5"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="63" w:name="Medium Shading 1 Accent 5"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="64" w:name="Medium Shading 2 Accent 5"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="65" w:name="Medium List 1 Accent 5"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="66" w:name="Medium List 2 Accent 5"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="67" w:name="Medium Grid 1 Accent 5"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="68" w:name="Medium Grid 2 Accent 5"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="69" w:name="Medium Grid 3 Accent 5"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="70" w:name="Dark List Accent 5"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="71" w:name="Colorful Shading Accent 5"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="72" w:name="Colorful List Accent 5"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="73" w:name="Colorful Grid Accent 5"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="60" w:name="Light Shading Accent 6"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="61" w:name="Light List Accent 6"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="62" w:name="Light Grid Accent 6"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="63" w:name="Medium Shading 1 Accent 6"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="64" w:name="Medium Shading 2 Accent 6"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="65" w:name="Medium List 1 Accent 6"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="66" w:name="Medium List 2 Accent 6"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="67" w:name="Medium Grid 1 Accent 6"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="68" w:name="Medium Grid 2 Accent 6"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="69" w:name="Medium Grid 3 Accent 6"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="70" w:name="Dark List Accent 6"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="71" w:name="Colorful Shading Accent 6"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="72" w:name="Colorful List Accent 6"/>
+    <w:lsdException w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="73" w:name="Colorful Grid Accent 6"/>
+    <w:lsdException w:qFormat="1" w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="19" w:name="Subtle Emphasis"/>
+    <w:lsdException w:qFormat="1" w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="21" w:name="Intense Emphasis"/>
+    <w:lsdException w:qFormat="1" w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="31" w:name="Subtle Reference"/>
+    <w:lsdException w:qFormat="1" w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="32" w:name="Intense Reference"/>
+    <w:lsdException w:qFormat="1" w:semiHidden="0" w:unhideWhenUsed="0" w:uiPriority="33" w:name="Book Title"/>
+    <w:lsdException w:uiPriority="37" w:name="Bibliography"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="39" w:name="TOC Heading"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="009834D7"/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="276" w:before="0" w:after="200"/>
+      <w:jc w:val="left"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:color w:val="auto"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
-    <w:name w:val="heading 1"/>
-    <w:basedOn w:val="a"/>
+    <w:name w:val="Заголовок 1"/>
+    <w:basedOn w:val="Normal"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="009834D7"/>
+    <w:rsid w:val="00591723"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="" w:cs="" w:asciiTheme="majorHAnsi" w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="bf"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
-    <w:name w:val="heading 2"/>
-    <w:basedOn w:val="a"/>
+    <w:name w:val="Заголовок 2"/>
+    <w:basedOn w:val="Normal"/>
     <w:link w:val="20"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="009834D7"/>
+    <w:rsid w:val="00dd13fb"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:widowControl w:val="0"/>
-      <w:spacing w:before="200" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:widowControl w:val="false"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="200" w:after="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="" w:cs="" w:asciiTheme="majorHAnsi" w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rPr/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
-[...25 lines deleted...]
-    <w:rsid w:val="009834D7"/>
+  <w:style w:type="character" w:styleId="Style12" w:customStyle="1">
+    <w:name w:val="Основной текст с отступом Знак"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="a5"/>
+    <w:rsid w:val="00dd13fb"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...4 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+  <w:style w:type="character" w:styleId="21" w:customStyle="1">
     <w:name w:val="Заголовок 2 Знак"/>
-    <w:basedOn w:val="a0"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="009834D7"/>
+    <w:rsid w:val="00dd13fb"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="" w:cs="" w:asciiTheme="majorHAnsi" w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a3">
-[...2 lines deleted...]
-    <w:rsid w:val="009834D7"/>
+  <w:style w:type="character" w:styleId="22" w:customStyle="1">
+    <w:name w:val="Основной текст с отступом 2 Знак"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="21"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008e74f5"/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Strong">
+    <w:name w:val="Strong"/>
+    <w:qFormat/>
+    <w:rsid w:val="008e74f5"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style13">
+    <w:name w:val="Выделение"/>
+    <w:qFormat/>
+    <w:rsid w:val="0042223d"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style14" w:customStyle="1">
+    <w:name w:val="Обычный (веб) Знак"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0042223d"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="23" w:customStyle="1">
+    <w:name w:val="Основной текст 2 Знак"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="23"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008c7028"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="21">
-[...2 lines deleted...]
-    <w:link w:val="22"/>
+  <w:style w:type="character" w:styleId="Appleconvertedspace" w:customStyle="1">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00cb74d8"/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style15" w:customStyle="1">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="ac"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-    <w:rsid w:val="009834D7"/>
+    <w:rsid w:val="00715050"/>
+    <w:rPr/>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
-[...2 lines deleted...]
-    <w:rsid w:val="009834D7"/>
+  <w:style w:type="character" w:styleId="Style16" w:customStyle="1">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00715050"/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="11" w:customStyle="1">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00591723"/>
     <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="" w:cs="" w:asciiTheme="majorHAnsi" w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:bCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="bf"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a5">
-[...2 lines deleted...]
-    <w:rsid w:val="009834D7"/>
+  <w:style w:type="character" w:styleId="Style17" w:customStyle="1">
+    <w:name w:val="Название Знак"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="af0"/>
+    <w:rsid w:val="00591723"/>
     <w:rPr>
-      <w:i/>
-[...52 lines deleted...]
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel1">
+  <w:style w:type="character" w:styleId="ListLabel1">
     <w:name w:val="ListLabel 1"/>
-    <w:rsid w:val="009834D7"/>
     <w:rPr>
       <w:rFonts w:cs="Courier New"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel2">
+  <w:style w:type="character" w:styleId="ListLabel2">
     <w:name w:val="ListLabel 2"/>
-    <w:rsid w:val="009834D7"/>
     <w:rPr>
-      <w:b w:val="0"/>
-      <w:i w:val="0"/>
+      <w:b w:val="false"/>
+      <w:i w:val="false"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel3">
+  <w:style w:type="character" w:styleId="ListLabel3">
     <w:name w:val="ListLabel 3"/>
-    <w:rsid w:val="009834D7"/>
     <w:rPr>
       <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel4">
+  <w:style w:type="character" w:styleId="ListLabel4">
     <w:name w:val="ListLabel 4"/>
-    <w:rsid w:val="009834D7"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
-      <w:b w:val="0"/>
-      <w:i w:val="0"/>
+      <w:b w:val="false"/>
+      <w:i w:val="false"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel5">
+  <w:style w:type="character" w:styleId="ListLabel5">
     <w:name w:val="ListLabel 5"/>
-    <w:rsid w:val="009834D7"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel6">
+  <w:style w:type="character" w:styleId="ListLabel6">
     <w:name w:val="ListLabel 6"/>
-    <w:rsid w:val="009834D7"/>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel7">
+  <w:style w:type="character" w:styleId="ListLabel7">
     <w:name w:val="ListLabel 7"/>
-    <w:rsid w:val="009834D7"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel8">
+  <w:style w:type="character" w:styleId="ListLabel8">
     <w:name w:val="ListLabel 8"/>
-    <w:rsid w:val="009834D7"/>
     <w:rPr>
       <w:rFonts w:cs="Symbol"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel9">
+  <w:style w:type="character" w:styleId="ListLabel9">
     <w:name w:val="ListLabel 9"/>
-    <w:rsid w:val="009834D7"/>
     <w:rPr>
       <w:rFonts w:cs="Wingdings"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel10">
+  <w:style w:type="character" w:styleId="ListLabel10">
     <w:name w:val="ListLabel 10"/>
-    <w:rsid w:val="009834D7"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:b/>
-      <w:i w:val="0"/>
+      <w:i w:val="false"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel11">
+  <w:style w:type="character" w:styleId="ListLabel11">
     <w:name w:val="ListLabel 11"/>
-    <w:rsid w:val="009834D7"/>
     <w:rPr>
       <w:b/>
-      <w:i w:val="0"/>
+      <w:i w:val="false"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel12">
+  <w:style w:type="character" w:styleId="ListLabel12">
     <w:name w:val="ListLabel 12"/>
-    <w:rsid w:val="009834D7"/>
     <w:rPr>
       <w:color w:val="00000A"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel13">
+  <w:style w:type="character" w:styleId="ListLabel13">
     <w:name w:val="ListLabel 13"/>
-    <w:rsid w:val="009834D7"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel14">
+  <w:style w:type="character" w:styleId="ListLabel14">
     <w:name w:val="ListLabel 14"/>
-    <w:rsid w:val="009834D7"/>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z0">
+  <w:style w:type="character" w:styleId="WW8Num1z0">
     <w:name w:val="WW8Num1z0"/>
-    <w:rsid w:val="009834D7"/>
     <w:rPr>
       <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
       <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z1">
+  <w:style w:type="character" w:styleId="WW8Num1z1">
     <w:name w:val="WW8Num1z1"/>
-    <w:rsid w:val="009834D7"/>
+    <w:rPr/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z2">
+  <w:style w:type="character" w:styleId="WW8Num1z2">
     <w:name w:val="WW8Num1z2"/>
-    <w:rsid w:val="009834D7"/>
+    <w:rPr/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z3">
+  <w:style w:type="character" w:styleId="WW8Num1z3">
     <w:name w:val="WW8Num1z3"/>
-    <w:rsid w:val="009834D7"/>
+    <w:rPr/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z4">
+  <w:style w:type="character" w:styleId="WW8Num1z4">
     <w:name w:val="WW8Num1z4"/>
-    <w:rsid w:val="009834D7"/>
+    <w:rPr/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z5">
+  <w:style w:type="character" w:styleId="WW8Num1z5">
     <w:name w:val="WW8Num1z5"/>
-    <w:rsid w:val="009834D7"/>
+    <w:rPr/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z6">
+  <w:style w:type="character" w:styleId="WW8Num1z6">
     <w:name w:val="WW8Num1z6"/>
-    <w:rsid w:val="009834D7"/>
+    <w:rPr/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z7">
+  <w:style w:type="character" w:styleId="WW8Num1z7">
     <w:name w:val="WW8Num1z7"/>
-    <w:rsid w:val="009834D7"/>
+    <w:rPr/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z8">
+  <w:style w:type="character" w:styleId="WW8Num1z8">
     <w:name w:val="WW8Num1z8"/>
-    <w:rsid w:val="009834D7"/>
+    <w:rPr/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="aa">
+  <w:style w:type="paragraph" w:styleId="Style18">
     <w:name w:val="Заголовок"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:rsid w:val="009834D7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Style19"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="120"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Liberation Sans" w:eastAsia="Microsoft YaHei" w:hAnsi="Liberation Sans" w:cs="Mangal"/>
+      <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans" w:eastAsia="Microsoft YaHei" w:cs="Mangal"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ab">
-[...3 lines deleted...]
-    <w:rsid w:val="009834D7"/>
+  <w:style w:type="paragraph" w:styleId="Style19">
+    <w:name w:val="Основной текст"/>
+    <w:basedOn w:val="Normal"/>
     <w:pPr>
-      <w:spacing w:after="140" w:line="288" w:lineRule="auto"/>
+      <w:spacing w:lineRule="auto" w:line="288" w:before="0" w:after="140"/>
     </w:pPr>
+    <w:rPr/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
-[...8 lines deleted...]
-    <w:rsid w:val="009834D7"/>
+  <w:style w:type="paragraph" w:styleId="Style20">
+    <w:name w:val="Список"/>
+    <w:basedOn w:val="Style19"/>
+    <w:pPr/>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ae">
-[...3 lines deleted...]
-    <w:rsid w:val="009834D7"/>
+  <w:style w:type="paragraph" w:styleId="Style21">
+    <w:name w:val="Название"/>
+    <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="11">
-[...29 lines deleted...]
-    <w:rsid w:val="009834D7"/>
+  <w:style w:type="paragraph" w:styleId="Style22">
+    <w:name w:val="Указатель"/>
+    <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:suppressLineNumbers/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af0">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="a"/>
+    <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="009834D7"/>
+    <w:rsid w:val="00ab5fe4"/>
     <w:pPr>
-      <w:ind w:left="720"/>
+      <w:spacing w:before="0" w:after="200"/>
+      <w:ind w:left="720" w:hanging="0"/>
       <w:contextualSpacing/>
     </w:pPr>
+    <w:rPr/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FR2">
+  <w:style w:type="paragraph" w:styleId="FR2" w:customStyle="1">
     <w:name w:val="FR2"/>
-    <w:rsid w:val="009834D7"/>
+    <w:rsid w:val="00237fed"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...1 lines deleted...]
-      <w:spacing w:before="80" w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:widowControl w:val="false"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="360" w:before="80" w:after="0"/>
       <w:ind w:firstLine="240"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
+      <w:color w:val="auto"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="20"/>
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:lang w:eastAsia="ru-RU" w:val="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af1">
-[...2 lines deleted...]
-    <w:link w:val="13"/>
+  <w:style w:type="paragraph" w:styleId="Style23">
+    <w:name w:val="Основной текст с отступом"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="a6"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="009834D7"/>
+    <w:rsid w:val="00dd13fb"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...1 lines deleted...]
-      <w:ind w:left="283"/>
+      <w:widowControl w:val="false"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="120"/>
+      <w:ind w:left="283" w:hanging="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="13">
-[...3 lines deleted...]
-    <w:rsid w:val="009834D7"/>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
+    <w:name w:val="Body Text Indent 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="22"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008e74f5"/>
+    <w:pPr>
+      <w:spacing w:lineRule="auto" w:line="480" w:before="0" w:after="120"/>
+      <w:ind w:left="283" w:hanging="0"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="008e74f5"/>
+    <w:pPr>
+      <w:widowControl w:val="false"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="auto"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU" w:val="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0042223d"/>
+    <w:pPr>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="280" w:after="280"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText2">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="24"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008c7028"/>
+    <w:pPr>
+      <w:widowControl w:val="false"/>
+      <w:spacing w:lineRule="auto" w:line="480" w:before="0" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="22">
-[...93 lines deleted...]
-    <w:link w:val="14"/>
+  <w:style w:type="paragraph" w:styleId="Style24">
+    <w:name w:val="Верхний колонтитул"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="ad"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="009834D7"/>
+    <w:rsid w:val="00715050"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4677"/>
-        <w:tab w:val="right" w:pos="9355"/>
+        <w:tab w:val="center" w:pos="4677" w:leader="none"/>
+        <w:tab w:val="right" w:pos="9355" w:leader="none"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
     </w:pPr>
+    <w:rPr/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="14">
-[...9 lines deleted...]
-    <w:link w:val="15"/>
+  <w:style w:type="paragraph" w:styleId="Style25">
+    <w:name w:val="Нижний колонтитул"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="009834D7"/>
+    <w:rsid w:val="00715050"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4677"/>
-        <w:tab w:val="right" w:pos="9355"/>
+        <w:tab w:val="center" w:pos="4677" w:leader="none"/>
+        <w:tab w:val="right" w:pos="9355" w:leader="none"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
     </w:pPr>
+    <w:rPr/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="15">
-[...6 lines deleted...]
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af6">
+  <w:style w:type="paragraph" w:styleId="Style26">
     <w:name w:val="Заглавие"/>
-    <w:basedOn w:val="a"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="af1"/>
     <w:qFormat/>
-    <w:rsid w:val="009834D7"/>
+    <w:rsid w:val="00591723"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="numbering" w:customStyle="1" w:styleId="WW8Num1">
-[...244 lines deleted...]
-    <w:uiPriority w:val="1"/>
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="numbering" w:styleId="WW8Num1">
+    <w:name w:val="WW8Num1"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblInd w:type="dxa" w:w="0"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
-[...594 lines deleted...]
-  <w:style w:type="table" w:styleId="af7">
+  <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="009834D7"/>
+    <w:rsid w:val="00b55cf5"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:after="0"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:space="0" w:sz="4" w:color="auto" w:val="single"/>
+        <w:left w:space="0" w:sz="4" w:color="auto" w:val="single"/>
+        <w:bottom w:space="0" w:sz="4" w:color="auto" w:val="single"/>
+        <w:right w:space="0" w:sz="4" w:color="auto" w:val="single"/>
+        <w:insideH w:space="0" w:sz="4" w:color="auto" w:val="single"/>
+        <w:insideV w:space="0" w:sz="4" w:color="auto" w:val="single"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/>
+</Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -44637,70 +33643,39 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>34</Pages>
-[...27 lines deleted...]
-  <AppVersion></AppVersion>
+  <Application>LibreOffice/4.3.3.2$Windows_x86 LibreOffice_project/9bb7eadab57b6755b1265afa86e04bf45fbfc644</Application>
+  <Paragraphs>609</Paragraphs>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...4 lines deleted...]
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dc:creator>BOSS</dc:creator>
+  <dc:language>ru-RU</dc:language>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
-  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>