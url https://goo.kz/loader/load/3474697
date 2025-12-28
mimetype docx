--- v0 (2025-12-07)
+++ v1 (2025-12-28)
@@ -1,2126 +1,1849 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00B45C18" w:rsidRDefault="00B45C18">
-[...16 lines deleted...]
-        <w:t>1 қадам</w:t>
+    <w:p w:rsidR="0003469D" w:rsidRPr="000D0EB9" w:rsidRDefault="00CB4CE0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00817DDA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Шаг</w:t>
+      </w:r>
+      <w:r w:rsidR="0003469D" w:rsidRPr="00817DDA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D5F5A" w:rsidRPr="00817DDA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t>1.</w:t>
       </w:r>
       <w:r w:rsidR="008D5F5A" w:rsidRPr="000D0EB9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...118 lines deleted...]
-        <w:r w:rsidRPr="000D0EB9">
+        <w:t xml:space="preserve"> Для </w:t>
+      </w:r>
+      <w:r w:rsidR="000D0EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>покупки пробного тестирования необходимо набрать</w:t>
+      </w:r>
+      <w:r w:rsidR="00F67474">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в адресной строке интернет браузер</w:t>
+      </w:r>
+      <w:r w:rsidR="000D0EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> следующий адрес сайта: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidR="008D5F5A" w:rsidRPr="000D0EB9">
           <w:rPr>
             <w:rStyle w:val="a5"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>http</w:t>
         </w:r>
-        <w:r w:rsidRPr="000D0EB9">
+        <w:r w:rsidR="008D5F5A" w:rsidRPr="000D0EB9">
           <w:rPr>
             <w:rStyle w:val="a5"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>://</w:t>
         </w:r>
-        <w:r w:rsidRPr="000D0EB9">
+        <w:r w:rsidR="008D5F5A" w:rsidRPr="000D0EB9">
           <w:rPr>
             <w:rStyle w:val="a5"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>cabinet</w:t>
         </w:r>
-        <w:r w:rsidRPr="000D0EB9">
+        <w:r w:rsidR="008D5F5A" w:rsidRPr="000D0EB9">
           <w:rPr>
             <w:rStyle w:val="a5"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidRPr="000D0EB9">
+        <w:r w:rsidR="008D5F5A" w:rsidRPr="000D0EB9">
           <w:rPr>
             <w:rStyle w:val="a5"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>testcenter</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidRPr="000D0EB9">
+        <w:r w:rsidR="008D5F5A" w:rsidRPr="000D0EB9">
           <w:rPr>
             <w:rStyle w:val="a5"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidRPr="000D0EB9">
+        <w:r w:rsidR="008D5F5A" w:rsidRPr="000D0EB9">
           <w:rPr>
             <w:rStyle w:val="a5"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>kz</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
-      <w:r w:rsidRPr="000D0EB9">
-[...28 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="008D5F5A" w:rsidRPr="000D0EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="000D0EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...25 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="00CB4CE0" w:rsidRPr="000D0EB9" w:rsidRDefault="00CB4CE0">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D0EB9">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="zh-TW"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5E3FA45F" wp14:editId="6F5EB3E2">
             <wp:extent cx="5939942" cy="2450592"/>
             <wp:effectExtent l="0" t="0" r="3810" b="6985"/>
             <wp:docPr id="1" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5" cstate="print"/>
+                    <a:blip r:embed="rId6"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5939942" cy="2450592"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00111E08" w:rsidRPr="000D0EB9" w:rsidRDefault="00111E08">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0003469D" w:rsidRPr="000D0EB9" w:rsidRDefault="00B45C18">
-[...11 lines deleted...]
-          <w:b/>
+    <w:p w:rsidR="0003469D" w:rsidRPr="000D0EB9" w:rsidRDefault="0003469D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00817DDA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Шаг 2</w:t>
+      </w:r>
+      <w:r w:rsidR="000D0EB9" w:rsidRPr="00817DDA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="000D0EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Необходимо </w:t>
+      </w:r>
+      <w:r w:rsidR="000D0EB9" w:rsidRPr="000D0EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D0EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>регистр</w:t>
+      </w:r>
+      <w:r w:rsidR="000D0EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ироваться</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D0EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB4CE0" w:rsidRPr="000D0EB9" w:rsidRDefault="00CB4CE0">
+      <w:pPr>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2 қадам</w:t>
-[...44 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D0EB9">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="zh-TW"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5A44C368" wp14:editId="58548EEE">
             <wp:extent cx="5939942" cy="2018995"/>
             <wp:effectExtent l="0" t="0" r="3810" b="635"/>
             <wp:docPr id="5" name="Рисунок 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6" cstate="print"/>
+                    <a:blip r:embed="rId7"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5938265" cy="2018425"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CB4CE0" w:rsidRPr="000D0EB9" w:rsidRDefault="00B45C18">
+    <w:p w:rsidR="0003469D" w:rsidRPr="000D0EB9" w:rsidRDefault="0003469D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00817DDA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Шаг 3</w:t>
+      </w:r>
+      <w:r w:rsidR="000D0EB9" w:rsidRPr="00817DDA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D0EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000D0EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Подтвердить</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D0EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> адрес электронной почты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB4CE0" w:rsidRPr="000D0EB9" w:rsidRDefault="0003469D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...79 lines deleted...]
-      <w:r w:rsidR="0003469D" w:rsidRPr="000D0EB9">
+      <w:r w:rsidRPr="000D0EB9">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="zh-TW"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="542E8B39" wp14:editId="263618CC">
             <wp:extent cx="5939942" cy="2245766"/>
             <wp:effectExtent l="0" t="0" r="3810" b="2540"/>
             <wp:docPr id="9" name="Рисунок 9"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print"/>
+                    <a:blip r:embed="rId8"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5933119" cy="2243186"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CB4CE0" w:rsidRDefault="00CB4CE0">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A66A9C" w:rsidRPr="000D0EB9" w:rsidRDefault="00A66A9C">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00111E08" w:rsidRPr="000D0EB9" w:rsidRDefault="00B45C18">
-[...12 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="0003469D" w:rsidRPr="000D0EB9" w:rsidRDefault="0003469D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00817DDA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>4 қадам</w:t>
+        <w:t>Шаг 4</w:t>
       </w:r>
       <w:r w:rsidR="000D0EB9" w:rsidRPr="00817DDA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B45C18">
-[...107 lines deleted...]
-      <w:r w:rsidR="0003469D" w:rsidRPr="000D0EB9">
+      <w:r w:rsidR="000D0EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D0EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осле подтверждения электронной почты, </w:t>
+      </w:r>
+      <w:r w:rsidR="000D0EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">необходимо войти </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D0EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>в личный кабинет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111E08" w:rsidRPr="000D0EB9" w:rsidRDefault="0003469D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D0EB9">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="zh-TW"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0BC614BA" wp14:editId="2576C27F">
             <wp:extent cx="5940425" cy="2446923"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:docPr id="6" name="Рисунок 6"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8" cstate="print"/>
+                    <a:blip r:embed="rId9"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5940425" cy="2446923"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00111E08" w:rsidRPr="000D0EB9" w:rsidRDefault="00B45C18">
-[...14 lines deleted...]
-        <w:t>5 қадам</w:t>
+    <w:p w:rsidR="00111E08" w:rsidRPr="000D0EB9" w:rsidRDefault="00111E08">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00817DDA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Шаг 5</w:t>
       </w:r>
       <w:r w:rsidR="000D0EB9" w:rsidRPr="00817DDA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00111E08" w:rsidRPr="000D0EB9">
+      <w:r w:rsidRPr="000D0EB9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...119 lines deleted...]
-      <w:r w:rsidR="00111E08" w:rsidRPr="000D0EB9">
+      <w:r w:rsidR="000D0EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Выбрать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D0EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нужный вид тестирования и оформ</w:t>
+      </w:r>
+      <w:r w:rsidR="000D0EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ить</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D0EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заказ, нажав на кнопку </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D0EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«КУПИТЬ»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00111E08" w:rsidRPr="000D0EB9" w:rsidRDefault="00111E08">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D0EB9">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="zh-TW"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="42F5DE5E" wp14:editId="7DAF6093">
             <wp:extent cx="5940425" cy="2560348"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:docPr id="10" name="Рисунок 10"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9" cstate="print"/>
+                    <a:blip r:embed="rId10"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5940425" cy="2560348"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A66A9C" w:rsidRDefault="00A66A9C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A66A9C" w:rsidRDefault="00A66A9C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00111E08" w:rsidRPr="000D0EB9" w:rsidRDefault="00B45C18">
-[...12 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="00111E08" w:rsidRPr="000D0EB9" w:rsidRDefault="00111E08">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00817DDA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>6 қадам</w:t>
+        <w:t>Шаг 6</w:t>
       </w:r>
       <w:r w:rsidR="000D0EB9" w:rsidRPr="00817DDA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00111E08" w:rsidRPr="000D0EB9">
+      <w:r w:rsidRPr="000D0EB9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="000D0EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Необходимо в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D0EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ыб</w:t>
+      </w:r>
+      <w:r w:rsidR="000D0EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>рать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D0EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> количество попыток</w:t>
+      </w:r>
+      <w:r w:rsidR="00A81136" w:rsidRPr="000D0EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и способ оплаты</w:t>
+      </w:r>
+      <w:r w:rsidR="00A131B4" w:rsidRPr="000D0EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (для примера выбран «</w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B45C18">
-[...5 lines deleted...]
-        <w:t>Сіз</w:t>
+      <w:r w:rsidR="00A131B4" w:rsidRPr="000D0EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Kaspi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B45C18">
-[...17 lines deleted...]
-      <w:r w:rsidRPr="00B45C18">
+      <w:r w:rsidR="00A131B4" w:rsidRPr="000D0EB9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...33 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00A131B4" w:rsidRPr="000D0EB9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...24 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Kaspi</w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t>Bank</w:t>
       </w:r>
-      <w:r w:rsidRPr="000D0EB9">
-[...25 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00A131B4" w:rsidRPr="000D0EB9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>»)</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00111E08" w:rsidRPr="000D0EB9" w:rsidRDefault="00A81136" w:rsidP="008D5F5A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D0EB9">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="zh-TW"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="35DA739C" wp14:editId="317990FB">
             <wp:extent cx="3790315" cy="2647950"/>
             <wp:effectExtent l="0" t="0" r="635" b="0"/>
             <wp:docPr id="13" name="Рисунок 13"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10" cstate="print"/>
+                    <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3795806" cy="2651786"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A81136" w:rsidRPr="000D0EB9" w:rsidRDefault="00571A7B">
-[...14 lines deleted...]
-        <w:t>7 қадам</w:t>
+    <w:p w:rsidR="00A81136" w:rsidRPr="000D0EB9" w:rsidRDefault="00A81136">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00817DDA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Шаг </w:t>
+      </w:r>
+      <w:r w:rsidR="009A180E" w:rsidRPr="00817DDA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="000D0EB9" w:rsidRPr="00817DDA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="009A180E" w:rsidRPr="000D0EB9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...57 lines deleted...]
-      <w:r w:rsidR="00A81136" w:rsidRPr="000D0EB9">
+      <w:r w:rsidR="000D0EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Открывается </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D0EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>страниц</w:t>
+      </w:r>
+      <w:r w:rsidR="000D0EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а с </w:t>
+      </w:r>
+      <w:r w:rsidR="000D0EB9" w:rsidRPr="000D0EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>номером заказа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D0EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A81136" w:rsidRPr="000D0EB9" w:rsidRDefault="00A81136">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D0EB9">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="zh-TW"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7B9F9D2E" wp14:editId="71C234F2">
             <wp:extent cx="5932625" cy="1207008"/>
             <wp:effectExtent l="57150" t="57150" r="106680" b="107950"/>
             <wp:docPr id="14" name="Рисунок 14"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11" cstate="print"/>
+                    <a:blip r:embed="rId12"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5940425" cy="1208595"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="3175" cap="sq">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:miter lim="800000"/>
                     </a:ln>
                     <a:effectLst>
                       <a:outerShdw blurRad="57150" dist="50800" dir="2700000" algn="tl" rotWithShape="0">
                         <a:srgbClr val="000000">
                           <a:alpha val="40000"/>
                         </a:srgbClr>
                       </a:outerShdw>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A81136" w:rsidRPr="000D0EB9" w:rsidRDefault="00571A7B" w:rsidP="00A81136">
-[...15 lines deleted...]
-        <w:t>8 қадам</w:t>
+    <w:p w:rsidR="00A81136" w:rsidRPr="000D0EB9" w:rsidRDefault="00A81136" w:rsidP="00A81136">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00817DDA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Шаг 8</w:t>
       </w:r>
       <w:r w:rsidR="000D0EB9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="00A131B4" w:rsidRPr="000D0EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="008D5F5A" w:rsidRPr="000D0EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На сайте </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidR="008D5F5A" w:rsidRPr="000D0EB9">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>http://kaspi.kz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="008D5F5A" w:rsidRPr="000D0EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  или в мобильном приложений </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00571A7B">
-[...5 lines deleted...]
-        <w:t>сайтында</w:t>
+      <w:r w:rsidR="008D5F5A" w:rsidRPr="000D0EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kaspi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...59 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="008D5F5A" w:rsidRPr="000D0EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в разделе «Платежи»</w:t>
+      </w:r>
+      <w:r w:rsidR="000D0EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> необходимо выбрать</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5F5A" w:rsidRPr="000D0EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> раздел «Образование» далее </w:t>
+      </w:r>
+      <w:r w:rsidR="000D0EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>выбрать</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5F5A" w:rsidRPr="000D0EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Национальный Центр Тестирования» </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008D5F5A" w:rsidRPr="000D0EB9" w:rsidRDefault="008D5F5A" w:rsidP="00A81136">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D0EB9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="zh-TW"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5219410" cy="3238500"/>
             <wp:effectExtent l="0" t="0" r="635" b="0"/>
             <wp:docPr id="2" name="Рисунок 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId12" cstate="print">
+                    <a:blip r:embed="rId14">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5223864" cy="3241263"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="008D5F5A" w:rsidRPr="000D0EB9" w:rsidRDefault="008D5F5A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5F5A" w:rsidRPr="000D0EB9" w:rsidRDefault="00571A7B" w:rsidP="00A81136">
-[...15 lines deleted...]
-        <w:t>9 қадам</w:t>
+    <w:p w:rsidR="008D5F5A" w:rsidRPr="000D0EB9" w:rsidRDefault="008D5F5A" w:rsidP="00A81136">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00817DDA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Шаг 9</w:t>
       </w:r>
       <w:r w:rsidR="000D0EB9" w:rsidRPr="00817DDA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="008D5F5A" w:rsidRPr="000D0EB9">
+      <w:r w:rsidRPr="000D0EB9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Тапсырыстың нөмірін еңгізу қажет. </w:t>
+      <w:r w:rsidR="00F67474">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Необходимо ввести </w:t>
+      </w:r>
+      <w:r w:rsidR="00F67474" w:rsidRPr="00F67474">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F67474">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>омер заказа</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009A180E" w:rsidRPr="000D0EB9" w:rsidRDefault="00A81136">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D0EB9">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="zh-TW"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="54CACC3C" wp14:editId="425FF4B2">
             <wp:extent cx="5942179" cy="2406701"/>
             <wp:effectExtent l="0" t="0" r="1905" b="0"/>
             <wp:docPr id="15" name="Рисунок 15"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13" cstate="print"/>
+                    <a:blip r:embed="rId15"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5940425" cy="2405991"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00BA7C05" w:rsidRPr="000D0EB9" w:rsidRDefault="00BA7C05">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A81136" w:rsidRPr="000D0EB9" w:rsidRDefault="00571A7B">
+    <w:p w:rsidR="00A81136" w:rsidRPr="000D0EB9" w:rsidRDefault="00A131B4">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-        <w:t>10 қадам</w:t>
+      <w:r w:rsidRPr="00817DDA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Шаг </w:t>
+      </w:r>
+      <w:r w:rsidR="008D5F5A" w:rsidRPr="00817DDA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10</w:t>
       </w:r>
       <w:r w:rsidR="000D0EB9" w:rsidRPr="00817DDA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00A131B4" w:rsidRPr="000D0EB9">
+      <w:r w:rsidRPr="000D0EB9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>Төлемді растау керек</w:t>
+      <w:r w:rsidR="00F67474">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Подтвердить</w:t>
       </w:r>
       <w:r w:rsidR="009A180E" w:rsidRPr="000D0EB9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> оплату </w:t>
       </w:r>
       <w:r w:rsidR="009A180E" w:rsidRPr="000D0EB9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="zh-TW"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1A36F885" wp14:editId="49E8C1CF">
             <wp:extent cx="5954572" cy="4257447"/>
             <wp:effectExtent l="0" t="0" r="8255" b="0"/>
             <wp:docPr id="17" name="Рисунок 17"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId14" cstate="print">
+                    <a:blip r:embed="rId16">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5954395" cy="4257320"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D5F5A" w:rsidRPr="00571A7B" w:rsidRDefault="00571A7B">
+    <w:p w:rsidR="008D5F5A" w:rsidRPr="000D0EB9" w:rsidRDefault="008D5F5A">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00571A7B">
-[...9 lines deleted...]
-        <w:r w:rsidRPr="00571A7B">
+    </w:p>
+    <w:p w:rsidR="008D5F5A" w:rsidRPr="000D0EB9" w:rsidRDefault="00F67474">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Купленные попытки отображаются</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5F5A" w:rsidRPr="000D0EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в личн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ом</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5F5A" w:rsidRPr="000D0EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кабинет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5F5A" w:rsidRPr="000D0EB9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidR="008D5F5A" w:rsidRPr="000D0EB9">
           <w:rPr>
             <w:rStyle w:val="a5"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
-            <w:lang w:val="kk-KZ"/>
+            <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>http://cabinet.testcenter.kz</w:t>
+          <w:t>http</w:t>
         </w:r>
+        <w:r w:rsidR="008D5F5A" w:rsidRPr="000D0EB9">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>://</w:t>
+        </w:r>
+        <w:r w:rsidR="008D5F5A" w:rsidRPr="000D0EB9">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>cabinet</w:t>
+        </w:r>
+        <w:r w:rsidR="008D5F5A" w:rsidRPr="000D0EB9">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="008D5F5A" w:rsidRPr="000D0EB9">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>testcenter</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="008D5F5A" w:rsidRPr="000D0EB9">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="008D5F5A" w:rsidRPr="000D0EB9">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>kz</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
-      <w:r w:rsidRPr="00571A7B">
-        <w:rPr>
+      <w:r w:rsidR="008D5F5A" w:rsidRPr="000D0EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D5F5A" w:rsidRPr="000D0EB9" w:rsidRDefault="008D5F5A">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D0EB9">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="zh-TW"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5934075" cy="3305175"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
             <wp:docPr id="3" name="Рисунок 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16" cstate="print">
+                    <a:blip r:embed="rId18">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5934075" cy="3305175"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="008D5F5A" w:rsidRPr="000D0EB9" w:rsidSect="002512A8">
+    <w:sectPr w:rsidR="008D5F5A" w:rsidRPr="000D0EB9">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
-[...7 lines deleted...]
-    <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00705C6A"/>
     <w:rsid w:val="0003469D"/>
     <w:rsid w:val="000D0EB9"/>
     <w:rsid w:val="00111E08"/>
-    <w:rsid w:val="002512A8"/>
-    <w:rsid w:val="00571A7B"/>
     <w:rsid w:val="00705C6A"/>
     <w:rsid w:val="007128C4"/>
     <w:rsid w:val="00817DDA"/>
     <w:rsid w:val="008D5F5A"/>
     <w:rsid w:val="009A180E"/>
     <w:rsid w:val="00A131B4"/>
     <w:rsid w:val="00A66A9C"/>
     <w:rsid w:val="00A81136"/>
-    <w:rsid w:val="00B45C18"/>
     <w:rsid w:val="00BA7C05"/>
     <w:rsid w:val="00BF16F0"/>
     <w:rsid w:val="00CB4CE0"/>
     <w:rsid w:val="00E11798"/>
     <w:rsid w:val="00E17784"/>
     <w:rsid w:val="00F67474"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-RU" w:eastAsia="zh-TW"/>
+  <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -2234,64 +1957,62 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002512A8"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB4CE0"/>
     <w:pPr>
@@ -2540,59 +2261,58 @@
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB4CE0"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008D5F5A"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cabinet.testcenter.kz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId19" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cabinet.testcenter.kz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://kaspi.kz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cabinet.testcenter.kz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cabinet.testcenter.kz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2838,68 +2558,68 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>892</Characters>
+  <Pages>5</Pages>
+  <Words>150</Words>
+  <Characters>856</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>7</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>*</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1046</CharactersWithSpaces>
+  <CharactersWithSpaces>1004</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Жаннур Амантаева</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>