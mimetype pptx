--- v0 (2026-01-12)
+++ v1 (2026-02-02)
@@ -1,91 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
+  <Override PartName="/ppt/diagrams/drawing2.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/diagrams/quickStyle2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
+  <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
+  <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Default Extension="gif" ContentType="image/gif"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
-[...7 lines deleted...]
-  <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/diagrams/layout2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
+  <Override PartName="/ppt/diagrams/data2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
-  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
-  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-[...8 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
-  <Override PartName="/ppt/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/diagrams/colors2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
+  <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
+  <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
-  <Override PartName="/ppt/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
-[...7 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483672" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId15"/>
   </p:notesMasterIdLst>
   <p:handoutMasterIdLst>
     <p:handoutMasterId r:id="rId16"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
     <p:sldId id="264" r:id="rId3"/>
     <p:sldId id="263" r:id="rId4"/>
     <p:sldId id="259" r:id="rId5"/>
     <p:sldId id="275" r:id="rId6"/>
     <p:sldId id="268" r:id="rId7"/>
@@ -185,121 +184,121 @@
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
-        <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+        <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
-        <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
+        <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
     <a:srgbClr val="EBB553"/>
     <a:srgbClr val="E9AC3F"/>
     <a:srgbClr val="F3D297"/>
     <a:srgbClr val="EBB24B"/>
     <a:srgbClr val="000000"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
-      <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
+      <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
-      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
+      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="220"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="15708" autoAdjust="0"/>
     <p:restoredTop sz="94662" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr>
         <p:scale>
           <a:sx n="70" d="100"/>
           <a:sy n="70" d="100"/>
         </p:scale>
-        <p:origin x="-1162" y="-58"/>
+        <p:origin x="-1890" y="-366"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:outlineViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="33" d="100"/>
         <a:sy n="33" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
-  <p:gridSpacing cx="72008" cy="72008"/>
+  <p:gridSpacing cx="73736200" cy="73736200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/_rels/data1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/_rels/data2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/></Relationships>
 </file>
 
 <file path=ppt/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
@@ -1816,52 +1815,57 @@
             <a:schemeClr val="lt1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent5"/>
           </a:fillRef>
           <a:effectRef idx="1">
             <a:schemeClr val="accent5"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </dgm:style>
       </dgm:prSet>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" indent="0"/>
           <a:r>
             <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
             </a:rPr>
-            <a:t>Министерство образования и науки РК</a:t>
+            <a:t>ҚР Білім және ғылым министрлігі</a:t>
           </a:r>
+          <a:endParaRPr lang="kk-KZ" dirty="0" smtClean="0">
+            <a:solidFill>
+              <a:schemeClr val="bg1"/>
+            </a:solidFill>
+          </a:endParaRPr>
         </a:p>
         <a:p>
           <a:r>
             <a:rPr lang="en-US" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="FFFF00"/>
               </a:solidFill>
             </a:rPr>
             <a:t>www.edu.gov.kz</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="ru-RU" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="FFFF00"/>
               </a:solidFill>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
           <a:endParaRPr lang="ru-RU" dirty="0">
             <a:solidFill>
               <a:srgbClr val="FFFF00"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </dgm:t>
@@ -1889,60 +1893,80 @@
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{CD38F7CE-7062-4452-B361-0347B5BCD5AE}">
       <dgm:prSet phldrT="[Текст]">
         <dgm:style>
           <a:lnRef idx="3">
             <a:schemeClr val="lt1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent5"/>
           </a:fillRef>
           <a:effectRef idx="1">
             <a:schemeClr val="accent5"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </dgm:style>
       </dgm:prSet>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
+            <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+            <a:t>Ұлттық тестілеу</a:t>
+          </a:r>
+          <a:r>
             <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
-            <a:t>Национальный центр тестирования </a:t>
+            <a:t> </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+            <a:t>орталығы</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+            <a:t> </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="FFFF00"/>
               </a:solidFill>
             </a:rPr>
-            <a:t>http://www.testcenter.kz</a:t>
+            <a:t>http</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:srgbClr val="FFFF00"/>
+              </a:solidFill>
+            </a:rPr>
+            <a:t>://www.testcenter.kz</a:t>
           </a:r>
           <a:endParaRPr lang="ru-RU" dirty="0">
             <a:solidFill>
               <a:srgbClr val="FFFF00"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{2BABE7C1-4C41-4C17-99F2-DD315DC64B4B}" type="parTrans" cxnId="{3E7EF008-0BCA-410C-8805-E4558A633095}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="ru-RU"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{8EA337D6-9C2C-427F-B309-7E3FCEF75687}" type="sibTrans" cxnId="{3E7EF008-0BCA-410C-8805-E4558A633095}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
@@ -2063,83 +2087,83 @@
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
         <a:ln>
           <a:solidFill>
             <a:schemeClr val="tx2">
               <a:lumMod val="60000"/>
               <a:lumOff val="40000"/>
             </a:schemeClr>
           </a:solidFill>
         </a:ln>
       </dgm:spPr>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="ru-RU"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
   </dgm:ptLst>
   <dgm:cxnLst>
     <dgm:cxn modelId="{E8CCB928-9DE4-408D-AB17-E7C485B41C6C}" type="presOf" srcId="{8FCC6302-3135-4CE6-9158-9B70F686B452}" destId="{73C00203-B480-4AAD-9E2A-F304B8ACAFA3}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
+    <dgm:cxn modelId="{193A17AB-D4E6-4980-8D01-9DA1A7D291AE}" type="presOf" srcId="{CD38F7CE-7062-4452-B361-0347B5BCD5AE}" destId="{808B7DE4-1648-4820-B6B7-DA52C92F75AD}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
     <dgm:cxn modelId="{3E7EF008-0BCA-410C-8805-E4558A633095}" srcId="{8FCC6302-3135-4CE6-9158-9B70F686B452}" destId="{CD38F7CE-7062-4452-B361-0347B5BCD5AE}" srcOrd="1" destOrd="0" parTransId="{2BABE7C1-4C41-4C17-99F2-DD315DC64B4B}" sibTransId="{8EA337D6-9C2C-427F-B309-7E3FCEF75687}"/>
+    <dgm:cxn modelId="{01D80AF9-4AF9-4BB4-A49F-C7900B2C2B25}" srcId="{8FCC6302-3135-4CE6-9158-9B70F686B452}" destId="{E3973A33-2421-4A94-A291-CDC634713A51}" srcOrd="0" destOrd="0" parTransId="{F95AE977-B8B2-4B62-B311-4705446D2472}" sibTransId="{2FB1DBCD-D498-4006-9A84-1014596CFBF6}"/>
+    <dgm:cxn modelId="{36E70C39-2994-440B-A152-F1B0096CACE4}" type="presOf" srcId="{2FB1DBCD-D498-4006-9A84-1014596CFBF6}" destId="{F2295C32-E33F-4461-9DCB-EDF07F6D8DB3}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
     <dgm:cxn modelId="{28FA3C33-BC9F-4B53-A4F9-BEDE98759D7F}" type="presOf" srcId="{E3973A33-2421-4A94-A291-CDC634713A51}" destId="{2B9DED5C-3032-4C13-AFF0-7DB25D4A1BDA}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
-    <dgm:cxn modelId="{36E70C39-2994-440B-A152-F1B0096CACE4}" type="presOf" srcId="{2FB1DBCD-D498-4006-9A84-1014596CFBF6}" destId="{F2295C32-E33F-4461-9DCB-EDF07F6D8DB3}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
-[...1 lines deleted...]
-    <dgm:cxn modelId="{193A17AB-D4E6-4980-8D01-9DA1A7D291AE}" type="presOf" srcId="{CD38F7CE-7062-4452-B361-0347B5BCD5AE}" destId="{808B7DE4-1648-4820-B6B7-DA52C92F75AD}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
     <dgm:cxn modelId="{F8B43D81-DDD6-41CE-BB64-A19B457002AC}" type="presParOf" srcId="{73C00203-B480-4AAD-9E2A-F304B8ACAFA3}" destId="{4EB97354-62CB-499D-9CC6-E607C6B27B80}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
     <dgm:cxn modelId="{308948C7-B2FC-4FFE-B04B-6556CB27F074}" type="presParOf" srcId="{4EB97354-62CB-499D-9CC6-E607C6B27B80}" destId="{086FF48E-C28F-48CB-9D10-E0DFB21C36E8}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
     <dgm:cxn modelId="{1EFE5D2F-4CB8-4A83-85A0-007579809525}" type="presParOf" srcId="{086FF48E-C28F-48CB-9D10-E0DFB21C36E8}" destId="{F58888AA-C3A0-44DC-B62D-E45A337B7D27}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
     <dgm:cxn modelId="{4900EE98-F13E-4665-B9F4-0B20B160FA58}" type="presParOf" srcId="{086FF48E-C28F-48CB-9D10-E0DFB21C36E8}" destId="{F2295C32-E33F-4461-9DCB-EDF07F6D8DB3}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
     <dgm:cxn modelId="{A8ADDD76-9473-4327-95A7-73AB5A8E35E7}" type="presParOf" srcId="{086FF48E-C28F-48CB-9D10-E0DFB21C36E8}" destId="{6F1C1432-889E-47F5-B6BC-52C6B64BB40E}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
     <dgm:cxn modelId="{FA9755D4-F968-4740-8DA1-87956BDE950D}" type="presParOf" srcId="{086FF48E-C28F-48CB-9D10-E0DFB21C36E8}" destId="{46AE0239-B959-40BF-9574-89C4CA3A04F0}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
     <dgm:cxn modelId="{4525BE7B-7874-43D2-B0FF-0E15B2083C94}" type="presParOf" srcId="{4EB97354-62CB-499D-9CC6-E607C6B27B80}" destId="{2B9DED5C-3032-4C13-AFF0-7DB25D4A1BDA}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
     <dgm:cxn modelId="{6C96F16A-ED05-433E-9053-67AF86D8AE44}" type="presParOf" srcId="{4EB97354-62CB-499D-9CC6-E607C6B27B80}" destId="{20FF2362-EC5F-4AB5-A51E-E61875E1AE6B}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
     <dgm:cxn modelId="{EB3D3A6A-EED5-4183-B56B-465CCE4499EB}" type="presParOf" srcId="{20FF2362-EC5F-4AB5-A51E-E61875E1AE6B}" destId="{CB92C861-BC29-46EE-B315-2F691F3D2D4B}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
     <dgm:cxn modelId="{B471104A-345C-4BD9-8322-D630FDCF59AD}" type="presParOf" srcId="{4EB97354-62CB-499D-9CC6-E607C6B27B80}" destId="{808B7DE4-1648-4820-B6B7-DA52C92F75AD}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
     <dgm:cxn modelId="{546D8460-9DD2-47DA-B5F6-23A630FD818A}" type="presParOf" srcId="{4EB97354-62CB-499D-9CC6-E607C6B27B80}" destId="{5AF151F9-3A5E-4A1F-B9BB-6373A5097DA3}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
     <dgm:cxn modelId="{2A399CFC-18E9-4C4D-B72A-876623E6557B}" type="presParOf" srcId="{5AF151F9-3A5E-4A1F-B9BB-6373A5097DA3}" destId="{47616E8E-EA5F-485F-A2E1-BA7416403221}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2008/layout/VerticalCurvedList"/>
   </dgm:cxnLst>
   <dgm:bg/>
   <dgm:whole/>
   <dgm:extLst>
     <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
-      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId7" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
+      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns="" relId="rId7" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
     </a:ext>
   </dgm:extLst>
 </dgm:dataModel>
 </file>
 
 <file path=ppt/diagrams/data2.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dgm:ptLst>
     <dgm:pt modelId="{3E527B34-10F3-47CF-8C90-1822FECDB3AA}" type="doc">
-      <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2005/8/layout/pList1" loCatId="list" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2" csCatId="accent1" phldr="1"/>
+      <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1" loCatId="list" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2" csCatId="accent1" phldr="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="ru-RU"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{CC0EADD5-DB5F-41B1-987A-A12F24066482}">
       <dgm:prSet phldrT="[Текст]" custT="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="en-US" sz="1200" dirty="0" smtClean="0"/>
             <a:t>https://www.youtube.com/channel/UCzmZObVJTezesGyIEKw6h-Q</a:t>
           </a:r>
           <a:endParaRPr lang="ru-RU" sz="1200" dirty="0"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{BF30DC0C-6899-4CE0-B1C4-EED7B22BBEBF}" type="parTrans" cxnId="{5EE6C493-73AB-457A-B713-81944731E141}">
@@ -2445,90 +2469,90 @@
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="ru-RU"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{F075B156-A7CE-4506-9444-7045546E7822}" type="pres">
       <dgm:prSet presAssocID="{EBE445D8-E75A-4137-B532-98D2A0FC3AB0}" presName="textRect" presStyleLbl="revTx" presStyleIdx="3" presStyleCnt="4" custScaleX="172794" custLinFactY="-102926" custLinFactNeighborX="-53877" custLinFactNeighborY="-200000">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="ru-RU"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
   </dgm:ptLst>
   <dgm:cxnLst>
-    <dgm:cxn modelId="{B5AF6346-A1F4-4912-B609-3FD0EE61B195}" type="presOf" srcId="{6F661F76-84DD-40BE-9466-860B061B4C1B}" destId="{417D350E-6144-4023-9190-1C5535130A80}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1"/>
-[...1 lines deleted...]
-    <dgm:cxn modelId="{04579698-C3F4-4D0B-97B8-3718AF0F3C2D}" type="presOf" srcId="{BBE0D702-E9F1-4A7B-8368-1B8E308546E6}" destId="{F844F5FA-A214-4D69-BD2E-296A619D80D0}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1"/>
+    <dgm:cxn modelId="{0C0AC40D-A368-4051-BF98-0E081312829A}" type="presOf" srcId="{BBCDB168-68D6-47E4-BD9C-A7EFA53B90ED}" destId="{1A81D881-B529-4590-8762-5F995AA815B3}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1"/>
+    <dgm:cxn modelId="{30E20C86-2F79-4CC7-A07D-FAB7EAA02E32}" type="presOf" srcId="{EB943743-2582-4DE8-BC4F-37924C393DE2}" destId="{11974E53-646F-4817-8917-37EF49BE2D55}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1"/>
+    <dgm:cxn modelId="{5EE6C493-73AB-457A-B713-81944731E141}" srcId="{3E527B34-10F3-47CF-8C90-1822FECDB3AA}" destId="{CC0EADD5-DB5F-41B1-987A-A12F24066482}" srcOrd="1" destOrd="0" parTransId="{BF30DC0C-6899-4CE0-B1C4-EED7B22BBEBF}" sibTransId="{6F661F76-84DD-40BE-9466-860B061B4C1B}"/>
     <dgm:cxn modelId="{CFBDB73D-2BF3-41EB-855D-7FEE1A057855}" srcId="{3E527B34-10F3-47CF-8C90-1822FECDB3AA}" destId="{EBE445D8-E75A-4137-B532-98D2A0FC3AB0}" srcOrd="3" destOrd="0" parTransId="{BD3C4DEE-3CCC-4351-B5CD-20259082C7C2}" sibTransId="{A55C7981-9239-46AC-A261-5C2804C0BE05}"/>
-    <dgm:cxn modelId="{5EE6C493-73AB-457A-B713-81944731E141}" srcId="{3E527B34-10F3-47CF-8C90-1822FECDB3AA}" destId="{CC0EADD5-DB5F-41B1-987A-A12F24066482}" srcOrd="1" destOrd="0" parTransId="{BF30DC0C-6899-4CE0-B1C4-EED7B22BBEBF}" sibTransId="{6F661F76-84DD-40BE-9466-860B061B4C1B}"/>
     <dgm:cxn modelId="{6DCAF9E8-E8A1-41A3-8356-6B58EC58C6F4}" srcId="{3E527B34-10F3-47CF-8C90-1822FECDB3AA}" destId="{E061021D-D9D3-49B1-BBF6-3B82B830A086}" srcOrd="0" destOrd="0" parTransId="{E9E5590D-E65F-4E30-BE67-D98D0F34E746}" sibTransId="{BBE0D702-E9F1-4A7B-8368-1B8E308546E6}"/>
-    <dgm:cxn modelId="{30E20C86-2F79-4CC7-A07D-FAB7EAA02E32}" type="presOf" srcId="{EB943743-2582-4DE8-BC4F-37924C393DE2}" destId="{11974E53-646F-4817-8917-37EF49BE2D55}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1"/>
+    <dgm:cxn modelId="{67192460-9CB7-4C70-A897-210906B01ADD}" type="presOf" srcId="{E061021D-D9D3-49B1-BBF6-3B82B830A086}" destId="{0DC3F1AA-288A-4076-9F6F-B8D0AFD3EAC8}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1"/>
+    <dgm:cxn modelId="{22D2F8D4-0CCB-46D7-AD0F-60903B4A9F9A}" type="presOf" srcId="{3E527B34-10F3-47CF-8C90-1822FECDB3AA}" destId="{AB539A84-2E69-4970-BC42-4033BCA40F78}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1"/>
+    <dgm:cxn modelId="{F628A14A-4470-4757-BDB5-B7AD3C802999}" type="presOf" srcId="{EBE445D8-E75A-4137-B532-98D2A0FC3AB0}" destId="{F075B156-A7CE-4506-9444-7045546E7822}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1"/>
+    <dgm:cxn modelId="{1F14DE7F-7D2B-408D-9871-A032B9060ED8}" type="presOf" srcId="{CC0EADD5-DB5F-41B1-987A-A12F24066482}" destId="{31E1D1FF-3168-4E52-9D38-5BC5C36BC553}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1"/>
     <dgm:cxn modelId="{FB5A3883-F969-492A-96BC-A6EF078A6378}" srcId="{3E527B34-10F3-47CF-8C90-1822FECDB3AA}" destId="{EB943743-2582-4DE8-BC4F-37924C393DE2}" srcOrd="2" destOrd="0" parTransId="{03C5BD19-BBB3-40EA-A965-BE4CF0DAE237}" sibTransId="{BBCDB168-68D6-47E4-BD9C-A7EFA53B90ED}"/>
-    <dgm:cxn modelId="{0C0AC40D-A368-4051-BF98-0E081312829A}" type="presOf" srcId="{BBCDB168-68D6-47E4-BD9C-A7EFA53B90ED}" destId="{1A81D881-B529-4590-8762-5F995AA815B3}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1"/>
-[...17 lines deleted...]
-    <dgm:cxn modelId="{FE0CF18D-E57A-4050-B1B0-32E92717B6D4}" type="presParOf" srcId="{F2495DFB-68CA-4A27-BAF3-6064BEF303A4}" destId="{F075B156-A7CE-4506-9444-7045546E7822}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1"/>
+    <dgm:cxn modelId="{B5AF6346-A1F4-4912-B609-3FD0EE61B195}" type="presOf" srcId="{6F661F76-84DD-40BE-9466-860B061B4C1B}" destId="{417D350E-6144-4023-9190-1C5535130A80}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1"/>
+    <dgm:cxn modelId="{04579698-C3F4-4D0B-97B8-3718AF0F3C2D}" type="presOf" srcId="{BBE0D702-E9F1-4A7B-8368-1B8E308546E6}" destId="{F844F5FA-A214-4D69-BD2E-296A619D80D0}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1"/>
+    <dgm:cxn modelId="{3AF6245A-10E6-4C47-AF88-75C4504D0633}" type="presParOf" srcId="{AB539A84-2E69-4970-BC42-4033BCA40F78}" destId="{D8B99A63-2237-4B8C-B7FB-61C2E3D75AD2}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1"/>
+    <dgm:cxn modelId="{5B50C73C-9693-482C-AED0-836008F5F3C8}" type="presParOf" srcId="{D8B99A63-2237-4B8C-B7FB-61C2E3D75AD2}" destId="{347A9FB5-B669-45E2-B0AC-995E290E7431}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1"/>
+    <dgm:cxn modelId="{6383F33A-938C-436F-83AF-DB4A936A58AF}" type="presParOf" srcId="{D8B99A63-2237-4B8C-B7FB-61C2E3D75AD2}" destId="{0DC3F1AA-288A-4076-9F6F-B8D0AFD3EAC8}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1"/>
+    <dgm:cxn modelId="{16D5EDE4-35EA-4E1E-B07A-CD30A0C257AE}" type="presParOf" srcId="{AB539A84-2E69-4970-BC42-4033BCA40F78}" destId="{F844F5FA-A214-4D69-BD2E-296A619D80D0}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1"/>
+    <dgm:cxn modelId="{F7A131BA-3EDB-4D10-82C4-D82560EE6B39}" type="presParOf" srcId="{AB539A84-2E69-4970-BC42-4033BCA40F78}" destId="{A2B246E2-B2A5-4B72-8684-BB1AFFEB3155}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1"/>
+    <dgm:cxn modelId="{26F1DBC7-8F40-4A4C-8FE2-8FDE1596C75A}" type="presParOf" srcId="{A2B246E2-B2A5-4B72-8684-BB1AFFEB3155}" destId="{58EE4375-82F2-48E3-8A56-8EAFE9363A0E}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1"/>
+    <dgm:cxn modelId="{CE79467C-DD35-46CF-BDE5-369FD2336AB0}" type="presParOf" srcId="{A2B246E2-B2A5-4B72-8684-BB1AFFEB3155}" destId="{31E1D1FF-3168-4E52-9D38-5BC5C36BC553}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1"/>
+    <dgm:cxn modelId="{E0DFB3E5-890D-4A81-8AAB-83074E93E7EB}" type="presParOf" srcId="{AB539A84-2E69-4970-BC42-4033BCA40F78}" destId="{417D350E-6144-4023-9190-1C5535130A80}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1"/>
+    <dgm:cxn modelId="{A35493E7-0371-445A-851B-13A8D1F5CF4B}" type="presParOf" srcId="{AB539A84-2E69-4970-BC42-4033BCA40F78}" destId="{3224AA3A-0736-49E3-A36C-78F44843844E}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1"/>
+    <dgm:cxn modelId="{934A9575-8D25-4B4C-9016-ADFD27157348}" type="presParOf" srcId="{3224AA3A-0736-49E3-A36C-78F44843844E}" destId="{31C44C52-2F94-41D0-A7D7-A59DE144B483}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1"/>
+    <dgm:cxn modelId="{97F56180-7585-40B1-A2C5-A3AB606410E1}" type="presParOf" srcId="{3224AA3A-0736-49E3-A36C-78F44843844E}" destId="{11974E53-646F-4817-8917-37EF49BE2D55}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1"/>
+    <dgm:cxn modelId="{EFA948BB-3741-465F-A729-425F987521A7}" type="presParOf" srcId="{AB539A84-2E69-4970-BC42-4033BCA40F78}" destId="{1A81D881-B529-4590-8762-5F995AA815B3}" srcOrd="5" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1"/>
+    <dgm:cxn modelId="{AC268DD1-D32B-481D-B695-5F976D1BDF77}" type="presParOf" srcId="{AB539A84-2E69-4970-BC42-4033BCA40F78}" destId="{F2495DFB-68CA-4A27-BAF3-6064BEF303A4}" srcOrd="6" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1"/>
+    <dgm:cxn modelId="{4CDD6615-E7E8-4EEE-B60C-C5B48A99B1B4}" type="presParOf" srcId="{F2495DFB-68CA-4A27-BAF3-6064BEF303A4}" destId="{4F46B714-825A-4A10-A2AE-DEBCB6F8E2FE}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1"/>
+    <dgm:cxn modelId="{FE0CF18D-E57A-4050-B1B0-32E92717B6D4}" type="presParOf" srcId="{F2495DFB-68CA-4A27-BAF3-6064BEF303A4}" destId="{F075B156-A7CE-4506-9444-7045546E7822}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1"/>
   </dgm:cxnLst>
   <dgm:bg/>
   <dgm:whole/>
   <dgm:extLst>
     <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
-      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId12" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
+      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns="" relId="rId12" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
     </a:ext>
   </dgm:extLst>
 </dgm:dataModel>
 </file>
 
 <file path=ppt/diagrams/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-<dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+<dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram">
   <dsp:spTree>
     <dsp:nvGrpSpPr>
       <dsp:cNvPr id="0" name=""/>
       <dsp:cNvGrpSpPr/>
     </dsp:nvGrpSpPr>
     <dsp:grpSpPr/>
     <dsp:sp modelId="{F2295C32-E33F-4461-9DCB-EDF07F6D8DB3}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="-5904007" y="-788200"/>
           <a:ext cx="6904994" cy="6904994"/>
         </a:xfrm>
         <a:prstGeom prst="blockArc">
           <a:avLst>
             <a:gd name="adj1" fmla="val 18900000"/>
             <a:gd name="adj2" fmla="val 2700000"/>
             <a:gd name="adj3" fmla="val 313"/>
           </a:avLst>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="26425" cap="flat" cmpd="sng" algn="ctr">
@@ -2597,52 +2621,57 @@
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="1163182" tIns="40640" rIns="40640" bIns="40640" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="711200">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
           </a:pPr>
           <a:r>
             <a:rPr lang="kk-KZ" sz="1600" kern="1200" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
             </a:rPr>
-            <a:t>Министерство образования и науки РК</a:t>
+            <a:t>ҚР Білім және ғылым министрлігі</a:t>
           </a:r>
+          <a:endParaRPr lang="kk-KZ" sz="1600" kern="1200" dirty="0" smtClean="0">
+            <a:solidFill>
+              <a:schemeClr val="bg1"/>
+            </a:solidFill>
+          </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr lvl="0" algn="l" defTabSz="711200">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-US" sz="1600" kern="1200" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="FFFF00"/>
               </a:solidFill>
             </a:rPr>
             <a:t>www.edu.gov.kz</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="ru-RU" sz="1600" kern="1200" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="FFFF00"/>
@@ -2741,60 +2770,80 @@
         <a:effectRef idx="1">
           <a:schemeClr val="accent5"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="1163182" tIns="40640" rIns="40640" bIns="40640" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr lvl="0" algn="l" defTabSz="711200">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
           </a:pPr>
           <a:r>
+            <a:rPr lang="ru-RU" sz="1600" kern="1200" dirty="0" err="1" smtClean="0"/>
+            <a:t>Ұлттық тестілеу</a:t>
+          </a:r>
+          <a:r>
             <a:rPr lang="ru-RU" sz="1600" kern="1200" dirty="0" smtClean="0"/>
-            <a:t>Национальный центр тестирования </a:t>
+            <a:t> </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="ru-RU" sz="1600" kern="1200" dirty="0" err="1" smtClean="0"/>
+            <a:t>орталығы</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="ru-RU" sz="1600" kern="1200" dirty="0" smtClean="0"/>
+            <a:t> </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="1600" kern="1200" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="FFFF00"/>
               </a:solidFill>
             </a:rPr>
-            <a:t>http://www.testcenter.kz</a:t>
+            <a:t>http</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-US" sz="1600" kern="1200" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:srgbClr val="FFFF00"/>
+              </a:solidFill>
+            </a:rPr>
+            <a:t>://www.testcenter.kz</a:t>
           </a:r>
           <a:endParaRPr lang="ru-RU" sz="1600" kern="1200" dirty="0">
             <a:solidFill>
               <a:srgbClr val="FFFF00"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
         <a:off x="648073" y="3030858"/>
         <a:ext cx="3425392" cy="1465426"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{47616E8E-EA5F-485F-A2E1-BA7416403221}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="0" y="3168388"/>
           <a:ext cx="1489349" cy="1383545"/>
         </a:xfrm>
         <a:prstGeom prst="ellipse">
           <a:avLst/>
@@ -2812,51 +2861,51 @@
               <a:lumOff val="40000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
     </dsp:sp>
   </dsp:spTree>
 </dsp:drawing>
 </file>
 
 <file path=ppt/diagrams/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
-<dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+<dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram">
   <dsp:spTree>
     <dsp:nvGrpSpPr>
       <dsp:cNvPr id="0" name=""/>
       <dsp:cNvGrpSpPr/>
     </dsp:nvGrpSpPr>
     <dsp:grpSpPr/>
     <dsp:sp modelId="{347A9FB5-B669-45E2-B0AC-995E290E7431}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="216027" y="72010"/>
           <a:ext cx="798726" cy="761756"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst/>
         </a:prstGeom>
         <a:blipFill rotWithShape="1">
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </a:blipFill>
@@ -4530,51 +4579,51 @@
             <dgm:constr type="lMarg" refType="primFontSz" fact="0.2"/>
             <dgm:constr type="rMarg" refType="primFontSz" fact="0.2"/>
             <dgm:constr type="tMarg" refType="primFontSz" fact="0.2"/>
             <dgm:constr type="bMarg" refType="primFontSz" fact="0.2"/>
           </dgm:constrLst>
           <dgm:ruleLst>
             <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
           </dgm:ruleLst>
         </dgm:layoutNode>
         <dgm:layoutNode name="accent_7">
           <dgm:alg type="sp"/>
           <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
             <dgm:adjLst/>
           </dgm:shape>
           <dgm:presOf/>
           <dgm:constrLst/>
           <dgm:forEach name="Name58" ref="accentRepeat"/>
         </dgm:layoutNode>
       </dgm:forEach>
     </dgm:layoutNode>
   </dgm:layoutNode>
 </dgm:layoutDef>
 </file>
 
 <file path=ppt/diagrams/layout2.xml><?xml version="1.0" encoding="utf-8"?>
-<dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/layout/pList1">
+<dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/layout/pList1#1">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="list" pri="2000"/>
     <dgm:cat type="picture" pri="2500"/>
     <dgm:cat type="pictureconvert" pri="2500"/>
   </dgm:catLst>
   <dgm:sampData>
     <dgm:dataModel>
       <dgm:ptLst>
         <dgm:pt modelId="0" type="doc"/>
         <dgm:pt modelId="1">
           <dgm:prSet phldr="1"/>
         </dgm:pt>
         <dgm:pt modelId="2">
           <dgm:prSet phldr="1"/>
         </dgm:pt>
         <dgm:pt modelId="3">
           <dgm:prSet phldr="1"/>
         </dgm:pt>
         <dgm:pt modelId="4">
           <dgm:prSet phldr="1"/>
         </dgm:pt>
       </dgm:ptLst>
       <dgm:cxnLst>
@@ -6844,51 +6893,52 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{5A3138F9-7C0C-44A6-BF2B-6A498AE87B6D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>18.12.2019</a:t>
+              <a:pPr/>
+              <a:t>20.01.2020</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Нижний колонтитул 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -6910,60 +6960,61 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="8685213"/>
             <a:ext cx="2971800" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{FFB4A414-BCCF-4713-A027-4DE945D8944B}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3324881895"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3324881895"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
 </p:handoutMaster>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -7013,51 +7064,52 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{1F493EEF-0906-4B00-BF40-82FD4F2EF346}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>18.12.2019</a:t>
+              <a:pPr/>
+              <a:t>20.01.2020</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Образ слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1143000" y="685800"/>
             <a:ext cx="4572000" cy="3429000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -7172,60 +7224,61 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="8685213"/>
             <a:ext cx="2971800" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{DCE83AFD-AE9D-4BC9-88D5-83E5AD88F882}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4291235338"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="4291235338"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:notesStyle>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
@@ -7390,60 +7443,61 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Номер слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{DCE83AFD-AE9D-4BC9-88D5-83E5AD88F882}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="682770371"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="682770371"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -7474,60 +7528,61 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Номер слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{DCE83AFD-AE9D-4BC9-88D5-83E5AD88F882}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>11</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2328744078"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2328744078"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -7558,60 +7613,61 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Номер слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{DCE83AFD-AE9D-4BC9-88D5-83E5AD88F882}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>13</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="788223169"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="788223169"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -7642,60 +7698,61 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Номер слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{DCE83AFD-AE9D-4BC9-88D5-83E5AD88F882}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>2</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1503502649"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1503502649"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -7726,60 +7783,61 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Номер слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{DCE83AFD-AE9D-4BC9-88D5-83E5AD88F882}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>3</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1709396514"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1709396514"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -7810,60 +7868,61 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Номер слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{DCE83AFD-AE9D-4BC9-88D5-83E5AD88F882}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>4</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="713655668"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="713655668"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -7894,60 +7953,61 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Номер слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{DCE83AFD-AE9D-4BC9-88D5-83E5AD88F882}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>6</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3532922713"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3532922713"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -7978,60 +8038,61 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Номер слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{DCE83AFD-AE9D-4BC9-88D5-83E5AD88F882}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>7</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="312036831"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="312036831"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -8062,60 +8123,61 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Номер слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{DCE83AFD-AE9D-4BC9-88D5-83E5AD88F882}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>8</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2557363579"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2557363579"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -8146,60 +8208,61 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Номер слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{DCE83AFD-AE9D-4BC9-88D5-83E5AD88F882}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>9</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4200936395"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="4200936395"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -8230,60 +8293,61 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Номер слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{DCE83AFD-AE9D-4BC9-88D5-83E5AD88F882}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>10</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3800126002"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3800126002"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
@@ -8481,92 +8545,94 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец подзаголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{545A8629-9EFD-4EB4-AE1E-85FFC8484A3A}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>18.12.2019</a:t>
+              <a:pPr/>
+              <a:t>20.01.2020</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{DC3619BF-1E28-438D-8827-7CFD88154FF5}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="8" name="Straight Connector 7"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="3398520"/>
             <a:ext cx="7848600" cy="1588"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="19050">
             <a:solidFill>
               <a:schemeClr val="tx2"/>
             </a:solidFill>
           </a:ln>
@@ -8681,92 +8747,94 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{545A8629-9EFD-4EB4-AE1E-85FFC8484A3A}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>18.12.2019</a:t>
+              <a:pPr/>
+              <a:t>20.01.2020</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{DC3619BF-1E28-438D-8827-7CFD88154FF5}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTitleAndTx" preserve="1">
   <p:cSld name="Вертикальный заголовок и текст">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
@@ -8856,92 +8924,94 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{545A8629-9EFD-4EB4-AE1E-85FFC8484A3A}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>18.12.2019</a:t>
+              <a:pPr/>
+              <a:t>20.01.2020</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{DC3619BF-1E28-438D-8827-7CFD88154FF5}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
   <p:cSld name="Заголовок и объект">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
@@ -9021,92 +9091,94 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{545A8629-9EFD-4EB4-AE1E-85FFC8484A3A}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>18.12.2019</a:t>
+              <a:pPr/>
+              <a:t>20.01.2020</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{DC3619BF-1E28-438D-8827-7CFD88154FF5}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="secHead" preserve="1">
   <p:cSld name="Заголовок раздела">
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg2"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
@@ -9269,92 +9341,94 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{545A8629-9EFD-4EB4-AE1E-85FFC8484A3A}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>18.12.2019</a:t>
+              <a:pPr/>
+              <a:t>20.01.2020</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{DC3619BF-1E28-438D-8827-7CFD88154FF5}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="7" name="Straight Connector 6"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="731520" y="4599432"/>
             <a:ext cx="7848600" cy="1588"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="19050">
             <a:solidFill>
               <a:schemeClr val="tx2"/>
             </a:solidFill>
           </a:ln>
@@ -9587,92 +9661,94 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{545A8629-9EFD-4EB4-AE1E-85FFC8484A3A}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>18.12.2019</a:t>
+              <a:pPr/>
+              <a:t>20.01.2020</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{DC3619BF-1E28-438D-8827-7CFD88154FF5}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoTxTwoObj" preserve="1">
   <p:cSld name="Сравнение">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
@@ -10053,92 +10129,94 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{545A8629-9EFD-4EB4-AE1E-85FFC8484A3A}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>18.12.2019</a:t>
+              <a:pPr/>
+              <a:t>20.01.2020</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Slide Number Placeholder 8"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{DC3619BF-1E28-438D-8827-7CFD88154FF5}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="11" name="Straight Connector 10"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm rot="5400000">
             <a:off x="2217817" y="4045823"/>
             <a:ext cx="4709160" cy="794"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="19050">
             <a:solidFill>
               <a:schemeClr val="tx2"/>
             </a:solidFill>
           </a:ln>
@@ -10201,182 +10279,186 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{545A8629-9EFD-4EB4-AE1E-85FFC8484A3A}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>18.12.2019</a:t>
+              <a:pPr/>
+              <a:t>20.01.2020</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{DC3619BF-1E28-438D-8827-7CFD88154FF5}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="blank" preserve="1">
   <p:cSld name="Пустой слайд">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{545A8629-9EFD-4EB4-AE1E-85FFC8484A3A}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>18.12.2019</a:t>
+              <a:pPr/>
+              <a:t>20.01.2020</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{DC3619BF-1E28-438D-8827-7CFD88154FF5}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="objTx" preserve="1">
   <p:cSld name="Объект с подписью">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
@@ -10565,92 +10647,94 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{545A8629-9EFD-4EB4-AE1E-85FFC8484A3A}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>18.12.2019</a:t>
+              <a:pPr/>
+              <a:t>20.01.2020</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{DC3619BF-1E28-438D-8827-7CFD88154FF5}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="9" name="Straight Connector 8"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm rot="5400000">
             <a:off x="-13116" y="3580206"/>
             <a:ext cx="5577840" cy="1588"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="19050">
             <a:solidFill>
               <a:schemeClr val="tx2"/>
             </a:solidFill>
           </a:ln>
@@ -10870,92 +10954,94 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{545A8629-9EFD-4EB4-AE1E-85FFC8484A3A}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>18.12.2019</a:t>
+              <a:pPr/>
+              <a:t>20.01.2020</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{DC3619BF-1E28-438D-8827-7CFD88154FF5}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
@@ -11172,51 +11258,52 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="18288"/>
             <a:ext cx="2895600" cy="329184"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{545A8629-9EFD-4EB4-AE1E-85FFC8484A3A}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>18.12.2019</a:t>
+              <a:pPr/>
+              <a:t>20.01.2020</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3429000" y="18288"/>
             <a:ext cx="4114800" cy="329184"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -11246,50 +11333,51 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7620000" y="18288"/>
             <a:ext cx="1066800" cy="329184"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1400" b="1">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{DC3619BF-1E28-438D-8827-7CFD88154FF5}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483673" r:id="rId1"/>
     <p:sldLayoutId id="2147483674" r:id="rId2"/>
     <p:sldLayoutId id="2147483675" r:id="rId3"/>
     <p:sldLayoutId id="2147483676" r:id="rId4"/>
     <p:sldLayoutId id="2147483677" r:id="rId5"/>
     <p:sldLayoutId id="2147483678" r:id="rId6"/>
     <p:sldLayoutId id="2147483679" r:id="rId7"/>
     <p:sldLayoutId id="2147483680" r:id="rId8"/>
     <p:sldLayoutId id="2147483681" r:id="rId9"/>
     <p:sldLayoutId id="2147483682" r:id="rId10"/>
     <p:sldLayoutId id="2147483683" r:id="rId11"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
@@ -11561,223 +11649,230 @@
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cabinet.testcenter.kz/#/login" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cabinet.testcenter.kz/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cabinet.testcenter.kz/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Подзаголовок 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2123728" y="433992"/>
             <a:ext cx="6336704" cy="1741543"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="77500" lnSpcReduction="20000"/>
+            <a:normAutofit fontScale="70000" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
+              <a:rPr lang="kk-KZ" sz="3400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Қазақстан Республикасы</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="3400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Білім және ғылым министрлігі</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
               <a:rPr lang="kk-KZ" sz="3400" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Министерство образования и науки Республики Казахстан</a:t>
+              <a:t/>
             </a:r>
             <a:br>
               <a:rPr lang="kk-KZ" sz="3400" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="3400" b="1" dirty="0">
+              <a:rPr lang="kk-KZ" sz="3400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t/>
-[...18 lines deleted...]
-              <a:t>Национальный центр тестирования  </a:t>
+              <a:t>Ұлттық тестілеу орталығы </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:endParaRPr lang="ru-RU" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Рисунок 3"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="683566" y="620688"/>
             <a:ext cx="1538851" cy="1080120"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Подзаголовок 2"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
@@ -11962,234 +12057,235 @@
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:buClr>
                 <a:schemeClr val="accent1"/>
               </a:buClr>
               <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
               <a:buNone/>
               <a:defRPr sz="1300" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" b="1" dirty="0">
+              <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Единое национальное тестирование (ЕНТ</a:t>
+              <a:t>Ұлттық бірыңғай тесттілеу </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>)</a:t>
-            </a:r>
+              <a:t>(ҰБТ)</a:t>
+            </a:r>
+            <a:endParaRPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" b="1" dirty="0">
+              <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>б</a:t>
-[...9 lines deleted...]
-              <a:t>удет проводиться с 15 по 20 января</a:t>
+              <a:t>15 қаңтардан 20 қаңтар аралығында өтеді</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="TextBox 6"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3491880" y="5819328"/>
             <a:ext cx="2880320" cy="923330"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr fontAlgn="base"/>
             <a:endParaRPr lang="ru-RU" b="1" dirty="0" smtClean="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr" fontAlgn="base"/>
             <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Нұр-Сұлтан қ.</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>г. </a:t>
-[...7 lines deleted...]
-            </a:r>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr" fontAlgn="base"/>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>-Султан </a:t>
-[...3 lines deleted...]
-            <a:pPr algn="ctr" fontAlgn="base"/>
+              <a:t>2019 </a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>2019 г.</a:t>
+              <a:t>ж.</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" b="1" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Рисунок 8"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId4" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1187624" y="3598587"/>
             <a:ext cx="3024336" cy="1872208"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="11" name="Рисунок 10"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId5">
+          <a:blip r:embed="rId5" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5292080" y="3632520"/>
             <a:ext cx="2844316" cy="1838276"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3893515927"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3893515927"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -12283,69 +12379,90 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="395929" y="1052736"/>
             <a:ext cx="8229600" cy="576064"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2700" dirty="0">
-[...17 lines deleted...]
-              <a:t> тестирование</a:t>
+              <a:rPr lang="ru-RU" sz="2700" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Онлайн</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2700" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2700" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тестілеу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2700" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2700" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>арқылы ҰБТ-ға дайындық</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2700" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
               <a:t/>
             </a:r>
             <a:br>
               <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t/>
             </a:r>
             <a:br>
               <a:rPr lang="ru-RU" dirty="0"/>
             </a:br>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
@@ -12360,333 +12477,486 @@
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0" fontAlgn="base">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="ru-RU" sz="2200" b="1" i="1" dirty="0" smtClean="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just" fontAlgn="base">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>    Тестирование</a:t>
-[...20 lines deleted...]
-              <a:t>будет проводиться в следующем формате:</a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ҰБТ-ға дайындық үшін тестілеу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>келесі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>форматта</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>өтеді </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>:</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" b="1" u="sng" dirty="0" smtClean="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" fontAlgn="base">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="ru-RU" sz="2000" b="1" u="sng" dirty="0" smtClean="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" fontAlgn="base">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="1" u="sng" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>1-блок:     </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" fontAlgn="base">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0">
-[...3 lines deleted...]
-              <a:t>Математическая грамотность – </a:t>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Математикалық сауаттылық– </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1900" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>20 </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0">
-[...3 lines deleted...]
-              <a:t>заданий</a:t>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тапсырма</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1900" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" fontAlgn="base">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1900" dirty="0">
-[...5 lines deleted...]
-            <a:r>
               <a:rPr lang="kk-KZ" sz="1900" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>чтения </a:t>
+              <a:t>Оқу сауаттылығы </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>– </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1900" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>20 </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0">
-[...3 lines deleted...]
-              <a:t>заданий</a:t>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тапсырма</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1900" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" fontAlgn="base">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1900" dirty="0">
-[...5 lines deleted...]
-            <a:r>
               <a:rPr lang="kk-KZ" sz="1900" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Казахстана</a:t>
+              <a:t>Қазақстан тарихы</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1900" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>– 20 </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0">
-[...3 lines deleted...]
-              <a:t>заданий</a:t>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тапсырма</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1900" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just" fontAlgn="base">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just" fontAlgn="base">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just" fontAlgn="base">
               <a:buNone/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Сынақ тесті</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>При </a:t>
-[...9 lines deleted...]
-          <a:p>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>кезінде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>үміткердің ҰБТ-да қолданылатын </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тест </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тапсырмаларымен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>танысып</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>таңдаған пәндері бойынша</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>білім</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>деңгейлерін тексеруге</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>мүмкіндігі </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бар.</a:t>
+            </a:r>
             <a:endParaRPr lang="ru-RU" sz="2200" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="TextBox 3"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6209712" y="2325401"/>
             <a:ext cx="2826784" cy="1477328"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr fontAlgn="base"/>
             <a:r>
               <a:rPr lang="ru-RU" b="1" u="sng" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>2-блок:</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr fontAlgn="base"/>
             <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:t>Профильдік</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t> пән1 </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
-              <a:t>Профильный предмет 1 – 30  </a:t>
+              <a:t>– 30  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:t>тапсырма</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr fontAlgn="base"/>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:t>Профильдік</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
-              <a:t>заданий</a:t>
-[...3 lines deleted...]
-            <a:pPr fontAlgn="base"/>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:t>пән </a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
-              <a:t>Профильный предмет 2 – 30 </a:t>
+              <a:t>2 – 30 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0"/>
-[...1 lines deleted...]
-            </a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:t>тапсырма</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3631672951"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3631672951"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -12700,61 +12970,61 @@
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="533400"/>
             <a:ext cx="8229600" cy="519336"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0">
+              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Подготовка к ЕНТ</a:t>
+              <a:t>ҰБТ-ға дайындық</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman"/>
               <a:cs typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
@@ -12767,561 +13037,803 @@
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="10000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>            </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Пробное онлайн тестирование</a:t>
+              <a:t>Онлайн сынақ тестілеу</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="10000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>         </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Стоимость 1 тестирования </a:t>
+              <a:t>1 тестілеу құны </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>–</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>260 теңге</a:t>
+              <a:t>260 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>теңге</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:schemeClr val="bg2">
                   <a:lumMod val="10000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:schemeClr val="bg2">
                   <a:lumMod val="10000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="10000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>                           </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2000" dirty="0">
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Способы оплаты: </a:t>
-            </a:r>
+              <a:t>Төлем жүргізу тәсілдері: </a:t>
+            </a:r>
+            <a:endParaRPr lang="kk-KZ" sz="2000" dirty="0">
+              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="10000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>                          </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2000" dirty="0">
-[...4 lines deleted...]
-            <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Касса24</a:t>
-            </a:r>
+              <a:t>Касса24 Терминалы</a:t>
+            </a:r>
+            <a:endParaRPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
+              <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0">
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>              </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>«Личный </a:t>
-[...7 lines deleted...]
-            </a:r>
+              <a:t>«</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Жеке</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> кабинет» </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>веб-ұсыныс</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="kk-KZ" sz="1200" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:schemeClr val="bg2">
                   <a:lumMod val="10000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just" fontAlgn="base">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1900" b="1" i="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>      Зарегистрироваться </a:t>
-[...87 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1">
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Тіркелгіңізге тіркеліңіз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1900" b="1" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>cabinet.testcenter.kz </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сілтемесі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>арқылы төлемді кез-келген</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ыңғайлы тәсілмен жүзеге асырыңыз.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Ол</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>үшін қажет: Жеке</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>кабинетке</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тіркелгеннен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>кейін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тестілеудің қажетті түрін таңдаңыз; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>«</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Сатып</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>алу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>» </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>батырмасын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>шертіп</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>әрекеттің санын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>көрсетіңіз; төлем парағындағы байланыс</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>мәліметтерін толтырып</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>төлем әдісін таңдаңыз </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(Банк </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>картасы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Жеке</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>кассалар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> 24, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1900" b="1" i="1" dirty="0" err="1" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>WebMoney</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1900" dirty="0">
+              <a:rPr lang="en-US" sz="1900" b="1" i="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>).</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1900" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1050" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="10000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>                    </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Банки </a:t>
-[...5 lines deleted...]
-              <a:t>второго уровня</a:t>
+              <a:t>Екінші деңгейдегі банкттер</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="ctr">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg2">
                   <a:lumMod val="10000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Рисунок 4"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId4" cstate="print">
+          <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect l="15303" t="9260" r="11831" b="7143"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="698322" y="1384376"/>
             <a:ext cx="983797" cy="775248"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Picture 4" descr="C:\Users\a.khaidarova\Desktop\kassa-24.png"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId5" cstate="print">
+          <a:blip r:embed="rId4" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="668073" y="2420888"/>
             <a:ext cx="1032266" cy="864095"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
-              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Picture 3" descr="C:\Users\a.khaidarova\Desktop\2311_image1.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId6" cstate="print">
+          <a:blip r:embed="rId5" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="753420" y="5746491"/>
             <a:ext cx="979730" cy="882459"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
-              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Рисунок 3"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId7">
+          <a:blip r:embed="rId6" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect l="22325" t="26043" r="22325" b="23762"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="624407" y="3953484"/>
             <a:ext cx="1032488" cy="627644"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="11" name="Рисунок 10"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId8" cstate="print">
+          <a:blip r:embed="rId7" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="624407" y="4725143"/>
             <a:ext cx="1032488" cy="729625"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3273857645"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3273857645"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -13339,101 +13851,101 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="251520" y="548680"/>
             <a:ext cx="8229600" cy="375320"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2800" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Учебно-методическое пособие</a:t>
+              <a:t>Оқу әдістемелік құрал</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2800" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Объект 3"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="107504" y="1628800"/>
             <a:ext cx="1872208" cy="2880320"/>
           </a:xfrm>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Рисунок 4"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7020271" y="1628800"/>
             <a:ext cx="1872208" cy="2808312"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="TextBox 5"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
@@ -13446,162 +13958,181 @@
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="1077913" algn="just">
               <a:tabLst>
                 <a:tab pos="5922963" algn="l"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>      Для подготовки к ЕНТ в продажу вышли учебно-методические пособия по предметам: </a:t>
-            </a:r>
+              <a:t>ҰБТ-ға дайындық мақсатында келесі пәндер бойынша оқу-әдістемелік құралдар сатылымға шығарылды:</a:t>
+            </a:r>
+            <a:endParaRPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="1077913" algn="just">
               <a:buFontTx/>
               <a:buChar char="-"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" dirty="0">
-[...11 lines deleted...]
-            </a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Математикалық сауаттылық;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="1077913" algn="just">
               <a:buFontTx/>
               <a:buChar char="-"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2000" dirty="0">
-[...3 lines deleted...]
-              <a:t>Грамотность чтения</a:t>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Оқу сауаттылығы</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>;</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="1077913" algn="just">
               <a:buFontTx/>
               <a:buChar char="-"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>История Казахстана</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="1077913" algn="just">
               <a:buFontTx/>
               <a:buChar char="-"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> Казахский язык;</a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Қазақ тілі;</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="1077913" algn="just">
               <a:buFontTx/>
               <a:buChar char="-"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> Русский язык;</a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Орыс тілі;</a:t>
             </a:r>
             <a:endParaRPr lang="kk-KZ" sz="2000" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="1077913" algn="just">
               <a:buFontTx/>
               <a:buChar char="-"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> Математика</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>;</a:t>
             </a:r>
@@ -13646,213 +14177,239 @@
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="1077913" algn="just">
               <a:buFontTx/>
               <a:buChar char="-"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> Химия;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="1077913" algn="just">
               <a:buFontTx/>
               <a:buChar char="-"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> Иностранные языки;</a:t>
-            </a:r>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Шетел тілі;</a:t>
+            </a:r>
+            <a:endParaRPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="1077913" algn="just">
               <a:buFontTx/>
               <a:buChar char="-"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> Всемирная история.</a:t>
-            </a:r>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Дүниежүзі тарихы.</a:t>
+            </a:r>
+            <a:endParaRPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:endParaRPr lang="kk-KZ" sz="1600" dirty="0" smtClean="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="r"/>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Стоимость книжки – 414 тенге  </a:t>
+              <a:t>Құны– </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>414 тенге  </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3357150627"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3357150627"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="611560" y="116632"/>
             <a:ext cx="8229600" cy="1224136"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2800" dirty="0">
-[...18 lines deleted...]
-            </a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ҰБТ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қатысушыларына арналған ақпараттық және Интернет-ресурстар</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2800" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Объект 5"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3355939313"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3355939313"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="467544" y="1124744"/>
           <a:ext cx="4103687" cy="5328593"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
             <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId3" r:lo="rId4" r:qs="rId5" r:cs="rId6"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="7" name="Схема 6"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="768164918"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="768164918"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="5148064" y="1556792"/>
           <a:ext cx="3384376" cy="4737968"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
             <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId8" r:lo="rId9" r:qs="rId10" r:cs="rId11"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2149676891"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2149676891"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -13864,168 +14421,372 @@
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="755576" y="2307973"/>
             <a:ext cx="7704856" cy="3528392"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" indent="0" algn="just" fontAlgn="base"/>
+            <a:pPr marL="0" indent="0" algn="r" fontAlgn="base"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>           Единое </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>национальное тестирование (ЕНТ) </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2400" dirty="0">
+              <a:t>Ұлттық бірыңғай тестілеу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>– одна из форм отборочных экзаменов для поступления в организаций высшего и (или) послевузовского образования.</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2400" dirty="0">
+              <a:t> (ҰБТ) - </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-            </a:br>
-[...1 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="2400" dirty="0">
+              <a:t>жоғары және </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="2400" dirty="0" smtClean="0">
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t/>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="2400" dirty="0" smtClean="0">
+              <a:t>немесе</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-            </a:br>
-[...1 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="2400" dirty="0" smtClean="0">
+              <a:t>) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>                                                             </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="2400" i="1" dirty="0" smtClean="0">
+              <a:t>жоғары оқу орнынан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Закон </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="2400" i="1" dirty="0">
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>РК «Об образовании»</a:t>
+              <a:t>кейінгі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>білім</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> беру </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ұйымдарына түсу үшін біліктілік</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>емтихандарының бір</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>түрі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="kk-KZ" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2400" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ҚР «</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2400" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Білім беру туралы» Заңы </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
               <a:rPr lang="ru-RU" sz="2400" i="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
@@ -14102,117 +14863,117 @@
           <a:p>
             <a:pPr algn="r" fontAlgn="base"/>
             <a:endParaRPr lang="ru-RU" sz="2500" i="1" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="r" fontAlgn="base"/>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Рисунок 7"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="367916" y="692696"/>
             <a:ext cx="1656183" cy="1152128"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Прямоугольник 8"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2195736" y="853261"/>
             <a:ext cx="6552728" cy="430887"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2200" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>НАЦИОНАЛЬНЫЙ ЦЕНТР ТЕСТИРОВАНИЯ</a:t>
+              <a:t>ҰЛТТЫҚ ТЕСТІЛЕУ ОРТАЛЫҒЫ</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2200" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1870058417"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1870058417"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -14236,51 +14997,77 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="404664"/>
             <a:ext cx="8229600" cy="1095400"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2700" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Сроки приёма заявлений и тестирования:</a:t>
+              <a:t>Өтініш беру және тестілеудің </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>мерзімі </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2700" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>:</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
               <a:rPr lang="kk-KZ" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
@@ -14368,285 +15155,370 @@
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="261938" indent="-174625" algn="ctr" fontAlgn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>В </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0">
+              <a:t>Қаңтарда </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>январе </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" smtClean="0">
+              <a:t>ҰБТ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" b="1" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>на </a:t>
-[...83 lines deleted...]
-              </a:solidFill>
+              <a:t>қатысады</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2200" dirty="0" smtClean="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="261938" indent="-174625" algn="ctr" fontAlgn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> - </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Орта </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>мектептердің </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>11 (12) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сынып</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>түлектері</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750" algn="just" fontAlgn="ctr">
               <a:buFontTx/>
               <a:buChar char="-"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0">
-[...3 lines deleted...]
-              <a:t>Л</a:t>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Бірінші</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ица, зачисленные в ВУЗы по очной форме обучения на платной основе до завершения первого академического периода;</a:t>
-            </a:r>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>академиялық кезеңнің соңына дейін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ақылы негізде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>күндізгі оқу түрінде ЖОО-ға қабылданған адамдар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" i="1" dirty="0" smtClean="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750" algn="just" fontAlgn="ctr">
               <a:buFontTx/>
               <a:buChar char="-"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" i="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Обучающиеся ВУЗов по группе  образовательных программ, требующие творческой подготовки, и желающие перевестись на другие группы образовательных программ на платной основе</a:t>
+              <a:t>Шығармашылық дайындықты қажет ететін және білім беру бағдарламаларының басқа топтарына ақылы негізде ауысқысы келетін білім беру бағдарламалары тобында оқитын </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>студенттер.</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" b="1" i="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Овал 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5173528" y="3618800"/>
             <a:ext cx="3528391" cy="1872208"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Тестирование:</a:t>
-            </a:r>
+              <a:t>Тестілеу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>:</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" dirty="0">
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>с</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+              <a:t>15-20 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> 15 по 20 января</a:t>
+              <a:t>қаңтар аралығында</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Овал 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5124792" y="1412775"/>
             <a:ext cx="3577127" cy="1829865"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
@@ -14668,123 +15540,143 @@
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU" sz="1500" b="1" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Приём заявлений: </a:t>
-            </a:r>
+              <a:t>Өтініш қабылдау:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>с </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2400" u="none" strike="noStrike" dirty="0" smtClean="0">
+              <a:t>1 – 15 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
-                <a:effectLst/>
-[...3 lines deleted...]
-              <a:t>1 по 15 декабря</a:t>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>желтоқсан аралығында</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2400" b="1" i="0" u="none" strike="noStrike" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="ru-RU" sz="1500" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU" sz="1500" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2707831126"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2707831126"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -14863,74 +15755,74 @@
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1026" name="Picture 2" descr="C:\Users\ai.ahmetova\Desktop\Презентация ЕНТ\шаблоны для презентации\reg_dog3.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="914813" y="369213"/>
             <a:ext cx="1568376" cy="1439214"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
-              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="28" name="Скругленный прямоугольник 27"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5180402" y="1790818"/>
             <a:ext cx="3784086" cy="4086454"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
@@ -15007,296 +15899,617 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2048186" y="369936"/>
             <a:ext cx="5410944" cy="360040"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2400" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="10000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>   Места приёма заявлений на ЕНТ</a:t>
+              <a:t>   </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="10000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ҰБТ-ға өтініш қабылдау орындары</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2400" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg2">
                   <a:lumMod val="10000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="289166" y="1875279"/>
             <a:ext cx="4718168" cy="4650065"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> 1</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>) Заявление по форме </a:t>
-[...20 lines deleted...]
-              <a:t> в ППЕНТ)</a:t>
+              <a:t>) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Үлгі бойынша</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>өтініш</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(ҰБТӨЕ беріледі)</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>2</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>) Две фотокарточки размером </a:t>
+              <a:t>) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Өлшемі </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>3x4 </a:t>
-[...6 lines deleted...]
-              <a:t>сантиметра</a:t>
+              <a:t>3x4 сантиметр </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>болатын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>екі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>фотосурет</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>;</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1800" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>3) Копия документа, удостоверяющего </a:t>
+              <a:t>3) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Жеке</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>личность; </a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>басын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>куәландыратын құжаттың көшірмесі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Сонымен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бірге</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, он </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>алты</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жасқа толмаған және жеке</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>басын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>куәландыратын құжаты жоқ туу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>туралы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>куәлік көшірмесін ұсынады</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>При </a:t>
-[...7 lines deleted...]
-            </a:r>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1800" i="1" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>4</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>) Справка с организации среднего образования, в которой он обучается (в 2-х экземплярах</a:t>
+              <a:t>) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Өзі оқыған </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>); </a:t>
-            </a:r>
+              <a:t>орта </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>білім</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> беру </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ұйымынан анықтама </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(2 дана); </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1800" dirty="0" smtClean="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just">
               <a:buNone/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Бұл жағдайда бір</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>При </a:t>
-[...6 lines deleted...]
-              <a:t>этом один экземпляр остается у обучающегося</a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>данасы</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>.</a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" i="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>оқушыда қалады.</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1800" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>5) Квитанция об оплате за участие в </a:t>
+              <a:t>5) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Тестілеуге</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1800" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>тестировании. </a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қатысу үшін төлем туралы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>түбіртек</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Бұл тестілеу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ақылы негізде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жүзеге асырылады</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1800" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1800" i="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Данное </a:t>
-[...6 lines deleted...]
-              <a:t>тестирование проводится на платной основе.</a:t>
+              <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1800" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1400" i="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>  </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just">
               <a:buNone/>
@@ -15578,69 +16791,69 @@
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:fillRef>
           <a:effectRef idx="1">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="TextBox 13"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2740721" y="968627"/>
-            <a:ext cx="3343447" cy="400110"/>
+            <a:ext cx="3559471" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ППЕНТ                             ВУЗ</a:t>
+              <a:t>ҰБТӨЕ                             ЖОО</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="15" name="Прямая со стрелкой 14"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3203848" y="1368737"/>
             <a:ext cx="0" cy="422081"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:tailEnd type="arrow"/>
           </a:ln>
@@ -15869,371 +17082,372 @@
               </a:spcBef>
               <a:buClr>
                 <a:schemeClr val="accent1"/>
               </a:buClr>
               <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="1300" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>1) Заявление по форме, заполненное по документу, удостоверяющему личность;</a:t>
+              <a:t>1) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Жеке басын куәландыратын құжат толтырылған өтініш нысаны;</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>2) </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" dirty="0">
-[...3 lines deleted...]
-              <a:t>Две фотокарточки размером 3x4 сантиметра</a:t>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Өлшемі </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>3x4 сантиметр </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>болатын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>екі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>фотосурет</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>;</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>3) Копия документа, </a:t>
-[...6 lines deleted...]
-              <a:t>удостоверяющего </a:t>
+              <a:t>3) </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>личность;</a:t>
-            </a:r>
+              <a:t>Жеке басын куәландыратын құжаттың көшірмесі;</a:t>
+            </a:r>
+            <a:endParaRPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>4</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>) </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" dirty="0">
-[...3 lines deleted...]
-              <a:t>Квитанция об оплате за участие в </a:t>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Тестілеуде</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>тестировании</a:t>
-[...6 lines deleted...]
-              <a:t>.</a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қатысу  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>түбіртегі</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" i="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>. </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just">
               <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="ru-RU" sz="2000" i="1" dirty="0" smtClean="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just">
               <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" i="1" dirty="0" smtClean="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>  </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" i="1" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2881891950"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2881891950"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Рисунок 6"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect l="2748" t="5015" b="2212"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2162193" y="836712"/>
             <a:ext cx="6981807" cy="4135753"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="467544" y="260648"/>
-            <a:ext cx="8229600" cy="288032"/>
+            <a:off x="457200" y="332656"/>
+            <a:ext cx="8229600" cy="504056"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
               <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2700" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Пункты при</a:t>
-[...51 lines deleted...]
-              <a:t>ЕНТ</a:t>
+              <a:t>ҰБТ-ға өтінішті қабылдау пункттері</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="3600" b="1" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Скругленный прямоугольник 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="251520" y="4653136"/>
             <a:ext cx="5318693" cy="1985017"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
@@ -16244,193 +17458,313 @@
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="723900" indent="-723900"/>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0">
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Пункты </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+              <a:t>ҰБТ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>приёма заявлений </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" dirty="0">
+              <a:t>тапсыру</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>и проведения ЕНТ: </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>                         </a:t>
+              <a:t>және өтініш </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>беру </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>пункттері</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> :                          </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>ППЕНТ</a:t>
+              <a:t>ҰБТӨЕ</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent6">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>154             </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>ВУЗ</a:t>
+              <a:t>ЖОО</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent6">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>: 115 </a:t>
+              <a:t>: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent6">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>115 </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" b="1" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:schemeClr val="accent6">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:endParaRPr lang="ru-RU" i="1" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:schemeClr val="accent6">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="ru-RU" i="1" dirty="0">
+              <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Обучающиеся 11(12) классов для подачи заявления и прохождения тестирования могут выбрать близлежащий ППЕНТ внутри области.</a:t>
-[...2 lines deleted...]
-          <a:p>
+              <a:t>11 (12) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>сынып</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>оқушылары тестілеуге</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>қатысу үшін  облыстағы жақын орналасқан  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>ҰБТӨЕ  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>өтініш бере</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>алады</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
             <a:endParaRPr lang="ru-RU" b="1" i="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent6">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="649947969"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="649947969"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -16444,441 +17778,614 @@
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="323528" y="116632"/>
             <a:ext cx="8229600" cy="990600"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Об оплате за тестирование</a:t>
+              <a:t>Тестілеуге</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
+              <a:t>төлеу туралы</a:t>
             </a:r>
             <a:endParaRPr lang="kk-KZ" sz="2400" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman"/>
               <a:cs typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2122232" y="1196752"/>
             <a:ext cx="6696744" cy="5589240"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0">
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Стоимость  </a:t>
+              <a:t>Тестілеу</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>тестирования </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>құны</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>-</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="7030A0"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>2242 </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>тенге</a:t>
+              <a:t>теңге</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="kk-KZ" dirty="0" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0">
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Оплату можно произвести во всех кассах</a:t>
+              <a:t>Төлемді барлық кассаларда</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>төлеуге болады</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>банков </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" dirty="0">
+              <a:t>Қазақстан Республикасының екінші</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>второго уровня Республики Казахстан</a:t>
-[...5 lines deleted...]
-            </a:pPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>деңгейдегі банктері</a:t>
+            </a:r>
             <a:endParaRPr lang="kk-KZ" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg2">
                   <a:lumMod val="10000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:hlinkClick r:id="rId3"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just" fontAlgn="base">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0">
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Также допускается оплата через </a:t>
+              <a:t>Терминалдар</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>терминалы </a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>арқылы төлем жасауға рұқсат етіледі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just" fontAlgn="base">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>АО </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" dirty="0">
+              <a:t>«Қазақстан Халық Банкі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>«</a:t>
-[...29 lines deleted...]
-            </a:pPr>
+              <a:t>» АҚ</a:t>
+            </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just" fontAlgn="base">
               <a:buNone/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Ұлттық тестілеу</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Реквизиты </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" dirty="0">
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Национального центра </a:t>
+              <a:t>орталығының </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>реквезиттері</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>тестирования: </a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>: </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="C00000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" fontAlgn="base">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" fontAlgn="base">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>РГКП «Национальный </a:t>
-[...6 lines deleted...]
-              <a:t>центр </a:t>
+              <a:t>ҚР </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>БжҒМ </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>тестирования» </a:t>
-[...7 lines deleted...]
-            </a:r>
+              <a:t>«</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Ұлттық тестілеу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>орталығы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>» РҒӘО</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" fontAlgn="base">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>010011 г. Астана, Пр. Победы, 60</a:t>
+              <a:t>010011 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> Астана </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Жеңіс даңғылы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>60</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" fontAlgn="base">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>БИН 000140001853</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" fontAlgn="base">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>ИИК KZ536010111000001515</a:t>
             </a:r>
@@ -16899,141 +18406,141 @@
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="ru-RU" sz="3200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Рисунок 5"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect l="15303" t="9260" r="11831" b="7143"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1019079" y="980726"/>
             <a:ext cx="936104" cy="989891"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Picture 3" descr="C:\Users\a.khaidarova\Desktop\2311_image1.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="1044369" y="2348880"/>
             <a:ext cx="964930" cy="869129"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
-              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Рисунок 7"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId6" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect r="35714"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="135901" y="3717032"/>
             <a:ext cx="1959429" cy="2749296"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1724687609"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1724687609"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -17047,61 +18554,87 @@
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="323265" y="332656"/>
             <a:ext cx="8229600" cy="735360"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Предметы тестирования</a:t>
+              <a:t>Тестілеу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>пәндері</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
               <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
@@ -17173,65 +18706,125 @@
             <a:off x="3779912" y="980728"/>
             <a:ext cx="5256584" cy="5760640"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr">
-            <a:normAutofit fontScale="92500" lnSpcReduction="20000"/>
+            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="10000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>2 профильных предмета (по выбору</a:t>
+              <a:t>2 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="10000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>профильдік</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="10000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="10000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>пән </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="10000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="10000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>таңдау бойынша</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="10000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>):</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg2">
                   <a:lumMod val="10000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450"/>
@@ -17277,72 +18870,84 @@
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="10000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>+ География  </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg2">
                   <a:lumMod val="10000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450"/>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="10000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>•Всемирная </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" dirty="0">
+              <a:t>•Дүниежүзі тарихы+</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="10000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>История + География  </a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="10000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>География  </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg2">
                   <a:lumMod val="10000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450"/>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="10000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>•Биология </a:t>
             </a:r>
@@ -17409,392 +19014,548 @@
               </a:rPr>
               <a:t>+ География </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg2">
                   <a:lumMod val="10000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450"/>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="10000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>•Иностранный </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" dirty="0">
+              <a:t>•</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="10000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>язык + Всемирная История </a:t>
+              <a:t>Шетел</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="10000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="10000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тілі+</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="10000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="10000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Всемирная История </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg2">
                   <a:lumMod val="10000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450"/>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="10000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>•Казахский/Русский </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" dirty="0">
+              <a:t>•Қазақ/Орыс тілі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="10000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>язык + </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="10000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>•Казахская/Русская </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" dirty="0">
+              <a:t>+ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="10000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>литература </a:t>
+              <a:t>•Қазақ/Орыс әдебиеті</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="10000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg2">
                   <a:lumMod val="10000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450"/>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="10000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>•География </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="10000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>+ Иностранный язык </a:t>
-[...5 lines deleted...]
-              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+              <a:t>+ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="10000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>•Всемирная </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" dirty="0">
+              <a:t>Шетел</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="10000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>История + Человек. </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="10000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>•Общество</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" dirty="0">
+              <a:t>тілі</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg2">
+                  <a:lumMod val="10000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450"/>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="10000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>. Право</a:t>
-            </a:r>
+              <a:t>•Дүниежүзі тарихы+</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="10000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> Адам. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="10000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>•Қоғам.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="10000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="10000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Құқық</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg2">
+                  <a:lumMod val="10000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="C00000"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Прямоугольник 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="467544" y="1067705"/>
-            <a:ext cx="3168352" cy="1938992"/>
+            <a:ext cx="3168352" cy="1631216"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="10000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>3 обязательных предмета:</a:t>
-[...4 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
+              <a:t>3 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="10000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>•История </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="2000" dirty="0">
+              <a:t>міндетті</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="10000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Казахстан</a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="10000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>пәндер</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="10000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>:</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg2">
+                  <a:lumMod val="10000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="10000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>•Қазақстан тарихы</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg2">
                   <a:lumMod val="10000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="10000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>•Математическая </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+              <a:t>•Математикалық сауаттылық</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg2">
+                  <a:lumMod val="10000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="10000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>грамотность</a:t>
-[...25 lines deleted...]
-              <a:t>чтения</a:t>
+              <a:t>•Оқу сауаттылығы</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg2">
                   <a:lumMod val="10000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Рисунок 7"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect l="11867" t="5138" r="11833" b="125"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="671171" y="3284984"/>
             <a:ext cx="2307773" cy="3077029"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4090099752"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="4090099752"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -17808,61 +19569,61 @@
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="467544" y="404664"/>
             <a:ext cx="8229600" cy="1196345"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0">
+              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Язык сдачи тестирования:</a:t>
+              <a:t>Тест тапсыру тілдері:</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
               <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
@@ -17910,167 +19671,167 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="395536" y="1772816"/>
             <a:ext cx="8460940" cy="4415706"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" i="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="0070C0"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Примечание</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="2000" i="1" dirty="0">
+              <a:t>Ескерту: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" i="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="0070C0"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>: </a:t>
-[...30 lines deleted...]
-            </a:pPr>
+              <a:t>оқуға түсушілер «ағылшын тілін» таңдағандар , </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>«Қазақстан тарихы» бойынша тест тапсыруды </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қазақ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>немесе орыс тілдерінде өз қалауымен тапсырылады!</a:t>
+            </a:r>
             <a:endParaRPr lang="kk-KZ" dirty="0" smtClean="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>       Выбравшие </a:t>
-[...14 lines deleted...]
-              <a:t>группы образовательных программ</a:t>
+              <a:t>ҰБТ-да білім беру бағдарламаларының шығармашылық топтарын таңдайтындар </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...7 lines deleted...]
-            </a:r>
+              <a:t>тапсыра </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>алады:</a:t>
+            </a:r>
+            <a:endParaRPr lang="kk-KZ" sz="2000" b="1" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>- два предмета (грамотность чтения, История Казахстана);</a:t>
-            </a:r>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Екі пән (оқу сауаттылығы, Қазақстан тарихы);</a:t>
+            </a:r>
+            <a:endParaRPr lang="kk-KZ" sz="2000" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>- пять </a:t>
-[...6 lines deleted...]
-              <a:t>предметов (грамотность чтения, История Казахстана, математическая грамотность и два предмета по выбору). </a:t>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Бес пәндер (оқу сауаттылығы, Қазақстан тарихы, математикалық сауаттылық және таңдау бойынша пәндер ). </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="ru-RU" sz="2000" i="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="0070C0"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
@@ -18197,335 +19958,328 @@
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="kk-KZ" b="1" dirty="0">
+              <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>На казахском</a:t>
+              <a:t>Қазақ тілінде</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="19" name="Скругленный прямоугольник 18"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3835715" y="1221904"/>
-            <a:ext cx="1656184" cy="406896"/>
+            <a:off x="3835714" y="1221904"/>
+            <a:ext cx="1888413" cy="406896"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
-              <a:t>  На </a:t>
-[...3 lines deleted...]
-              <a:t>русском</a:t>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
+              <a:t>орыс тілінде </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="21" name="Скругленный прямоугольник 20"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6012160" y="1216990"/>
-            <a:ext cx="1935823" cy="384019"/>
+            <a:ext cx="2376264" cy="384019"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
-              <a:t>  На </a:t>
-[...3 lines deleted...]
-              <a:t>английском</a:t>
+              <a:t>Ағылшын тілінде</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="23" name="TextBox 22"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1763688" y="6134269"/>
             <a:ext cx="6048672" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0">
+              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>Время </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0" smtClean="0">
+              <a:t>Тестілеу уақыты:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>тестирования:</a:t>
-[...11 lines deleted...]
-              </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2100" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>3 часа </a:t>
+              <a:t>3 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2100" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>сағат </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2100" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>50 минут</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2100" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="C00000"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="24" name="Рисунок 23"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7652594" y="5187458"/>
             <a:ext cx="1296144" cy="1408476"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1267856979"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1267856979"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Рисунок 8"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect l="27926" t="6250" r="28670" b="7638"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3277975" y="3694562"/>
             <a:ext cx="2540000" cy="3149600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Овал 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="395536" y="1052737"/>
@@ -18535,219 +20289,296 @@
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>По каждому предмету трех обязательных предметов:</a:t>
-            </a:r>
+              <a:t>Әр пән бойынша</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>үш міндетті</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>пәндер:</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="C00000"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU" b="1" i="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="C00000"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="1" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>20 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="1" i="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" b="1" i="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>заданий</a:t>
+              <a:t>тапсырма</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" b="1" i="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU" sz="2000" b="1" i="1" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent4">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>с</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+              <a:t>ұсынылған бесеуінің ішінен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent4">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent4">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>выбором </a:t>
-[...5 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:t>бірінші</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent4">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>1-го правильного ответа из пяти предложенных</a:t>
-[...3 lines deleted...]
-            <a:pPr algn="ctr"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent4">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>дұрыс жауапты</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent4">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent4">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>таңдау арқылы</a:t>
+            </a:r>
             <a:endParaRPr lang="ru-RU" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="C00000"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2468719" y="386245"/>
-            <a:ext cx="4158511" cy="461665"/>
+            <a:ext cx="5170005" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0">
+              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
                 <a:ea typeface="Times New Roman"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>СТРУКТУРА ТЕСТОВ ЕНТ</a:t>
+              <a:t>ҰБТ ТЕСТТЕРІНІҢ ҚҰРЫЛЫМЫ</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Palatino Linotype" pitchFamily="18" charset="0"/>
               <a:ea typeface="Times New Roman"/>
               <a:cs typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Овал 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5076056" y="847910"/>
             <a:ext cx="3744416" cy="5177013"/>
           </a:xfrm>
@@ -18775,231 +20606,491 @@
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU" sz="2000" b="1" i="1" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="C00000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU" sz="2000" b="1" i="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="C00000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0">
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>По каждому предмету двух профильных предметов :</a:t>
-            </a:r>
+              <a:t>Әр пән бойынша</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>екі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>профильдік</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>пән:</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="C00000"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="1" i="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>20 заданий</a:t>
+              <a:t>20 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" i="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тапсырма</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" b="1" i="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0">
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>с выбором </a:t>
-[...5 lines deleted...]
-              <a:rPr lang="ru-RU" dirty="0">
+              <a:t>ұсынылған бесеуінің ішінен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>1-го правильного ответа из пяти предложенных</a:t>
-[...2 lines deleted...]
-          <a:p>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бірінші</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>дұрыс жауапты</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>таңдау арқылы</a:t>
+            </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="1" i="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>10 заданий</a:t>
+              <a:t>10 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" i="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тапсырма</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" b="1" i="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0">
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>с выбором одного или нескольких правильных ответов из множества предложенных</a:t>
-[...2 lines deleted...]
-          <a:p>
+              <a:t>ұсынылған жиынтықтан бір</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>немесе</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бірнеше</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>дұрыс жауап</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>таңдау арқылы</a:t>
+            </a:r>
             <a:endParaRPr lang="ru-RU" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="C00000"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="TextBox 9"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5871912" y="6069355"/>
-            <a:ext cx="3245953" cy="1261884"/>
+            <a:ext cx="2948756" cy="1261884"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Максималды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ұпай: </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Максимальный балл: 140 </a:t>
-[...2 lines deleted...]
-          <a:p>
+              <a:t>140 </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Өту ұпайы: </a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Проходной балл: 50 </a:t>
+              <a:t>50 </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" b="1" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1104242715"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1104242715"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/theme/_rels/theme1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Ясность">
   <a:themeElements>
     <a:clrScheme name="Ясность">
       <a:dk1>
@@ -19838,86 +21929,86 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Clarity</Template>
   <TotalTime></TotalTime>
-  <Words>656</Words>
+  <Words>796</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Экран (4:3)</PresentationFormat>
-  <Paragraphs>162</Paragraphs>
+  <Paragraphs>158</Paragraphs>
   <Slides>13</Slides>
   <Notes>11</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>13</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="14" baseType="lpstr">
       <vt:lpstr>Ясность</vt:lpstr>
-      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
-[...11 lines deleted...]
-      <vt:lpstr>Информации и интернет-ресурсы для участников ЕНТ</vt:lpstr>
+      <vt:lpstr>Слайд 1</vt:lpstr>
+      <vt:lpstr> Ұлттық бірыңғай тестілеу (ҰБТ) - жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарына түсу үшін біліктілік емтихандарының бір түрі.    ҚР «Білім беру туралы» Заңы     </vt:lpstr>
+      <vt:lpstr>Өтініш беру және тестілеудің мерзімі : </vt:lpstr>
+      <vt:lpstr>   ҰБТ-ға өтініш қабылдау орындары</vt:lpstr>
+      <vt:lpstr> ҰБТ-ға өтінішті қабылдау пункттері</vt:lpstr>
+      <vt:lpstr>Тестілеуге төлеу туралы</vt:lpstr>
+      <vt:lpstr>Тестілеу пәндері </vt:lpstr>
+      <vt:lpstr>Тест тапсыру тілдері:  </vt:lpstr>
+      <vt:lpstr>Слайд 9</vt:lpstr>
+      <vt:lpstr>Онлайн тестілеу арқылы ҰБТ-ға дайындық   </vt:lpstr>
+      <vt:lpstr>ҰБТ-ға дайындық</vt:lpstr>
+      <vt:lpstr>Оқу әдістемелік құрал</vt:lpstr>
+      <vt:lpstr>ҰБТ қатысушыларына арналған ақпараттық және Интернет-ресурстар</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Презентация PowerPoint</dc:title>
   <dc:creator>Айнур Ахметова</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>