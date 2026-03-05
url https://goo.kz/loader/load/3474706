--- v0 (2025-12-14)
+++ v1 (2026-03-05)
@@ -4,2585 +4,2327 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="0074123A" w:rsidRPr="001A21E2" w:rsidRDefault="006E0D14" w:rsidP="00F26DBA">
+    <w:p w:rsidR="002C0EC4" w:rsidRPr="0087615C" w:rsidRDefault="009B6EA5" w:rsidP="00DE5947">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-        <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="001A21E2">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0087615C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="0074123A" w:rsidRPr="001A21E2">
+        </w:rPr>
+        <w:t>Инструкция</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00496BFB" w:rsidRPr="0087615C" w:rsidRDefault="00460318" w:rsidP="00DE5947">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="001A21E2">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0087615C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="0074123A" w:rsidRPr="001A21E2">
+        </w:rPr>
+        <w:t xml:space="preserve">по проведению </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009B6EA5" w:rsidRPr="0087615C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="001A21E2">
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B6EA5" w:rsidRPr="0087615C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">қатысты </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007335AA" w:rsidRPr="001A21E2" w:rsidRDefault="0074123A" w:rsidP="00F26DBA">
+    <w:p w:rsidR="002A48CC" w:rsidRPr="0087615C" w:rsidRDefault="002A48CC" w:rsidP="00DE5947">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-        <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="001A21E2">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0087615C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        </w:rPr>
+        <w:t>(для педагогов)</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="007335AA" w:rsidRPr="00DF4322" w:rsidRDefault="0074123A" w:rsidP="00F26DBA">
+    <w:p w:rsidR="00D53A8D" w:rsidRPr="0087615C" w:rsidRDefault="00D53A8D" w:rsidP="00DE5947">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...34 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="007335AA" w:rsidRPr="00F26DBA" w:rsidRDefault="007335AA" w:rsidP="00F26DBA">
+    <w:p w:rsidR="0087615C" w:rsidRDefault="00496BFB" w:rsidP="0087615C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Н</w:t>
+      </w:r>
+      <w:r w:rsidR="009B6EA5" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а основании приказа Минист</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidR="009B6EA5" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а образования и науки Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D53A8D" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>О внесении изменений</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve"> и дополнений</w:t>
+      </w:r>
+      <w:r w:rsidR="00D53A8D" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="0087615C">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>приказ</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Министра образования и науки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Республики Казахстан от 18 марта</w:t>
+      </w:r>
+      <w:r w:rsidR="00D53A8D" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>2008 года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 125 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Об утверждении</w:t>
+      </w:r>
+      <w:r w:rsidR="00D53A8D" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Типовых правил проведения текущего контроля успеваемости, промежуточной и итоговой аттестации</w:t>
+      </w:r>
+      <w:r w:rsidR="00D53A8D" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся для организаций</w:t>
+      </w:r>
+      <w:r w:rsidR="00D53A8D" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>среднего, технического и профессионального,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D53A8D" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D53A8D" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>№ 509 от 26 ноября 2019 года</w:t>
+      </w:r>
+      <w:r w:rsidR="007C7917" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>внесены следующие изменения:</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="007335AA" w:rsidRPr="00F26DBA" w:rsidRDefault="009402F8" w:rsidP="00F26DBA">
+    <w:p w:rsidR="0087615C" w:rsidRDefault="0087615C" w:rsidP="0087615C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="006E0D14">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A83273" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Согласно </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00A83273" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidR="007C166F" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ункт</w:t>
+      </w:r>
+      <w:r w:rsidR="00A83273" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007C166F" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>14-4</w:t>
+      </w:r>
+      <w:r w:rsidR="00A83273" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidR="00A83273" w:rsidRPr="0087615C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ри</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебной нагрузке 1 час в неделю СОР проводится не более двух раз в четверти</w:t>
+      </w:r>
+      <w:r w:rsidR="00A83273" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>». При необходимости СОР проводится с объединением разделов. И</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тоговая оценка выставляется за </w:t>
+      </w:r>
+      <w:r w:rsidR="00A83273" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>полугодие</w:t>
+      </w:r>
+      <w:r w:rsidR="007C166F" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0087615C" w:rsidRDefault="0087615C" w:rsidP="0087615C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A83273" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Переход на полугодовое оценивание осуществляется по следующим учебным предметам:</w:t>
+      </w:r>
+      <w:r w:rsidR="00A83273" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Естествознание» (1-2 классы), «Познание мира» (1-4 классы), «Всемирная история» (5-9 классы), «Химия» (7 класс), «Информатика» (5-9 классы), «Основы права» (9 класс), «Казахский язык»/ «Русский язык» (10 класс ЕМН), «Геометрия» и «Информатика» (10 класс ОГН).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0087615C" w:rsidRDefault="0087615C" w:rsidP="0087615C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A83273" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Во второй четверти 2019-2020 учебного года по вышеназванным учебным предметам проводится </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A83273" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A83273" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание за разделы (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A83273" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>СОРы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A83273" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A83273" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A83273" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание за четверть (СОЧ</w:t>
+      </w:r>
+      <w:r w:rsidR="00981317" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A83273" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) с выставлением результатов в электронный/бумажный журналы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0087615C" w:rsidRDefault="0087615C" w:rsidP="0087615C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidR="00981317" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Во втором</w:t>
+      </w:r>
+      <w:r w:rsidR="00A83273" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> полугодии 2019-2020 учебного года по вышеперечисленным предметам </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A83273" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A83273" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание за четверть не проводится.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0087615C" w:rsidRPr="0087615C" w:rsidRDefault="0087615C" w:rsidP="0087615C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r w:rsidR="00981317" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В 2020-2021 учебном году по вышеперечисленным учебным предметам </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00981317" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00981317" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание за четверть не проводится </w:t>
+      </w:r>
+      <w:r w:rsidR="00981317" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(приказ Министра образования и науки РК № 509 от 26 ноября 2019 года)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0087615C" w:rsidRDefault="0087615C" w:rsidP="0087615C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A83273" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Расчет полугодовой оценки </w:t>
+      </w:r>
+      <w:r w:rsidR="00981317" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в 2019-2020 учебном</w:t>
+      </w:r>
+      <w:r w:rsidR="00A83273" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00981317" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>году</w:t>
+      </w:r>
+      <w:r w:rsidR="00A83273" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляется на основании результатов всех СОР в процентном соотношении пропорционально количеству СОР (например, при проведении четырёх СОР – 100/4=25%). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981317" w:rsidRPr="0087615C" w:rsidRDefault="0087615C" w:rsidP="0087615C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:r w:rsidR="00981317" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Согласно п</w:t>
+      </w:r>
+      <w:r w:rsidR="007C166F" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ункт</w:t>
+      </w:r>
+      <w:r w:rsidR="00981317" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="007C166F" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00981317" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>15 «п</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о </w:t>
+      </w:r>
+      <w:r w:rsidR="00981317" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учебным </w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предметам</w:t>
+      </w:r>
+      <w:r w:rsidR="00981317" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE5947" w:rsidRPr="0087615C" w:rsidRDefault="00981317" w:rsidP="00DE5947">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidR="007335AA" w:rsidRPr="006E0D14">
+      <w:r w:rsidRPr="0087615C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары үшін білім алушылардың үлгерімін</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D60D0F" w:rsidRPr="006E0D14">
+        <w:t>Информационно-коммуникационные технологии»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в начальной школе, </w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>е</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007335AA" w:rsidRPr="006E0D14">
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Самопознание</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ағымдағы бақылау</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D60D0F" w:rsidRPr="006E0D14">
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ды</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007335AA" w:rsidRPr="006E0D14">
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Художественный труд</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00D60D0F" w:rsidRPr="006E0D14">
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">оларды </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007335AA" w:rsidRPr="006E0D14">
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Музыка</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>аралық және қорытынды аттестаттау</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D60D0F" w:rsidRPr="006E0D14">
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">ды өткізудің </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006E0D14">
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Физическая культура</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>үлгі</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D60D0F" w:rsidRPr="006E0D14">
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>лік</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006E0D14">
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Основы предпринимательства и бизнеса</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Графика и проектирование</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Начальная военная</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и технологическая подготовка»</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D60D0F" w:rsidRPr="006E0D14">
-[...64 lines deleted...]
-        <w:t>:</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание не проводится</w:t>
+      </w:r>
+      <w:r w:rsidR="007C166F" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00163FB4" w:rsidRPr="006E0D14" w:rsidRDefault="00E725C1" w:rsidP="00F26DBA">
-[...1188 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="0087615C" w:rsidRDefault="00496BFB" w:rsidP="0087615C">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>В конце четверти</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:spacing w:val="2"/>
+        <w:t xml:space="preserve">/полугодия и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учебного года </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">7. </w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="2"/>
+        <w:t>по предметам «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Физическая культура</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>15-тармаққа сәйкес</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="2"/>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Основы предпринимательства и бизнеса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Графика и проектирование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Начальная военная и технологическая подготовка», «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Самопознание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Художественный труд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Музыка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Информационно</w:t>
+      </w:r>
+      <w:r w:rsidR="00981317" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-коммуникационные технологии»</w:t>
+      </w:r>
+      <w:r w:rsidR="00981317" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (начальная школа)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C17140" w:rsidRPr="006E0D14">
-[...2 lines deleted...]
-          <w:spacing w:val="2"/>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">выставляется </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidR="000C4719" w:rsidRPr="006E0D14">
-[...2 lines deleted...]
-          <w:spacing w:val="2"/>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зачет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">бастауыш </w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="2"/>
+        <w:t>»</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00981317" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>мектептегі</w:t>
-[...4 lines deleted...]
-          <w:spacing w:val="2"/>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>незачет</w:t>
+      </w:r>
+      <w:r w:rsidR="00981317" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> «Ақпараттық-коммуникациялық технологиялар», «Өзін-өзі тану», «Көркем еңбек», «Музыка», «Дене шынықтыру», «Кәсіпкерлік және бизнес негіздері», «Графика және жобалау», «Алғашқы әскери және технологиялық дайындық» пәндері бойынша </w:t>
-[...39 lines deleted...]
-        <w:t>».</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4719" w:rsidRPr="006E0D14" w:rsidRDefault="00DF6B68" w:rsidP="00F26DBA">
-[...45 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="0087615C" w:rsidRDefault="00DE5947" w:rsidP="0087615C">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="006E0D14">
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В 2019-2020 учебном году </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5467" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по итогам второй</w:t>
+      </w:r>
+      <w:r w:rsidR="0089621B" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> четверти </w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0599" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учебному</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предмету</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0599" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007C166F" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Информационно-коммуникационные технологии»</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0599" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в 3-4 классах</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA227D" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>СОР и СОЧ может проводит</w:t>
+      </w:r>
+      <w:r w:rsidR="00981317" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA227D" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ся на усмотрение педагога, а результ</w:t>
+      </w:r>
+      <w:r w:rsidR="00981317" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00981317" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00981317" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работ учитывать</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA227D" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ся при выставлении </w:t>
+      </w:r>
+      <w:r w:rsidR="00981317" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«зачет»/ «незачет»</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA227D" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0087615C" w:rsidRDefault="00DE5947" w:rsidP="0087615C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0087615C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve">9. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0599" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В 2019-2020 учебном году </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5467" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по итогам первого</w:t>
+      </w:r>
+      <w:r w:rsidR="008F0F14" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> полугодия</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0599" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по учебному предмету </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5467" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">2019-2020 оқу жылында екінші тоқсанның қорытындысы бойынша </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C63B58" w:rsidRPr="006E0D14">
+        <w:t xml:space="preserve">«Начальная военная и технологическая подготовка» </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0599" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в 10</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA227D" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-м</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0599" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> классе выводится среднеарифметическая </w:t>
+      </w:r>
+      <w:r w:rsidR="00546194" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">всех результатов в пользу ученика. На основе данного результата </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA227D" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>выставляется «зачет»</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CB5467" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5467" w:rsidRPr="0087615C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>3-4-</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000C4719" w:rsidRPr="006E0D14">
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CB5467" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>незачет</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5467" w:rsidRPr="0087615C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">сыныптарда «Ақпараттық-коммуникациялық технологиялар» оқу пәнінен БЖБ </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C42B2B" w:rsidRPr="006E0D14">
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00546194" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB5467" w:rsidRPr="0087615C" w:rsidRDefault="00DE5947" w:rsidP="0087615C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0087615C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>және</w:t>
-[...26 lines deleted...]
-        <w:t>ді»/ «есептелінген жоқ» деген белгі қою арқылы есепке алынады.</w:t>
+        <w:t xml:space="preserve">10. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5467" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>По итогам второго полугодия 2019-2020 учебного года по учебным предметам: «Начальная военная и технологическая подготовка», «Информационно-коммуникационные технологии» (начальная школа) выставляется «зачет»</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CB5467" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>/«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CB5467" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">незачет» в  установленном порядке (приказ Министра образования и науки РК  от 18 марта 2008 года). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4719" w:rsidRPr="006E0D14" w:rsidRDefault="0003417F" w:rsidP="00F26DBA">
+    <w:p w:rsidR="000A2018" w:rsidRPr="0087615C" w:rsidRDefault="000A2018" w:rsidP="00DE5947">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000A2018" w:rsidRPr="0087615C" w:rsidRDefault="000A2018" w:rsidP="00DE5947">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008F0F14" w:rsidRPr="0087615C" w:rsidRDefault="008F0F14" w:rsidP="00DE5947">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...182 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="0003417F" w:rsidRDefault="0003417F" w:rsidP="00F26DBA">
-[...322 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="00423B77" w:rsidRPr="0087615C" w:rsidRDefault="00423B77" w:rsidP="00DE5947">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C534B3" w:rsidRPr="006E0D14" w:rsidRDefault="00C534B3" w:rsidP="00F26DBA">
-[...73 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId8"/>
+    <w:sectPr w:rsidR="00423B77" w:rsidRPr="0087615C" w:rsidSect="00DE5947">
+      <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00C606D0" w:rsidRDefault="00C606D0" w:rsidP="00D0776B">
+    <w:p w:rsidR="00E96177" w:rsidRDefault="00E96177" w:rsidP="00D0776B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00C606D0" w:rsidRDefault="00C606D0" w:rsidP="00D0776B">
+    <w:p w:rsidR="00E96177" w:rsidRDefault="00E96177" w:rsidP="00D0776B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Lucida Sans Unicode">
+    <w:panose1 w:val="020B0602030504020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00C606D0" w:rsidRDefault="00C606D0" w:rsidP="00D0776B">
+    <w:p w:rsidR="00E96177" w:rsidRDefault="00E96177" w:rsidP="00D0776B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00C606D0" w:rsidRDefault="00C606D0" w:rsidP="00D0776B">
+    <w:p w:rsidR="00E96177" w:rsidRDefault="00E96177" w:rsidP="00D0776B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="2056200114"/>
+      <w:id w:val="-1015304444"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="00003504" w:rsidRDefault="00003504">
+      <w:p w:rsidR="00DE5947" w:rsidRDefault="00DE5947">
         <w:pPr>
           <w:pStyle w:val="a4"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00D0776B" w:rsidRDefault="00D0776B" w:rsidP="00D0776B">
+  <w:p w:rsidR="00D0776B" w:rsidRDefault="00D0776B" w:rsidP="00DE5947">
     <w:pPr>
       <w:pStyle w:val="a4"/>
-      <w:jc w:val="right"/>
+      <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="011B1825"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1D8266BA"/>
     <w:lvl w:ilvl="0" w:tplc="F84E82BE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
@@ -2646,126 +2388,126 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5684" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6404" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03C0000F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C116191A"/>
     <w:lvl w:ilvl="0" w:tplc="4E5EEC8E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1070" w:hanging="360"/>
+        <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1790" w:hanging="360"/>
+        <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2510" w:hanging="180"/>
+        <w:ind w:left="2367" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3230" w:hanging="360"/>
+        <w:ind w:left="3087" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3950" w:hanging="360"/>
+        <w:ind w:left="3807" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4670" w:hanging="180"/>
+        <w:ind w:left="4527" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5390" w:hanging="360"/>
+        <w:ind w:left="5247" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6110" w:hanging="360"/>
+        <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6830" w:hanging="180"/>
+        <w:ind w:left="6687" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07AA3F59"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ABC882D2"/>
     <w:lvl w:ilvl="0" w:tplc="B13E308A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3875,139 +3617,50 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="75311978"/>
-[...87 lines deleted...]
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7806466E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="39C0D5BE"/>
     <w:lvl w:ilvl="0" w:tplc="82A46E12">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -4052,51 +3705,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D4E620A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FF5ABCC8"/>
     <w:lvl w:ilvl="0" w:tplc="0600931C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1364" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -4151,258 +3804,248 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5684" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6404" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="14">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="17">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="18">
-[...1 lines deleted...]
-  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="160"/>
+  <w:zoom w:percent="150"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009B6EA5"/>
     <w:rsid w:val="000006D9"/>
     <w:rsid w:val="00000BEF"/>
     <w:rsid w:val="00001170"/>
     <w:rsid w:val="000012BD"/>
     <w:rsid w:val="0000140A"/>
     <w:rsid w:val="0000151D"/>
     <w:rsid w:val="00001722"/>
     <w:rsid w:val="00001BD2"/>
     <w:rsid w:val="00001D1B"/>
     <w:rsid w:val="000022FD"/>
     <w:rsid w:val="0000337F"/>
-    <w:rsid w:val="00003504"/>
     <w:rsid w:val="000038FF"/>
     <w:rsid w:val="000049BE"/>
     <w:rsid w:val="000049EF"/>
     <w:rsid w:val="00004C0F"/>
     <w:rsid w:val="00004F7E"/>
     <w:rsid w:val="00004FDB"/>
     <w:rsid w:val="000062F8"/>
     <w:rsid w:val="0000673D"/>
     <w:rsid w:val="00006C00"/>
     <w:rsid w:val="000074B4"/>
     <w:rsid w:val="0001018A"/>
     <w:rsid w:val="00010FC1"/>
     <w:rsid w:val="0001128F"/>
     <w:rsid w:val="000112AD"/>
     <w:rsid w:val="00011644"/>
     <w:rsid w:val="0001182A"/>
     <w:rsid w:val="000129B5"/>
     <w:rsid w:val="00012FE6"/>
     <w:rsid w:val="000136DB"/>
     <w:rsid w:val="000136F0"/>
     <w:rsid w:val="00013846"/>
     <w:rsid w:val="00013969"/>
     <w:rsid w:val="00013AAD"/>
     <w:rsid w:val="00014320"/>
     <w:rsid w:val="000145AD"/>
     <w:rsid w:val="00014A00"/>
     <w:rsid w:val="00014AB1"/>
     <w:rsid w:val="00014E36"/>
     <w:rsid w:val="00014E7D"/>
     <w:rsid w:val="000151F2"/>
     <w:rsid w:val="0001546E"/>
     <w:rsid w:val="000155A0"/>
     <w:rsid w:val="00015626"/>
     <w:rsid w:val="0001567D"/>
     <w:rsid w:val="000156BA"/>
     <w:rsid w:val="000160BA"/>
     <w:rsid w:val="0001680B"/>
     <w:rsid w:val="00016982"/>
     <w:rsid w:val="000172B4"/>
     <w:rsid w:val="00017D30"/>
     <w:rsid w:val="000207F6"/>
     <w:rsid w:val="00020B8B"/>
     <w:rsid w:val="00021320"/>
     <w:rsid w:val="00021C31"/>
     <w:rsid w:val="000220C4"/>
     <w:rsid w:val="000220D9"/>
     <w:rsid w:val="000229D4"/>
-    <w:rsid w:val="00022D5A"/>
     <w:rsid w:val="0002345F"/>
     <w:rsid w:val="000236F7"/>
     <w:rsid w:val="00024CC5"/>
     <w:rsid w:val="00024FA6"/>
     <w:rsid w:val="0002518C"/>
     <w:rsid w:val="00025668"/>
     <w:rsid w:val="00025934"/>
     <w:rsid w:val="00025B0E"/>
     <w:rsid w:val="00025BFD"/>
     <w:rsid w:val="000309BB"/>
-    <w:rsid w:val="00030CE6"/>
     <w:rsid w:val="00031415"/>
     <w:rsid w:val="000314CE"/>
     <w:rsid w:val="00031771"/>
     <w:rsid w:val="00031DA2"/>
     <w:rsid w:val="00032205"/>
     <w:rsid w:val="000324FA"/>
     <w:rsid w:val="000327E0"/>
     <w:rsid w:val="00032B4D"/>
     <w:rsid w:val="000339BE"/>
-    <w:rsid w:val="0003417F"/>
     <w:rsid w:val="00034507"/>
     <w:rsid w:val="00034808"/>
     <w:rsid w:val="000348CD"/>
     <w:rsid w:val="00034A9E"/>
     <w:rsid w:val="00035130"/>
     <w:rsid w:val="0003547F"/>
     <w:rsid w:val="000355C2"/>
     <w:rsid w:val="00035BB9"/>
     <w:rsid w:val="00035D87"/>
     <w:rsid w:val="00036043"/>
     <w:rsid w:val="00036C0C"/>
     <w:rsid w:val="0004063B"/>
     <w:rsid w:val="00040868"/>
     <w:rsid w:val="00040BB1"/>
     <w:rsid w:val="00040D17"/>
     <w:rsid w:val="00041143"/>
     <w:rsid w:val="00041361"/>
     <w:rsid w:val="000427AC"/>
     <w:rsid w:val="00042CED"/>
-    <w:rsid w:val="00042EFC"/>
     <w:rsid w:val="00043659"/>
     <w:rsid w:val="00044FA4"/>
     <w:rsid w:val="000454CE"/>
     <w:rsid w:val="00045706"/>
-    <w:rsid w:val="00045C4E"/>
     <w:rsid w:val="00046237"/>
     <w:rsid w:val="0004665F"/>
     <w:rsid w:val="00046804"/>
     <w:rsid w:val="000471DD"/>
     <w:rsid w:val="00047323"/>
     <w:rsid w:val="000505FF"/>
     <w:rsid w:val="00051028"/>
     <w:rsid w:val="0005112F"/>
     <w:rsid w:val="000514F0"/>
     <w:rsid w:val="00051ACC"/>
     <w:rsid w:val="00051D05"/>
     <w:rsid w:val="00052C77"/>
     <w:rsid w:val="00052C7A"/>
     <w:rsid w:val="00052D4D"/>
     <w:rsid w:val="00053750"/>
     <w:rsid w:val="000537AD"/>
     <w:rsid w:val="00053918"/>
     <w:rsid w:val="00053D81"/>
     <w:rsid w:val="000546F4"/>
     <w:rsid w:val="00054D31"/>
     <w:rsid w:val="000551C7"/>
     <w:rsid w:val="000562A1"/>
     <w:rsid w:val="00056E99"/>
     <w:rsid w:val="00056F88"/>
     <w:rsid w:val="000577C0"/>
     <w:rsid w:val="000578C4"/>
     <w:rsid w:val="00057B40"/>
     <w:rsid w:val="00061C47"/>
     <w:rsid w:val="00061EEB"/>
-    <w:rsid w:val="00062525"/>
     <w:rsid w:val="00062DE5"/>
     <w:rsid w:val="00062E76"/>
     <w:rsid w:val="000631A8"/>
     <w:rsid w:val="000646A2"/>
     <w:rsid w:val="00064AD4"/>
     <w:rsid w:val="000653C8"/>
     <w:rsid w:val="00065A01"/>
     <w:rsid w:val="00065C8A"/>
     <w:rsid w:val="000666A0"/>
     <w:rsid w:val="00067385"/>
     <w:rsid w:val="00067414"/>
     <w:rsid w:val="0006759B"/>
     <w:rsid w:val="00067F47"/>
     <w:rsid w:val="0007076E"/>
     <w:rsid w:val="000708AB"/>
     <w:rsid w:val="00070A21"/>
     <w:rsid w:val="00070E2E"/>
     <w:rsid w:val="00070E41"/>
     <w:rsid w:val="000716AD"/>
     <w:rsid w:val="000716F8"/>
     <w:rsid w:val="0007213D"/>
     <w:rsid w:val="000721F7"/>
     <w:rsid w:val="000724A0"/>
     <w:rsid w:val="000728D5"/>
     <w:rsid w:val="0007395F"/>
@@ -4440,124 +4083,119 @@
     <w:rsid w:val="00086B73"/>
     <w:rsid w:val="000875B7"/>
     <w:rsid w:val="000917B8"/>
     <w:rsid w:val="00091995"/>
     <w:rsid w:val="00091E4F"/>
     <w:rsid w:val="0009227E"/>
     <w:rsid w:val="00092331"/>
     <w:rsid w:val="00092374"/>
     <w:rsid w:val="00092A75"/>
     <w:rsid w:val="00092A76"/>
     <w:rsid w:val="00092AA9"/>
     <w:rsid w:val="00092C01"/>
     <w:rsid w:val="00093604"/>
     <w:rsid w:val="00094535"/>
     <w:rsid w:val="0009493C"/>
     <w:rsid w:val="000954A2"/>
     <w:rsid w:val="0009604F"/>
     <w:rsid w:val="000963F1"/>
     <w:rsid w:val="00096494"/>
     <w:rsid w:val="00096767"/>
     <w:rsid w:val="00096A40"/>
     <w:rsid w:val="00096C03"/>
     <w:rsid w:val="00097294"/>
     <w:rsid w:val="00097395"/>
     <w:rsid w:val="00097FA3"/>
-    <w:rsid w:val="000A0040"/>
     <w:rsid w:val="000A1E2F"/>
     <w:rsid w:val="000A1F19"/>
     <w:rsid w:val="000A2018"/>
     <w:rsid w:val="000A2152"/>
     <w:rsid w:val="000A2782"/>
     <w:rsid w:val="000A29B2"/>
     <w:rsid w:val="000A3362"/>
     <w:rsid w:val="000A3691"/>
     <w:rsid w:val="000A37D2"/>
     <w:rsid w:val="000A3A1B"/>
     <w:rsid w:val="000A4770"/>
     <w:rsid w:val="000A4A67"/>
     <w:rsid w:val="000A4B42"/>
     <w:rsid w:val="000A5BCF"/>
     <w:rsid w:val="000A684B"/>
     <w:rsid w:val="000A75A9"/>
     <w:rsid w:val="000A7934"/>
     <w:rsid w:val="000A7A99"/>
-    <w:rsid w:val="000A7ECA"/>
     <w:rsid w:val="000B0A04"/>
     <w:rsid w:val="000B0D5B"/>
     <w:rsid w:val="000B0F7C"/>
     <w:rsid w:val="000B23BE"/>
     <w:rsid w:val="000B2427"/>
     <w:rsid w:val="000B312E"/>
     <w:rsid w:val="000B3366"/>
     <w:rsid w:val="000B3380"/>
     <w:rsid w:val="000B3547"/>
     <w:rsid w:val="000B376D"/>
     <w:rsid w:val="000B38B6"/>
     <w:rsid w:val="000B3FC8"/>
     <w:rsid w:val="000B4705"/>
     <w:rsid w:val="000B498D"/>
     <w:rsid w:val="000B4DB1"/>
     <w:rsid w:val="000B5008"/>
     <w:rsid w:val="000B54E5"/>
     <w:rsid w:val="000B5573"/>
     <w:rsid w:val="000B55DB"/>
     <w:rsid w:val="000B5786"/>
     <w:rsid w:val="000B57AA"/>
     <w:rsid w:val="000B5C1F"/>
     <w:rsid w:val="000B602A"/>
     <w:rsid w:val="000B63CD"/>
     <w:rsid w:val="000B6483"/>
     <w:rsid w:val="000B6946"/>
     <w:rsid w:val="000B69C6"/>
     <w:rsid w:val="000B6BE5"/>
     <w:rsid w:val="000B7BC8"/>
     <w:rsid w:val="000C0129"/>
     <w:rsid w:val="000C0315"/>
     <w:rsid w:val="000C0938"/>
     <w:rsid w:val="000C09AC"/>
     <w:rsid w:val="000C0B9C"/>
     <w:rsid w:val="000C0EB7"/>
     <w:rsid w:val="000C0F15"/>
     <w:rsid w:val="000C1352"/>
     <w:rsid w:val="000C1C82"/>
     <w:rsid w:val="000C1E33"/>
     <w:rsid w:val="000C227A"/>
     <w:rsid w:val="000C2A2B"/>
     <w:rsid w:val="000C3264"/>
     <w:rsid w:val="000C3712"/>
     <w:rsid w:val="000C3BD3"/>
     <w:rsid w:val="000C3D2A"/>
     <w:rsid w:val="000C41D3"/>
-    <w:rsid w:val="000C4719"/>
     <w:rsid w:val="000C5594"/>
     <w:rsid w:val="000C5BEA"/>
     <w:rsid w:val="000C6563"/>
-    <w:rsid w:val="000C69C5"/>
     <w:rsid w:val="000C6EA9"/>
     <w:rsid w:val="000C7945"/>
-    <w:rsid w:val="000C7A0C"/>
     <w:rsid w:val="000C7C7A"/>
     <w:rsid w:val="000C7DD8"/>
     <w:rsid w:val="000C7E5E"/>
     <w:rsid w:val="000D0315"/>
     <w:rsid w:val="000D0341"/>
     <w:rsid w:val="000D0377"/>
     <w:rsid w:val="000D074D"/>
     <w:rsid w:val="000D0A95"/>
     <w:rsid w:val="000D0CBD"/>
     <w:rsid w:val="000D0CEE"/>
     <w:rsid w:val="000D0D12"/>
     <w:rsid w:val="000D1407"/>
     <w:rsid w:val="000D1618"/>
     <w:rsid w:val="000D1747"/>
     <w:rsid w:val="000D20B6"/>
     <w:rsid w:val="000D2290"/>
     <w:rsid w:val="000D24AD"/>
     <w:rsid w:val="000D2BC4"/>
     <w:rsid w:val="000D319E"/>
     <w:rsid w:val="000D31DA"/>
     <w:rsid w:val="000D3B69"/>
     <w:rsid w:val="000D4990"/>
     <w:rsid w:val="000D49E0"/>
     <w:rsid w:val="000D4AFF"/>
     <w:rsid w:val="000D4F00"/>
@@ -4604,122 +4242,118 @@
     <w:rsid w:val="000F2722"/>
     <w:rsid w:val="000F287A"/>
     <w:rsid w:val="000F29B5"/>
     <w:rsid w:val="000F2C79"/>
     <w:rsid w:val="000F4F3A"/>
     <w:rsid w:val="000F5AA7"/>
     <w:rsid w:val="000F654E"/>
     <w:rsid w:val="000F6EC1"/>
     <w:rsid w:val="000F7304"/>
     <w:rsid w:val="000F7574"/>
     <w:rsid w:val="000F75EE"/>
     <w:rsid w:val="000F778A"/>
     <w:rsid w:val="000F7ED2"/>
     <w:rsid w:val="000F7FB4"/>
     <w:rsid w:val="0010036C"/>
     <w:rsid w:val="001004AA"/>
     <w:rsid w:val="00100BD3"/>
     <w:rsid w:val="0010183E"/>
     <w:rsid w:val="00101DA7"/>
     <w:rsid w:val="00102415"/>
     <w:rsid w:val="00102C48"/>
     <w:rsid w:val="00102D86"/>
     <w:rsid w:val="0010300B"/>
     <w:rsid w:val="001039D1"/>
     <w:rsid w:val="00103F04"/>
-    <w:rsid w:val="00104223"/>
     <w:rsid w:val="001048E2"/>
     <w:rsid w:val="00105167"/>
     <w:rsid w:val="001058D0"/>
     <w:rsid w:val="00106500"/>
     <w:rsid w:val="001070BD"/>
     <w:rsid w:val="00107263"/>
     <w:rsid w:val="0011060A"/>
     <w:rsid w:val="001110C3"/>
     <w:rsid w:val="001110DC"/>
     <w:rsid w:val="001110F5"/>
     <w:rsid w:val="00111235"/>
     <w:rsid w:val="00111E1D"/>
     <w:rsid w:val="00111FA9"/>
     <w:rsid w:val="001123ED"/>
     <w:rsid w:val="00112C38"/>
     <w:rsid w:val="00113850"/>
     <w:rsid w:val="00113999"/>
     <w:rsid w:val="00114756"/>
     <w:rsid w:val="00114A1C"/>
     <w:rsid w:val="0011548F"/>
     <w:rsid w:val="001169C9"/>
     <w:rsid w:val="00116B21"/>
     <w:rsid w:val="00116DF8"/>
     <w:rsid w:val="0011730F"/>
     <w:rsid w:val="0011744A"/>
     <w:rsid w:val="001175A6"/>
     <w:rsid w:val="001176CC"/>
     <w:rsid w:val="00120584"/>
     <w:rsid w:val="0012060C"/>
     <w:rsid w:val="001207AE"/>
     <w:rsid w:val="00120AF5"/>
     <w:rsid w:val="00120F65"/>
     <w:rsid w:val="00121290"/>
     <w:rsid w:val="00121495"/>
     <w:rsid w:val="00121DE4"/>
     <w:rsid w:val="001221FE"/>
     <w:rsid w:val="001224CA"/>
-    <w:rsid w:val="0012265C"/>
     <w:rsid w:val="001228DA"/>
     <w:rsid w:val="00122B84"/>
     <w:rsid w:val="00122FBA"/>
     <w:rsid w:val="00123368"/>
     <w:rsid w:val="001237B8"/>
     <w:rsid w:val="00123E7E"/>
     <w:rsid w:val="00123ED3"/>
     <w:rsid w:val="00124288"/>
     <w:rsid w:val="00124363"/>
     <w:rsid w:val="00124AA4"/>
     <w:rsid w:val="001251FD"/>
     <w:rsid w:val="00125A26"/>
     <w:rsid w:val="00125DBC"/>
     <w:rsid w:val="00125E0E"/>
     <w:rsid w:val="001262A4"/>
     <w:rsid w:val="001268D6"/>
     <w:rsid w:val="00126A5D"/>
     <w:rsid w:val="001271D1"/>
-    <w:rsid w:val="00130E51"/>
     <w:rsid w:val="00131CCA"/>
     <w:rsid w:val="00131EBF"/>
     <w:rsid w:val="00133F0F"/>
     <w:rsid w:val="00133F23"/>
     <w:rsid w:val="00134007"/>
     <w:rsid w:val="00134445"/>
     <w:rsid w:val="001344BB"/>
     <w:rsid w:val="0013453B"/>
     <w:rsid w:val="00134BF3"/>
     <w:rsid w:val="00134BF4"/>
     <w:rsid w:val="00135246"/>
     <w:rsid w:val="00135DB1"/>
     <w:rsid w:val="00136496"/>
-    <w:rsid w:val="00136A4D"/>
     <w:rsid w:val="00137EB0"/>
     <w:rsid w:val="0014008D"/>
     <w:rsid w:val="001404F4"/>
     <w:rsid w:val="001413BC"/>
     <w:rsid w:val="00141CD9"/>
     <w:rsid w:val="00142950"/>
     <w:rsid w:val="00142AD9"/>
     <w:rsid w:val="00142E05"/>
     <w:rsid w:val="00142F54"/>
     <w:rsid w:val="00143094"/>
     <w:rsid w:val="0014313C"/>
     <w:rsid w:val="0014318C"/>
     <w:rsid w:val="00143267"/>
     <w:rsid w:val="00143A9B"/>
     <w:rsid w:val="00143CD4"/>
     <w:rsid w:val="00143F41"/>
     <w:rsid w:val="00144116"/>
     <w:rsid w:val="001452EE"/>
     <w:rsid w:val="00145627"/>
     <w:rsid w:val="00145693"/>
     <w:rsid w:val="0014657C"/>
     <w:rsid w:val="00146801"/>
     <w:rsid w:val="00146AF7"/>
     <w:rsid w:val="00146E86"/>
     <w:rsid w:val="00147C97"/>
@@ -4740,51 +4374,50 @@
     <w:rsid w:val="00154210"/>
     <w:rsid w:val="0015455C"/>
     <w:rsid w:val="0015459D"/>
     <w:rsid w:val="00155049"/>
     <w:rsid w:val="001559E6"/>
     <w:rsid w:val="00155B84"/>
     <w:rsid w:val="001560B5"/>
     <w:rsid w:val="00156644"/>
     <w:rsid w:val="001566EE"/>
     <w:rsid w:val="0015716F"/>
     <w:rsid w:val="001579AE"/>
     <w:rsid w:val="00157D66"/>
     <w:rsid w:val="001605FC"/>
     <w:rsid w:val="0016096C"/>
     <w:rsid w:val="00160D9A"/>
     <w:rsid w:val="0016128C"/>
     <w:rsid w:val="001615E7"/>
     <w:rsid w:val="00161698"/>
     <w:rsid w:val="001618C5"/>
     <w:rsid w:val="001622DD"/>
     <w:rsid w:val="00162344"/>
     <w:rsid w:val="001623FE"/>
     <w:rsid w:val="00162B28"/>
     <w:rsid w:val="00163008"/>
     <w:rsid w:val="001639EA"/>
-    <w:rsid w:val="00163FB4"/>
     <w:rsid w:val="00164E44"/>
     <w:rsid w:val="001666FD"/>
     <w:rsid w:val="00166E13"/>
     <w:rsid w:val="0016705F"/>
     <w:rsid w:val="00167759"/>
     <w:rsid w:val="001678A6"/>
     <w:rsid w:val="001678B6"/>
     <w:rsid w:val="00167BB7"/>
     <w:rsid w:val="00170C16"/>
     <w:rsid w:val="001711A9"/>
     <w:rsid w:val="001713A8"/>
     <w:rsid w:val="001716E3"/>
     <w:rsid w:val="00172127"/>
     <w:rsid w:val="00172768"/>
     <w:rsid w:val="0017276C"/>
     <w:rsid w:val="001730A8"/>
     <w:rsid w:val="001730E4"/>
     <w:rsid w:val="00173161"/>
     <w:rsid w:val="00173E98"/>
     <w:rsid w:val="001743ED"/>
     <w:rsid w:val="00175D65"/>
     <w:rsid w:val="00176127"/>
     <w:rsid w:val="00176295"/>
     <w:rsid w:val="001762F5"/>
     <w:rsid w:val="00176914"/>
@@ -4814,130 +4447,127 @@
     <w:rsid w:val="00182F82"/>
     <w:rsid w:val="00184152"/>
     <w:rsid w:val="001844EE"/>
     <w:rsid w:val="00184D7C"/>
     <w:rsid w:val="00184EDA"/>
     <w:rsid w:val="00185957"/>
     <w:rsid w:val="00185CB9"/>
     <w:rsid w:val="00185D81"/>
     <w:rsid w:val="00186897"/>
     <w:rsid w:val="0018795A"/>
     <w:rsid w:val="00187B40"/>
     <w:rsid w:val="001908C5"/>
     <w:rsid w:val="00190B28"/>
     <w:rsid w:val="001910C6"/>
     <w:rsid w:val="00191AE4"/>
     <w:rsid w:val="00191B0C"/>
     <w:rsid w:val="00191B24"/>
     <w:rsid w:val="00191B67"/>
     <w:rsid w:val="00191B79"/>
     <w:rsid w:val="00191E16"/>
     <w:rsid w:val="00191EBF"/>
     <w:rsid w:val="00192390"/>
     <w:rsid w:val="00192C0E"/>
     <w:rsid w:val="00192DD1"/>
     <w:rsid w:val="001930D1"/>
-    <w:rsid w:val="0019322A"/>
     <w:rsid w:val="001934B8"/>
     <w:rsid w:val="001937EB"/>
     <w:rsid w:val="001938DD"/>
     <w:rsid w:val="0019394A"/>
     <w:rsid w:val="00193A08"/>
     <w:rsid w:val="001944B2"/>
     <w:rsid w:val="0019482C"/>
     <w:rsid w:val="00194B7D"/>
     <w:rsid w:val="00194CE3"/>
     <w:rsid w:val="00194DDF"/>
     <w:rsid w:val="001958AB"/>
     <w:rsid w:val="00195EF3"/>
     <w:rsid w:val="001961F2"/>
     <w:rsid w:val="00196261"/>
     <w:rsid w:val="00196976"/>
     <w:rsid w:val="0019697A"/>
     <w:rsid w:val="00196984"/>
     <w:rsid w:val="00196BC0"/>
     <w:rsid w:val="00197383"/>
     <w:rsid w:val="001974F2"/>
     <w:rsid w:val="0019780C"/>
     <w:rsid w:val="001A05F7"/>
     <w:rsid w:val="001A0829"/>
     <w:rsid w:val="001A0834"/>
     <w:rsid w:val="001A0939"/>
     <w:rsid w:val="001A0BCC"/>
     <w:rsid w:val="001A123B"/>
     <w:rsid w:val="001A1964"/>
-    <w:rsid w:val="001A21E2"/>
     <w:rsid w:val="001A23B9"/>
     <w:rsid w:val="001A2E9E"/>
     <w:rsid w:val="001A3046"/>
     <w:rsid w:val="001A320C"/>
     <w:rsid w:val="001A38C5"/>
     <w:rsid w:val="001A406B"/>
     <w:rsid w:val="001A4095"/>
     <w:rsid w:val="001A4120"/>
     <w:rsid w:val="001A4E6A"/>
     <w:rsid w:val="001A511F"/>
     <w:rsid w:val="001A5834"/>
     <w:rsid w:val="001A5A16"/>
     <w:rsid w:val="001A6EAE"/>
     <w:rsid w:val="001A7878"/>
     <w:rsid w:val="001A7D46"/>
     <w:rsid w:val="001B0A65"/>
     <w:rsid w:val="001B14D5"/>
     <w:rsid w:val="001B15A3"/>
     <w:rsid w:val="001B1F52"/>
     <w:rsid w:val="001B2FBB"/>
     <w:rsid w:val="001B3980"/>
     <w:rsid w:val="001B40A7"/>
     <w:rsid w:val="001B40EA"/>
     <w:rsid w:val="001B416C"/>
     <w:rsid w:val="001B4A1B"/>
     <w:rsid w:val="001B4DC3"/>
     <w:rsid w:val="001B5422"/>
     <w:rsid w:val="001B58C5"/>
     <w:rsid w:val="001B5D39"/>
     <w:rsid w:val="001B5E9B"/>
     <w:rsid w:val="001B6813"/>
     <w:rsid w:val="001B6865"/>
     <w:rsid w:val="001B6F81"/>
     <w:rsid w:val="001B75D1"/>
     <w:rsid w:val="001B78F0"/>
     <w:rsid w:val="001B7B27"/>
     <w:rsid w:val="001C0A02"/>
     <w:rsid w:val="001C1093"/>
     <w:rsid w:val="001C1118"/>
     <w:rsid w:val="001C123D"/>
     <w:rsid w:val="001C15D2"/>
     <w:rsid w:val="001C19AB"/>
     <w:rsid w:val="001C242D"/>
     <w:rsid w:val="001C2999"/>
     <w:rsid w:val="001C32C3"/>
     <w:rsid w:val="001C382D"/>
     <w:rsid w:val="001C3A73"/>
     <w:rsid w:val="001C4001"/>
     <w:rsid w:val="001C41CF"/>
-    <w:rsid w:val="001C4CE7"/>
     <w:rsid w:val="001C5E21"/>
     <w:rsid w:val="001C6090"/>
     <w:rsid w:val="001C6A01"/>
     <w:rsid w:val="001C6F64"/>
     <w:rsid w:val="001C7011"/>
     <w:rsid w:val="001C7391"/>
     <w:rsid w:val="001C73AD"/>
     <w:rsid w:val="001C75FC"/>
     <w:rsid w:val="001C7CF2"/>
     <w:rsid w:val="001C7EE5"/>
     <w:rsid w:val="001D01CC"/>
     <w:rsid w:val="001D05E4"/>
     <w:rsid w:val="001D0893"/>
     <w:rsid w:val="001D1902"/>
     <w:rsid w:val="001D1B07"/>
     <w:rsid w:val="001D2170"/>
     <w:rsid w:val="001D2D7D"/>
     <w:rsid w:val="001D31B2"/>
     <w:rsid w:val="001D4C7C"/>
     <w:rsid w:val="001D51A0"/>
     <w:rsid w:val="001D597A"/>
     <w:rsid w:val="001D5CB3"/>
     <w:rsid w:val="001D5EFF"/>
     <w:rsid w:val="001D62B2"/>
     <w:rsid w:val="001D6FDA"/>
@@ -4960,62 +4590,59 @@
     <w:rsid w:val="001F0C5F"/>
     <w:rsid w:val="001F120E"/>
     <w:rsid w:val="001F13DE"/>
     <w:rsid w:val="001F21C1"/>
     <w:rsid w:val="001F27EF"/>
     <w:rsid w:val="001F2E20"/>
     <w:rsid w:val="001F38F9"/>
     <w:rsid w:val="001F3F0E"/>
     <w:rsid w:val="001F4635"/>
     <w:rsid w:val="001F4B62"/>
     <w:rsid w:val="001F5C7A"/>
     <w:rsid w:val="001F681A"/>
     <w:rsid w:val="001F6B61"/>
     <w:rsid w:val="001F6DE4"/>
     <w:rsid w:val="001F781C"/>
     <w:rsid w:val="001F79B3"/>
     <w:rsid w:val="001F7C3F"/>
     <w:rsid w:val="001F7CEC"/>
     <w:rsid w:val="00200E8C"/>
     <w:rsid w:val="00201A17"/>
     <w:rsid w:val="00201FD0"/>
     <w:rsid w:val="00202157"/>
     <w:rsid w:val="00202235"/>
     <w:rsid w:val="00202279"/>
     <w:rsid w:val="00202A69"/>
-    <w:rsid w:val="00202ABB"/>
     <w:rsid w:val="00202E50"/>
     <w:rsid w:val="00202FA6"/>
     <w:rsid w:val="0020357D"/>
     <w:rsid w:val="002038CB"/>
     <w:rsid w:val="00204024"/>
     <w:rsid w:val="00204985"/>
     <w:rsid w:val="00205470"/>
     <w:rsid w:val="002057C6"/>
     <w:rsid w:val="00206360"/>
-    <w:rsid w:val="002068D6"/>
-    <w:rsid w:val="0020701D"/>
     <w:rsid w:val="00207365"/>
     <w:rsid w:val="00210AD2"/>
     <w:rsid w:val="00211270"/>
     <w:rsid w:val="00211AC3"/>
     <w:rsid w:val="00212472"/>
     <w:rsid w:val="00212DD1"/>
     <w:rsid w:val="00213460"/>
     <w:rsid w:val="00213CBE"/>
     <w:rsid w:val="0021460F"/>
     <w:rsid w:val="002149A9"/>
     <w:rsid w:val="00215058"/>
     <w:rsid w:val="00216238"/>
     <w:rsid w:val="002163FB"/>
     <w:rsid w:val="00217099"/>
     <w:rsid w:val="00217417"/>
     <w:rsid w:val="002176A0"/>
     <w:rsid w:val="00217C9F"/>
     <w:rsid w:val="00217D1E"/>
     <w:rsid w:val="00217E6A"/>
     <w:rsid w:val="00220322"/>
     <w:rsid w:val="00220A7C"/>
     <w:rsid w:val="00220F71"/>
     <w:rsid w:val="002215C7"/>
     <w:rsid w:val="00221EE1"/>
     <w:rsid w:val="0022216F"/>
@@ -5070,92 +4697,91 @@
     <w:rsid w:val="0024181E"/>
     <w:rsid w:val="00241C7D"/>
     <w:rsid w:val="0024235E"/>
     <w:rsid w:val="00243141"/>
     <w:rsid w:val="00243CB5"/>
     <w:rsid w:val="00243DE1"/>
     <w:rsid w:val="00244886"/>
     <w:rsid w:val="00244DE2"/>
     <w:rsid w:val="002450BA"/>
     <w:rsid w:val="002450F2"/>
     <w:rsid w:val="00245E83"/>
     <w:rsid w:val="00245F71"/>
     <w:rsid w:val="00246024"/>
     <w:rsid w:val="002462B2"/>
     <w:rsid w:val="002462EB"/>
     <w:rsid w:val="00246503"/>
     <w:rsid w:val="0024676A"/>
     <w:rsid w:val="00246F5E"/>
     <w:rsid w:val="0024795E"/>
     <w:rsid w:val="00247C14"/>
     <w:rsid w:val="0025072A"/>
     <w:rsid w:val="00250E2E"/>
     <w:rsid w:val="002516BD"/>
     <w:rsid w:val="00251D01"/>
     <w:rsid w:val="00251E0D"/>
-    <w:rsid w:val="00251F7C"/>
     <w:rsid w:val="00251FFF"/>
     <w:rsid w:val="002520A0"/>
     <w:rsid w:val="002524E6"/>
     <w:rsid w:val="00252A07"/>
     <w:rsid w:val="00253AFE"/>
     <w:rsid w:val="00253CAE"/>
     <w:rsid w:val="00253F15"/>
     <w:rsid w:val="00254116"/>
     <w:rsid w:val="002541E3"/>
     <w:rsid w:val="002544EC"/>
     <w:rsid w:val="0025450F"/>
     <w:rsid w:val="00255021"/>
     <w:rsid w:val="0025554A"/>
     <w:rsid w:val="0025574C"/>
-    <w:rsid w:val="00255FFE"/>
     <w:rsid w:val="00256092"/>
     <w:rsid w:val="00256576"/>
     <w:rsid w:val="0025677C"/>
     <w:rsid w:val="002567F3"/>
     <w:rsid w:val="00257596"/>
     <w:rsid w:val="002575CE"/>
     <w:rsid w:val="00257699"/>
     <w:rsid w:val="00257A88"/>
     <w:rsid w:val="002601D6"/>
     <w:rsid w:val="002611DD"/>
     <w:rsid w:val="00261439"/>
     <w:rsid w:val="00261549"/>
     <w:rsid w:val="00261E16"/>
     <w:rsid w:val="00262047"/>
     <w:rsid w:val="00262A10"/>
     <w:rsid w:val="00262D40"/>
     <w:rsid w:val="002630E0"/>
     <w:rsid w:val="0026348A"/>
     <w:rsid w:val="00264AD1"/>
     <w:rsid w:val="002657AA"/>
     <w:rsid w:val="00266003"/>
     <w:rsid w:val="0026603A"/>
     <w:rsid w:val="00266B86"/>
     <w:rsid w:val="0026728A"/>
     <w:rsid w:val="002672C4"/>
     <w:rsid w:val="00267796"/>
+    <w:rsid w:val="0026789A"/>
     <w:rsid w:val="00267990"/>
     <w:rsid w:val="00267B24"/>
     <w:rsid w:val="00267EFB"/>
     <w:rsid w:val="002700C7"/>
     <w:rsid w:val="00270AB9"/>
     <w:rsid w:val="00270BA7"/>
     <w:rsid w:val="002713DD"/>
     <w:rsid w:val="00271F1D"/>
     <w:rsid w:val="00272022"/>
     <w:rsid w:val="00272BBD"/>
     <w:rsid w:val="00272BDF"/>
     <w:rsid w:val="00272C76"/>
     <w:rsid w:val="00272E44"/>
     <w:rsid w:val="002733EB"/>
     <w:rsid w:val="00274838"/>
     <w:rsid w:val="00274AAB"/>
     <w:rsid w:val="00274B60"/>
     <w:rsid w:val="00274FE0"/>
     <w:rsid w:val="00275AE7"/>
     <w:rsid w:val="00275BEA"/>
     <w:rsid w:val="00275D2C"/>
     <w:rsid w:val="00275E3B"/>
     <w:rsid w:val="00276067"/>
     <w:rsid w:val="00276531"/>
     <w:rsid w:val="00276BA1"/>
@@ -5176,51 +4802,50 @@
     <w:rsid w:val="00284545"/>
     <w:rsid w:val="00284BC5"/>
     <w:rsid w:val="00284CDF"/>
     <w:rsid w:val="0028627D"/>
     <w:rsid w:val="00286974"/>
     <w:rsid w:val="00286E71"/>
     <w:rsid w:val="0028786D"/>
     <w:rsid w:val="00287986"/>
     <w:rsid w:val="00287A85"/>
     <w:rsid w:val="00287C7F"/>
     <w:rsid w:val="00290222"/>
     <w:rsid w:val="002903FB"/>
     <w:rsid w:val="00290699"/>
     <w:rsid w:val="002908C1"/>
     <w:rsid w:val="00291F08"/>
     <w:rsid w:val="002924D2"/>
     <w:rsid w:val="00292743"/>
     <w:rsid w:val="0029283E"/>
     <w:rsid w:val="00292BD2"/>
     <w:rsid w:val="002933DA"/>
     <w:rsid w:val="002938E2"/>
     <w:rsid w:val="00293A40"/>
     <w:rsid w:val="002943AD"/>
     <w:rsid w:val="002949D3"/>
     <w:rsid w:val="00294DCB"/>
-    <w:rsid w:val="002952C7"/>
     <w:rsid w:val="002959C4"/>
     <w:rsid w:val="00295AD6"/>
     <w:rsid w:val="00295D72"/>
     <w:rsid w:val="00295DFD"/>
     <w:rsid w:val="00295E26"/>
     <w:rsid w:val="00296491"/>
     <w:rsid w:val="00296CBC"/>
     <w:rsid w:val="00297196"/>
     <w:rsid w:val="00297E00"/>
     <w:rsid w:val="00297F0D"/>
     <w:rsid w:val="002A19A6"/>
     <w:rsid w:val="002A1DEE"/>
     <w:rsid w:val="002A216D"/>
     <w:rsid w:val="002A2696"/>
     <w:rsid w:val="002A27F0"/>
     <w:rsid w:val="002A31FF"/>
     <w:rsid w:val="002A3733"/>
     <w:rsid w:val="002A38BA"/>
     <w:rsid w:val="002A42C5"/>
     <w:rsid w:val="002A486C"/>
     <w:rsid w:val="002A48CC"/>
     <w:rsid w:val="002A4AC4"/>
     <w:rsid w:val="002A4E2D"/>
     <w:rsid w:val="002A5364"/>
     <w:rsid w:val="002A583E"/>
@@ -5248,86 +4873,84 @@
     <w:rsid w:val="002B4CE2"/>
     <w:rsid w:val="002B524C"/>
     <w:rsid w:val="002B5330"/>
     <w:rsid w:val="002B54C7"/>
     <w:rsid w:val="002B564B"/>
     <w:rsid w:val="002B5C7D"/>
     <w:rsid w:val="002B5D65"/>
     <w:rsid w:val="002B5F6C"/>
     <w:rsid w:val="002B641C"/>
     <w:rsid w:val="002B641D"/>
     <w:rsid w:val="002B64AB"/>
     <w:rsid w:val="002B65DD"/>
     <w:rsid w:val="002B65F9"/>
     <w:rsid w:val="002B68BA"/>
     <w:rsid w:val="002B6910"/>
     <w:rsid w:val="002B6C23"/>
     <w:rsid w:val="002B6DB6"/>
     <w:rsid w:val="002B70FA"/>
     <w:rsid w:val="002B770F"/>
     <w:rsid w:val="002B7CA3"/>
     <w:rsid w:val="002C016F"/>
     <w:rsid w:val="002C03C8"/>
     <w:rsid w:val="002C0471"/>
     <w:rsid w:val="002C0C01"/>
     <w:rsid w:val="002C0C8C"/>
-    <w:rsid w:val="002C0E9F"/>
     <w:rsid w:val="002C0EC4"/>
     <w:rsid w:val="002C1A49"/>
     <w:rsid w:val="002C1AEA"/>
     <w:rsid w:val="002C21AF"/>
     <w:rsid w:val="002C2441"/>
     <w:rsid w:val="002C2EF7"/>
     <w:rsid w:val="002C304E"/>
     <w:rsid w:val="002C3CDF"/>
     <w:rsid w:val="002C3DEC"/>
     <w:rsid w:val="002C444A"/>
     <w:rsid w:val="002C4989"/>
     <w:rsid w:val="002C4CD5"/>
     <w:rsid w:val="002C4D09"/>
     <w:rsid w:val="002C51A2"/>
     <w:rsid w:val="002C527B"/>
     <w:rsid w:val="002C67D1"/>
     <w:rsid w:val="002C6ED9"/>
     <w:rsid w:val="002C70FB"/>
     <w:rsid w:val="002C7913"/>
     <w:rsid w:val="002C7B7A"/>
     <w:rsid w:val="002C7EA9"/>
     <w:rsid w:val="002C7F0D"/>
     <w:rsid w:val="002D0945"/>
     <w:rsid w:val="002D09D0"/>
     <w:rsid w:val="002D103C"/>
     <w:rsid w:val="002D168C"/>
     <w:rsid w:val="002D16D5"/>
     <w:rsid w:val="002D1D5B"/>
     <w:rsid w:val="002D231B"/>
     <w:rsid w:val="002D2349"/>
     <w:rsid w:val="002D2A2D"/>
     <w:rsid w:val="002D2DC9"/>
     <w:rsid w:val="002D2F73"/>
     <w:rsid w:val="002D3442"/>
-    <w:rsid w:val="002D3475"/>
     <w:rsid w:val="002D3528"/>
     <w:rsid w:val="002D39CE"/>
     <w:rsid w:val="002D40FD"/>
     <w:rsid w:val="002D41D3"/>
     <w:rsid w:val="002D4B8A"/>
     <w:rsid w:val="002D4D84"/>
     <w:rsid w:val="002D538A"/>
     <w:rsid w:val="002D5551"/>
     <w:rsid w:val="002D610E"/>
     <w:rsid w:val="002D631D"/>
     <w:rsid w:val="002D656F"/>
     <w:rsid w:val="002D67B6"/>
     <w:rsid w:val="002D6A7C"/>
     <w:rsid w:val="002D725A"/>
     <w:rsid w:val="002D7930"/>
     <w:rsid w:val="002D7DDD"/>
     <w:rsid w:val="002D7E67"/>
     <w:rsid w:val="002E16C2"/>
     <w:rsid w:val="002E1996"/>
     <w:rsid w:val="002E1C42"/>
     <w:rsid w:val="002E2244"/>
     <w:rsid w:val="002E27F7"/>
     <w:rsid w:val="002E4551"/>
     <w:rsid w:val="002E47B1"/>
     <w:rsid w:val="002E4906"/>
@@ -5470,71 +5093,69 @@
     <w:rsid w:val="00352EBD"/>
     <w:rsid w:val="00353548"/>
     <w:rsid w:val="00353588"/>
     <w:rsid w:val="003548CF"/>
     <w:rsid w:val="00354AA0"/>
     <w:rsid w:val="003553EF"/>
     <w:rsid w:val="00355927"/>
     <w:rsid w:val="0035675A"/>
     <w:rsid w:val="003569DD"/>
     <w:rsid w:val="00356B2C"/>
     <w:rsid w:val="00356E28"/>
     <w:rsid w:val="003570FF"/>
     <w:rsid w:val="003572CA"/>
     <w:rsid w:val="00357C8F"/>
     <w:rsid w:val="00357CB9"/>
     <w:rsid w:val="00357D8E"/>
     <w:rsid w:val="00360458"/>
     <w:rsid w:val="003606E8"/>
     <w:rsid w:val="0036107F"/>
     <w:rsid w:val="00361BD0"/>
     <w:rsid w:val="00362102"/>
     <w:rsid w:val="003622AA"/>
     <w:rsid w:val="003623A2"/>
     <w:rsid w:val="00362B50"/>
     <w:rsid w:val="003631B6"/>
-    <w:rsid w:val="00363D53"/>
     <w:rsid w:val="00363E40"/>
     <w:rsid w:val="00363FBC"/>
     <w:rsid w:val="003646DB"/>
     <w:rsid w:val="00364B45"/>
     <w:rsid w:val="00364BB1"/>
     <w:rsid w:val="0036544A"/>
     <w:rsid w:val="0036593E"/>
     <w:rsid w:val="00366AC5"/>
     <w:rsid w:val="00366F55"/>
     <w:rsid w:val="0037096C"/>
     <w:rsid w:val="0037151F"/>
     <w:rsid w:val="003716DB"/>
     <w:rsid w:val="00371E01"/>
     <w:rsid w:val="003736E3"/>
     <w:rsid w:val="003739BB"/>
     <w:rsid w:val="003746F8"/>
     <w:rsid w:val="00374842"/>
     <w:rsid w:val="00374EF6"/>
     <w:rsid w:val="00375987"/>
-    <w:rsid w:val="00375ACB"/>
     <w:rsid w:val="00375E5E"/>
     <w:rsid w:val="003760F9"/>
     <w:rsid w:val="003763C4"/>
     <w:rsid w:val="00376B43"/>
     <w:rsid w:val="003773FB"/>
     <w:rsid w:val="003800D1"/>
     <w:rsid w:val="00380279"/>
     <w:rsid w:val="003806A6"/>
     <w:rsid w:val="00380B80"/>
     <w:rsid w:val="00380D00"/>
     <w:rsid w:val="003814CF"/>
     <w:rsid w:val="00381749"/>
     <w:rsid w:val="00382490"/>
     <w:rsid w:val="00382A5A"/>
     <w:rsid w:val="00383520"/>
     <w:rsid w:val="003835EF"/>
     <w:rsid w:val="00383890"/>
     <w:rsid w:val="00383FB2"/>
     <w:rsid w:val="003840B8"/>
     <w:rsid w:val="0038421F"/>
     <w:rsid w:val="0038451C"/>
     <w:rsid w:val="003846B4"/>
     <w:rsid w:val="0038488B"/>
     <w:rsid w:val="00384926"/>
     <w:rsid w:val="00384EE7"/>
@@ -5587,150 +5208,145 @@
     <w:rsid w:val="003A6655"/>
     <w:rsid w:val="003A6B10"/>
     <w:rsid w:val="003A6DF0"/>
     <w:rsid w:val="003A7678"/>
     <w:rsid w:val="003A7961"/>
     <w:rsid w:val="003B0118"/>
     <w:rsid w:val="003B02EF"/>
     <w:rsid w:val="003B0CAC"/>
     <w:rsid w:val="003B1103"/>
     <w:rsid w:val="003B12B2"/>
     <w:rsid w:val="003B1565"/>
     <w:rsid w:val="003B1AA0"/>
     <w:rsid w:val="003B26CD"/>
     <w:rsid w:val="003B2D9D"/>
     <w:rsid w:val="003B2E8A"/>
     <w:rsid w:val="003B3349"/>
     <w:rsid w:val="003B39E9"/>
     <w:rsid w:val="003B4035"/>
     <w:rsid w:val="003B43AE"/>
     <w:rsid w:val="003B43AF"/>
     <w:rsid w:val="003B47AC"/>
     <w:rsid w:val="003B5727"/>
     <w:rsid w:val="003B5AB0"/>
     <w:rsid w:val="003B5C38"/>
     <w:rsid w:val="003B5CF1"/>
-    <w:rsid w:val="003B6146"/>
     <w:rsid w:val="003B661B"/>
     <w:rsid w:val="003B6FEF"/>
     <w:rsid w:val="003B75C5"/>
     <w:rsid w:val="003B7F86"/>
     <w:rsid w:val="003B7FC3"/>
     <w:rsid w:val="003C024E"/>
     <w:rsid w:val="003C048B"/>
     <w:rsid w:val="003C04E5"/>
     <w:rsid w:val="003C0645"/>
     <w:rsid w:val="003C1030"/>
     <w:rsid w:val="003C116C"/>
     <w:rsid w:val="003C129C"/>
     <w:rsid w:val="003C17CA"/>
     <w:rsid w:val="003C1B15"/>
     <w:rsid w:val="003C1C10"/>
     <w:rsid w:val="003C1C65"/>
     <w:rsid w:val="003C3918"/>
     <w:rsid w:val="003C3BE1"/>
     <w:rsid w:val="003C4874"/>
     <w:rsid w:val="003C4C1D"/>
     <w:rsid w:val="003C5C29"/>
     <w:rsid w:val="003C63CE"/>
     <w:rsid w:val="003C79FD"/>
     <w:rsid w:val="003C7BCB"/>
     <w:rsid w:val="003D043C"/>
     <w:rsid w:val="003D0821"/>
     <w:rsid w:val="003D0ED5"/>
     <w:rsid w:val="003D113F"/>
     <w:rsid w:val="003D20EB"/>
     <w:rsid w:val="003D22E7"/>
     <w:rsid w:val="003D2C78"/>
     <w:rsid w:val="003D351E"/>
     <w:rsid w:val="003D3705"/>
     <w:rsid w:val="003D3895"/>
     <w:rsid w:val="003D39D5"/>
     <w:rsid w:val="003D43BC"/>
     <w:rsid w:val="003D4931"/>
     <w:rsid w:val="003D5601"/>
     <w:rsid w:val="003D5878"/>
     <w:rsid w:val="003D5CDA"/>
     <w:rsid w:val="003D757F"/>
-    <w:rsid w:val="003D75D9"/>
     <w:rsid w:val="003D77EB"/>
     <w:rsid w:val="003D7828"/>
     <w:rsid w:val="003E06AF"/>
     <w:rsid w:val="003E08A8"/>
     <w:rsid w:val="003E0B71"/>
     <w:rsid w:val="003E175B"/>
     <w:rsid w:val="003E18BC"/>
     <w:rsid w:val="003E1A26"/>
     <w:rsid w:val="003E1D8C"/>
     <w:rsid w:val="003E22BF"/>
     <w:rsid w:val="003E26EA"/>
     <w:rsid w:val="003E2A0B"/>
     <w:rsid w:val="003E3AFC"/>
     <w:rsid w:val="003E3C14"/>
     <w:rsid w:val="003E535C"/>
     <w:rsid w:val="003E5A14"/>
     <w:rsid w:val="003E5C0E"/>
     <w:rsid w:val="003E62D7"/>
     <w:rsid w:val="003E6D1D"/>
     <w:rsid w:val="003E7451"/>
     <w:rsid w:val="003E745B"/>
     <w:rsid w:val="003E76F0"/>
     <w:rsid w:val="003E7F0D"/>
     <w:rsid w:val="003F0502"/>
     <w:rsid w:val="003F0BB8"/>
-    <w:rsid w:val="003F0C5D"/>
-    <w:rsid w:val="003F11C3"/>
     <w:rsid w:val="003F1F48"/>
     <w:rsid w:val="003F240A"/>
     <w:rsid w:val="003F295A"/>
     <w:rsid w:val="003F3B89"/>
     <w:rsid w:val="003F42FD"/>
     <w:rsid w:val="003F431F"/>
     <w:rsid w:val="003F4E55"/>
     <w:rsid w:val="003F4FBE"/>
     <w:rsid w:val="003F513D"/>
     <w:rsid w:val="003F5C2B"/>
     <w:rsid w:val="003F5DDD"/>
     <w:rsid w:val="003F6788"/>
     <w:rsid w:val="004003BD"/>
     <w:rsid w:val="0040081D"/>
     <w:rsid w:val="004012D1"/>
     <w:rsid w:val="004014B9"/>
     <w:rsid w:val="00401735"/>
     <w:rsid w:val="004041FA"/>
     <w:rsid w:val="0040484E"/>
     <w:rsid w:val="00406EB7"/>
     <w:rsid w:val="0040721F"/>
     <w:rsid w:val="00407355"/>
     <w:rsid w:val="004076D4"/>
     <w:rsid w:val="00407C51"/>
     <w:rsid w:val="004117B9"/>
     <w:rsid w:val="0041192A"/>
     <w:rsid w:val="00412437"/>
     <w:rsid w:val="00412A09"/>
     <w:rsid w:val="00413975"/>
-    <w:rsid w:val="00413BF4"/>
     <w:rsid w:val="00414330"/>
     <w:rsid w:val="004153BC"/>
     <w:rsid w:val="0041542B"/>
     <w:rsid w:val="004160A8"/>
     <w:rsid w:val="0041635E"/>
     <w:rsid w:val="004164DF"/>
     <w:rsid w:val="00416561"/>
     <w:rsid w:val="00416659"/>
     <w:rsid w:val="004166D9"/>
     <w:rsid w:val="004174FE"/>
     <w:rsid w:val="004178B7"/>
     <w:rsid w:val="00417989"/>
     <w:rsid w:val="00417EDE"/>
     <w:rsid w:val="00420359"/>
     <w:rsid w:val="0042051F"/>
     <w:rsid w:val="00420720"/>
     <w:rsid w:val="004209EA"/>
     <w:rsid w:val="00420B65"/>
     <w:rsid w:val="00420F3A"/>
     <w:rsid w:val="004215CC"/>
     <w:rsid w:val="004215D9"/>
     <w:rsid w:val="00421C77"/>
     <w:rsid w:val="00423209"/>
     <w:rsid w:val="0042330F"/>
     <w:rsid w:val="00423B77"/>
@@ -5802,51 +5418,50 @@
     <w:rsid w:val="00450DEB"/>
     <w:rsid w:val="0045168F"/>
     <w:rsid w:val="0045173F"/>
     <w:rsid w:val="004517BE"/>
     <w:rsid w:val="00451901"/>
     <w:rsid w:val="00451D36"/>
     <w:rsid w:val="0045217C"/>
     <w:rsid w:val="004522E8"/>
     <w:rsid w:val="00452A4F"/>
     <w:rsid w:val="004536FA"/>
     <w:rsid w:val="004541A1"/>
     <w:rsid w:val="004542B9"/>
     <w:rsid w:val="00454B48"/>
     <w:rsid w:val="004551FB"/>
     <w:rsid w:val="004558F4"/>
     <w:rsid w:val="00455EED"/>
     <w:rsid w:val="004560EF"/>
     <w:rsid w:val="00456280"/>
     <w:rsid w:val="004565CA"/>
     <w:rsid w:val="00456686"/>
     <w:rsid w:val="0045718C"/>
     <w:rsid w:val="004572B4"/>
     <w:rsid w:val="0045769F"/>
     <w:rsid w:val="004576F6"/>
     <w:rsid w:val="00457C6E"/>
-    <w:rsid w:val="00460049"/>
     <w:rsid w:val="00460318"/>
     <w:rsid w:val="004603F7"/>
     <w:rsid w:val="00460B48"/>
     <w:rsid w:val="0046149A"/>
     <w:rsid w:val="00461D3B"/>
     <w:rsid w:val="00462516"/>
     <w:rsid w:val="00462653"/>
     <w:rsid w:val="00462852"/>
     <w:rsid w:val="00462D80"/>
     <w:rsid w:val="00462F1D"/>
     <w:rsid w:val="00463040"/>
     <w:rsid w:val="00463289"/>
     <w:rsid w:val="004632E1"/>
     <w:rsid w:val="004639A1"/>
     <w:rsid w:val="00463BC7"/>
     <w:rsid w:val="0046460B"/>
     <w:rsid w:val="00464FD3"/>
     <w:rsid w:val="00465376"/>
     <w:rsid w:val="00466452"/>
     <w:rsid w:val="004667EF"/>
     <w:rsid w:val="0046685E"/>
     <w:rsid w:val="00467254"/>
     <w:rsid w:val="00467605"/>
     <w:rsid w:val="00467763"/>
     <w:rsid w:val="00467ED2"/>
@@ -5959,111 +5574,109 @@
     <w:rsid w:val="004B7256"/>
     <w:rsid w:val="004B7B10"/>
     <w:rsid w:val="004C0BD8"/>
     <w:rsid w:val="004C0BEA"/>
     <w:rsid w:val="004C1603"/>
     <w:rsid w:val="004C16C6"/>
     <w:rsid w:val="004C1940"/>
     <w:rsid w:val="004C2482"/>
     <w:rsid w:val="004C2C02"/>
     <w:rsid w:val="004C2D7B"/>
     <w:rsid w:val="004C354A"/>
     <w:rsid w:val="004C3721"/>
     <w:rsid w:val="004C3BF2"/>
     <w:rsid w:val="004C53FD"/>
     <w:rsid w:val="004C56B0"/>
     <w:rsid w:val="004C58F1"/>
     <w:rsid w:val="004C6B1F"/>
     <w:rsid w:val="004C71FA"/>
     <w:rsid w:val="004C7511"/>
     <w:rsid w:val="004C7674"/>
     <w:rsid w:val="004C797D"/>
     <w:rsid w:val="004D00E0"/>
     <w:rsid w:val="004D0EE2"/>
     <w:rsid w:val="004D1060"/>
     <w:rsid w:val="004D17FB"/>
-    <w:rsid w:val="004D1AF5"/>
     <w:rsid w:val="004D1EA5"/>
     <w:rsid w:val="004D2628"/>
     <w:rsid w:val="004D2844"/>
     <w:rsid w:val="004D3107"/>
     <w:rsid w:val="004D35C4"/>
     <w:rsid w:val="004D37BB"/>
     <w:rsid w:val="004D389A"/>
     <w:rsid w:val="004D3DBE"/>
     <w:rsid w:val="004D410B"/>
     <w:rsid w:val="004D4A46"/>
     <w:rsid w:val="004D4AAC"/>
     <w:rsid w:val="004D4D98"/>
     <w:rsid w:val="004D514A"/>
     <w:rsid w:val="004D53F9"/>
     <w:rsid w:val="004D5DB7"/>
     <w:rsid w:val="004D67AE"/>
     <w:rsid w:val="004D7298"/>
     <w:rsid w:val="004D7998"/>
     <w:rsid w:val="004D7CA6"/>
     <w:rsid w:val="004E02DB"/>
     <w:rsid w:val="004E0527"/>
     <w:rsid w:val="004E0572"/>
     <w:rsid w:val="004E1090"/>
     <w:rsid w:val="004E15F8"/>
     <w:rsid w:val="004E172B"/>
-    <w:rsid w:val="004E1AA1"/>
     <w:rsid w:val="004E1C11"/>
     <w:rsid w:val="004E208B"/>
     <w:rsid w:val="004E2CAC"/>
     <w:rsid w:val="004E2D44"/>
-    <w:rsid w:val="004E311B"/>
     <w:rsid w:val="004E399D"/>
     <w:rsid w:val="004E4165"/>
     <w:rsid w:val="004E4984"/>
     <w:rsid w:val="004E60ED"/>
     <w:rsid w:val="004E685A"/>
     <w:rsid w:val="004E7C62"/>
     <w:rsid w:val="004E7DBA"/>
     <w:rsid w:val="004F1C8F"/>
     <w:rsid w:val="004F1D34"/>
     <w:rsid w:val="004F2054"/>
     <w:rsid w:val="004F2436"/>
     <w:rsid w:val="004F26E6"/>
     <w:rsid w:val="004F2892"/>
     <w:rsid w:val="004F2F50"/>
     <w:rsid w:val="004F3C4E"/>
     <w:rsid w:val="004F476F"/>
     <w:rsid w:val="004F49E5"/>
     <w:rsid w:val="004F4ACE"/>
     <w:rsid w:val="004F4DA0"/>
     <w:rsid w:val="004F5DA6"/>
     <w:rsid w:val="004F6124"/>
     <w:rsid w:val="004F646D"/>
     <w:rsid w:val="004F6F6F"/>
     <w:rsid w:val="004F72E2"/>
     <w:rsid w:val="005005D5"/>
     <w:rsid w:val="00500748"/>
     <w:rsid w:val="00500750"/>
     <w:rsid w:val="00500D83"/>
     <w:rsid w:val="005011B6"/>
+    <w:rsid w:val="00501598"/>
     <w:rsid w:val="0050166D"/>
     <w:rsid w:val="005019CF"/>
     <w:rsid w:val="00501C58"/>
     <w:rsid w:val="00501DD8"/>
     <w:rsid w:val="005024D1"/>
     <w:rsid w:val="0050275E"/>
     <w:rsid w:val="0050296A"/>
     <w:rsid w:val="005032A3"/>
     <w:rsid w:val="00504128"/>
     <w:rsid w:val="00504697"/>
     <w:rsid w:val="0050486F"/>
     <w:rsid w:val="0050491F"/>
     <w:rsid w:val="00505E8C"/>
     <w:rsid w:val="0050628F"/>
     <w:rsid w:val="00506550"/>
     <w:rsid w:val="005069ED"/>
     <w:rsid w:val="005074C5"/>
     <w:rsid w:val="00507C2E"/>
     <w:rsid w:val="00510070"/>
     <w:rsid w:val="005105EE"/>
     <w:rsid w:val="00510A69"/>
     <w:rsid w:val="00510A7F"/>
     <w:rsid w:val="00510BC3"/>
     <w:rsid w:val="005116D1"/>
     <w:rsid w:val="00511AE2"/>
@@ -6102,73 +5715,71 @@
     <w:rsid w:val="00525527"/>
     <w:rsid w:val="00525653"/>
     <w:rsid w:val="0052608E"/>
     <w:rsid w:val="0052654D"/>
     <w:rsid w:val="005267F4"/>
     <w:rsid w:val="00526F2A"/>
     <w:rsid w:val="005270C1"/>
     <w:rsid w:val="005307CC"/>
     <w:rsid w:val="005316D3"/>
     <w:rsid w:val="005318D1"/>
     <w:rsid w:val="00532054"/>
     <w:rsid w:val="00533C0B"/>
     <w:rsid w:val="005341D1"/>
     <w:rsid w:val="005349BC"/>
     <w:rsid w:val="00534EB4"/>
     <w:rsid w:val="005350AB"/>
     <w:rsid w:val="005355E6"/>
     <w:rsid w:val="00536141"/>
     <w:rsid w:val="005367D5"/>
     <w:rsid w:val="00536C6D"/>
     <w:rsid w:val="005375AB"/>
     <w:rsid w:val="0054002D"/>
     <w:rsid w:val="00540129"/>
     <w:rsid w:val="005406BF"/>
     <w:rsid w:val="00540842"/>
-    <w:rsid w:val="00541619"/>
     <w:rsid w:val="005418DB"/>
     <w:rsid w:val="00542083"/>
     <w:rsid w:val="00542B3D"/>
     <w:rsid w:val="005441BF"/>
     <w:rsid w:val="00544796"/>
     <w:rsid w:val="00544CA6"/>
     <w:rsid w:val="00545CE4"/>
     <w:rsid w:val="00545E92"/>
     <w:rsid w:val="00545FA2"/>
     <w:rsid w:val="00545FAC"/>
     <w:rsid w:val="00546194"/>
     <w:rsid w:val="00547C77"/>
     <w:rsid w:val="0055077F"/>
     <w:rsid w:val="0055107B"/>
     <w:rsid w:val="0055137D"/>
     <w:rsid w:val="00551514"/>
     <w:rsid w:val="0055218C"/>
     <w:rsid w:val="00552665"/>
     <w:rsid w:val="00552B6B"/>
     <w:rsid w:val="00554052"/>
     <w:rsid w:val="0055436C"/>
-    <w:rsid w:val="005543AD"/>
     <w:rsid w:val="00554805"/>
     <w:rsid w:val="00554C9F"/>
     <w:rsid w:val="00555334"/>
     <w:rsid w:val="0055556B"/>
     <w:rsid w:val="00555DA9"/>
     <w:rsid w:val="00555F4E"/>
     <w:rsid w:val="00555FFB"/>
     <w:rsid w:val="00556066"/>
     <w:rsid w:val="005567D0"/>
     <w:rsid w:val="00556AA7"/>
     <w:rsid w:val="00556DB2"/>
     <w:rsid w:val="00556E07"/>
     <w:rsid w:val="00557152"/>
     <w:rsid w:val="0055734E"/>
     <w:rsid w:val="0056014B"/>
     <w:rsid w:val="00560838"/>
     <w:rsid w:val="00561029"/>
     <w:rsid w:val="00561048"/>
     <w:rsid w:val="005613E6"/>
     <w:rsid w:val="00561A02"/>
     <w:rsid w:val="00561A1F"/>
     <w:rsid w:val="00561ED0"/>
     <w:rsid w:val="00562CC1"/>
     <w:rsid w:val="00563601"/>
     <w:rsid w:val="00563B31"/>
@@ -6221,51 +5832,50 @@
     <w:rsid w:val="005815C3"/>
     <w:rsid w:val="005817F4"/>
     <w:rsid w:val="00581BCB"/>
     <w:rsid w:val="005822AC"/>
     <w:rsid w:val="005826D8"/>
     <w:rsid w:val="005829E8"/>
     <w:rsid w:val="00582CDD"/>
     <w:rsid w:val="00583549"/>
     <w:rsid w:val="005839E6"/>
     <w:rsid w:val="0058412F"/>
     <w:rsid w:val="00584FF5"/>
     <w:rsid w:val="005854A5"/>
     <w:rsid w:val="0058596F"/>
     <w:rsid w:val="00585E71"/>
     <w:rsid w:val="00586009"/>
     <w:rsid w:val="00586786"/>
     <w:rsid w:val="005867F3"/>
     <w:rsid w:val="00586B27"/>
     <w:rsid w:val="00587083"/>
     <w:rsid w:val="005876FA"/>
     <w:rsid w:val="00590045"/>
     <w:rsid w:val="005900B2"/>
     <w:rsid w:val="00590638"/>
     <w:rsid w:val="0059087C"/>
     <w:rsid w:val="00590ABF"/>
-    <w:rsid w:val="00590D6F"/>
     <w:rsid w:val="005910F2"/>
     <w:rsid w:val="00591FD4"/>
     <w:rsid w:val="00592327"/>
     <w:rsid w:val="005937F5"/>
     <w:rsid w:val="00593EFD"/>
     <w:rsid w:val="00593FF5"/>
     <w:rsid w:val="0059450F"/>
     <w:rsid w:val="005947ED"/>
     <w:rsid w:val="00594C69"/>
     <w:rsid w:val="005953CB"/>
     <w:rsid w:val="00595AD2"/>
     <w:rsid w:val="00595EA3"/>
     <w:rsid w:val="00596418"/>
     <w:rsid w:val="00596BA1"/>
     <w:rsid w:val="00596E5D"/>
     <w:rsid w:val="005971DB"/>
     <w:rsid w:val="0059721B"/>
     <w:rsid w:val="00597569"/>
     <w:rsid w:val="005A012A"/>
     <w:rsid w:val="005A01D1"/>
     <w:rsid w:val="005A05D8"/>
     <w:rsid w:val="005A0CC5"/>
     <w:rsid w:val="005A0E9A"/>
     <w:rsid w:val="005A1440"/>
     <w:rsid w:val="005A17FC"/>
@@ -6274,51 +5884,50 @@
     <w:rsid w:val="005A28D7"/>
     <w:rsid w:val="005A29CF"/>
     <w:rsid w:val="005A2F0A"/>
     <w:rsid w:val="005A39D9"/>
     <w:rsid w:val="005A3EB6"/>
     <w:rsid w:val="005A4089"/>
     <w:rsid w:val="005A4270"/>
     <w:rsid w:val="005A44D7"/>
     <w:rsid w:val="005A475E"/>
     <w:rsid w:val="005A4CC5"/>
     <w:rsid w:val="005A4E1D"/>
     <w:rsid w:val="005A4E9E"/>
     <w:rsid w:val="005A5158"/>
     <w:rsid w:val="005A677A"/>
     <w:rsid w:val="005A6F84"/>
     <w:rsid w:val="005A7681"/>
     <w:rsid w:val="005A7B2B"/>
     <w:rsid w:val="005B0108"/>
     <w:rsid w:val="005B1039"/>
     <w:rsid w:val="005B139B"/>
     <w:rsid w:val="005B1A43"/>
     <w:rsid w:val="005B1A52"/>
     <w:rsid w:val="005B2C2D"/>
     <w:rsid w:val="005B2E8C"/>
     <w:rsid w:val="005B2EA7"/>
-    <w:rsid w:val="005B3775"/>
     <w:rsid w:val="005B38BE"/>
     <w:rsid w:val="005B3977"/>
     <w:rsid w:val="005B3AD1"/>
     <w:rsid w:val="005B413D"/>
     <w:rsid w:val="005B43B9"/>
     <w:rsid w:val="005B43C9"/>
     <w:rsid w:val="005B4C3E"/>
     <w:rsid w:val="005B4F9D"/>
     <w:rsid w:val="005B677D"/>
     <w:rsid w:val="005B6EFE"/>
     <w:rsid w:val="005B7BE9"/>
     <w:rsid w:val="005C0DCB"/>
     <w:rsid w:val="005C0FDD"/>
     <w:rsid w:val="005C1C66"/>
     <w:rsid w:val="005C25D4"/>
     <w:rsid w:val="005C388D"/>
     <w:rsid w:val="005C4820"/>
     <w:rsid w:val="005C4FBA"/>
     <w:rsid w:val="005C645E"/>
     <w:rsid w:val="005C6973"/>
     <w:rsid w:val="005C6AB3"/>
     <w:rsid w:val="005C6EF7"/>
     <w:rsid w:val="005C70D1"/>
     <w:rsid w:val="005C70F0"/>
     <w:rsid w:val="005C7634"/>
@@ -6376,115 +5985,111 @@
     <w:rsid w:val="005F2138"/>
     <w:rsid w:val="005F2C24"/>
     <w:rsid w:val="005F2C87"/>
     <w:rsid w:val="005F30B8"/>
     <w:rsid w:val="005F3157"/>
     <w:rsid w:val="005F3799"/>
     <w:rsid w:val="005F38B0"/>
     <w:rsid w:val="005F3B0B"/>
     <w:rsid w:val="005F423F"/>
     <w:rsid w:val="005F4499"/>
     <w:rsid w:val="005F48F9"/>
     <w:rsid w:val="005F4E89"/>
     <w:rsid w:val="005F5068"/>
     <w:rsid w:val="005F5127"/>
     <w:rsid w:val="005F52FB"/>
     <w:rsid w:val="005F6739"/>
     <w:rsid w:val="005F6B69"/>
     <w:rsid w:val="005F7178"/>
     <w:rsid w:val="005F754C"/>
     <w:rsid w:val="005F767D"/>
     <w:rsid w:val="005F78C0"/>
     <w:rsid w:val="005F79A0"/>
     <w:rsid w:val="006006E2"/>
     <w:rsid w:val="00600B03"/>
     <w:rsid w:val="00600BBC"/>
-    <w:rsid w:val="006017B3"/>
     <w:rsid w:val="006020DE"/>
     <w:rsid w:val="006021D3"/>
     <w:rsid w:val="006022B7"/>
     <w:rsid w:val="006024F9"/>
     <w:rsid w:val="00603835"/>
     <w:rsid w:val="006047E0"/>
     <w:rsid w:val="00604935"/>
     <w:rsid w:val="006049D2"/>
     <w:rsid w:val="00604DA9"/>
     <w:rsid w:val="00605356"/>
     <w:rsid w:val="00605ECA"/>
     <w:rsid w:val="0060603C"/>
     <w:rsid w:val="00606236"/>
-    <w:rsid w:val="00606FC9"/>
     <w:rsid w:val="00607736"/>
     <w:rsid w:val="00607B88"/>
     <w:rsid w:val="006103E0"/>
     <w:rsid w:val="0061057E"/>
     <w:rsid w:val="006105ED"/>
     <w:rsid w:val="00610815"/>
     <w:rsid w:val="00610D51"/>
     <w:rsid w:val="00611645"/>
     <w:rsid w:val="0061172C"/>
-    <w:rsid w:val="0061179E"/>
     <w:rsid w:val="006118D4"/>
     <w:rsid w:val="00612735"/>
     <w:rsid w:val="00612D92"/>
     <w:rsid w:val="00612DFA"/>
     <w:rsid w:val="0061327A"/>
     <w:rsid w:val="006137A3"/>
     <w:rsid w:val="00613812"/>
     <w:rsid w:val="00613A0D"/>
     <w:rsid w:val="00613A92"/>
     <w:rsid w:val="00613C54"/>
     <w:rsid w:val="00613DED"/>
     <w:rsid w:val="006142F1"/>
     <w:rsid w:val="006144A7"/>
     <w:rsid w:val="0061484A"/>
     <w:rsid w:val="006154A4"/>
     <w:rsid w:val="00616155"/>
     <w:rsid w:val="006167FE"/>
     <w:rsid w:val="00616E01"/>
     <w:rsid w:val="00617C27"/>
     <w:rsid w:val="0062000D"/>
     <w:rsid w:val="00620187"/>
     <w:rsid w:val="00620257"/>
     <w:rsid w:val="00620361"/>
     <w:rsid w:val="006204D7"/>
     <w:rsid w:val="0062066D"/>
     <w:rsid w:val="00621335"/>
     <w:rsid w:val="0062156E"/>
     <w:rsid w:val="006218FF"/>
     <w:rsid w:val="006226FB"/>
     <w:rsid w:val="00622C92"/>
     <w:rsid w:val="00622DD9"/>
     <w:rsid w:val="00622FA9"/>
     <w:rsid w:val="00623BC7"/>
     <w:rsid w:val="00623C07"/>
     <w:rsid w:val="00623EC2"/>
     <w:rsid w:val="006242A3"/>
     <w:rsid w:val="006245BC"/>
     <w:rsid w:val="00624827"/>
     <w:rsid w:val="0062489E"/>
-    <w:rsid w:val="00624A2A"/>
     <w:rsid w:val="00625AFA"/>
     <w:rsid w:val="00625C9D"/>
     <w:rsid w:val="006270E8"/>
     <w:rsid w:val="0062755F"/>
     <w:rsid w:val="00627EA5"/>
     <w:rsid w:val="006300DB"/>
     <w:rsid w:val="00630A03"/>
     <w:rsid w:val="00632129"/>
     <w:rsid w:val="00632B56"/>
     <w:rsid w:val="00633110"/>
     <w:rsid w:val="006334C4"/>
     <w:rsid w:val="00633EE0"/>
     <w:rsid w:val="006345A3"/>
     <w:rsid w:val="0063467C"/>
     <w:rsid w:val="006346C1"/>
     <w:rsid w:val="00634799"/>
     <w:rsid w:val="00634E9C"/>
     <w:rsid w:val="00635AA4"/>
     <w:rsid w:val="00635EDA"/>
     <w:rsid w:val="0063665A"/>
     <w:rsid w:val="00636664"/>
     <w:rsid w:val="00637013"/>
     <w:rsid w:val="006373DA"/>
     <w:rsid w:val="00637607"/>
     <w:rsid w:val="00637A93"/>
@@ -6525,88 +6130,86 @@
     <w:rsid w:val="006518F5"/>
     <w:rsid w:val="00651D30"/>
     <w:rsid w:val="006523C2"/>
     <w:rsid w:val="00652886"/>
     <w:rsid w:val="00652963"/>
     <w:rsid w:val="00652A95"/>
     <w:rsid w:val="00652B80"/>
     <w:rsid w:val="006533CF"/>
     <w:rsid w:val="0065381D"/>
     <w:rsid w:val="00653EEF"/>
     <w:rsid w:val="0065429D"/>
     <w:rsid w:val="00654C63"/>
     <w:rsid w:val="00655ED8"/>
     <w:rsid w:val="00655FF3"/>
     <w:rsid w:val="0065621C"/>
     <w:rsid w:val="00656FE4"/>
     <w:rsid w:val="006570F2"/>
     <w:rsid w:val="006572DD"/>
     <w:rsid w:val="00657F38"/>
     <w:rsid w:val="006600A1"/>
     <w:rsid w:val="006603FF"/>
     <w:rsid w:val="006604FB"/>
     <w:rsid w:val="00660A5C"/>
     <w:rsid w:val="00660AB5"/>
     <w:rsid w:val="00661505"/>
-    <w:rsid w:val="00661559"/>
     <w:rsid w:val="00661812"/>
     <w:rsid w:val="00662499"/>
     <w:rsid w:val="00662B6C"/>
     <w:rsid w:val="00662E11"/>
     <w:rsid w:val="00663142"/>
     <w:rsid w:val="00663233"/>
     <w:rsid w:val="006640FB"/>
     <w:rsid w:val="00664125"/>
     <w:rsid w:val="0066444E"/>
     <w:rsid w:val="00664461"/>
     <w:rsid w:val="00664ECB"/>
     <w:rsid w:val="00664F71"/>
     <w:rsid w:val="00665B23"/>
     <w:rsid w:val="00665B65"/>
     <w:rsid w:val="00665F37"/>
     <w:rsid w:val="00665FFF"/>
     <w:rsid w:val="006660DA"/>
     <w:rsid w:val="006663E4"/>
     <w:rsid w:val="006669A1"/>
     <w:rsid w:val="00666A01"/>
     <w:rsid w:val="00666C7B"/>
     <w:rsid w:val="00667191"/>
     <w:rsid w:val="006672D6"/>
     <w:rsid w:val="006674A9"/>
     <w:rsid w:val="00667D35"/>
     <w:rsid w:val="00667F2F"/>
     <w:rsid w:val="0067055F"/>
     <w:rsid w:val="00671080"/>
     <w:rsid w:val="00671537"/>
     <w:rsid w:val="006715E4"/>
     <w:rsid w:val="00671E31"/>
     <w:rsid w:val="00672192"/>
     <w:rsid w:val="006721CF"/>
     <w:rsid w:val="006722A2"/>
     <w:rsid w:val="006725FB"/>
     <w:rsid w:val="00673569"/>
-    <w:rsid w:val="00673683"/>
     <w:rsid w:val="00673884"/>
     <w:rsid w:val="006753CB"/>
     <w:rsid w:val="006756B7"/>
     <w:rsid w:val="00676327"/>
     <w:rsid w:val="00676506"/>
     <w:rsid w:val="0067709C"/>
     <w:rsid w:val="0067766E"/>
     <w:rsid w:val="00680332"/>
     <w:rsid w:val="00680419"/>
     <w:rsid w:val="00680E00"/>
     <w:rsid w:val="00680E9D"/>
     <w:rsid w:val="00681E61"/>
     <w:rsid w:val="00682106"/>
     <w:rsid w:val="006827B3"/>
     <w:rsid w:val="00682DDD"/>
     <w:rsid w:val="00683771"/>
     <w:rsid w:val="006838F9"/>
     <w:rsid w:val="0068497E"/>
     <w:rsid w:val="006855E4"/>
     <w:rsid w:val="00686604"/>
     <w:rsid w:val="0068670D"/>
     <w:rsid w:val="00686780"/>
     <w:rsid w:val="0068781E"/>
     <w:rsid w:val="00687C14"/>
     <w:rsid w:val="00687C77"/>
@@ -6640,51 +6243,50 @@
     <w:rsid w:val="006A0E8D"/>
     <w:rsid w:val="006A133A"/>
     <w:rsid w:val="006A147C"/>
     <w:rsid w:val="006A14CA"/>
     <w:rsid w:val="006A15C3"/>
     <w:rsid w:val="006A1774"/>
     <w:rsid w:val="006A19BE"/>
     <w:rsid w:val="006A1BD3"/>
     <w:rsid w:val="006A22E2"/>
     <w:rsid w:val="006A232F"/>
     <w:rsid w:val="006A24EB"/>
     <w:rsid w:val="006A2E49"/>
     <w:rsid w:val="006A2FAB"/>
     <w:rsid w:val="006A3D73"/>
     <w:rsid w:val="006A405C"/>
     <w:rsid w:val="006A41D2"/>
     <w:rsid w:val="006A48C4"/>
     <w:rsid w:val="006A4D17"/>
     <w:rsid w:val="006A505A"/>
     <w:rsid w:val="006A51F9"/>
     <w:rsid w:val="006A554A"/>
     <w:rsid w:val="006A5633"/>
     <w:rsid w:val="006A5843"/>
     <w:rsid w:val="006A58ED"/>
     <w:rsid w:val="006A5B2C"/>
-    <w:rsid w:val="006A69E3"/>
     <w:rsid w:val="006A6D83"/>
     <w:rsid w:val="006A6F46"/>
     <w:rsid w:val="006A7A1A"/>
     <w:rsid w:val="006B01BA"/>
     <w:rsid w:val="006B0C3B"/>
     <w:rsid w:val="006B193F"/>
     <w:rsid w:val="006B1D1A"/>
     <w:rsid w:val="006B1E92"/>
     <w:rsid w:val="006B22A6"/>
     <w:rsid w:val="006B27C6"/>
     <w:rsid w:val="006B342E"/>
     <w:rsid w:val="006B367D"/>
     <w:rsid w:val="006B388F"/>
     <w:rsid w:val="006B3DE2"/>
     <w:rsid w:val="006B4096"/>
     <w:rsid w:val="006B412D"/>
     <w:rsid w:val="006B4A3C"/>
     <w:rsid w:val="006B4A96"/>
     <w:rsid w:val="006B4BB4"/>
     <w:rsid w:val="006B53E2"/>
     <w:rsid w:val="006B54DF"/>
     <w:rsid w:val="006B60F9"/>
     <w:rsid w:val="006B69DF"/>
     <w:rsid w:val="006B6A34"/>
     <w:rsid w:val="006B6F69"/>
@@ -6717,83 +6319,79 @@
     <w:rsid w:val="006D197B"/>
     <w:rsid w:val="006D21FB"/>
     <w:rsid w:val="006D22D6"/>
     <w:rsid w:val="006D2869"/>
     <w:rsid w:val="006D37DC"/>
     <w:rsid w:val="006D3916"/>
     <w:rsid w:val="006D3DE7"/>
     <w:rsid w:val="006D3F4D"/>
     <w:rsid w:val="006D3F90"/>
     <w:rsid w:val="006D522B"/>
     <w:rsid w:val="006D558F"/>
     <w:rsid w:val="006D55F2"/>
     <w:rsid w:val="006D5732"/>
     <w:rsid w:val="006D5984"/>
     <w:rsid w:val="006D5B97"/>
     <w:rsid w:val="006D5C49"/>
     <w:rsid w:val="006D5C62"/>
     <w:rsid w:val="006D6198"/>
     <w:rsid w:val="006D6BA3"/>
     <w:rsid w:val="006D738B"/>
     <w:rsid w:val="006D77A6"/>
     <w:rsid w:val="006D7D38"/>
     <w:rsid w:val="006E002A"/>
     <w:rsid w:val="006E0491"/>
     <w:rsid w:val="006E07DE"/>
-    <w:rsid w:val="006E0D14"/>
     <w:rsid w:val="006E1091"/>
-    <w:rsid w:val="006E1254"/>
     <w:rsid w:val="006E1370"/>
     <w:rsid w:val="006E15EF"/>
     <w:rsid w:val="006E16C9"/>
     <w:rsid w:val="006E2589"/>
     <w:rsid w:val="006E3456"/>
     <w:rsid w:val="006E363C"/>
     <w:rsid w:val="006E3E81"/>
     <w:rsid w:val="006E4363"/>
     <w:rsid w:val="006E5384"/>
     <w:rsid w:val="006E6378"/>
     <w:rsid w:val="006E69DF"/>
     <w:rsid w:val="006E7D85"/>
     <w:rsid w:val="006E7F79"/>
     <w:rsid w:val="006F0307"/>
     <w:rsid w:val="006F03B3"/>
     <w:rsid w:val="006F0ABF"/>
     <w:rsid w:val="006F25E8"/>
     <w:rsid w:val="006F33C6"/>
     <w:rsid w:val="006F3DF5"/>
     <w:rsid w:val="006F425F"/>
     <w:rsid w:val="006F4288"/>
     <w:rsid w:val="006F4EC6"/>
     <w:rsid w:val="006F51DC"/>
     <w:rsid w:val="006F5CCD"/>
     <w:rsid w:val="006F5D45"/>
     <w:rsid w:val="006F60B4"/>
-    <w:rsid w:val="00700345"/>
     <w:rsid w:val="00700570"/>
     <w:rsid w:val="007006E5"/>
-    <w:rsid w:val="007010E8"/>
     <w:rsid w:val="007018DC"/>
     <w:rsid w:val="00701993"/>
     <w:rsid w:val="00702118"/>
     <w:rsid w:val="007027BE"/>
     <w:rsid w:val="00702926"/>
     <w:rsid w:val="00702F14"/>
     <w:rsid w:val="007032C6"/>
     <w:rsid w:val="00703A78"/>
     <w:rsid w:val="0070400B"/>
     <w:rsid w:val="00704AAA"/>
     <w:rsid w:val="0070651F"/>
     <w:rsid w:val="00707776"/>
     <w:rsid w:val="00707C7F"/>
     <w:rsid w:val="00710133"/>
     <w:rsid w:val="0071024A"/>
     <w:rsid w:val="00710643"/>
     <w:rsid w:val="0071073E"/>
     <w:rsid w:val="00710F6C"/>
     <w:rsid w:val="007112BC"/>
     <w:rsid w:val="007114BF"/>
     <w:rsid w:val="007116A0"/>
     <w:rsid w:val="007116FD"/>
     <w:rsid w:val="00711AB4"/>
     <w:rsid w:val="007121C4"/>
     <w:rsid w:val="007123AD"/>
@@ -6821,113 +6419,106 @@
     <w:rsid w:val="007221FF"/>
     <w:rsid w:val="007224BD"/>
     <w:rsid w:val="007226AF"/>
     <w:rsid w:val="00722797"/>
     <w:rsid w:val="00722911"/>
     <w:rsid w:val="0072293A"/>
     <w:rsid w:val="00722EC4"/>
     <w:rsid w:val="007232D9"/>
     <w:rsid w:val="007238FF"/>
     <w:rsid w:val="00724250"/>
     <w:rsid w:val="00724792"/>
     <w:rsid w:val="007251FE"/>
     <w:rsid w:val="00725621"/>
     <w:rsid w:val="00725E31"/>
     <w:rsid w:val="007263AD"/>
     <w:rsid w:val="00726FD8"/>
     <w:rsid w:val="00727F38"/>
     <w:rsid w:val="00730ACF"/>
     <w:rsid w:val="00730BCB"/>
     <w:rsid w:val="007312BA"/>
     <w:rsid w:val="007317B9"/>
     <w:rsid w:val="00731B09"/>
     <w:rsid w:val="00732B5D"/>
     <w:rsid w:val="00732DE1"/>
     <w:rsid w:val="0073321B"/>
-    <w:rsid w:val="007335AA"/>
     <w:rsid w:val="007339F4"/>
     <w:rsid w:val="0073444F"/>
     <w:rsid w:val="00734B65"/>
     <w:rsid w:val="00735A77"/>
     <w:rsid w:val="00735CF1"/>
     <w:rsid w:val="00735EA7"/>
     <w:rsid w:val="0073602B"/>
     <w:rsid w:val="0073612C"/>
     <w:rsid w:val="00736135"/>
     <w:rsid w:val="007361A7"/>
-    <w:rsid w:val="00736BFF"/>
     <w:rsid w:val="00736D69"/>
     <w:rsid w:val="00737268"/>
     <w:rsid w:val="00737CC5"/>
     <w:rsid w:val="00737E49"/>
     <w:rsid w:val="00740376"/>
     <w:rsid w:val="00740AAA"/>
-    <w:rsid w:val="00740B8E"/>
     <w:rsid w:val="00740E59"/>
     <w:rsid w:val="00741215"/>
-    <w:rsid w:val="0074123A"/>
     <w:rsid w:val="00741DBA"/>
     <w:rsid w:val="00742050"/>
     <w:rsid w:val="00742A0B"/>
     <w:rsid w:val="00742BCE"/>
     <w:rsid w:val="0074306F"/>
     <w:rsid w:val="007430B5"/>
     <w:rsid w:val="007432EB"/>
     <w:rsid w:val="007433C3"/>
     <w:rsid w:val="007436C9"/>
     <w:rsid w:val="00743957"/>
     <w:rsid w:val="00743CF1"/>
     <w:rsid w:val="0074418C"/>
     <w:rsid w:val="0074453F"/>
     <w:rsid w:val="007450F1"/>
     <w:rsid w:val="00745D05"/>
     <w:rsid w:val="00745E80"/>
     <w:rsid w:val="00746B04"/>
     <w:rsid w:val="007474DC"/>
     <w:rsid w:val="00747591"/>
     <w:rsid w:val="007479C4"/>
     <w:rsid w:val="00747B25"/>
     <w:rsid w:val="00750CA5"/>
-    <w:rsid w:val="0075103A"/>
     <w:rsid w:val="00751F66"/>
     <w:rsid w:val="0075254C"/>
     <w:rsid w:val="0075271A"/>
     <w:rsid w:val="00752793"/>
     <w:rsid w:val="00752CEE"/>
     <w:rsid w:val="007533C0"/>
     <w:rsid w:val="00753C4D"/>
     <w:rsid w:val="00753CEF"/>
-    <w:rsid w:val="00753FA8"/>
     <w:rsid w:val="00754300"/>
     <w:rsid w:val="00754CBC"/>
     <w:rsid w:val="00755318"/>
     <w:rsid w:val="00755AF0"/>
     <w:rsid w:val="007564D4"/>
     <w:rsid w:val="007567F7"/>
     <w:rsid w:val="007569B9"/>
     <w:rsid w:val="00757EB8"/>
-    <w:rsid w:val="00757F02"/>
     <w:rsid w:val="00760618"/>
     <w:rsid w:val="00760962"/>
     <w:rsid w:val="00760B9F"/>
     <w:rsid w:val="00760CF7"/>
     <w:rsid w:val="007612C9"/>
     <w:rsid w:val="007613AA"/>
     <w:rsid w:val="00761EB8"/>
     <w:rsid w:val="00762ED0"/>
     <w:rsid w:val="00762F55"/>
     <w:rsid w:val="007638BB"/>
     <w:rsid w:val="00763C7F"/>
     <w:rsid w:val="0076402A"/>
     <w:rsid w:val="00764080"/>
     <w:rsid w:val="007640DF"/>
     <w:rsid w:val="00764B34"/>
     <w:rsid w:val="00764D40"/>
     <w:rsid w:val="00766E74"/>
     <w:rsid w:val="0076730B"/>
     <w:rsid w:val="00767F84"/>
     <w:rsid w:val="00770583"/>
     <w:rsid w:val="00770785"/>
     <w:rsid w:val="007713E9"/>
     <w:rsid w:val="00772683"/>
     <w:rsid w:val="00772BE8"/>
     <w:rsid w:val="007738BC"/>
@@ -6939,96 +6530,93 @@
     <w:rsid w:val="00775BCD"/>
     <w:rsid w:val="00775F08"/>
     <w:rsid w:val="0077604F"/>
     <w:rsid w:val="00776083"/>
     <w:rsid w:val="007762C8"/>
     <w:rsid w:val="007766E6"/>
     <w:rsid w:val="007768C0"/>
     <w:rsid w:val="00776DEC"/>
     <w:rsid w:val="00777985"/>
     <w:rsid w:val="00780219"/>
     <w:rsid w:val="007802A3"/>
     <w:rsid w:val="007815C1"/>
     <w:rsid w:val="0078192A"/>
     <w:rsid w:val="00781B93"/>
     <w:rsid w:val="00782342"/>
     <w:rsid w:val="007827E8"/>
     <w:rsid w:val="00783546"/>
     <w:rsid w:val="00783BDC"/>
     <w:rsid w:val="00784883"/>
     <w:rsid w:val="00785238"/>
     <w:rsid w:val="007852BC"/>
     <w:rsid w:val="0078692B"/>
     <w:rsid w:val="00787084"/>
     <w:rsid w:val="00787588"/>
     <w:rsid w:val="00787739"/>
-    <w:rsid w:val="00787A19"/>
     <w:rsid w:val="00787D9A"/>
     <w:rsid w:val="00787DB1"/>
     <w:rsid w:val="00787FD5"/>
     <w:rsid w:val="00790505"/>
     <w:rsid w:val="00790F12"/>
     <w:rsid w:val="00791244"/>
-    <w:rsid w:val="007917F4"/>
     <w:rsid w:val="00791DBF"/>
     <w:rsid w:val="0079281F"/>
     <w:rsid w:val="007929C0"/>
     <w:rsid w:val="00792D51"/>
     <w:rsid w:val="00793409"/>
     <w:rsid w:val="00793D53"/>
     <w:rsid w:val="00793F23"/>
     <w:rsid w:val="007945F4"/>
     <w:rsid w:val="0079467B"/>
     <w:rsid w:val="00794A0B"/>
     <w:rsid w:val="00794E9E"/>
     <w:rsid w:val="00795093"/>
     <w:rsid w:val="00795F3D"/>
     <w:rsid w:val="00795F4F"/>
     <w:rsid w:val="007966B1"/>
     <w:rsid w:val="00796EE3"/>
     <w:rsid w:val="007971F6"/>
     <w:rsid w:val="0079735F"/>
     <w:rsid w:val="00797C8F"/>
     <w:rsid w:val="00797CE5"/>
     <w:rsid w:val="007A0958"/>
     <w:rsid w:val="007A0B36"/>
     <w:rsid w:val="007A0C54"/>
     <w:rsid w:val="007A1629"/>
     <w:rsid w:val="007A1D14"/>
     <w:rsid w:val="007A1D65"/>
     <w:rsid w:val="007A2420"/>
     <w:rsid w:val="007A2599"/>
     <w:rsid w:val="007A26D6"/>
     <w:rsid w:val="007A28DA"/>
     <w:rsid w:val="007A2C36"/>
     <w:rsid w:val="007A2D1E"/>
     <w:rsid w:val="007A3359"/>
     <w:rsid w:val="007A3567"/>
     <w:rsid w:val="007A40EF"/>
     <w:rsid w:val="007A423D"/>
     <w:rsid w:val="007A47DA"/>
-    <w:rsid w:val="007A4840"/>
     <w:rsid w:val="007A4C90"/>
     <w:rsid w:val="007A5AC3"/>
     <w:rsid w:val="007A66D5"/>
     <w:rsid w:val="007A6BDC"/>
     <w:rsid w:val="007A7067"/>
     <w:rsid w:val="007A7753"/>
     <w:rsid w:val="007A7C50"/>
     <w:rsid w:val="007A7D0B"/>
     <w:rsid w:val="007A7F65"/>
     <w:rsid w:val="007B03B2"/>
     <w:rsid w:val="007B13E9"/>
     <w:rsid w:val="007B188A"/>
     <w:rsid w:val="007B1DA1"/>
     <w:rsid w:val="007B1FDF"/>
     <w:rsid w:val="007B2502"/>
     <w:rsid w:val="007B26E7"/>
     <w:rsid w:val="007B27C5"/>
     <w:rsid w:val="007B29CB"/>
     <w:rsid w:val="007B2A93"/>
     <w:rsid w:val="007B2F39"/>
     <w:rsid w:val="007B38C2"/>
     <w:rsid w:val="007B3BA8"/>
     <w:rsid w:val="007B3F05"/>
     <w:rsid w:val="007B410A"/>
     <w:rsid w:val="007B4333"/>
@@ -7048,154 +6636,149 @@
     <w:rsid w:val="007B7618"/>
     <w:rsid w:val="007C04CA"/>
     <w:rsid w:val="007C10AF"/>
     <w:rsid w:val="007C139B"/>
     <w:rsid w:val="007C166F"/>
     <w:rsid w:val="007C1E62"/>
     <w:rsid w:val="007C23FF"/>
     <w:rsid w:val="007C2BFB"/>
     <w:rsid w:val="007C30D9"/>
     <w:rsid w:val="007C31B9"/>
     <w:rsid w:val="007C32D5"/>
     <w:rsid w:val="007C369E"/>
     <w:rsid w:val="007C37D0"/>
     <w:rsid w:val="007C38B6"/>
     <w:rsid w:val="007C39E3"/>
     <w:rsid w:val="007C3B69"/>
     <w:rsid w:val="007C3D80"/>
     <w:rsid w:val="007C4284"/>
     <w:rsid w:val="007C4539"/>
     <w:rsid w:val="007C469F"/>
     <w:rsid w:val="007C49A3"/>
     <w:rsid w:val="007C4C33"/>
     <w:rsid w:val="007C4D85"/>
     <w:rsid w:val="007C525D"/>
     <w:rsid w:val="007C5265"/>
-    <w:rsid w:val="007C5809"/>
     <w:rsid w:val="007C6012"/>
     <w:rsid w:val="007C63B7"/>
     <w:rsid w:val="007C6846"/>
     <w:rsid w:val="007C7499"/>
     <w:rsid w:val="007C7917"/>
     <w:rsid w:val="007D018F"/>
     <w:rsid w:val="007D0651"/>
     <w:rsid w:val="007D09F6"/>
     <w:rsid w:val="007D0A1C"/>
-    <w:rsid w:val="007D0B10"/>
     <w:rsid w:val="007D1385"/>
     <w:rsid w:val="007D1570"/>
     <w:rsid w:val="007D1598"/>
     <w:rsid w:val="007D23BD"/>
     <w:rsid w:val="007D24C0"/>
     <w:rsid w:val="007D2CAC"/>
     <w:rsid w:val="007D34E2"/>
     <w:rsid w:val="007D4ACD"/>
     <w:rsid w:val="007D4BB0"/>
     <w:rsid w:val="007D5185"/>
     <w:rsid w:val="007D56CB"/>
     <w:rsid w:val="007D5C21"/>
     <w:rsid w:val="007D5FA2"/>
     <w:rsid w:val="007D63EB"/>
     <w:rsid w:val="007D6648"/>
     <w:rsid w:val="007D6680"/>
     <w:rsid w:val="007D7435"/>
     <w:rsid w:val="007E080D"/>
     <w:rsid w:val="007E2447"/>
     <w:rsid w:val="007E2B12"/>
     <w:rsid w:val="007E2D46"/>
     <w:rsid w:val="007E30B3"/>
     <w:rsid w:val="007E31D7"/>
-    <w:rsid w:val="007E32E9"/>
     <w:rsid w:val="007E34DF"/>
     <w:rsid w:val="007E38FE"/>
     <w:rsid w:val="007E407B"/>
     <w:rsid w:val="007E40F6"/>
     <w:rsid w:val="007E411B"/>
     <w:rsid w:val="007E4160"/>
     <w:rsid w:val="007E473E"/>
     <w:rsid w:val="007E4CA7"/>
     <w:rsid w:val="007E4D3F"/>
     <w:rsid w:val="007E5BE8"/>
     <w:rsid w:val="007E6258"/>
     <w:rsid w:val="007E658F"/>
     <w:rsid w:val="007E6AFE"/>
     <w:rsid w:val="007E6BF8"/>
     <w:rsid w:val="007E6C29"/>
     <w:rsid w:val="007E6CE8"/>
     <w:rsid w:val="007E6DC5"/>
     <w:rsid w:val="007E6F6B"/>
     <w:rsid w:val="007E7784"/>
     <w:rsid w:val="007E77B4"/>
     <w:rsid w:val="007F07F4"/>
     <w:rsid w:val="007F0871"/>
     <w:rsid w:val="007F16D6"/>
     <w:rsid w:val="007F19ED"/>
     <w:rsid w:val="007F1BB9"/>
     <w:rsid w:val="007F1DF5"/>
     <w:rsid w:val="007F22C4"/>
     <w:rsid w:val="007F2968"/>
     <w:rsid w:val="007F2D83"/>
     <w:rsid w:val="007F353E"/>
     <w:rsid w:val="007F3777"/>
     <w:rsid w:val="007F388A"/>
     <w:rsid w:val="007F3AF3"/>
     <w:rsid w:val="007F3EBA"/>
     <w:rsid w:val="007F3EDB"/>
     <w:rsid w:val="007F3FB1"/>
     <w:rsid w:val="007F44C6"/>
     <w:rsid w:val="007F492A"/>
     <w:rsid w:val="007F4B8C"/>
     <w:rsid w:val="007F5F86"/>
     <w:rsid w:val="007F62DC"/>
     <w:rsid w:val="007F649E"/>
     <w:rsid w:val="007F74B8"/>
     <w:rsid w:val="007F7A42"/>
     <w:rsid w:val="007F7C2D"/>
     <w:rsid w:val="007F7D98"/>
-    <w:rsid w:val="008004BA"/>
     <w:rsid w:val="008006D7"/>
     <w:rsid w:val="0080073A"/>
     <w:rsid w:val="00800A1C"/>
     <w:rsid w:val="00800EC3"/>
     <w:rsid w:val="00800F17"/>
     <w:rsid w:val="00801043"/>
     <w:rsid w:val="00801700"/>
     <w:rsid w:val="00801CD7"/>
     <w:rsid w:val="00801D3F"/>
     <w:rsid w:val="00801FEF"/>
     <w:rsid w:val="0080279A"/>
     <w:rsid w:val="00802C55"/>
     <w:rsid w:val="00802CEA"/>
     <w:rsid w:val="008038DF"/>
     <w:rsid w:val="00803B2B"/>
     <w:rsid w:val="00803D3B"/>
     <w:rsid w:val="00803D73"/>
     <w:rsid w:val="00804884"/>
     <w:rsid w:val="00804B28"/>
     <w:rsid w:val="00804DF1"/>
     <w:rsid w:val="00804E81"/>
-    <w:rsid w:val="00805057"/>
     <w:rsid w:val="00805228"/>
     <w:rsid w:val="00805795"/>
     <w:rsid w:val="008057CF"/>
     <w:rsid w:val="008065F5"/>
     <w:rsid w:val="00806611"/>
     <w:rsid w:val="008068A2"/>
     <w:rsid w:val="00806BDF"/>
     <w:rsid w:val="00806D0F"/>
     <w:rsid w:val="0080703B"/>
     <w:rsid w:val="00807B06"/>
     <w:rsid w:val="00807B49"/>
     <w:rsid w:val="00810517"/>
     <w:rsid w:val="0081082C"/>
     <w:rsid w:val="008109BC"/>
     <w:rsid w:val="00810D44"/>
     <w:rsid w:val="00811049"/>
     <w:rsid w:val="0081137F"/>
     <w:rsid w:val="0081146F"/>
     <w:rsid w:val="00811C5E"/>
     <w:rsid w:val="00812347"/>
     <w:rsid w:val="0081283F"/>
     <w:rsid w:val="0081292C"/>
     <w:rsid w:val="00812AAE"/>
     <w:rsid w:val="008135CA"/>
     <w:rsid w:val="00813B40"/>
@@ -7206,96 +6789,94 @@
     <w:rsid w:val="008154F3"/>
     <w:rsid w:val="0081596D"/>
     <w:rsid w:val="00815A30"/>
     <w:rsid w:val="00815ED6"/>
     <w:rsid w:val="0081600A"/>
     <w:rsid w:val="00816F36"/>
     <w:rsid w:val="00817683"/>
     <w:rsid w:val="00817DF7"/>
     <w:rsid w:val="00817FDE"/>
     <w:rsid w:val="00820AE7"/>
     <w:rsid w:val="00820F73"/>
     <w:rsid w:val="00821504"/>
     <w:rsid w:val="00821D09"/>
     <w:rsid w:val="00821D52"/>
     <w:rsid w:val="008221B8"/>
     <w:rsid w:val="008227CD"/>
     <w:rsid w:val="00822AD0"/>
     <w:rsid w:val="00822F6F"/>
     <w:rsid w:val="00822F8D"/>
     <w:rsid w:val="008232C6"/>
     <w:rsid w:val="008234F6"/>
     <w:rsid w:val="0082372A"/>
     <w:rsid w:val="00823CF4"/>
     <w:rsid w:val="00823EB3"/>
     <w:rsid w:val="00823EBA"/>
-    <w:rsid w:val="00824098"/>
     <w:rsid w:val="0082426F"/>
     <w:rsid w:val="008242F8"/>
     <w:rsid w:val="008249BE"/>
     <w:rsid w:val="00824CE7"/>
     <w:rsid w:val="008254ED"/>
     <w:rsid w:val="00825843"/>
     <w:rsid w:val="00825BF5"/>
     <w:rsid w:val="00825D4B"/>
     <w:rsid w:val="00826A79"/>
     <w:rsid w:val="00830167"/>
     <w:rsid w:val="008309EC"/>
     <w:rsid w:val="00831024"/>
     <w:rsid w:val="00831122"/>
     <w:rsid w:val="00831724"/>
     <w:rsid w:val="0083172D"/>
     <w:rsid w:val="008317F4"/>
     <w:rsid w:val="00831874"/>
     <w:rsid w:val="00831EA8"/>
     <w:rsid w:val="00832382"/>
     <w:rsid w:val="0083247B"/>
     <w:rsid w:val="008325C8"/>
     <w:rsid w:val="0083286E"/>
     <w:rsid w:val="008329BB"/>
     <w:rsid w:val="00833840"/>
     <w:rsid w:val="00833D19"/>
     <w:rsid w:val="008346E7"/>
     <w:rsid w:val="00834AD4"/>
     <w:rsid w:val="00834BEA"/>
     <w:rsid w:val="00834D61"/>
     <w:rsid w:val="00834EFB"/>
     <w:rsid w:val="00835022"/>
     <w:rsid w:val="008356DB"/>
     <w:rsid w:val="00835714"/>
     <w:rsid w:val="00837863"/>
     <w:rsid w:val="00837B2F"/>
     <w:rsid w:val="00837DA3"/>
     <w:rsid w:val="00837DF4"/>
     <w:rsid w:val="00840234"/>
     <w:rsid w:val="008406BC"/>
     <w:rsid w:val="00840D19"/>
     <w:rsid w:val="00841019"/>
     <w:rsid w:val="00841313"/>
     <w:rsid w:val="0084144E"/>
     <w:rsid w:val="00841AEA"/>
-    <w:rsid w:val="008420CC"/>
     <w:rsid w:val="008422D0"/>
     <w:rsid w:val="00843405"/>
     <w:rsid w:val="00843A92"/>
     <w:rsid w:val="00843FBB"/>
     <w:rsid w:val="0084400D"/>
     <w:rsid w:val="008447C4"/>
     <w:rsid w:val="00844AFA"/>
     <w:rsid w:val="00844B2A"/>
     <w:rsid w:val="008454C8"/>
     <w:rsid w:val="008458E0"/>
     <w:rsid w:val="008463D4"/>
     <w:rsid w:val="00846451"/>
     <w:rsid w:val="008464A3"/>
     <w:rsid w:val="008464A8"/>
     <w:rsid w:val="00846540"/>
     <w:rsid w:val="008465F9"/>
     <w:rsid w:val="00846EA2"/>
     <w:rsid w:val="008476FE"/>
     <w:rsid w:val="00847BD1"/>
     <w:rsid w:val="00847DF5"/>
     <w:rsid w:val="00850EF6"/>
     <w:rsid w:val="00852B75"/>
     <w:rsid w:val="00853081"/>
     <w:rsid w:val="00853386"/>
     <w:rsid w:val="008535EF"/>
@@ -7328,50 +6909,51 @@
     <w:rsid w:val="008653E6"/>
     <w:rsid w:val="00867031"/>
     <w:rsid w:val="00867381"/>
     <w:rsid w:val="00870031"/>
     <w:rsid w:val="00870266"/>
     <w:rsid w:val="0087083B"/>
     <w:rsid w:val="00870A93"/>
     <w:rsid w:val="00870E54"/>
     <w:rsid w:val="00870E91"/>
     <w:rsid w:val="008715C3"/>
     <w:rsid w:val="008718C4"/>
     <w:rsid w:val="00871BCE"/>
     <w:rsid w:val="00872F75"/>
     <w:rsid w:val="00872FA9"/>
     <w:rsid w:val="00873235"/>
     <w:rsid w:val="00873AAC"/>
     <w:rsid w:val="00874233"/>
     <w:rsid w:val="00874287"/>
     <w:rsid w:val="0087475D"/>
     <w:rsid w:val="00874B46"/>
     <w:rsid w:val="00874CB4"/>
     <w:rsid w:val="00875412"/>
     <w:rsid w:val="008757CF"/>
     <w:rsid w:val="00875AC1"/>
     <w:rsid w:val="00875BD2"/>
+    <w:rsid w:val="0087615C"/>
     <w:rsid w:val="00876188"/>
     <w:rsid w:val="00880C1F"/>
     <w:rsid w:val="00880DA0"/>
     <w:rsid w:val="00880F05"/>
     <w:rsid w:val="008810F2"/>
     <w:rsid w:val="008816B5"/>
     <w:rsid w:val="00881A15"/>
     <w:rsid w:val="00881A63"/>
     <w:rsid w:val="00882778"/>
     <w:rsid w:val="00882DB7"/>
     <w:rsid w:val="0088317E"/>
     <w:rsid w:val="008833F3"/>
     <w:rsid w:val="008836C9"/>
     <w:rsid w:val="00883816"/>
     <w:rsid w:val="0088381A"/>
     <w:rsid w:val="0088420D"/>
     <w:rsid w:val="008849AD"/>
     <w:rsid w:val="00885316"/>
     <w:rsid w:val="008859A5"/>
     <w:rsid w:val="00885FEF"/>
     <w:rsid w:val="008860F5"/>
     <w:rsid w:val="008864EB"/>
     <w:rsid w:val="00886567"/>
     <w:rsid w:val="008865B8"/>
     <w:rsid w:val="008871AD"/>
@@ -7441,162 +7023,159 @@
     <w:rsid w:val="008B3E3B"/>
     <w:rsid w:val="008B4683"/>
     <w:rsid w:val="008B48F5"/>
     <w:rsid w:val="008B4B24"/>
     <w:rsid w:val="008B4F33"/>
     <w:rsid w:val="008B56FA"/>
     <w:rsid w:val="008B585B"/>
     <w:rsid w:val="008B5AED"/>
     <w:rsid w:val="008B6101"/>
     <w:rsid w:val="008B6408"/>
     <w:rsid w:val="008B65BC"/>
     <w:rsid w:val="008B66AE"/>
     <w:rsid w:val="008B68FC"/>
     <w:rsid w:val="008B6EB8"/>
     <w:rsid w:val="008C00BA"/>
     <w:rsid w:val="008C08BA"/>
     <w:rsid w:val="008C14C7"/>
     <w:rsid w:val="008C18D7"/>
     <w:rsid w:val="008C1DD1"/>
     <w:rsid w:val="008C2532"/>
     <w:rsid w:val="008C25A0"/>
     <w:rsid w:val="008C2658"/>
     <w:rsid w:val="008C2755"/>
     <w:rsid w:val="008C2C6D"/>
     <w:rsid w:val="008C31FA"/>
-    <w:rsid w:val="008C32E8"/>
     <w:rsid w:val="008C341F"/>
     <w:rsid w:val="008C3692"/>
     <w:rsid w:val="008C3F9D"/>
     <w:rsid w:val="008C425A"/>
     <w:rsid w:val="008C5337"/>
     <w:rsid w:val="008C5391"/>
     <w:rsid w:val="008C5577"/>
     <w:rsid w:val="008C55A9"/>
     <w:rsid w:val="008C58D9"/>
     <w:rsid w:val="008C59C3"/>
     <w:rsid w:val="008C5F61"/>
     <w:rsid w:val="008C68D9"/>
+    <w:rsid w:val="008C6E48"/>
     <w:rsid w:val="008C6F4A"/>
     <w:rsid w:val="008C7058"/>
     <w:rsid w:val="008C72AA"/>
     <w:rsid w:val="008C74AE"/>
     <w:rsid w:val="008C7CBD"/>
     <w:rsid w:val="008C7D52"/>
     <w:rsid w:val="008C7E7A"/>
     <w:rsid w:val="008D0557"/>
     <w:rsid w:val="008D0A9C"/>
     <w:rsid w:val="008D1629"/>
     <w:rsid w:val="008D1E99"/>
     <w:rsid w:val="008D1ECB"/>
     <w:rsid w:val="008D26A6"/>
     <w:rsid w:val="008D276E"/>
     <w:rsid w:val="008D30A8"/>
     <w:rsid w:val="008D35BA"/>
     <w:rsid w:val="008D44E6"/>
     <w:rsid w:val="008D515E"/>
     <w:rsid w:val="008D59B3"/>
     <w:rsid w:val="008D6BFA"/>
     <w:rsid w:val="008D7C19"/>
     <w:rsid w:val="008D7C5D"/>
     <w:rsid w:val="008E0422"/>
-    <w:rsid w:val="008E0569"/>
     <w:rsid w:val="008E06AA"/>
     <w:rsid w:val="008E0C18"/>
     <w:rsid w:val="008E1386"/>
     <w:rsid w:val="008E1550"/>
     <w:rsid w:val="008E1662"/>
     <w:rsid w:val="008E1702"/>
     <w:rsid w:val="008E1855"/>
     <w:rsid w:val="008E2ABB"/>
     <w:rsid w:val="008E31AD"/>
     <w:rsid w:val="008E34CA"/>
     <w:rsid w:val="008E3503"/>
     <w:rsid w:val="008E35CF"/>
     <w:rsid w:val="008E3617"/>
     <w:rsid w:val="008E37EA"/>
     <w:rsid w:val="008E3E9C"/>
     <w:rsid w:val="008E4015"/>
     <w:rsid w:val="008E4114"/>
     <w:rsid w:val="008E41FB"/>
     <w:rsid w:val="008E49B7"/>
     <w:rsid w:val="008E4CEB"/>
     <w:rsid w:val="008E51AC"/>
     <w:rsid w:val="008E55B6"/>
     <w:rsid w:val="008E5D76"/>
     <w:rsid w:val="008E64AD"/>
     <w:rsid w:val="008E6969"/>
     <w:rsid w:val="008E6A12"/>
     <w:rsid w:val="008E723E"/>
     <w:rsid w:val="008E75C9"/>
     <w:rsid w:val="008E760D"/>
     <w:rsid w:val="008E7819"/>
     <w:rsid w:val="008E7BD0"/>
     <w:rsid w:val="008E7C2B"/>
     <w:rsid w:val="008E7EC8"/>
     <w:rsid w:val="008F0658"/>
     <w:rsid w:val="008F0F14"/>
     <w:rsid w:val="008F0FCB"/>
     <w:rsid w:val="008F1551"/>
     <w:rsid w:val="008F1F98"/>
     <w:rsid w:val="008F2837"/>
     <w:rsid w:val="008F2891"/>
     <w:rsid w:val="008F329E"/>
     <w:rsid w:val="008F35E8"/>
     <w:rsid w:val="008F382D"/>
     <w:rsid w:val="008F44D6"/>
     <w:rsid w:val="008F461D"/>
-    <w:rsid w:val="008F49A7"/>
     <w:rsid w:val="008F4A61"/>
     <w:rsid w:val="008F4AF7"/>
     <w:rsid w:val="008F5A33"/>
     <w:rsid w:val="008F6EA8"/>
     <w:rsid w:val="008F7472"/>
     <w:rsid w:val="008F74AE"/>
     <w:rsid w:val="009004B0"/>
     <w:rsid w:val="00900719"/>
     <w:rsid w:val="009007FA"/>
     <w:rsid w:val="00900A97"/>
     <w:rsid w:val="009012AD"/>
     <w:rsid w:val="00901F3C"/>
     <w:rsid w:val="009020E8"/>
     <w:rsid w:val="0090249A"/>
     <w:rsid w:val="00902961"/>
     <w:rsid w:val="00902A59"/>
     <w:rsid w:val="00902C49"/>
     <w:rsid w:val="00902C93"/>
     <w:rsid w:val="0090321B"/>
     <w:rsid w:val="00903484"/>
     <w:rsid w:val="009035E1"/>
     <w:rsid w:val="00903772"/>
     <w:rsid w:val="00903A84"/>
     <w:rsid w:val="00903B45"/>
     <w:rsid w:val="00904657"/>
     <w:rsid w:val="00904CBF"/>
     <w:rsid w:val="00904CE7"/>
     <w:rsid w:val="00904D29"/>
-    <w:rsid w:val="00905555"/>
     <w:rsid w:val="00905674"/>
     <w:rsid w:val="009058FF"/>
     <w:rsid w:val="00905A4E"/>
     <w:rsid w:val="00905E25"/>
     <w:rsid w:val="00906228"/>
     <w:rsid w:val="0090633B"/>
     <w:rsid w:val="009063B5"/>
     <w:rsid w:val="0090644D"/>
     <w:rsid w:val="009064FB"/>
     <w:rsid w:val="00906714"/>
     <w:rsid w:val="00906B28"/>
     <w:rsid w:val="00906F4C"/>
     <w:rsid w:val="009076A3"/>
     <w:rsid w:val="0090783A"/>
     <w:rsid w:val="00910401"/>
     <w:rsid w:val="009106AF"/>
     <w:rsid w:val="009106DF"/>
     <w:rsid w:val="009107D6"/>
     <w:rsid w:val="00911043"/>
     <w:rsid w:val="0091126F"/>
     <w:rsid w:val="0091162A"/>
     <w:rsid w:val="00911813"/>
     <w:rsid w:val="009118EF"/>
     <w:rsid w:val="009121B7"/>
     <w:rsid w:val="009122BA"/>
@@ -7614,141 +7193,138 @@
     <w:rsid w:val="009163AE"/>
     <w:rsid w:val="009164D6"/>
     <w:rsid w:val="00916C6C"/>
     <w:rsid w:val="0091702A"/>
     <w:rsid w:val="00917553"/>
     <w:rsid w:val="00917710"/>
     <w:rsid w:val="0092009C"/>
     <w:rsid w:val="00920245"/>
     <w:rsid w:val="0092034E"/>
     <w:rsid w:val="009204C1"/>
     <w:rsid w:val="009207BB"/>
     <w:rsid w:val="00920A3D"/>
     <w:rsid w:val="0092118C"/>
     <w:rsid w:val="00921331"/>
     <w:rsid w:val="0092167D"/>
     <w:rsid w:val="00921A4C"/>
     <w:rsid w:val="0092208F"/>
     <w:rsid w:val="00922851"/>
     <w:rsid w:val="00922918"/>
     <w:rsid w:val="00923353"/>
     <w:rsid w:val="0092360E"/>
     <w:rsid w:val="0092397A"/>
     <w:rsid w:val="009239DE"/>
     <w:rsid w:val="00923AA2"/>
     <w:rsid w:val="00923E09"/>
-    <w:rsid w:val="00923EC9"/>
     <w:rsid w:val="00923F0D"/>
     <w:rsid w:val="009240FF"/>
     <w:rsid w:val="0092421F"/>
     <w:rsid w:val="0092474F"/>
     <w:rsid w:val="00924B21"/>
     <w:rsid w:val="00924DDA"/>
     <w:rsid w:val="009250C4"/>
     <w:rsid w:val="00925426"/>
     <w:rsid w:val="009254E1"/>
     <w:rsid w:val="00925885"/>
     <w:rsid w:val="009258FA"/>
     <w:rsid w:val="00925E75"/>
     <w:rsid w:val="00926131"/>
     <w:rsid w:val="0092673E"/>
     <w:rsid w:val="00926D3D"/>
     <w:rsid w:val="009276EF"/>
     <w:rsid w:val="009278E3"/>
     <w:rsid w:val="00927C58"/>
     <w:rsid w:val="009300C0"/>
     <w:rsid w:val="0093087D"/>
     <w:rsid w:val="00931425"/>
     <w:rsid w:val="00932626"/>
     <w:rsid w:val="009326AE"/>
     <w:rsid w:val="00932842"/>
     <w:rsid w:val="00933997"/>
     <w:rsid w:val="00934172"/>
     <w:rsid w:val="009350B5"/>
     <w:rsid w:val="00935C0E"/>
     <w:rsid w:val="00936BC7"/>
     <w:rsid w:val="00936F5F"/>
     <w:rsid w:val="0093715B"/>
     <w:rsid w:val="0093746B"/>
-    <w:rsid w:val="009402F8"/>
     <w:rsid w:val="009409FE"/>
-    <w:rsid w:val="009412D7"/>
     <w:rsid w:val="00941538"/>
     <w:rsid w:val="009415B2"/>
     <w:rsid w:val="00943B87"/>
     <w:rsid w:val="009440D5"/>
     <w:rsid w:val="0094469B"/>
     <w:rsid w:val="009449FA"/>
     <w:rsid w:val="00944A4C"/>
     <w:rsid w:val="00944A83"/>
     <w:rsid w:val="00944AC6"/>
     <w:rsid w:val="00945070"/>
     <w:rsid w:val="009457D8"/>
     <w:rsid w:val="00945C77"/>
     <w:rsid w:val="009461F1"/>
     <w:rsid w:val="0094623A"/>
     <w:rsid w:val="00946B47"/>
     <w:rsid w:val="00946D43"/>
     <w:rsid w:val="00947123"/>
     <w:rsid w:val="009473E7"/>
     <w:rsid w:val="009476CC"/>
     <w:rsid w:val="00947733"/>
     <w:rsid w:val="00947753"/>
     <w:rsid w:val="00947B38"/>
     <w:rsid w:val="00950644"/>
     <w:rsid w:val="00951FF5"/>
     <w:rsid w:val="0095232A"/>
     <w:rsid w:val="009529BB"/>
     <w:rsid w:val="00952C65"/>
     <w:rsid w:val="00952D0A"/>
     <w:rsid w:val="00952F66"/>
     <w:rsid w:val="00953625"/>
     <w:rsid w:val="00953BFA"/>
     <w:rsid w:val="00953D3D"/>
     <w:rsid w:val="0095438B"/>
     <w:rsid w:val="00954BA7"/>
     <w:rsid w:val="00954C40"/>
     <w:rsid w:val="009557CF"/>
     <w:rsid w:val="00955D3A"/>
     <w:rsid w:val="0095645A"/>
     <w:rsid w:val="009564D0"/>
     <w:rsid w:val="00956A14"/>
     <w:rsid w:val="00957060"/>
     <w:rsid w:val="009571AA"/>
     <w:rsid w:val="0095730F"/>
     <w:rsid w:val="009573FE"/>
     <w:rsid w:val="00957A87"/>
     <w:rsid w:val="00957E55"/>
-    <w:rsid w:val="00957EB0"/>
     <w:rsid w:val="00957ED8"/>
     <w:rsid w:val="0096014A"/>
     <w:rsid w:val="0096020E"/>
     <w:rsid w:val="00960447"/>
     <w:rsid w:val="00960905"/>
     <w:rsid w:val="00960951"/>
     <w:rsid w:val="00960BA6"/>
     <w:rsid w:val="00960D12"/>
+    <w:rsid w:val="00960EE3"/>
     <w:rsid w:val="0096156B"/>
     <w:rsid w:val="00961B81"/>
     <w:rsid w:val="00961BF2"/>
     <w:rsid w:val="00963640"/>
     <w:rsid w:val="0096365E"/>
     <w:rsid w:val="00963890"/>
     <w:rsid w:val="009642A0"/>
     <w:rsid w:val="00964B1B"/>
     <w:rsid w:val="00964E41"/>
     <w:rsid w:val="0096550E"/>
     <w:rsid w:val="00965D11"/>
     <w:rsid w:val="00965D77"/>
     <w:rsid w:val="00966512"/>
     <w:rsid w:val="0096682F"/>
     <w:rsid w:val="00966EF7"/>
     <w:rsid w:val="00967ABA"/>
     <w:rsid w:val="00967C17"/>
     <w:rsid w:val="00967D58"/>
     <w:rsid w:val="00970615"/>
     <w:rsid w:val="00970CF9"/>
     <w:rsid w:val="00971545"/>
     <w:rsid w:val="00971B17"/>
     <w:rsid w:val="00971CB1"/>
     <w:rsid w:val="009720C0"/>
     <w:rsid w:val="009720CF"/>
@@ -7804,182 +7380,175 @@
     <w:rsid w:val="009932DA"/>
     <w:rsid w:val="009932F2"/>
     <w:rsid w:val="009939D5"/>
     <w:rsid w:val="0099431D"/>
     <w:rsid w:val="0099485A"/>
     <w:rsid w:val="00994FDD"/>
     <w:rsid w:val="0099500A"/>
     <w:rsid w:val="00995734"/>
     <w:rsid w:val="00995899"/>
     <w:rsid w:val="009958B2"/>
     <w:rsid w:val="009958FB"/>
     <w:rsid w:val="00995A66"/>
     <w:rsid w:val="009968E7"/>
     <w:rsid w:val="00997255"/>
     <w:rsid w:val="0099792A"/>
     <w:rsid w:val="00997A0B"/>
     <w:rsid w:val="009A0026"/>
     <w:rsid w:val="009A0CC1"/>
     <w:rsid w:val="009A0E8A"/>
     <w:rsid w:val="009A0EDE"/>
     <w:rsid w:val="009A13E1"/>
     <w:rsid w:val="009A149F"/>
     <w:rsid w:val="009A1FF5"/>
     <w:rsid w:val="009A23AD"/>
     <w:rsid w:val="009A2534"/>
-    <w:rsid w:val="009A27EB"/>
-    <w:rsid w:val="009A2921"/>
     <w:rsid w:val="009A2A12"/>
     <w:rsid w:val="009A2B4C"/>
     <w:rsid w:val="009A2C34"/>
     <w:rsid w:val="009A2E50"/>
     <w:rsid w:val="009A2E61"/>
     <w:rsid w:val="009A315E"/>
     <w:rsid w:val="009A358B"/>
     <w:rsid w:val="009A35F4"/>
     <w:rsid w:val="009A3D34"/>
     <w:rsid w:val="009A3DA5"/>
     <w:rsid w:val="009A3E3A"/>
     <w:rsid w:val="009A40ED"/>
     <w:rsid w:val="009A430E"/>
     <w:rsid w:val="009A5B29"/>
     <w:rsid w:val="009A6B98"/>
     <w:rsid w:val="009A76A0"/>
     <w:rsid w:val="009A7709"/>
     <w:rsid w:val="009A7D87"/>
     <w:rsid w:val="009B02D7"/>
     <w:rsid w:val="009B18BC"/>
     <w:rsid w:val="009B24CA"/>
     <w:rsid w:val="009B254A"/>
     <w:rsid w:val="009B26C6"/>
     <w:rsid w:val="009B2703"/>
     <w:rsid w:val="009B29FF"/>
     <w:rsid w:val="009B35FA"/>
     <w:rsid w:val="009B364B"/>
     <w:rsid w:val="009B36FF"/>
     <w:rsid w:val="009B37B1"/>
     <w:rsid w:val="009B4246"/>
     <w:rsid w:val="009B441A"/>
     <w:rsid w:val="009B4954"/>
     <w:rsid w:val="009B56C1"/>
     <w:rsid w:val="009B579A"/>
     <w:rsid w:val="009B5CE7"/>
     <w:rsid w:val="009B5E90"/>
     <w:rsid w:val="009B6916"/>
     <w:rsid w:val="009B6A86"/>
     <w:rsid w:val="009B6D03"/>
     <w:rsid w:val="009B6EA5"/>
     <w:rsid w:val="009B754E"/>
     <w:rsid w:val="009B76E6"/>
-    <w:rsid w:val="009B7C7F"/>
     <w:rsid w:val="009C0092"/>
     <w:rsid w:val="009C10CD"/>
     <w:rsid w:val="009C10F6"/>
     <w:rsid w:val="009C1E54"/>
     <w:rsid w:val="009C2C58"/>
     <w:rsid w:val="009C312F"/>
     <w:rsid w:val="009C3455"/>
     <w:rsid w:val="009C3E93"/>
     <w:rsid w:val="009C4471"/>
     <w:rsid w:val="009C4C07"/>
     <w:rsid w:val="009C52B4"/>
     <w:rsid w:val="009C6A64"/>
-    <w:rsid w:val="009C6EB2"/>
     <w:rsid w:val="009C6FBC"/>
     <w:rsid w:val="009C751E"/>
     <w:rsid w:val="009C759A"/>
     <w:rsid w:val="009C775A"/>
     <w:rsid w:val="009C7B89"/>
     <w:rsid w:val="009D035F"/>
     <w:rsid w:val="009D139B"/>
     <w:rsid w:val="009D1A99"/>
     <w:rsid w:val="009D233E"/>
     <w:rsid w:val="009D2647"/>
     <w:rsid w:val="009D2BF8"/>
     <w:rsid w:val="009D2DF2"/>
     <w:rsid w:val="009D3633"/>
     <w:rsid w:val="009D3D57"/>
     <w:rsid w:val="009D4187"/>
     <w:rsid w:val="009D4ACC"/>
     <w:rsid w:val="009D4F7A"/>
     <w:rsid w:val="009D511B"/>
     <w:rsid w:val="009D56DD"/>
     <w:rsid w:val="009D57D2"/>
     <w:rsid w:val="009D6327"/>
     <w:rsid w:val="009D7618"/>
     <w:rsid w:val="009D7B2B"/>
     <w:rsid w:val="009E0FB2"/>
     <w:rsid w:val="009E13D4"/>
     <w:rsid w:val="009E1FF9"/>
-    <w:rsid w:val="009E22C3"/>
     <w:rsid w:val="009E34D0"/>
     <w:rsid w:val="009E358D"/>
     <w:rsid w:val="009E37D5"/>
     <w:rsid w:val="009E3FF7"/>
     <w:rsid w:val="009E451B"/>
     <w:rsid w:val="009E465F"/>
     <w:rsid w:val="009E4DF9"/>
     <w:rsid w:val="009E5620"/>
     <w:rsid w:val="009E575F"/>
     <w:rsid w:val="009E57FF"/>
     <w:rsid w:val="009E5927"/>
     <w:rsid w:val="009E5C2C"/>
     <w:rsid w:val="009E605D"/>
     <w:rsid w:val="009E6AB0"/>
     <w:rsid w:val="009E6BF9"/>
     <w:rsid w:val="009E7230"/>
-    <w:rsid w:val="009F0AD8"/>
     <w:rsid w:val="009F1761"/>
     <w:rsid w:val="009F194C"/>
     <w:rsid w:val="009F1B56"/>
     <w:rsid w:val="009F281F"/>
     <w:rsid w:val="009F2A29"/>
     <w:rsid w:val="009F34DF"/>
     <w:rsid w:val="009F3A2A"/>
     <w:rsid w:val="009F3C9B"/>
     <w:rsid w:val="009F4419"/>
     <w:rsid w:val="009F5A7E"/>
     <w:rsid w:val="009F5B37"/>
     <w:rsid w:val="009F66FB"/>
     <w:rsid w:val="009F6EE2"/>
     <w:rsid w:val="009F727D"/>
     <w:rsid w:val="009F72C0"/>
     <w:rsid w:val="009F737A"/>
     <w:rsid w:val="009F7492"/>
     <w:rsid w:val="009F752D"/>
     <w:rsid w:val="009F7CEC"/>
     <w:rsid w:val="009F7E6D"/>
     <w:rsid w:val="009F7F70"/>
     <w:rsid w:val="00A002E2"/>
     <w:rsid w:val="00A005CE"/>
     <w:rsid w:val="00A0064B"/>
     <w:rsid w:val="00A006E5"/>
     <w:rsid w:val="00A007DD"/>
     <w:rsid w:val="00A00C70"/>
     <w:rsid w:val="00A00F26"/>
     <w:rsid w:val="00A016E3"/>
-    <w:rsid w:val="00A019F3"/>
     <w:rsid w:val="00A02654"/>
     <w:rsid w:val="00A02CD9"/>
     <w:rsid w:val="00A02FFF"/>
     <w:rsid w:val="00A033B0"/>
     <w:rsid w:val="00A03692"/>
     <w:rsid w:val="00A0433E"/>
     <w:rsid w:val="00A05715"/>
     <w:rsid w:val="00A057A4"/>
     <w:rsid w:val="00A06121"/>
     <w:rsid w:val="00A066F1"/>
     <w:rsid w:val="00A07028"/>
     <w:rsid w:val="00A07439"/>
     <w:rsid w:val="00A07520"/>
     <w:rsid w:val="00A0765E"/>
     <w:rsid w:val="00A1001E"/>
     <w:rsid w:val="00A1022D"/>
     <w:rsid w:val="00A10FD8"/>
     <w:rsid w:val="00A110BE"/>
     <w:rsid w:val="00A11C9E"/>
     <w:rsid w:val="00A11EDC"/>
     <w:rsid w:val="00A122D7"/>
     <w:rsid w:val="00A122FC"/>
     <w:rsid w:val="00A1247F"/>
     <w:rsid w:val="00A126D4"/>
     <w:rsid w:val="00A12871"/>
@@ -7988,51 +7557,50 @@
     <w:rsid w:val="00A13FF7"/>
     <w:rsid w:val="00A145B2"/>
     <w:rsid w:val="00A147EB"/>
     <w:rsid w:val="00A15E9D"/>
     <w:rsid w:val="00A15F9C"/>
     <w:rsid w:val="00A161C7"/>
     <w:rsid w:val="00A1640E"/>
     <w:rsid w:val="00A1654E"/>
     <w:rsid w:val="00A179C3"/>
     <w:rsid w:val="00A203C8"/>
     <w:rsid w:val="00A204AF"/>
     <w:rsid w:val="00A20813"/>
     <w:rsid w:val="00A21952"/>
     <w:rsid w:val="00A21A95"/>
     <w:rsid w:val="00A233C2"/>
     <w:rsid w:val="00A2409E"/>
     <w:rsid w:val="00A241FB"/>
     <w:rsid w:val="00A24A1D"/>
     <w:rsid w:val="00A24AE9"/>
     <w:rsid w:val="00A24B73"/>
     <w:rsid w:val="00A251C2"/>
     <w:rsid w:val="00A252CE"/>
     <w:rsid w:val="00A255D7"/>
     <w:rsid w:val="00A25A5F"/>
     <w:rsid w:val="00A25AF8"/>
-    <w:rsid w:val="00A25D2D"/>
     <w:rsid w:val="00A263AB"/>
     <w:rsid w:val="00A264B2"/>
     <w:rsid w:val="00A27272"/>
     <w:rsid w:val="00A275F9"/>
     <w:rsid w:val="00A27CF9"/>
     <w:rsid w:val="00A27E9F"/>
     <w:rsid w:val="00A308CF"/>
     <w:rsid w:val="00A30B21"/>
     <w:rsid w:val="00A30B29"/>
     <w:rsid w:val="00A30B8D"/>
     <w:rsid w:val="00A30EDA"/>
     <w:rsid w:val="00A30EED"/>
     <w:rsid w:val="00A31303"/>
     <w:rsid w:val="00A31772"/>
     <w:rsid w:val="00A318DD"/>
     <w:rsid w:val="00A31E28"/>
     <w:rsid w:val="00A31F1D"/>
     <w:rsid w:val="00A3221B"/>
     <w:rsid w:val="00A3230B"/>
     <w:rsid w:val="00A32C0E"/>
     <w:rsid w:val="00A32C63"/>
     <w:rsid w:val="00A32FD5"/>
     <w:rsid w:val="00A330A3"/>
     <w:rsid w:val="00A330AB"/>
     <w:rsid w:val="00A3342C"/>
@@ -8080,51 +7648,50 @@
     <w:rsid w:val="00A52BF0"/>
     <w:rsid w:val="00A53575"/>
     <w:rsid w:val="00A5383A"/>
     <w:rsid w:val="00A53FF1"/>
     <w:rsid w:val="00A54117"/>
     <w:rsid w:val="00A5484A"/>
     <w:rsid w:val="00A55054"/>
     <w:rsid w:val="00A55A61"/>
     <w:rsid w:val="00A55EB0"/>
     <w:rsid w:val="00A55FAA"/>
     <w:rsid w:val="00A563D7"/>
     <w:rsid w:val="00A56AA0"/>
     <w:rsid w:val="00A56CC7"/>
     <w:rsid w:val="00A604ED"/>
     <w:rsid w:val="00A60FA2"/>
     <w:rsid w:val="00A610F7"/>
     <w:rsid w:val="00A6175F"/>
     <w:rsid w:val="00A61AC4"/>
     <w:rsid w:val="00A61EA0"/>
     <w:rsid w:val="00A6203C"/>
     <w:rsid w:val="00A62124"/>
     <w:rsid w:val="00A62294"/>
     <w:rsid w:val="00A629C6"/>
     <w:rsid w:val="00A63B9B"/>
     <w:rsid w:val="00A643EF"/>
-    <w:rsid w:val="00A64627"/>
     <w:rsid w:val="00A6469D"/>
     <w:rsid w:val="00A64A6D"/>
     <w:rsid w:val="00A65934"/>
     <w:rsid w:val="00A675F3"/>
     <w:rsid w:val="00A67B49"/>
     <w:rsid w:val="00A70226"/>
     <w:rsid w:val="00A70A39"/>
     <w:rsid w:val="00A70D9E"/>
     <w:rsid w:val="00A7126B"/>
     <w:rsid w:val="00A71528"/>
     <w:rsid w:val="00A7190C"/>
     <w:rsid w:val="00A71CD9"/>
     <w:rsid w:val="00A724DD"/>
     <w:rsid w:val="00A73117"/>
     <w:rsid w:val="00A73511"/>
     <w:rsid w:val="00A7358B"/>
     <w:rsid w:val="00A73CCF"/>
     <w:rsid w:val="00A73F97"/>
     <w:rsid w:val="00A74689"/>
     <w:rsid w:val="00A752C0"/>
     <w:rsid w:val="00A7562A"/>
     <w:rsid w:val="00A75E82"/>
     <w:rsid w:val="00A75F1F"/>
     <w:rsid w:val="00A767AF"/>
     <w:rsid w:val="00A76AE0"/>
@@ -8161,51 +7728,50 @@
     <w:rsid w:val="00A90BA4"/>
     <w:rsid w:val="00A90BBC"/>
     <w:rsid w:val="00A913B5"/>
     <w:rsid w:val="00A914FA"/>
     <w:rsid w:val="00A916FF"/>
     <w:rsid w:val="00A917E8"/>
     <w:rsid w:val="00A91A98"/>
     <w:rsid w:val="00A92296"/>
     <w:rsid w:val="00A923DD"/>
     <w:rsid w:val="00A931DC"/>
     <w:rsid w:val="00A93592"/>
     <w:rsid w:val="00A935D0"/>
     <w:rsid w:val="00A93775"/>
     <w:rsid w:val="00A9426B"/>
     <w:rsid w:val="00A9487B"/>
     <w:rsid w:val="00A94ED6"/>
     <w:rsid w:val="00A950D7"/>
     <w:rsid w:val="00A951B4"/>
     <w:rsid w:val="00A958A2"/>
     <w:rsid w:val="00A95C4A"/>
     <w:rsid w:val="00A973A2"/>
     <w:rsid w:val="00A9775A"/>
     <w:rsid w:val="00A97A83"/>
     <w:rsid w:val="00A97D21"/>
     <w:rsid w:val="00A97FEA"/>
-    <w:rsid w:val="00AA0076"/>
     <w:rsid w:val="00AA0220"/>
     <w:rsid w:val="00AA0FFD"/>
     <w:rsid w:val="00AA11B6"/>
     <w:rsid w:val="00AA1741"/>
     <w:rsid w:val="00AA227D"/>
     <w:rsid w:val="00AA28EB"/>
     <w:rsid w:val="00AA3589"/>
     <w:rsid w:val="00AA3F5D"/>
     <w:rsid w:val="00AA47B3"/>
     <w:rsid w:val="00AA491F"/>
     <w:rsid w:val="00AA4F5C"/>
     <w:rsid w:val="00AA5023"/>
     <w:rsid w:val="00AA51CF"/>
     <w:rsid w:val="00AA5865"/>
     <w:rsid w:val="00AA5C87"/>
     <w:rsid w:val="00AA640F"/>
     <w:rsid w:val="00AA65F7"/>
     <w:rsid w:val="00AA66BC"/>
     <w:rsid w:val="00AA6AF9"/>
     <w:rsid w:val="00AA6FC5"/>
     <w:rsid w:val="00AA7E9B"/>
     <w:rsid w:val="00AB0948"/>
     <w:rsid w:val="00AB0CA9"/>
     <w:rsid w:val="00AB0E1B"/>
     <w:rsid w:val="00AB14CC"/>
@@ -8277,51 +7843,50 @@
     <w:rsid w:val="00AD5EBA"/>
     <w:rsid w:val="00AD67EC"/>
     <w:rsid w:val="00AD6E88"/>
     <w:rsid w:val="00AD6E97"/>
     <w:rsid w:val="00AD6EF0"/>
     <w:rsid w:val="00AE065A"/>
     <w:rsid w:val="00AE0950"/>
     <w:rsid w:val="00AE09A7"/>
     <w:rsid w:val="00AE0C75"/>
     <w:rsid w:val="00AE15AD"/>
     <w:rsid w:val="00AE16C1"/>
     <w:rsid w:val="00AE1D0C"/>
     <w:rsid w:val="00AE1D15"/>
     <w:rsid w:val="00AE1E73"/>
     <w:rsid w:val="00AE1F97"/>
     <w:rsid w:val="00AE2DF2"/>
     <w:rsid w:val="00AE3120"/>
     <w:rsid w:val="00AE332A"/>
     <w:rsid w:val="00AE38AF"/>
     <w:rsid w:val="00AE3DC7"/>
     <w:rsid w:val="00AE422C"/>
     <w:rsid w:val="00AE43B5"/>
     <w:rsid w:val="00AE4583"/>
     <w:rsid w:val="00AE4A44"/>
     <w:rsid w:val="00AE5133"/>
-    <w:rsid w:val="00AE516A"/>
     <w:rsid w:val="00AE51A3"/>
     <w:rsid w:val="00AE51BF"/>
     <w:rsid w:val="00AE522B"/>
     <w:rsid w:val="00AE56F3"/>
     <w:rsid w:val="00AE578B"/>
     <w:rsid w:val="00AE642E"/>
     <w:rsid w:val="00AE6889"/>
     <w:rsid w:val="00AE7031"/>
     <w:rsid w:val="00AE70E6"/>
     <w:rsid w:val="00AE71A0"/>
     <w:rsid w:val="00AE7247"/>
     <w:rsid w:val="00AE7CA2"/>
     <w:rsid w:val="00AF034A"/>
     <w:rsid w:val="00AF0C35"/>
     <w:rsid w:val="00AF1B5E"/>
     <w:rsid w:val="00AF1E98"/>
     <w:rsid w:val="00AF270E"/>
     <w:rsid w:val="00AF2D25"/>
     <w:rsid w:val="00AF30AA"/>
     <w:rsid w:val="00AF3238"/>
     <w:rsid w:val="00AF3AAE"/>
     <w:rsid w:val="00AF3B71"/>
     <w:rsid w:val="00AF3DC0"/>
     <w:rsid w:val="00AF402F"/>
     <w:rsid w:val="00AF423A"/>
@@ -8329,88 +7894,85 @@
     <w:rsid w:val="00AF4938"/>
     <w:rsid w:val="00AF4AB4"/>
     <w:rsid w:val="00AF4CF3"/>
     <w:rsid w:val="00AF53D0"/>
     <w:rsid w:val="00AF5E9F"/>
     <w:rsid w:val="00AF5F22"/>
     <w:rsid w:val="00AF7E8F"/>
     <w:rsid w:val="00B00113"/>
     <w:rsid w:val="00B00AFC"/>
     <w:rsid w:val="00B014B2"/>
     <w:rsid w:val="00B01625"/>
     <w:rsid w:val="00B01707"/>
     <w:rsid w:val="00B01DD9"/>
     <w:rsid w:val="00B0254B"/>
     <w:rsid w:val="00B0288F"/>
     <w:rsid w:val="00B02A8F"/>
     <w:rsid w:val="00B0355F"/>
     <w:rsid w:val="00B03C6D"/>
     <w:rsid w:val="00B03EB0"/>
     <w:rsid w:val="00B043D2"/>
     <w:rsid w:val="00B04410"/>
     <w:rsid w:val="00B0495F"/>
     <w:rsid w:val="00B04C73"/>
     <w:rsid w:val="00B04F03"/>
     <w:rsid w:val="00B0518F"/>
-    <w:rsid w:val="00B0555E"/>
     <w:rsid w:val="00B060BF"/>
     <w:rsid w:val="00B06837"/>
     <w:rsid w:val="00B06A2A"/>
     <w:rsid w:val="00B06C38"/>
     <w:rsid w:val="00B06FEF"/>
     <w:rsid w:val="00B079AF"/>
     <w:rsid w:val="00B07C7B"/>
     <w:rsid w:val="00B10084"/>
     <w:rsid w:val="00B111AA"/>
     <w:rsid w:val="00B116C3"/>
     <w:rsid w:val="00B11D28"/>
     <w:rsid w:val="00B1229E"/>
     <w:rsid w:val="00B12339"/>
     <w:rsid w:val="00B12633"/>
     <w:rsid w:val="00B1267E"/>
     <w:rsid w:val="00B128B6"/>
     <w:rsid w:val="00B128F2"/>
     <w:rsid w:val="00B130FC"/>
     <w:rsid w:val="00B14403"/>
     <w:rsid w:val="00B14A80"/>
     <w:rsid w:val="00B152F1"/>
     <w:rsid w:val="00B1545A"/>
     <w:rsid w:val="00B1547A"/>
-    <w:rsid w:val="00B155D7"/>
     <w:rsid w:val="00B15FD0"/>
     <w:rsid w:val="00B16045"/>
     <w:rsid w:val="00B165AF"/>
     <w:rsid w:val="00B166F4"/>
     <w:rsid w:val="00B17B04"/>
     <w:rsid w:val="00B2026A"/>
     <w:rsid w:val="00B202E6"/>
     <w:rsid w:val="00B2068E"/>
     <w:rsid w:val="00B20D77"/>
     <w:rsid w:val="00B21820"/>
     <w:rsid w:val="00B219D7"/>
     <w:rsid w:val="00B21CE5"/>
-    <w:rsid w:val="00B21ED5"/>
     <w:rsid w:val="00B22564"/>
     <w:rsid w:val="00B22DF3"/>
     <w:rsid w:val="00B23445"/>
     <w:rsid w:val="00B2351E"/>
     <w:rsid w:val="00B2357A"/>
     <w:rsid w:val="00B24127"/>
     <w:rsid w:val="00B246EF"/>
     <w:rsid w:val="00B24B11"/>
     <w:rsid w:val="00B24B1E"/>
     <w:rsid w:val="00B25097"/>
     <w:rsid w:val="00B255AF"/>
     <w:rsid w:val="00B255D9"/>
     <w:rsid w:val="00B25DDE"/>
     <w:rsid w:val="00B2624E"/>
     <w:rsid w:val="00B26E93"/>
     <w:rsid w:val="00B30A05"/>
     <w:rsid w:val="00B30D9A"/>
     <w:rsid w:val="00B3129E"/>
     <w:rsid w:val="00B31BFF"/>
     <w:rsid w:val="00B33316"/>
     <w:rsid w:val="00B339AB"/>
     <w:rsid w:val="00B33C33"/>
     <w:rsid w:val="00B341C5"/>
     <w:rsid w:val="00B346FC"/>
     <w:rsid w:val="00B3471C"/>
@@ -8444,74 +8006,71 @@
     <w:rsid w:val="00B42936"/>
     <w:rsid w:val="00B42B76"/>
     <w:rsid w:val="00B42CCA"/>
     <w:rsid w:val="00B42E64"/>
     <w:rsid w:val="00B43494"/>
     <w:rsid w:val="00B44157"/>
     <w:rsid w:val="00B443A6"/>
     <w:rsid w:val="00B44552"/>
     <w:rsid w:val="00B44972"/>
     <w:rsid w:val="00B44AD6"/>
     <w:rsid w:val="00B44B84"/>
     <w:rsid w:val="00B44C00"/>
     <w:rsid w:val="00B45073"/>
     <w:rsid w:val="00B4527C"/>
     <w:rsid w:val="00B45BA1"/>
     <w:rsid w:val="00B45E59"/>
     <w:rsid w:val="00B46E01"/>
     <w:rsid w:val="00B4785D"/>
     <w:rsid w:val="00B47A0D"/>
     <w:rsid w:val="00B47A38"/>
     <w:rsid w:val="00B47BBC"/>
     <w:rsid w:val="00B507FD"/>
     <w:rsid w:val="00B51386"/>
     <w:rsid w:val="00B5179D"/>
     <w:rsid w:val="00B52207"/>
-    <w:rsid w:val="00B52AB0"/>
     <w:rsid w:val="00B52C63"/>
     <w:rsid w:val="00B53530"/>
     <w:rsid w:val="00B53861"/>
     <w:rsid w:val="00B53869"/>
     <w:rsid w:val="00B53D11"/>
     <w:rsid w:val="00B53FE2"/>
     <w:rsid w:val="00B54523"/>
     <w:rsid w:val="00B5461C"/>
     <w:rsid w:val="00B5464F"/>
     <w:rsid w:val="00B555BA"/>
     <w:rsid w:val="00B558D1"/>
     <w:rsid w:val="00B55E6A"/>
     <w:rsid w:val="00B56D79"/>
     <w:rsid w:val="00B56DFB"/>
     <w:rsid w:val="00B56E18"/>
     <w:rsid w:val="00B56FDF"/>
-    <w:rsid w:val="00B6099B"/>
     <w:rsid w:val="00B60E31"/>
     <w:rsid w:val="00B60F98"/>
     <w:rsid w:val="00B60F9B"/>
     <w:rsid w:val="00B615F0"/>
     <w:rsid w:val="00B617DF"/>
-    <w:rsid w:val="00B6181E"/>
     <w:rsid w:val="00B61D67"/>
     <w:rsid w:val="00B62145"/>
     <w:rsid w:val="00B62A58"/>
     <w:rsid w:val="00B62F2F"/>
     <w:rsid w:val="00B63282"/>
     <w:rsid w:val="00B63C92"/>
     <w:rsid w:val="00B6445C"/>
     <w:rsid w:val="00B64A07"/>
     <w:rsid w:val="00B64EE1"/>
     <w:rsid w:val="00B65913"/>
     <w:rsid w:val="00B66075"/>
     <w:rsid w:val="00B660BC"/>
     <w:rsid w:val="00B66237"/>
     <w:rsid w:val="00B66DAC"/>
     <w:rsid w:val="00B66EC3"/>
     <w:rsid w:val="00B707DC"/>
     <w:rsid w:val="00B70B3F"/>
     <w:rsid w:val="00B7168A"/>
     <w:rsid w:val="00B717BC"/>
     <w:rsid w:val="00B71B0B"/>
     <w:rsid w:val="00B7227D"/>
     <w:rsid w:val="00B72921"/>
     <w:rsid w:val="00B73A60"/>
     <w:rsid w:val="00B73E60"/>
     <w:rsid w:val="00B74091"/>
@@ -8542,140 +8101,135 @@
     <w:rsid w:val="00B85C63"/>
     <w:rsid w:val="00B86437"/>
     <w:rsid w:val="00B8688E"/>
     <w:rsid w:val="00B86EAB"/>
     <w:rsid w:val="00B879DD"/>
     <w:rsid w:val="00B90B0E"/>
     <w:rsid w:val="00B9152E"/>
     <w:rsid w:val="00B92282"/>
     <w:rsid w:val="00B922F7"/>
     <w:rsid w:val="00B92DDF"/>
     <w:rsid w:val="00B939B4"/>
     <w:rsid w:val="00B93B18"/>
     <w:rsid w:val="00B940D2"/>
     <w:rsid w:val="00B94D5F"/>
     <w:rsid w:val="00B954A5"/>
     <w:rsid w:val="00B9562D"/>
     <w:rsid w:val="00B95736"/>
     <w:rsid w:val="00B957BB"/>
     <w:rsid w:val="00B95D69"/>
     <w:rsid w:val="00B95F49"/>
     <w:rsid w:val="00B963E3"/>
     <w:rsid w:val="00B96C68"/>
     <w:rsid w:val="00B9702E"/>
     <w:rsid w:val="00B974CB"/>
     <w:rsid w:val="00B97D8D"/>
-    <w:rsid w:val="00B97F84"/>
     <w:rsid w:val="00BA01CC"/>
     <w:rsid w:val="00BA02C2"/>
     <w:rsid w:val="00BA02D7"/>
     <w:rsid w:val="00BA067E"/>
     <w:rsid w:val="00BA0E92"/>
     <w:rsid w:val="00BA14BA"/>
     <w:rsid w:val="00BA1871"/>
     <w:rsid w:val="00BA25F8"/>
     <w:rsid w:val="00BA2E8A"/>
     <w:rsid w:val="00BA341A"/>
     <w:rsid w:val="00BA3476"/>
     <w:rsid w:val="00BA3B9A"/>
     <w:rsid w:val="00BA43C9"/>
     <w:rsid w:val="00BA4450"/>
     <w:rsid w:val="00BA4B9D"/>
     <w:rsid w:val="00BA4DEE"/>
     <w:rsid w:val="00BA5293"/>
     <w:rsid w:val="00BA5782"/>
     <w:rsid w:val="00BA61FB"/>
     <w:rsid w:val="00BA6495"/>
     <w:rsid w:val="00BA69E2"/>
     <w:rsid w:val="00BA6AB2"/>
     <w:rsid w:val="00BA7169"/>
     <w:rsid w:val="00BA722F"/>
     <w:rsid w:val="00BA7310"/>
     <w:rsid w:val="00BB00D3"/>
     <w:rsid w:val="00BB0E2D"/>
     <w:rsid w:val="00BB1C20"/>
     <w:rsid w:val="00BB1E31"/>
     <w:rsid w:val="00BB2290"/>
     <w:rsid w:val="00BB2A22"/>
     <w:rsid w:val="00BB31BB"/>
-    <w:rsid w:val="00BB3EB2"/>
     <w:rsid w:val="00BB4448"/>
     <w:rsid w:val="00BB4AD5"/>
     <w:rsid w:val="00BB4CCD"/>
     <w:rsid w:val="00BB5B2A"/>
     <w:rsid w:val="00BB5D4B"/>
     <w:rsid w:val="00BB5D84"/>
     <w:rsid w:val="00BB60E1"/>
     <w:rsid w:val="00BB74AC"/>
     <w:rsid w:val="00BB7EAE"/>
     <w:rsid w:val="00BC0169"/>
     <w:rsid w:val="00BC01DA"/>
-    <w:rsid w:val="00BC0390"/>
     <w:rsid w:val="00BC07B1"/>
     <w:rsid w:val="00BC0D19"/>
     <w:rsid w:val="00BC1138"/>
     <w:rsid w:val="00BC12D1"/>
     <w:rsid w:val="00BC135C"/>
     <w:rsid w:val="00BC1938"/>
-    <w:rsid w:val="00BC27FA"/>
     <w:rsid w:val="00BC2D77"/>
     <w:rsid w:val="00BC2E97"/>
     <w:rsid w:val="00BC356F"/>
     <w:rsid w:val="00BC41DA"/>
     <w:rsid w:val="00BC4724"/>
     <w:rsid w:val="00BC4CB4"/>
     <w:rsid w:val="00BC4E8B"/>
     <w:rsid w:val="00BC51DE"/>
     <w:rsid w:val="00BC5777"/>
     <w:rsid w:val="00BC6AAC"/>
     <w:rsid w:val="00BC6B9F"/>
     <w:rsid w:val="00BC744F"/>
     <w:rsid w:val="00BC7A4C"/>
     <w:rsid w:val="00BC7EFB"/>
     <w:rsid w:val="00BC7FEB"/>
     <w:rsid w:val="00BD14D6"/>
     <w:rsid w:val="00BD2AAC"/>
     <w:rsid w:val="00BD318A"/>
     <w:rsid w:val="00BD4235"/>
     <w:rsid w:val="00BD4720"/>
     <w:rsid w:val="00BD478E"/>
     <w:rsid w:val="00BD4F32"/>
     <w:rsid w:val="00BD5A46"/>
     <w:rsid w:val="00BD6659"/>
     <w:rsid w:val="00BD761B"/>
     <w:rsid w:val="00BD7C80"/>
     <w:rsid w:val="00BE03A7"/>
     <w:rsid w:val="00BE06E0"/>
     <w:rsid w:val="00BE0949"/>
     <w:rsid w:val="00BE09D4"/>
     <w:rsid w:val="00BE0BF0"/>
     <w:rsid w:val="00BE0E58"/>
     <w:rsid w:val="00BE0FF5"/>
     <w:rsid w:val="00BE20BF"/>
     <w:rsid w:val="00BE2728"/>
     <w:rsid w:val="00BE326C"/>
-    <w:rsid w:val="00BE326D"/>
     <w:rsid w:val="00BE40B9"/>
     <w:rsid w:val="00BE4441"/>
     <w:rsid w:val="00BE5184"/>
     <w:rsid w:val="00BE5422"/>
     <w:rsid w:val="00BE557C"/>
     <w:rsid w:val="00BE56B2"/>
     <w:rsid w:val="00BE66C0"/>
     <w:rsid w:val="00BE6A3C"/>
     <w:rsid w:val="00BE6AA8"/>
     <w:rsid w:val="00BE7C65"/>
     <w:rsid w:val="00BE7DE0"/>
     <w:rsid w:val="00BF094F"/>
     <w:rsid w:val="00BF0DCC"/>
     <w:rsid w:val="00BF173D"/>
     <w:rsid w:val="00BF1741"/>
     <w:rsid w:val="00BF1E44"/>
     <w:rsid w:val="00BF25A8"/>
     <w:rsid w:val="00BF2741"/>
     <w:rsid w:val="00BF2964"/>
     <w:rsid w:val="00BF3B1F"/>
     <w:rsid w:val="00BF3BE2"/>
     <w:rsid w:val="00BF4549"/>
     <w:rsid w:val="00BF4B45"/>
     <w:rsid w:val="00BF4CC0"/>
     <w:rsid w:val="00BF648D"/>
@@ -8693,69 +8247,66 @@
     <w:rsid w:val="00C021AF"/>
     <w:rsid w:val="00C02759"/>
     <w:rsid w:val="00C02794"/>
     <w:rsid w:val="00C03B07"/>
     <w:rsid w:val="00C03C17"/>
     <w:rsid w:val="00C042A4"/>
     <w:rsid w:val="00C04588"/>
     <w:rsid w:val="00C05016"/>
     <w:rsid w:val="00C0501C"/>
     <w:rsid w:val="00C0524D"/>
     <w:rsid w:val="00C05470"/>
     <w:rsid w:val="00C05E89"/>
     <w:rsid w:val="00C06297"/>
     <w:rsid w:val="00C062B4"/>
     <w:rsid w:val="00C06494"/>
     <w:rsid w:val="00C06829"/>
     <w:rsid w:val="00C06F7F"/>
     <w:rsid w:val="00C0707A"/>
     <w:rsid w:val="00C07261"/>
     <w:rsid w:val="00C075F5"/>
     <w:rsid w:val="00C07F63"/>
     <w:rsid w:val="00C100CC"/>
     <w:rsid w:val="00C10DDE"/>
     <w:rsid w:val="00C10EE9"/>
     <w:rsid w:val="00C11735"/>
-    <w:rsid w:val="00C11C22"/>
     <w:rsid w:val="00C11D1C"/>
     <w:rsid w:val="00C1249F"/>
     <w:rsid w:val="00C128FA"/>
     <w:rsid w:val="00C13166"/>
     <w:rsid w:val="00C13AB7"/>
-    <w:rsid w:val="00C13FED"/>
     <w:rsid w:val="00C141DA"/>
     <w:rsid w:val="00C143EA"/>
     <w:rsid w:val="00C14482"/>
     <w:rsid w:val="00C14C1D"/>
     <w:rsid w:val="00C14E8A"/>
     <w:rsid w:val="00C15C38"/>
     <w:rsid w:val="00C15E31"/>
     <w:rsid w:val="00C16737"/>
     <w:rsid w:val="00C16B21"/>
     <w:rsid w:val="00C16C59"/>
     <w:rsid w:val="00C16C6A"/>
-    <w:rsid w:val="00C17140"/>
     <w:rsid w:val="00C17455"/>
     <w:rsid w:val="00C174F4"/>
     <w:rsid w:val="00C17659"/>
     <w:rsid w:val="00C17795"/>
     <w:rsid w:val="00C178DD"/>
     <w:rsid w:val="00C200BC"/>
     <w:rsid w:val="00C202F4"/>
     <w:rsid w:val="00C211DF"/>
     <w:rsid w:val="00C213E9"/>
     <w:rsid w:val="00C21558"/>
     <w:rsid w:val="00C2157D"/>
     <w:rsid w:val="00C218F8"/>
     <w:rsid w:val="00C219F5"/>
     <w:rsid w:val="00C21B75"/>
     <w:rsid w:val="00C21BBC"/>
     <w:rsid w:val="00C21E9C"/>
     <w:rsid w:val="00C22808"/>
     <w:rsid w:val="00C22A87"/>
     <w:rsid w:val="00C22F31"/>
     <w:rsid w:val="00C22F4A"/>
     <w:rsid w:val="00C231B8"/>
     <w:rsid w:val="00C23220"/>
     <w:rsid w:val="00C2552A"/>
     <w:rsid w:val="00C25C28"/>
     <w:rsid w:val="00C26C51"/>
@@ -8766,108 +8317,100 @@
     <w:rsid w:val="00C27866"/>
     <w:rsid w:val="00C3064E"/>
     <w:rsid w:val="00C30897"/>
     <w:rsid w:val="00C309FA"/>
     <w:rsid w:val="00C30A8D"/>
     <w:rsid w:val="00C30E5D"/>
     <w:rsid w:val="00C31440"/>
     <w:rsid w:val="00C3162B"/>
     <w:rsid w:val="00C31CED"/>
     <w:rsid w:val="00C31E99"/>
     <w:rsid w:val="00C328CA"/>
     <w:rsid w:val="00C32AD9"/>
     <w:rsid w:val="00C32DB4"/>
     <w:rsid w:val="00C33412"/>
     <w:rsid w:val="00C3358B"/>
     <w:rsid w:val="00C33A64"/>
     <w:rsid w:val="00C33B15"/>
     <w:rsid w:val="00C3471B"/>
     <w:rsid w:val="00C34B5E"/>
     <w:rsid w:val="00C34C0A"/>
     <w:rsid w:val="00C34FCF"/>
     <w:rsid w:val="00C35915"/>
     <w:rsid w:val="00C36359"/>
     <w:rsid w:val="00C36AA9"/>
     <w:rsid w:val="00C372AC"/>
-    <w:rsid w:val="00C37711"/>
     <w:rsid w:val="00C37A69"/>
     <w:rsid w:val="00C37AFE"/>
     <w:rsid w:val="00C40123"/>
     <w:rsid w:val="00C40202"/>
     <w:rsid w:val="00C40B83"/>
     <w:rsid w:val="00C41101"/>
     <w:rsid w:val="00C4255E"/>
-    <w:rsid w:val="00C42B2B"/>
     <w:rsid w:val="00C432EF"/>
     <w:rsid w:val="00C43671"/>
     <w:rsid w:val="00C4387D"/>
     <w:rsid w:val="00C44C6E"/>
     <w:rsid w:val="00C44F52"/>
     <w:rsid w:val="00C44F74"/>
     <w:rsid w:val="00C4534E"/>
     <w:rsid w:val="00C459DE"/>
     <w:rsid w:val="00C45C48"/>
     <w:rsid w:val="00C45C9F"/>
     <w:rsid w:val="00C45FAE"/>
     <w:rsid w:val="00C46110"/>
     <w:rsid w:val="00C463A6"/>
     <w:rsid w:val="00C46440"/>
     <w:rsid w:val="00C46F30"/>
     <w:rsid w:val="00C50257"/>
     <w:rsid w:val="00C50B30"/>
     <w:rsid w:val="00C51D72"/>
     <w:rsid w:val="00C51F80"/>
     <w:rsid w:val="00C51F98"/>
     <w:rsid w:val="00C51FA3"/>
     <w:rsid w:val="00C52361"/>
-    <w:rsid w:val="00C534B3"/>
     <w:rsid w:val="00C53E6E"/>
     <w:rsid w:val="00C53EC1"/>
     <w:rsid w:val="00C541AD"/>
     <w:rsid w:val="00C54268"/>
     <w:rsid w:val="00C542F9"/>
     <w:rsid w:val="00C54BF0"/>
     <w:rsid w:val="00C54E05"/>
     <w:rsid w:val="00C55E80"/>
     <w:rsid w:val="00C55EF3"/>
-    <w:rsid w:val="00C56114"/>
-    <w:rsid w:val="00C5653F"/>
     <w:rsid w:val="00C57014"/>
     <w:rsid w:val="00C5710A"/>
     <w:rsid w:val="00C57262"/>
     <w:rsid w:val="00C57688"/>
     <w:rsid w:val="00C579BF"/>
     <w:rsid w:val="00C57AE5"/>
     <w:rsid w:val="00C57D85"/>
-    <w:rsid w:val="00C606D0"/>
     <w:rsid w:val="00C60858"/>
     <w:rsid w:val="00C60E4E"/>
     <w:rsid w:val="00C615D9"/>
     <w:rsid w:val="00C61F7D"/>
     <w:rsid w:val="00C62A6E"/>
-    <w:rsid w:val="00C634EC"/>
-    <w:rsid w:val="00C63B58"/>
     <w:rsid w:val="00C64673"/>
     <w:rsid w:val="00C64F34"/>
     <w:rsid w:val="00C65A3D"/>
     <w:rsid w:val="00C65F17"/>
     <w:rsid w:val="00C66812"/>
     <w:rsid w:val="00C66CEA"/>
     <w:rsid w:val="00C6735A"/>
     <w:rsid w:val="00C67523"/>
     <w:rsid w:val="00C67DE9"/>
     <w:rsid w:val="00C7071D"/>
     <w:rsid w:val="00C70823"/>
     <w:rsid w:val="00C70B34"/>
     <w:rsid w:val="00C70B4C"/>
     <w:rsid w:val="00C71281"/>
     <w:rsid w:val="00C712E3"/>
     <w:rsid w:val="00C7166F"/>
     <w:rsid w:val="00C71B97"/>
     <w:rsid w:val="00C720EF"/>
     <w:rsid w:val="00C72EA1"/>
     <w:rsid w:val="00C73512"/>
     <w:rsid w:val="00C736C4"/>
     <w:rsid w:val="00C738FC"/>
     <w:rsid w:val="00C73CD3"/>
     <w:rsid w:val="00C73FB7"/>
     <w:rsid w:val="00C74692"/>
@@ -8913,51 +8456,50 @@
     <w:rsid w:val="00C8727F"/>
     <w:rsid w:val="00C87418"/>
     <w:rsid w:val="00C87A85"/>
     <w:rsid w:val="00C87B77"/>
     <w:rsid w:val="00C9022E"/>
     <w:rsid w:val="00C90308"/>
     <w:rsid w:val="00C903F6"/>
     <w:rsid w:val="00C90D8D"/>
     <w:rsid w:val="00C90EB7"/>
     <w:rsid w:val="00C90F0F"/>
     <w:rsid w:val="00C91262"/>
     <w:rsid w:val="00C9131B"/>
     <w:rsid w:val="00C91A24"/>
     <w:rsid w:val="00C92C1B"/>
     <w:rsid w:val="00C933E8"/>
     <w:rsid w:val="00C93DE8"/>
     <w:rsid w:val="00C95080"/>
     <w:rsid w:val="00C95194"/>
     <w:rsid w:val="00C95459"/>
     <w:rsid w:val="00C954C1"/>
     <w:rsid w:val="00C95D1C"/>
     <w:rsid w:val="00C95EE3"/>
     <w:rsid w:val="00C966C7"/>
     <w:rsid w:val="00C96F43"/>
     <w:rsid w:val="00C97A84"/>
-    <w:rsid w:val="00C97E77"/>
     <w:rsid w:val="00CA01E5"/>
     <w:rsid w:val="00CA0444"/>
     <w:rsid w:val="00CA0CAA"/>
     <w:rsid w:val="00CA12C8"/>
     <w:rsid w:val="00CA1459"/>
     <w:rsid w:val="00CA1B88"/>
     <w:rsid w:val="00CA269A"/>
     <w:rsid w:val="00CA2F5D"/>
     <w:rsid w:val="00CA331E"/>
     <w:rsid w:val="00CA3C73"/>
     <w:rsid w:val="00CA3F08"/>
     <w:rsid w:val="00CA43EC"/>
     <w:rsid w:val="00CA4597"/>
     <w:rsid w:val="00CA46E1"/>
     <w:rsid w:val="00CA50F1"/>
     <w:rsid w:val="00CA5BEC"/>
     <w:rsid w:val="00CA634F"/>
     <w:rsid w:val="00CA659F"/>
     <w:rsid w:val="00CA65B5"/>
     <w:rsid w:val="00CA67D1"/>
     <w:rsid w:val="00CA68DA"/>
     <w:rsid w:val="00CA718E"/>
     <w:rsid w:val="00CA77E7"/>
     <w:rsid w:val="00CA7AD8"/>
     <w:rsid w:val="00CA7EC8"/>
@@ -9016,51 +8558,50 @@
     <w:rsid w:val="00CC6FAC"/>
     <w:rsid w:val="00CC7567"/>
     <w:rsid w:val="00CC75A4"/>
     <w:rsid w:val="00CC777F"/>
     <w:rsid w:val="00CC7927"/>
     <w:rsid w:val="00CD01E7"/>
     <w:rsid w:val="00CD0911"/>
     <w:rsid w:val="00CD09AD"/>
     <w:rsid w:val="00CD15F1"/>
     <w:rsid w:val="00CD18BD"/>
     <w:rsid w:val="00CD2612"/>
     <w:rsid w:val="00CD2A1C"/>
     <w:rsid w:val="00CD2CB8"/>
     <w:rsid w:val="00CD2D09"/>
     <w:rsid w:val="00CD33F3"/>
     <w:rsid w:val="00CD375F"/>
     <w:rsid w:val="00CD3F17"/>
     <w:rsid w:val="00CD3F92"/>
     <w:rsid w:val="00CD42DB"/>
     <w:rsid w:val="00CD437E"/>
     <w:rsid w:val="00CD44BE"/>
     <w:rsid w:val="00CD47AE"/>
     <w:rsid w:val="00CD4C0D"/>
     <w:rsid w:val="00CD4DA5"/>
     <w:rsid w:val="00CD51FB"/>
-    <w:rsid w:val="00CD6907"/>
     <w:rsid w:val="00CD6DEB"/>
     <w:rsid w:val="00CD78F7"/>
     <w:rsid w:val="00CE02E3"/>
     <w:rsid w:val="00CE04FC"/>
     <w:rsid w:val="00CE17A4"/>
     <w:rsid w:val="00CE2019"/>
     <w:rsid w:val="00CE208B"/>
     <w:rsid w:val="00CE25E1"/>
     <w:rsid w:val="00CE2824"/>
     <w:rsid w:val="00CE2D99"/>
     <w:rsid w:val="00CE2E93"/>
     <w:rsid w:val="00CE2FF5"/>
     <w:rsid w:val="00CE311C"/>
     <w:rsid w:val="00CE345D"/>
     <w:rsid w:val="00CE34E2"/>
     <w:rsid w:val="00CE39F1"/>
     <w:rsid w:val="00CE3D45"/>
     <w:rsid w:val="00CE4D11"/>
     <w:rsid w:val="00CE5422"/>
     <w:rsid w:val="00CE5800"/>
     <w:rsid w:val="00CE59DC"/>
     <w:rsid w:val="00CE5C85"/>
     <w:rsid w:val="00CE5DCC"/>
     <w:rsid w:val="00CE6182"/>
     <w:rsid w:val="00CE6295"/>
@@ -9177,93 +8718,90 @@
     <w:rsid w:val="00D366CE"/>
     <w:rsid w:val="00D36953"/>
     <w:rsid w:val="00D36A04"/>
     <w:rsid w:val="00D36AAF"/>
     <w:rsid w:val="00D36CCE"/>
     <w:rsid w:val="00D370A1"/>
     <w:rsid w:val="00D37632"/>
     <w:rsid w:val="00D3791F"/>
     <w:rsid w:val="00D37DF4"/>
     <w:rsid w:val="00D37FB4"/>
     <w:rsid w:val="00D40895"/>
     <w:rsid w:val="00D40B92"/>
     <w:rsid w:val="00D40CE6"/>
     <w:rsid w:val="00D40DF0"/>
     <w:rsid w:val="00D41233"/>
     <w:rsid w:val="00D4151E"/>
     <w:rsid w:val="00D41541"/>
     <w:rsid w:val="00D41846"/>
     <w:rsid w:val="00D41BEF"/>
     <w:rsid w:val="00D41C64"/>
     <w:rsid w:val="00D425D6"/>
     <w:rsid w:val="00D42BE3"/>
     <w:rsid w:val="00D43390"/>
     <w:rsid w:val="00D434B5"/>
     <w:rsid w:val="00D435A3"/>
-    <w:rsid w:val="00D440C5"/>
     <w:rsid w:val="00D440FC"/>
     <w:rsid w:val="00D448BC"/>
     <w:rsid w:val="00D4556F"/>
     <w:rsid w:val="00D4574C"/>
     <w:rsid w:val="00D45956"/>
     <w:rsid w:val="00D45F2E"/>
     <w:rsid w:val="00D4606B"/>
     <w:rsid w:val="00D463E3"/>
     <w:rsid w:val="00D46CA5"/>
     <w:rsid w:val="00D46EC4"/>
     <w:rsid w:val="00D46FC1"/>
     <w:rsid w:val="00D470BA"/>
     <w:rsid w:val="00D47CE4"/>
     <w:rsid w:val="00D50FFD"/>
     <w:rsid w:val="00D5252B"/>
     <w:rsid w:val="00D533DB"/>
     <w:rsid w:val="00D53620"/>
     <w:rsid w:val="00D53A8D"/>
     <w:rsid w:val="00D53C63"/>
     <w:rsid w:val="00D54234"/>
     <w:rsid w:val="00D54619"/>
     <w:rsid w:val="00D5487C"/>
     <w:rsid w:val="00D54AFD"/>
     <w:rsid w:val="00D553F4"/>
     <w:rsid w:val="00D55C89"/>
     <w:rsid w:val="00D55D74"/>
     <w:rsid w:val="00D560BA"/>
     <w:rsid w:val="00D563A0"/>
     <w:rsid w:val="00D56522"/>
     <w:rsid w:val="00D5689B"/>
     <w:rsid w:val="00D5697A"/>
-    <w:rsid w:val="00D56C56"/>
     <w:rsid w:val="00D574A8"/>
     <w:rsid w:val="00D57719"/>
     <w:rsid w:val="00D57CA8"/>
     <w:rsid w:val="00D57CC5"/>
     <w:rsid w:val="00D57DD5"/>
     <w:rsid w:val="00D60111"/>
     <w:rsid w:val="00D6035E"/>
     <w:rsid w:val="00D60609"/>
     <w:rsid w:val="00D60924"/>
-    <w:rsid w:val="00D60D0F"/>
     <w:rsid w:val="00D610B5"/>
     <w:rsid w:val="00D61BEE"/>
     <w:rsid w:val="00D61E07"/>
     <w:rsid w:val="00D61EBE"/>
     <w:rsid w:val="00D6203B"/>
     <w:rsid w:val="00D622CE"/>
     <w:rsid w:val="00D6257C"/>
     <w:rsid w:val="00D635E1"/>
     <w:rsid w:val="00D64EE2"/>
     <w:rsid w:val="00D65219"/>
     <w:rsid w:val="00D65244"/>
     <w:rsid w:val="00D65335"/>
     <w:rsid w:val="00D65343"/>
     <w:rsid w:val="00D655CB"/>
     <w:rsid w:val="00D659BA"/>
     <w:rsid w:val="00D65B5A"/>
     <w:rsid w:val="00D6687E"/>
     <w:rsid w:val="00D66BFC"/>
     <w:rsid w:val="00D676BD"/>
     <w:rsid w:val="00D6774D"/>
     <w:rsid w:val="00D70034"/>
     <w:rsid w:val="00D7026D"/>
     <w:rsid w:val="00D702E2"/>
     <w:rsid w:val="00D707D7"/>
     <w:rsid w:val="00D70E37"/>
@@ -9325,204 +8863,198 @@
     <w:rsid w:val="00D974E1"/>
     <w:rsid w:val="00D9753C"/>
     <w:rsid w:val="00D977C9"/>
     <w:rsid w:val="00D979DD"/>
     <w:rsid w:val="00DA05E0"/>
     <w:rsid w:val="00DA084B"/>
     <w:rsid w:val="00DA0B8E"/>
     <w:rsid w:val="00DA0D59"/>
     <w:rsid w:val="00DA0F9A"/>
     <w:rsid w:val="00DA169D"/>
     <w:rsid w:val="00DA1775"/>
     <w:rsid w:val="00DA1AB7"/>
     <w:rsid w:val="00DA2073"/>
     <w:rsid w:val="00DA22DC"/>
     <w:rsid w:val="00DA3014"/>
     <w:rsid w:val="00DA388C"/>
     <w:rsid w:val="00DA3A8C"/>
     <w:rsid w:val="00DA492D"/>
     <w:rsid w:val="00DA49CF"/>
     <w:rsid w:val="00DA4E89"/>
     <w:rsid w:val="00DA520F"/>
     <w:rsid w:val="00DA53B1"/>
     <w:rsid w:val="00DA6168"/>
     <w:rsid w:val="00DA6200"/>
     <w:rsid w:val="00DA688A"/>
-    <w:rsid w:val="00DA6FE7"/>
     <w:rsid w:val="00DA7845"/>
     <w:rsid w:val="00DA78B3"/>
     <w:rsid w:val="00DA7DC5"/>
     <w:rsid w:val="00DB01DB"/>
     <w:rsid w:val="00DB07B3"/>
     <w:rsid w:val="00DB0950"/>
     <w:rsid w:val="00DB0AFB"/>
     <w:rsid w:val="00DB0B54"/>
     <w:rsid w:val="00DB0C58"/>
     <w:rsid w:val="00DB12F7"/>
     <w:rsid w:val="00DB187D"/>
     <w:rsid w:val="00DB37C0"/>
     <w:rsid w:val="00DB37EC"/>
     <w:rsid w:val="00DB3FD1"/>
     <w:rsid w:val="00DB46C6"/>
     <w:rsid w:val="00DB4A50"/>
     <w:rsid w:val="00DB4DF1"/>
     <w:rsid w:val="00DB5099"/>
     <w:rsid w:val="00DB5C09"/>
     <w:rsid w:val="00DB646A"/>
     <w:rsid w:val="00DB647A"/>
     <w:rsid w:val="00DB6955"/>
     <w:rsid w:val="00DB6B31"/>
     <w:rsid w:val="00DB6F91"/>
     <w:rsid w:val="00DB70C5"/>
     <w:rsid w:val="00DB7351"/>
     <w:rsid w:val="00DB7946"/>
     <w:rsid w:val="00DC0494"/>
     <w:rsid w:val="00DC0827"/>
     <w:rsid w:val="00DC1F59"/>
     <w:rsid w:val="00DC282E"/>
     <w:rsid w:val="00DC38A1"/>
     <w:rsid w:val="00DC3CBD"/>
     <w:rsid w:val="00DC40DB"/>
-    <w:rsid w:val="00DC461B"/>
     <w:rsid w:val="00DC5BBF"/>
     <w:rsid w:val="00DC5C40"/>
     <w:rsid w:val="00DC5D49"/>
     <w:rsid w:val="00DC6E27"/>
     <w:rsid w:val="00DC726F"/>
     <w:rsid w:val="00DC734C"/>
     <w:rsid w:val="00DC7556"/>
     <w:rsid w:val="00DD059D"/>
     <w:rsid w:val="00DD1169"/>
     <w:rsid w:val="00DD11A0"/>
     <w:rsid w:val="00DD11D5"/>
     <w:rsid w:val="00DD1451"/>
     <w:rsid w:val="00DD18DD"/>
     <w:rsid w:val="00DD1B3E"/>
     <w:rsid w:val="00DD2035"/>
     <w:rsid w:val="00DD21B0"/>
     <w:rsid w:val="00DD2E2A"/>
     <w:rsid w:val="00DD31B8"/>
     <w:rsid w:val="00DD3B56"/>
     <w:rsid w:val="00DD463E"/>
     <w:rsid w:val="00DD4BDF"/>
     <w:rsid w:val="00DD4C00"/>
     <w:rsid w:val="00DD5563"/>
     <w:rsid w:val="00DD59F9"/>
-    <w:rsid w:val="00DD5E78"/>
     <w:rsid w:val="00DD5E80"/>
     <w:rsid w:val="00DD6366"/>
     <w:rsid w:val="00DD77C6"/>
     <w:rsid w:val="00DD7D3A"/>
     <w:rsid w:val="00DD7E83"/>
     <w:rsid w:val="00DE07EE"/>
     <w:rsid w:val="00DE1F03"/>
     <w:rsid w:val="00DE2950"/>
     <w:rsid w:val="00DE3645"/>
     <w:rsid w:val="00DE39E5"/>
     <w:rsid w:val="00DE43F1"/>
     <w:rsid w:val="00DE4FB3"/>
     <w:rsid w:val="00DE5066"/>
     <w:rsid w:val="00DE55F6"/>
+    <w:rsid w:val="00DE5947"/>
     <w:rsid w:val="00DE5A96"/>
     <w:rsid w:val="00DE5B46"/>
     <w:rsid w:val="00DE5DCC"/>
     <w:rsid w:val="00DE6065"/>
     <w:rsid w:val="00DE6D31"/>
     <w:rsid w:val="00DE6F78"/>
     <w:rsid w:val="00DE7E91"/>
     <w:rsid w:val="00DF039F"/>
     <w:rsid w:val="00DF05C6"/>
     <w:rsid w:val="00DF0847"/>
-    <w:rsid w:val="00DF0867"/>
     <w:rsid w:val="00DF0B86"/>
     <w:rsid w:val="00DF0F1C"/>
     <w:rsid w:val="00DF164D"/>
     <w:rsid w:val="00DF1950"/>
     <w:rsid w:val="00DF25A1"/>
     <w:rsid w:val="00DF29D3"/>
     <w:rsid w:val="00DF2AE8"/>
     <w:rsid w:val="00DF3323"/>
-    <w:rsid w:val="00DF4322"/>
     <w:rsid w:val="00DF45A1"/>
     <w:rsid w:val="00DF4F2A"/>
     <w:rsid w:val="00DF51AE"/>
     <w:rsid w:val="00DF58D9"/>
     <w:rsid w:val="00DF5B88"/>
     <w:rsid w:val="00DF5B8C"/>
     <w:rsid w:val="00DF60D8"/>
     <w:rsid w:val="00DF63A2"/>
     <w:rsid w:val="00DF662C"/>
     <w:rsid w:val="00DF6AFB"/>
-    <w:rsid w:val="00DF6B68"/>
     <w:rsid w:val="00DF74E9"/>
     <w:rsid w:val="00DF7876"/>
     <w:rsid w:val="00DF7D0F"/>
     <w:rsid w:val="00E00399"/>
     <w:rsid w:val="00E004A7"/>
     <w:rsid w:val="00E00687"/>
     <w:rsid w:val="00E006D6"/>
     <w:rsid w:val="00E009F5"/>
     <w:rsid w:val="00E0150D"/>
     <w:rsid w:val="00E02F16"/>
     <w:rsid w:val="00E02F87"/>
     <w:rsid w:val="00E03016"/>
     <w:rsid w:val="00E03ADD"/>
     <w:rsid w:val="00E047A2"/>
     <w:rsid w:val="00E04852"/>
     <w:rsid w:val="00E04A3E"/>
     <w:rsid w:val="00E04C7E"/>
     <w:rsid w:val="00E04F7B"/>
     <w:rsid w:val="00E05CEB"/>
     <w:rsid w:val="00E06662"/>
     <w:rsid w:val="00E070A0"/>
     <w:rsid w:val="00E07AE6"/>
     <w:rsid w:val="00E100F1"/>
     <w:rsid w:val="00E1018C"/>
     <w:rsid w:val="00E1061F"/>
     <w:rsid w:val="00E106E7"/>
     <w:rsid w:val="00E1176A"/>
     <w:rsid w:val="00E11A0E"/>
     <w:rsid w:val="00E11AED"/>
     <w:rsid w:val="00E11DE3"/>
     <w:rsid w:val="00E128F7"/>
     <w:rsid w:val="00E130DE"/>
     <w:rsid w:val="00E13271"/>
     <w:rsid w:val="00E13476"/>
     <w:rsid w:val="00E13679"/>
     <w:rsid w:val="00E1467D"/>
     <w:rsid w:val="00E1487C"/>
     <w:rsid w:val="00E148E0"/>
     <w:rsid w:val="00E14A0F"/>
     <w:rsid w:val="00E1508E"/>
     <w:rsid w:val="00E15110"/>
     <w:rsid w:val="00E15147"/>
     <w:rsid w:val="00E15A6A"/>
     <w:rsid w:val="00E15BC3"/>
     <w:rsid w:val="00E15D9E"/>
     <w:rsid w:val="00E169B7"/>
     <w:rsid w:val="00E16F72"/>
-    <w:rsid w:val="00E170B3"/>
     <w:rsid w:val="00E20174"/>
     <w:rsid w:val="00E203F0"/>
     <w:rsid w:val="00E205C8"/>
     <w:rsid w:val="00E2079E"/>
     <w:rsid w:val="00E20C0F"/>
     <w:rsid w:val="00E21543"/>
     <w:rsid w:val="00E217FC"/>
     <w:rsid w:val="00E21D6A"/>
     <w:rsid w:val="00E223F8"/>
     <w:rsid w:val="00E22DC4"/>
     <w:rsid w:val="00E231D5"/>
     <w:rsid w:val="00E236A4"/>
     <w:rsid w:val="00E23BF9"/>
     <w:rsid w:val="00E23C8A"/>
     <w:rsid w:val="00E2427F"/>
     <w:rsid w:val="00E24449"/>
     <w:rsid w:val="00E24BEF"/>
     <w:rsid w:val="00E25264"/>
     <w:rsid w:val="00E2526F"/>
     <w:rsid w:val="00E252E0"/>
     <w:rsid w:val="00E253A2"/>
     <w:rsid w:val="00E2557C"/>
     <w:rsid w:val="00E25D77"/>
     <w:rsid w:val="00E26046"/>
     <w:rsid w:val="00E2631B"/>
@@ -9596,60 +9128,58 @@
     <w:rsid w:val="00E57A36"/>
     <w:rsid w:val="00E57C53"/>
     <w:rsid w:val="00E60525"/>
     <w:rsid w:val="00E60842"/>
     <w:rsid w:val="00E6163A"/>
     <w:rsid w:val="00E61F57"/>
     <w:rsid w:val="00E61F8E"/>
     <w:rsid w:val="00E6211C"/>
     <w:rsid w:val="00E62231"/>
     <w:rsid w:val="00E62759"/>
     <w:rsid w:val="00E628F6"/>
     <w:rsid w:val="00E63218"/>
     <w:rsid w:val="00E64FCD"/>
     <w:rsid w:val="00E6595C"/>
     <w:rsid w:val="00E6656C"/>
     <w:rsid w:val="00E6688B"/>
     <w:rsid w:val="00E66A33"/>
     <w:rsid w:val="00E675C3"/>
     <w:rsid w:val="00E677BF"/>
     <w:rsid w:val="00E67D8B"/>
     <w:rsid w:val="00E7013B"/>
     <w:rsid w:val="00E70196"/>
     <w:rsid w:val="00E70334"/>
     <w:rsid w:val="00E71931"/>
     <w:rsid w:val="00E71B84"/>
-    <w:rsid w:val="00E725C1"/>
     <w:rsid w:val="00E72FF7"/>
     <w:rsid w:val="00E7303F"/>
     <w:rsid w:val="00E7305B"/>
     <w:rsid w:val="00E7337F"/>
     <w:rsid w:val="00E73B3E"/>
     <w:rsid w:val="00E73EF1"/>
     <w:rsid w:val="00E7418E"/>
     <w:rsid w:val="00E7453A"/>
-    <w:rsid w:val="00E75669"/>
     <w:rsid w:val="00E75BCE"/>
     <w:rsid w:val="00E75D18"/>
     <w:rsid w:val="00E76682"/>
     <w:rsid w:val="00E76C5D"/>
     <w:rsid w:val="00E76E54"/>
     <w:rsid w:val="00E7706A"/>
     <w:rsid w:val="00E801BD"/>
     <w:rsid w:val="00E8068B"/>
     <w:rsid w:val="00E80EC3"/>
     <w:rsid w:val="00E8119B"/>
     <w:rsid w:val="00E813BB"/>
     <w:rsid w:val="00E81515"/>
     <w:rsid w:val="00E81CC7"/>
     <w:rsid w:val="00E81E4D"/>
     <w:rsid w:val="00E82EA6"/>
     <w:rsid w:val="00E8300E"/>
     <w:rsid w:val="00E8316E"/>
     <w:rsid w:val="00E831D5"/>
     <w:rsid w:val="00E83598"/>
     <w:rsid w:val="00E83616"/>
     <w:rsid w:val="00E83F5E"/>
     <w:rsid w:val="00E84177"/>
     <w:rsid w:val="00E8430C"/>
     <w:rsid w:val="00E84685"/>
     <w:rsid w:val="00E84934"/>
@@ -9659,92 +9189,91 @@
     <w:rsid w:val="00E8584F"/>
     <w:rsid w:val="00E864C3"/>
     <w:rsid w:val="00E868D9"/>
     <w:rsid w:val="00E8701F"/>
     <w:rsid w:val="00E87265"/>
     <w:rsid w:val="00E878AA"/>
     <w:rsid w:val="00E9002C"/>
     <w:rsid w:val="00E9038F"/>
     <w:rsid w:val="00E91160"/>
     <w:rsid w:val="00E91E9F"/>
     <w:rsid w:val="00E91FC6"/>
     <w:rsid w:val="00E92167"/>
     <w:rsid w:val="00E923B9"/>
     <w:rsid w:val="00E92495"/>
     <w:rsid w:val="00E925D2"/>
     <w:rsid w:val="00E92725"/>
     <w:rsid w:val="00E927BF"/>
     <w:rsid w:val="00E935BC"/>
     <w:rsid w:val="00E93CBB"/>
     <w:rsid w:val="00E93E97"/>
     <w:rsid w:val="00E948DF"/>
     <w:rsid w:val="00E94EDF"/>
     <w:rsid w:val="00E9585C"/>
     <w:rsid w:val="00E958D4"/>
     <w:rsid w:val="00E95C91"/>
+    <w:rsid w:val="00E96177"/>
     <w:rsid w:val="00E96C5B"/>
     <w:rsid w:val="00E96CA9"/>
     <w:rsid w:val="00E9725D"/>
     <w:rsid w:val="00EA0310"/>
     <w:rsid w:val="00EA12E6"/>
     <w:rsid w:val="00EA21ED"/>
     <w:rsid w:val="00EA2565"/>
-    <w:rsid w:val="00EA290D"/>
     <w:rsid w:val="00EA2AF7"/>
     <w:rsid w:val="00EA315D"/>
     <w:rsid w:val="00EA3224"/>
     <w:rsid w:val="00EA326E"/>
     <w:rsid w:val="00EA343B"/>
     <w:rsid w:val="00EA3BD8"/>
     <w:rsid w:val="00EA447C"/>
     <w:rsid w:val="00EA4689"/>
     <w:rsid w:val="00EA49BC"/>
     <w:rsid w:val="00EA4A29"/>
     <w:rsid w:val="00EA4C7E"/>
     <w:rsid w:val="00EA4D8A"/>
     <w:rsid w:val="00EA4E1D"/>
     <w:rsid w:val="00EA5B8F"/>
     <w:rsid w:val="00EA66F0"/>
     <w:rsid w:val="00EA6883"/>
     <w:rsid w:val="00EA6A91"/>
     <w:rsid w:val="00EA7A53"/>
     <w:rsid w:val="00EB02E1"/>
     <w:rsid w:val="00EB0599"/>
     <w:rsid w:val="00EB0C4D"/>
     <w:rsid w:val="00EB0FA7"/>
     <w:rsid w:val="00EB186B"/>
     <w:rsid w:val="00EB1DA1"/>
     <w:rsid w:val="00EB2EA9"/>
     <w:rsid w:val="00EB3103"/>
     <w:rsid w:val="00EB37C9"/>
     <w:rsid w:val="00EB3C46"/>
     <w:rsid w:val="00EB4021"/>
     <w:rsid w:val="00EB5156"/>
     <w:rsid w:val="00EB5548"/>
     <w:rsid w:val="00EB57AA"/>
     <w:rsid w:val="00EB57F3"/>
-    <w:rsid w:val="00EB59EC"/>
     <w:rsid w:val="00EB5BC5"/>
     <w:rsid w:val="00EB5D4B"/>
     <w:rsid w:val="00EB602E"/>
     <w:rsid w:val="00EB63E9"/>
     <w:rsid w:val="00EB647E"/>
     <w:rsid w:val="00EB7892"/>
     <w:rsid w:val="00EB7C12"/>
     <w:rsid w:val="00EC00B0"/>
     <w:rsid w:val="00EC0303"/>
     <w:rsid w:val="00EC0FF0"/>
     <w:rsid w:val="00EC133E"/>
     <w:rsid w:val="00EC1525"/>
     <w:rsid w:val="00EC1A0A"/>
     <w:rsid w:val="00EC21B1"/>
     <w:rsid w:val="00EC22DF"/>
     <w:rsid w:val="00EC257F"/>
     <w:rsid w:val="00EC294B"/>
     <w:rsid w:val="00EC34C4"/>
     <w:rsid w:val="00EC36C3"/>
     <w:rsid w:val="00EC3A0C"/>
     <w:rsid w:val="00EC3D51"/>
     <w:rsid w:val="00EC4049"/>
     <w:rsid w:val="00EC43F6"/>
     <w:rsid w:val="00EC4613"/>
     <w:rsid w:val="00EC4805"/>
@@ -9773,180 +9302,173 @@
     <w:rsid w:val="00ED46C8"/>
     <w:rsid w:val="00ED4C3C"/>
     <w:rsid w:val="00ED52B6"/>
     <w:rsid w:val="00ED60FE"/>
     <w:rsid w:val="00ED6160"/>
     <w:rsid w:val="00ED6759"/>
     <w:rsid w:val="00ED6834"/>
     <w:rsid w:val="00ED6960"/>
     <w:rsid w:val="00ED6A20"/>
     <w:rsid w:val="00ED6C15"/>
     <w:rsid w:val="00ED6E1C"/>
     <w:rsid w:val="00ED700E"/>
     <w:rsid w:val="00ED74EF"/>
     <w:rsid w:val="00ED75A5"/>
     <w:rsid w:val="00ED7828"/>
     <w:rsid w:val="00EE00AA"/>
     <w:rsid w:val="00EE03A2"/>
     <w:rsid w:val="00EE07C6"/>
     <w:rsid w:val="00EE0EDE"/>
     <w:rsid w:val="00EE18D6"/>
     <w:rsid w:val="00EE1990"/>
     <w:rsid w:val="00EE19E1"/>
     <w:rsid w:val="00EE1D02"/>
     <w:rsid w:val="00EE29C0"/>
     <w:rsid w:val="00EE2C3C"/>
-    <w:rsid w:val="00EE2D95"/>
     <w:rsid w:val="00EE3387"/>
     <w:rsid w:val="00EE4605"/>
     <w:rsid w:val="00EE498F"/>
     <w:rsid w:val="00EE4A74"/>
     <w:rsid w:val="00EE4C61"/>
     <w:rsid w:val="00EE4C75"/>
     <w:rsid w:val="00EE4FAA"/>
     <w:rsid w:val="00EE5765"/>
     <w:rsid w:val="00EE5C21"/>
     <w:rsid w:val="00EE5FF1"/>
     <w:rsid w:val="00EE6D91"/>
     <w:rsid w:val="00EE7125"/>
     <w:rsid w:val="00EF046E"/>
     <w:rsid w:val="00EF0B63"/>
     <w:rsid w:val="00EF0B9F"/>
     <w:rsid w:val="00EF0CC7"/>
     <w:rsid w:val="00EF0EB7"/>
     <w:rsid w:val="00EF0EC9"/>
     <w:rsid w:val="00EF14D3"/>
     <w:rsid w:val="00EF21A9"/>
     <w:rsid w:val="00EF2534"/>
     <w:rsid w:val="00EF2A0E"/>
     <w:rsid w:val="00EF2C44"/>
     <w:rsid w:val="00EF3484"/>
     <w:rsid w:val="00EF395C"/>
     <w:rsid w:val="00EF3FA5"/>
     <w:rsid w:val="00EF44CB"/>
     <w:rsid w:val="00EF4A41"/>
     <w:rsid w:val="00EF4BB2"/>
     <w:rsid w:val="00EF4E30"/>
     <w:rsid w:val="00EF507B"/>
     <w:rsid w:val="00EF507C"/>
     <w:rsid w:val="00EF5BF2"/>
     <w:rsid w:val="00EF690E"/>
     <w:rsid w:val="00EF6C3B"/>
     <w:rsid w:val="00EF70A7"/>
     <w:rsid w:val="00EF7195"/>
     <w:rsid w:val="00EF7623"/>
     <w:rsid w:val="00EF7A3E"/>
     <w:rsid w:val="00EF7D29"/>
     <w:rsid w:val="00F000D8"/>
     <w:rsid w:val="00F0035A"/>
     <w:rsid w:val="00F00496"/>
     <w:rsid w:val="00F005AF"/>
     <w:rsid w:val="00F00743"/>
     <w:rsid w:val="00F00CAB"/>
-    <w:rsid w:val="00F01314"/>
     <w:rsid w:val="00F016AA"/>
     <w:rsid w:val="00F01A35"/>
     <w:rsid w:val="00F01CE4"/>
     <w:rsid w:val="00F024B7"/>
     <w:rsid w:val="00F02667"/>
     <w:rsid w:val="00F02695"/>
     <w:rsid w:val="00F02990"/>
     <w:rsid w:val="00F02BD0"/>
     <w:rsid w:val="00F02CB5"/>
     <w:rsid w:val="00F02FB9"/>
     <w:rsid w:val="00F0304D"/>
     <w:rsid w:val="00F0306D"/>
     <w:rsid w:val="00F0341A"/>
     <w:rsid w:val="00F036CF"/>
     <w:rsid w:val="00F03890"/>
     <w:rsid w:val="00F03C1A"/>
     <w:rsid w:val="00F045BA"/>
     <w:rsid w:val="00F04A17"/>
     <w:rsid w:val="00F04A8E"/>
     <w:rsid w:val="00F0534A"/>
     <w:rsid w:val="00F05D3C"/>
     <w:rsid w:val="00F05F8F"/>
     <w:rsid w:val="00F06A3D"/>
     <w:rsid w:val="00F06F46"/>
     <w:rsid w:val="00F072BF"/>
     <w:rsid w:val="00F07485"/>
     <w:rsid w:val="00F0757A"/>
     <w:rsid w:val="00F076D4"/>
     <w:rsid w:val="00F07FB1"/>
     <w:rsid w:val="00F10836"/>
     <w:rsid w:val="00F1094A"/>
     <w:rsid w:val="00F10A8D"/>
     <w:rsid w:val="00F10AEF"/>
     <w:rsid w:val="00F110C1"/>
     <w:rsid w:val="00F116CF"/>
-    <w:rsid w:val="00F11E31"/>
     <w:rsid w:val="00F1206C"/>
-    <w:rsid w:val="00F120B6"/>
     <w:rsid w:val="00F12232"/>
     <w:rsid w:val="00F12368"/>
     <w:rsid w:val="00F1277A"/>
     <w:rsid w:val="00F12C5D"/>
     <w:rsid w:val="00F12F01"/>
     <w:rsid w:val="00F1312C"/>
     <w:rsid w:val="00F1326D"/>
     <w:rsid w:val="00F13A53"/>
     <w:rsid w:val="00F13E00"/>
     <w:rsid w:val="00F1419F"/>
     <w:rsid w:val="00F141B8"/>
     <w:rsid w:val="00F1439A"/>
     <w:rsid w:val="00F1461F"/>
     <w:rsid w:val="00F147A7"/>
     <w:rsid w:val="00F15862"/>
     <w:rsid w:val="00F15AAE"/>
     <w:rsid w:val="00F163D3"/>
     <w:rsid w:val="00F163FA"/>
     <w:rsid w:val="00F167A3"/>
     <w:rsid w:val="00F16AF9"/>
     <w:rsid w:val="00F170E2"/>
     <w:rsid w:val="00F17351"/>
-    <w:rsid w:val="00F173CA"/>
     <w:rsid w:val="00F17606"/>
-    <w:rsid w:val="00F178F1"/>
     <w:rsid w:val="00F206A9"/>
     <w:rsid w:val="00F20A29"/>
     <w:rsid w:val="00F214EC"/>
     <w:rsid w:val="00F215AF"/>
     <w:rsid w:val="00F2251D"/>
     <w:rsid w:val="00F22695"/>
     <w:rsid w:val="00F226BF"/>
     <w:rsid w:val="00F226C1"/>
     <w:rsid w:val="00F227AB"/>
     <w:rsid w:val="00F22F22"/>
     <w:rsid w:val="00F22F3F"/>
     <w:rsid w:val="00F230FC"/>
     <w:rsid w:val="00F23DD9"/>
     <w:rsid w:val="00F23FD8"/>
     <w:rsid w:val="00F25B96"/>
     <w:rsid w:val="00F265CA"/>
     <w:rsid w:val="00F26BE2"/>
     <w:rsid w:val="00F26D47"/>
-    <w:rsid w:val="00F26DBA"/>
     <w:rsid w:val="00F2734A"/>
     <w:rsid w:val="00F2768C"/>
     <w:rsid w:val="00F27CB9"/>
     <w:rsid w:val="00F30164"/>
     <w:rsid w:val="00F3025C"/>
     <w:rsid w:val="00F30276"/>
     <w:rsid w:val="00F30A63"/>
     <w:rsid w:val="00F30B65"/>
     <w:rsid w:val="00F30DCB"/>
     <w:rsid w:val="00F310B7"/>
     <w:rsid w:val="00F31351"/>
     <w:rsid w:val="00F3176F"/>
     <w:rsid w:val="00F318F4"/>
     <w:rsid w:val="00F31FF9"/>
     <w:rsid w:val="00F32F6F"/>
     <w:rsid w:val="00F3348B"/>
     <w:rsid w:val="00F33634"/>
     <w:rsid w:val="00F33785"/>
     <w:rsid w:val="00F343F1"/>
     <w:rsid w:val="00F3456C"/>
     <w:rsid w:val="00F34653"/>
     <w:rsid w:val="00F35102"/>
     <w:rsid w:val="00F35A48"/>
     <w:rsid w:val="00F35BC7"/>
     <w:rsid w:val="00F35DB5"/>
@@ -10024,195 +9546,188 @@
     <w:rsid w:val="00F71C3C"/>
     <w:rsid w:val="00F71D1F"/>
     <w:rsid w:val="00F7286C"/>
     <w:rsid w:val="00F72B43"/>
     <w:rsid w:val="00F73038"/>
     <w:rsid w:val="00F7312E"/>
     <w:rsid w:val="00F732AA"/>
     <w:rsid w:val="00F73613"/>
     <w:rsid w:val="00F73EDF"/>
     <w:rsid w:val="00F7556E"/>
     <w:rsid w:val="00F75FC6"/>
     <w:rsid w:val="00F76076"/>
     <w:rsid w:val="00F773BD"/>
     <w:rsid w:val="00F77961"/>
     <w:rsid w:val="00F77E3D"/>
     <w:rsid w:val="00F80801"/>
     <w:rsid w:val="00F80C92"/>
     <w:rsid w:val="00F8145B"/>
     <w:rsid w:val="00F8149E"/>
     <w:rsid w:val="00F81B39"/>
     <w:rsid w:val="00F8223A"/>
     <w:rsid w:val="00F828D1"/>
     <w:rsid w:val="00F82B0F"/>
     <w:rsid w:val="00F82B3D"/>
     <w:rsid w:val="00F82F96"/>
-    <w:rsid w:val="00F83B8A"/>
     <w:rsid w:val="00F83CAD"/>
     <w:rsid w:val="00F83F7B"/>
     <w:rsid w:val="00F85AC1"/>
     <w:rsid w:val="00F85ACB"/>
     <w:rsid w:val="00F85D43"/>
     <w:rsid w:val="00F85E5E"/>
     <w:rsid w:val="00F85FB9"/>
     <w:rsid w:val="00F8717F"/>
     <w:rsid w:val="00F8731D"/>
     <w:rsid w:val="00F87750"/>
     <w:rsid w:val="00F87E7F"/>
-    <w:rsid w:val="00F901FC"/>
     <w:rsid w:val="00F9064A"/>
     <w:rsid w:val="00F908FD"/>
     <w:rsid w:val="00F90A7C"/>
     <w:rsid w:val="00F90C65"/>
     <w:rsid w:val="00F91149"/>
     <w:rsid w:val="00F91F98"/>
     <w:rsid w:val="00F925B4"/>
     <w:rsid w:val="00F92924"/>
     <w:rsid w:val="00F929B4"/>
     <w:rsid w:val="00F92B84"/>
     <w:rsid w:val="00F93846"/>
     <w:rsid w:val="00F9489D"/>
     <w:rsid w:val="00F9512D"/>
     <w:rsid w:val="00F95252"/>
     <w:rsid w:val="00F95AC1"/>
     <w:rsid w:val="00F95C9F"/>
     <w:rsid w:val="00F95D8A"/>
     <w:rsid w:val="00F96842"/>
     <w:rsid w:val="00F970FF"/>
     <w:rsid w:val="00F9716A"/>
     <w:rsid w:val="00F97A99"/>
     <w:rsid w:val="00FA0204"/>
     <w:rsid w:val="00FA0E86"/>
     <w:rsid w:val="00FA113D"/>
     <w:rsid w:val="00FA153F"/>
     <w:rsid w:val="00FA15B8"/>
     <w:rsid w:val="00FA1B6C"/>
     <w:rsid w:val="00FA1D9E"/>
     <w:rsid w:val="00FA25B6"/>
     <w:rsid w:val="00FA3280"/>
     <w:rsid w:val="00FA3A2F"/>
     <w:rsid w:val="00FA4741"/>
     <w:rsid w:val="00FA497F"/>
     <w:rsid w:val="00FA5266"/>
     <w:rsid w:val="00FA6125"/>
     <w:rsid w:val="00FA6674"/>
     <w:rsid w:val="00FA7390"/>
-    <w:rsid w:val="00FA7AA9"/>
     <w:rsid w:val="00FB0447"/>
     <w:rsid w:val="00FB0874"/>
     <w:rsid w:val="00FB0C5C"/>
     <w:rsid w:val="00FB108E"/>
     <w:rsid w:val="00FB10A1"/>
     <w:rsid w:val="00FB15AE"/>
     <w:rsid w:val="00FB1E7C"/>
     <w:rsid w:val="00FB1F8A"/>
     <w:rsid w:val="00FB2240"/>
     <w:rsid w:val="00FB3600"/>
     <w:rsid w:val="00FB3817"/>
     <w:rsid w:val="00FB3A5F"/>
     <w:rsid w:val="00FB3ACA"/>
     <w:rsid w:val="00FB3D75"/>
     <w:rsid w:val="00FB3E94"/>
     <w:rsid w:val="00FB4996"/>
     <w:rsid w:val="00FB51B2"/>
     <w:rsid w:val="00FB5381"/>
     <w:rsid w:val="00FB59F3"/>
     <w:rsid w:val="00FB5CBD"/>
     <w:rsid w:val="00FB6794"/>
     <w:rsid w:val="00FB73CE"/>
     <w:rsid w:val="00FB7F39"/>
     <w:rsid w:val="00FB7F7A"/>
     <w:rsid w:val="00FC04D9"/>
     <w:rsid w:val="00FC080D"/>
     <w:rsid w:val="00FC0D30"/>
     <w:rsid w:val="00FC1389"/>
-    <w:rsid w:val="00FC13D7"/>
     <w:rsid w:val="00FC2621"/>
     <w:rsid w:val="00FC2ED7"/>
     <w:rsid w:val="00FC4A30"/>
     <w:rsid w:val="00FC4A42"/>
     <w:rsid w:val="00FC4BC3"/>
     <w:rsid w:val="00FC4BDE"/>
     <w:rsid w:val="00FC4CFB"/>
     <w:rsid w:val="00FC4E20"/>
     <w:rsid w:val="00FC4E4A"/>
     <w:rsid w:val="00FC4F03"/>
     <w:rsid w:val="00FC4F31"/>
     <w:rsid w:val="00FC6141"/>
     <w:rsid w:val="00FC6712"/>
     <w:rsid w:val="00FC6AB7"/>
     <w:rsid w:val="00FC6DF3"/>
     <w:rsid w:val="00FC7111"/>
     <w:rsid w:val="00FC7113"/>
     <w:rsid w:val="00FC7499"/>
     <w:rsid w:val="00FC7654"/>
     <w:rsid w:val="00FD0BCA"/>
     <w:rsid w:val="00FD16E8"/>
     <w:rsid w:val="00FD1BA7"/>
     <w:rsid w:val="00FD26D0"/>
     <w:rsid w:val="00FD2763"/>
     <w:rsid w:val="00FD2A2D"/>
     <w:rsid w:val="00FD32BF"/>
     <w:rsid w:val="00FD3CA8"/>
     <w:rsid w:val="00FD4471"/>
     <w:rsid w:val="00FD4513"/>
     <w:rsid w:val="00FD46ED"/>
     <w:rsid w:val="00FD500D"/>
     <w:rsid w:val="00FD537E"/>
     <w:rsid w:val="00FD56E3"/>
     <w:rsid w:val="00FD5990"/>
-    <w:rsid w:val="00FD5BDF"/>
     <w:rsid w:val="00FD625E"/>
     <w:rsid w:val="00FD6428"/>
     <w:rsid w:val="00FD6E14"/>
     <w:rsid w:val="00FD6E56"/>
-    <w:rsid w:val="00FD7318"/>
     <w:rsid w:val="00FD7C13"/>
     <w:rsid w:val="00FE1243"/>
     <w:rsid w:val="00FE17B8"/>
     <w:rsid w:val="00FE1884"/>
     <w:rsid w:val="00FE1BC7"/>
     <w:rsid w:val="00FE1C4D"/>
     <w:rsid w:val="00FE1CF4"/>
     <w:rsid w:val="00FE288A"/>
     <w:rsid w:val="00FE28E5"/>
     <w:rsid w:val="00FE2D34"/>
     <w:rsid w:val="00FE33EB"/>
     <w:rsid w:val="00FE3AB0"/>
     <w:rsid w:val="00FE3B47"/>
     <w:rsid w:val="00FE47B5"/>
     <w:rsid w:val="00FE4CEA"/>
     <w:rsid w:val="00FE51D2"/>
     <w:rsid w:val="00FE53E4"/>
     <w:rsid w:val="00FE5EFB"/>
     <w:rsid w:val="00FE6443"/>
     <w:rsid w:val="00FE6570"/>
     <w:rsid w:val="00FE71CD"/>
     <w:rsid w:val="00FE7468"/>
     <w:rsid w:val="00FE772D"/>
     <w:rsid w:val="00FE7934"/>
-    <w:rsid w:val="00FE7D67"/>
     <w:rsid w:val="00FF011F"/>
     <w:rsid w:val="00FF03B6"/>
     <w:rsid w:val="00FF088E"/>
     <w:rsid w:val="00FF1ACB"/>
     <w:rsid w:val="00FF1AFD"/>
     <w:rsid w:val="00FF1F1C"/>
     <w:rsid w:val="00FF2228"/>
     <w:rsid w:val="00FF22A2"/>
     <w:rsid w:val="00FF2D2D"/>
     <w:rsid w:val="00FF3598"/>
     <w:rsid w:val="00FF3CA8"/>
     <w:rsid w:val="00FF3D60"/>
     <w:rsid w:val="00FF4B99"/>
     <w:rsid w:val="00FF4FAD"/>
     <w:rsid w:val="00FF5A99"/>
     <w:rsid w:val="00FF5BCF"/>
     <w:rsid w:val="00FF5CD7"/>
     <w:rsid w:val="00FF6081"/>
     <w:rsid w:val="00FF60F5"/>
     <w:rsid w:val="00FF618F"/>
     <w:rsid w:val="00FF65F5"/>
     <w:rsid w:val="00FF67C5"/>
     <w:rsid w:val="00FF6C9A"/>
     <w:rsid w:val="00FF6EE6"/>
     <w:rsid w:val="00FF72CD"/>
@@ -10222,51 +9737,51 @@
     <w:rsid w:val="00FF7D1E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="624E93AF"/>
+  <w14:docId w14:val="4EA9569C"/>
   <w15:docId w15:val="{2172123E-977B-4565-8976-B49B348B9987}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10399,51 +9914,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="59" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -10719,51 +10234,51 @@
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D0776B"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500012487" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -11014,78 +10529,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\MLA.XSL" StyleName="MLA Sixth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FEF650A8-2679-48FB-BC02-6405D241DBEF}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{41484214-9D58-4E5E-A94F-8A6E2A0B69A1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>501</Words>
-  <Characters>2856</Characters>
+  <Words>512</Words>
+  <Characters>2922</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>23</Lines>
+  <Lines>24</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3351</CharactersWithSpaces>
+  <CharactersWithSpaces>3428</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RePack by SPecialiST</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>