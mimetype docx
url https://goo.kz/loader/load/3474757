--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -1,1120 +1,9205 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00FC30DE" w:rsidRPr="0082497D" w:rsidRDefault="00FC30DE" w:rsidP="005C7953">
-[...125 lines deleted...]
-                      <wps:txbx>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="15" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="618"/>
+        <w:gridCol w:w="617"/>
+        <w:gridCol w:w="2264"/>
+        <w:gridCol w:w="614"/>
+        <w:gridCol w:w="848"/>
+        <w:gridCol w:w="848"/>
+        <w:gridCol w:w="618"/>
+        <w:gridCol w:w="617"/>
+        <w:gridCol w:w="808"/>
+        <w:gridCol w:w="617"/>
+        <w:gridCol w:w="441"/>
+        <w:gridCol w:w="445"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidTr="00385664">
+        <w:trPr>
+          <w:trHeight w:val="290"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="RANGE!A1:L34"/>
+            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2264" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="614" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="848" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="848" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidTr="00385664">
+        <w:trPr>
+          <w:trHeight w:val="362"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2264" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="614" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Справка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="415" w:type="dxa"/>
+              <w:tblCellSpacing w:w="0" w:type="dxa"/>
+              <w:tblCellMar>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="415"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidTr="00A2223E">
+              <w:trPr>
+                <w:trHeight w:val="362"/>
+                <w:tblCellSpacing w:w="0" w:type="dxa"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="415" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="nil"/>
+                    <w:right w:val="nil"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+                  <w:noWrap/>
+                  <w:vAlign w:val="bottom"/>
+                  <w:hideMark/>
+                </w:tcPr>
+                <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="006A4C0B" w:rsidP="00A2223E">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:noProof/>
+                      <w:color w:val="000000"/>
+                      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <mc:AlternateContent>
+                      <mc:Choice Requires="wps">
+                        <w:drawing>
+                          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="08DD4D45" wp14:editId="2CEA13A7">
+                            <wp:simplePos x="0" y="0"/>
+                            <wp:positionH relativeFrom="column">
+                              <wp:posOffset>79375</wp:posOffset>
+                            </wp:positionH>
+                            <wp:positionV relativeFrom="paragraph">
+                              <wp:posOffset>150495</wp:posOffset>
+                            </wp:positionV>
+                            <wp:extent cx="1095375" cy="1257300"/>
+                            <wp:effectExtent l="0" t="0" r="28575" b="19050"/>
+                            <wp:wrapNone/>
+                            <wp:docPr id="413" name="Прямоугольник 413"/>
+                            <wp:cNvGraphicFramePr>
+                              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                            </wp:cNvGraphicFramePr>
+                            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                              <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                                <wps:wsp>
+                                  <wps:cNvSpPr>
+                                    <a:spLocks noChangeArrowheads="1"/>
+                                  </wps:cNvSpPr>
+                                  <wps:spPr bwMode="auto">
+                                    <a:xfrm>
+                                      <a:off x="0" y="0"/>
+                                      <a:ext cx="1095375" cy="1257300"/>
+                                    </a:xfrm>
+                                    <a:prstGeom prst="rect">
+                                      <a:avLst/>
+                                    </a:prstGeom>
+                                    <a:solidFill>
+                                      <a:srgbClr val="FFFFFF"/>
+                                    </a:solidFill>
+                                    <a:ln w="9525">
+                                      <a:solidFill>
+                                        <a:srgbClr val="000000"/>
+                                      </a:solidFill>
+                                      <a:miter lim="800000"/>
+                                      <a:headEnd/>
+                                      <a:tailEnd/>
+                                    </a:ln>
+                                    <a:extLst/>
+                                  </wps:spPr>
+                                  <wps:txbx>
+                                    <w:txbxContent>
+                                      <w:p w:rsidR="008D34F5" w:rsidRPr="00957374" w:rsidRDefault="008D34F5" w:rsidP="00826B6C">
+                                        <w:pPr>
+                                          <w:pStyle w:val="af3"/>
+                                          <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                                          <w:jc w:val="center"/>
+                                        </w:pPr>
+                                        <w:r w:rsidRPr="00957374">
+                                          <w:rPr>
+                                            <w:color w:val="000000"/>
+                                            <w:sz w:val="28"/>
+                                            <w:szCs w:val="28"/>
+                                          </w:rPr>
+                                          <w:t>ФОТО</w:t>
+                                        </w:r>
+                                      </w:p>
+                                    </w:txbxContent>
+                                  </wps:txbx>
+                                  <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                                    <a:noAutofit/>
+                                  </wps:bodyPr>
+                                </wps:wsp>
+                              </a:graphicData>
+                            </a:graphic>
+                            <wp14:sizeRelH relativeFrom="page">
+                              <wp14:pctWidth>0</wp14:pctWidth>
+                            </wp14:sizeRelH>
+                            <wp14:sizeRelV relativeFrom="page">
+                              <wp14:pctHeight>0</wp14:pctHeight>
+                            </wp14:sizeRelV>
+                          </wp:anchor>
+                        </w:drawing>
+                      </mc:Choice>
+                      <mc:Fallback xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
+                        <w:pict>
+                          <v:rect id="Прямоугольник 413" o:spid="_x0000_s1026" style="position:absolute;margin-left:6.25pt;margin-top:11.85pt;width:86.25pt;height:99pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB4SucIVgIAAGgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u1DAQviPxDpbvNMn+0G7UbFVtKUIq&#10;UKnwAF7H2Vg4thl7N1tOSL0i8Qg8BBfET58h+0aMne2yBU6IHCyPZ/z5m29mcnyybhRZCXDS6IJm&#10;ByklQnNTSr0o6OtX54+OKHGe6ZIpo0VBr4WjJ9OHD45bm4uBqY0qBRAE0S5vbUFr722eJI7XomHu&#10;wFih0VkZaJhHExZJCaxF9EYlgzR9nLQGSguGC+fw9Kx30mnEryrB/cuqcsITVVDk5uMKcZ2HNZke&#10;s3wBzNaSb2mwf2DRMKnx0R3UGfOMLEH+AdVIDsaZyh9w0ySmqiQXMQfMJkt/y+aqZlbEXFAcZ3cy&#10;uf8Hy1+sLoHIsqCjbEiJZg0Wqfu0eb/52H3vbjc33efutvu2+dD96L50X0mIQs1a63K8emUvIWTt&#10;7IXhbxzRZlYzvRCnAKatBSuRaRbik3sXguHwKpm3z02JD7KlN1G+dQVNAERhyDpW6XpXJbH2hONh&#10;lk7Gw8MxJRx92WB8OExjHROW31234PxTYRoSNgUFbIMIz1YXzgc6LL8LifSNkuW5VCoasJjPFJAV&#10;w5Y5j1/MALPcD1OatAWdjAfjiHzP5/Yh0vj9DaKRHntfyaagR7sglgfdnugydqZnUvV7pKx04Icy&#10;bJO4k7Evh1/P19vKzE15jeqC6dsdxxM3tYF3lLTY6gV1b5cMBCXqmcYKTbLRKMxGNEbjwwEasO+Z&#10;73uY5ghVUE9Jv535fp6WFuSixpeyqIg2p1jVSka9A9We1bYXsJ1jGbajF+Zl345Rv34Q058AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBvopke3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqFNXpSWNUyFQkTi26YWbE2+TQLyOYqcNfD3bExxnZzT7JttOrhNnHELrScN8loBAqrxt&#10;qdZwLHYPaxAhGrKm84QavjHANr+9yUxq/YX2eD7EWnAJhdRoaGLsUylD1aAzYeZ7JPZOfnAmshxq&#10;aQdz4XLXSZUkj9KZlvhDY3p8abD6OoxOQ9mqo/nZF2+Je9ot4vtUfI4fr1rf303PGxARp/gXhis+&#10;o0POTKUfyQbRsVZLTmpQixWIq79e8raSD2q+Apln8v+C/BcAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQB4SucIVgIAAGgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQBvopke3QAAAAkBAAAPAAAAAAAAAAAAAAAAALAEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAugUAAAAA&#10;">
+                            <v:textbox>
+                              <w:txbxContent>
+                                <w:p w:rsidR="008D34F5" w:rsidRPr="00957374" w:rsidRDefault="008D34F5" w:rsidP="00826B6C">
+                                  <w:pPr>
+                                    <w:pStyle w:val="af3"/>
+                                    <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                                    <w:jc w:val="center"/>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="00957374">
+                                    <w:rPr>
+                                      <w:color w:val="000000"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>ФОТО</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:txbxContent>
+                            </v:textbox>
+                          </v:rect>
+                        </w:pict>
+                      </mc:Fallback>
+                    </mc:AlternateContent>
+                  </w:r>
+                  <w:r w:rsidR="00826B6C" w:rsidRPr="0033089E">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidTr="00385664">
+        <w:trPr>
+          <w:trHeight w:val="290"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2264" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="614" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="848" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="848" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidTr="00385664">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8469" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дана ____________________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00826B6C" w:rsidRPr="00385664" w:rsidTr="00385664">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2878" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(Ф.И.О. (при его наличии))</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="848" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="848" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidTr="00385664">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8469" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="006A4C0B" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2B00C15D" wp14:editId="5706E281">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>4852670</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>56515</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="1321435" cy="951865"/>
+                      <wp:effectExtent l="0" t="0" r="12065" b="19685"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="414" name="Овал 414"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvSpPr>
+                              <a:spLocks/>
+                            </wps:cNvSpPr>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="1321435" cy="951865"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="ellipse">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:ln>
+                                <a:solidFill>
+                                  <a:schemeClr val="tx1"/>
+                                </a:solidFill>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:style>
+                              <a:lnRef idx="2">
+                                <a:schemeClr val="accent6"/>
+                              </a:lnRef>
+                              <a:fillRef idx="1">
+                                <a:schemeClr val="lt1"/>
+                              </a:fillRef>
+                              <a:effectRef idx="0">
+                                <a:schemeClr val="accent6"/>
+                              </a:effectRef>
+                              <a:fontRef idx="minor">
+                                <a:schemeClr val="dk1"/>
+                              </a:fontRef>
+                            </wps:style>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w:rsidR="008D34F5" w:rsidRDefault="008D34F5" w:rsidP="00826B6C">
+                                  <w:pPr>
+                                    <w:pStyle w:val="af3"/>
+                                    <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                                    <w:jc w:val="center"/>
+                                    <w:rPr>
+                                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                                      <w:color w:val="000000" w:themeColor="dark1"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                                <w:p w:rsidR="008D34F5" w:rsidRPr="00957374" w:rsidRDefault="008D34F5" w:rsidP="00826B6C">
+                                  <w:pPr>
+                                    <w:pStyle w:val="af3"/>
+                                    <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                                    <w:jc w:val="center"/>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:color w:val="000000" w:themeColor="dark1"/>
+                                      <w:sz w:val="28"/>
+                                      <w:szCs w:val="28"/>
+                                    </w:rPr>
+                                    <w:t>Место печати</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                              <a:prstTxWarp prst="textNoShape">
+                                <a:avLst/>
+                              </a:prstTxWarp>
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                      <wp14:sizeRelH relativeFrom="page">
+                        <wp14:pctWidth>0</wp14:pctWidth>
+                      </wp14:sizeRelH>
+                      <wp14:sizeRelV relativeFrom="page">
+                        <wp14:pctHeight>0</wp14:pctHeight>
+                      </wp14:sizeRelV>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
+                  <w:pict>
+                    <v:oval id="Овал 414" o:spid="_x0000_s1027" style="position:absolute;margin-left:382.1pt;margin-top:4.45pt;width:104.05pt;height:74.95pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDyxqSFmwIAAHkFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMtOGzEU3VfqP1jel8mEhMKICYpAVJUi&#10;QIWKteOxiYVftZ3MpB/Tb0Dd9ifySb32PMJrVXVj2fee+/S59/SsURJtmPPC6BLnByOMmKamEvqh&#10;xN/vLj8dY+QD0RWRRrMSb5nHZ7OPH05rW7CxWRlZMYfAifZFbUu8CsEWWebpiiniD4xlGpTcOEUC&#10;PN1DVjlSg3cls/FodJTVxlXWGcq8B+lFq8Sz5J9zRsM1554FJEsMuYV0unQu45nNTknx4IhdCdql&#10;Qf4hC0WEhqCDqwsSCFo78caVEtQZb3g4oEZlhnNBWaoBqslHr6q5XRHLUi3QHG+HNvn/55ZebW4c&#10;ElWJJ/kEI00UfNLu1+737mn3B0UZdKi2vgDgrb1xsUZvF4Y+elBkLzTx4TtMw52KWKgQNand26Hd&#10;rAmIgjA/HOeTwylGFHQn0/z4aBqjZaTora3z4QszCsVLiZmUwvrYEVKQzcKHFt2joljqlKGRoroU&#10;UqZH5BI7lw5tCLAgNHkXxe9REDNapnraElIxYStZ6/Ub49AlSHqcoid+7n0SSpkOR51fqQEdzThk&#10;MBjm7xnK0CfTYaMZS7wdDEfvGb6MOFikqEaHwVgJbdx7DqrHIXKL76tva47lh2bZJGokZJQsTbUF&#10;ujjTzpG39FLAzyyIDzfEweDAiMEyCNdwcGnqElP4MYxWxv18LYs44DFoMKphAEvsf6yJYxjJrxoY&#10;fpJPJnFi02My/TyGh3uuWT7X6LU6N/C7OawbS9M14oPsr9wZdQ+7Yh6jgopoCrGBDv31PLRrAXYN&#10;ZfN5AsGMWhIW+tbS6Dp2N5LtrrknznakDEDnK9OP6htitthoqc18HQwXibX7bnZ9h/lO1O92UVwg&#10;z98Jtd+Ys78AAAD//wMAUEsDBBQABgAIAAAAIQDxkhzP4QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BTsMwEETvSPyDtUhcUOsQoE1DnCq0QiA4Na3g6sQmMcTrKHba8PcsJziu5mnmbbaebMeO&#10;evDGoYDreQRMY+2UwUbAYf84S4D5IFHJzqEW8K09rPPzs0ymyp1wp49laBiVoE+lgDaEPuXc1622&#10;0s9dr5GyDzdYGegcGq4GeaJy2/E4ihbcSoO00Mpeb1pdf5WjFVCM7+bt6aHePV+9botyuzfV58tG&#10;iMuLqbgHFvQU/mD41Sd1yMmpciMqzzoBy8VtTKiAZAWM8tUyvgFWEXiXJMDzjP//IP8BAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEA8sakhZsCAAB5BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA8ZIcz+EAAAAJAQAADwAAAAAAAAAAAAAAAAD1BAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAAMGAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight="1pt">
+                      <v:stroke joinstyle="miter"/>
+                      <v:path arrowok="t"/>
+                      <v:textbox>
                         <w:txbxContent>
-                          <w:p w:rsidR="006F1399" w:rsidRPr="0036204E" w:rsidRDefault="006F1399" w:rsidP="006F1399">
-[...239 lines deleted...]
-                          <w:p w:rsidR="006F1399" w:rsidRDefault="006F1399" w:rsidP="006F1399">
+                          <w:p w:rsidR="008D34F5" w:rsidRDefault="008D34F5" w:rsidP="00826B6C">
                             <w:pPr>
                               <w:pStyle w:val="af3"/>
                               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
                                 <w:color w:val="000000" w:themeColor="dark1"/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w:rsidR="006F1399" w:rsidRPr="0036204E" w:rsidRDefault="006F1399" w:rsidP="006F1399">
+                          <w:p w:rsidR="008D34F5" w:rsidRPr="00957374" w:rsidRDefault="008D34F5" w:rsidP="00826B6C">
                             <w:pPr>
                               <w:pStyle w:val="af3"/>
                               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                               <w:jc w:val="center"/>
-                              <w:rPr>
-[...1 lines deleted...]
-                              </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="0036204E">
+                            <w:r>
                               <w:rPr>
                                 <w:color w:val="000000" w:themeColor="dark1"/>
-                                <w:lang w:val="kk-KZ"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
                               </w:rPr>
-                              <w:t>Мөр орны</w:t>
+                              <w:t>Место печати</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
-                      </wps:txbx>
-[...630 lines deleted...]
-    <w:p w:rsidR="00FD1AA2" w:rsidRPr="0082497D" w:rsidRDefault="00FD1AA2" w:rsidP="00FD1AA2">
+                      </v:textbox>
+                    </v:oval>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r w:rsidR="00826B6C" w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>____________________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidTr="00385664">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2264" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="614" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="848" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="848" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidTr="00385664">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2264" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="614" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="848" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="848" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidTr="00385664">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7044" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Предъявителю</w:t>
+            </w:r>
+            <w:r w:rsidR="00705D55" w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>удостоверения</w:t>
+            </w:r>
+            <w:r w:rsidR="00705D55" w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">личности №___________________ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidTr="00385664">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6427" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00705D55">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>выданный</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ____________   </w:t>
+            </w:r>
+            <w:r w:rsidR="00705D55" w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>___</w:t>
+            </w:r>
+            <w:r w:rsidR="00705D55" w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ___________________года/</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidTr="00385664">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2881" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00705D55" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidR="00826B6C" w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ем</w:t>
+            </w:r>
+            <w:r w:rsidR="00957374" w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00826B6C" w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>выдано</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00705D55" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidR="00826B6C" w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>огда</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00826B6C" w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>выдано</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1425" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidTr="00385664">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2264" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="614" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="848" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="848" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00826B6C" w:rsidRPr="00385664" w:rsidTr="00385664">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8469" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Предъявителю свидетельства о рождении Серия______________ № _________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidTr="00385664">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6427" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00705D55">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>выданный</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ____________   </w:t>
+            </w:r>
+            <w:r w:rsidR="00705D55" w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>___</w:t>
+            </w:r>
+            <w:r w:rsidR="00705D55" w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ___________   ______ года.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidTr="00385664">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2881" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00705D55" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidR="00826B6C" w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ем</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00826B6C" w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>выдано</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2310" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00705D55" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidR="00826B6C" w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>огда</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00826B6C" w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>выдано</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1425" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidTr="00385664">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2264" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="614" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="848" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="848" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00826B6C" w:rsidRPr="00385664" w:rsidTr="00385664">
+        <w:trPr>
+          <w:trHeight w:val="1117"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9355" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="009538E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в том, что он (она) действительно оканчивает в 20__ году</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>___________________________________________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(наименование организации среднего образования)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00826B6C" w:rsidRPr="00385664" w:rsidTr="00385664">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2264" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="614" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="848" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="848" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00826B6C" w:rsidRPr="00385664" w:rsidTr="00385664">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2264" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="614" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="848" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="848" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00826B6C" w:rsidRPr="00385664" w:rsidTr="00385664">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2264" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="614" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="848" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="848" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00826B6C" w:rsidRPr="00385664" w:rsidTr="00385664">
+        <w:trPr>
+          <w:trHeight w:val="696"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9355" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00957374" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Руководитель</w:t>
+            </w:r>
+            <w:r w:rsidR="00826B6C" w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ___</w:t>
+            </w:r>
+            <w:r w:rsidR="0082221B" w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>___________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>_</w:t>
+            </w:r>
+            <w:r w:rsidR="00826B6C" w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Дата </w:t>
+            </w:r>
+            <w:r w:rsidR="0082221B" w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:bidi="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«____»____________20____ </w:t>
+            </w:r>
+            <w:r w:rsidR="00826B6C" w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> _________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="009538E3" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                     </w:t>
+            </w:r>
+            <w:r w:rsidR="00826B6C" w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Ф.И.О (при его наличии))                                                                               </w:t>
+            </w:r>
+            <w:r w:rsidR="00A76644" w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00826B6C" w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>подпись</w:t>
+            </w:r>
+            <w:r w:rsidR="00A76644" w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00826B6C" w:rsidRPr="00385664" w:rsidTr="00385664">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2264" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="614" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="848" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="848" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00826B6C" w:rsidRPr="00385664" w:rsidTr="00385664">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2264" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="614" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="848" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="848" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00826B6C" w:rsidRPr="00385664" w:rsidTr="00385664">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2264" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="614" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="848" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="848" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00826B6C" w:rsidRPr="00385664" w:rsidTr="00385664">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2264" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="614" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="848" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="848" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="617" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRPr="0033089E" w:rsidRDefault="00826B6C" w:rsidP="00A2223E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00826B6C" w:rsidRPr="004D4F12" w:rsidTr="00385664">
+        <w:trPr>
+          <w:trHeight w:val="304"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9355" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00826B6C" w:rsidRDefault="00826B6C" w:rsidP="00B122C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Справка дана для предъявления в </w:t>
+            </w:r>
+            <w:r w:rsidR="009538E3" w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>пункт поведения Единого национального тестирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0033089E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или в приемную комиссию </w:t>
+            </w:r>
+            <w:r w:rsidR="00B122C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>высшего учебного заведения</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C168E7" w:rsidRDefault="00C168E7" w:rsidP="00B122C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C168E7" w:rsidRPr="0033089E" w:rsidRDefault="00C168E7" w:rsidP="00B122C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Справка дана </w:t>
+            </w:r>
+            <w:r w:rsidR="000E200A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в 2 экземплярах.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00FD1AA2" w:rsidRPr="0033089E" w:rsidRDefault="00FD1AA2" w:rsidP="00FD1AA2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FD1AA2" w:rsidRPr="0082497D" w:rsidRDefault="00FD1AA2" w:rsidP="00FD1AA2">
+    <w:p w:rsidR="00FD1AA2" w:rsidRPr="0033089E" w:rsidRDefault="00FD1AA2" w:rsidP="00FD1AA2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FD1AA2" w:rsidRPr="0082497D" w:rsidRDefault="00FD1AA2" w:rsidP="00FD1AA2">
-[...15 lines deleted...]
-    <w:sectPr w:rsidR="00FD1AA2" w:rsidRPr="0082497D" w:rsidSect="00C94B49">
+    <w:sectPr w:rsidR="00FD1AA2" w:rsidRPr="0033089E" w:rsidSect="00595C13">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="0020015C" w:rsidRDefault="0020015C" w:rsidP="007C38CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="0020015C" w:rsidRDefault="0020015C" w:rsidP="007C38CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Sans Unicode">
     <w:panose1 w:val="020B0602030504020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
   </w:font>
@@ -1125,50 +9210,75 @@
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="0020015C" w:rsidRDefault="0020015C" w:rsidP="007C38CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="0020015C" w:rsidRDefault="0020015C" w:rsidP="007C38CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="120509D7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7042267A"/>
     <w:lvl w:ilvl="0" w:tplc="64AEC168">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
@@ -1942,64 +10052,64 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="64C82954"/>
+    <w:nsid w:val="63BF65F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="708E5230"/>
-    <w:lvl w:ilvl="0" w:tplc="A0EAD26C">
+    <w:tmpl w:val="7042267A"/>
+    <w:lvl w:ilvl="0" w:tplc="64AEC168">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1998" w:hanging="1005"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
@@ -2032,61 +10142,65 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="6A645015"/>
+    <w:nsid w:val="64C82954"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="021C468E"/>
-    <w:lvl w:ilvl="0" w:tplc="0419000F">
+    <w:tmpl w:val="708E5230"/>
+    <w:lvl w:ilvl="0" w:tplc="A0EAD26C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:suff w:val="space"/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1998" w:hanging="1005"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2309,439 +10423,371 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="13">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:hideSpellingErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004A26AC"/>
-    <w:rsid w:val="00005FA7"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00054B45"/>
+    <w:rsid w:val="00022D4E"/>
+    <w:rsid w:val="00035423"/>
+    <w:rsid w:val="0006262A"/>
+    <w:rsid w:val="00064609"/>
     <w:rsid w:val="00075E9E"/>
-    <w:rsid w:val="00082839"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00091896"/>
     <w:rsid w:val="000936BD"/>
-    <w:rsid w:val="000947D7"/>
-    <w:rsid w:val="000B7F3C"/>
     <w:rsid w:val="000C3B29"/>
     <w:rsid w:val="000D5E6B"/>
-    <w:rsid w:val="000D61C0"/>
     <w:rsid w:val="000E0EB1"/>
-    <w:rsid w:val="000F120B"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00125A20"/>
+    <w:rsid w:val="000E200A"/>
+    <w:rsid w:val="000F3790"/>
+    <w:rsid w:val="00105F71"/>
+    <w:rsid w:val="00112D9C"/>
+    <w:rsid w:val="00116AB3"/>
+    <w:rsid w:val="00136817"/>
+    <w:rsid w:val="00137709"/>
     <w:rsid w:val="00141585"/>
     <w:rsid w:val="0014525D"/>
     <w:rsid w:val="00147259"/>
     <w:rsid w:val="0016015F"/>
     <w:rsid w:val="00160898"/>
-    <w:rsid w:val="00163569"/>
-[...6 lines deleted...]
-    <w:rsid w:val="001B6D02"/>
+    <w:rsid w:val="001723D4"/>
+    <w:rsid w:val="00180E65"/>
+    <w:rsid w:val="00183D1B"/>
+    <w:rsid w:val="001852F0"/>
+    <w:rsid w:val="00197233"/>
+    <w:rsid w:val="0019729B"/>
+    <w:rsid w:val="001B6581"/>
     <w:rsid w:val="001C2959"/>
     <w:rsid w:val="001D159E"/>
-    <w:rsid w:val="001D2140"/>
-[...1 lines deleted...]
-    <w:rsid w:val="001E10EB"/>
+    <w:rsid w:val="001E0687"/>
+    <w:rsid w:val="001E51FF"/>
     <w:rsid w:val="001E58DA"/>
-    <w:rsid w:val="001E6975"/>
     <w:rsid w:val="001F3F1B"/>
     <w:rsid w:val="001F69F1"/>
-    <w:rsid w:val="00201EC5"/>
+    <w:rsid w:val="0020015C"/>
     <w:rsid w:val="00207E28"/>
-    <w:rsid w:val="00214787"/>
-[...15 lines deleted...]
-    <w:rsid w:val="00305D29"/>
+    <w:rsid w:val="0022400C"/>
+    <w:rsid w:val="00232EAA"/>
+    <w:rsid w:val="00251999"/>
+    <w:rsid w:val="0026117F"/>
+    <w:rsid w:val="00270795"/>
+    <w:rsid w:val="002A58D3"/>
+    <w:rsid w:val="002B0583"/>
+    <w:rsid w:val="002C4A07"/>
     <w:rsid w:val="003109EC"/>
     <w:rsid w:val="00315791"/>
-    <w:rsid w:val="003230C3"/>
+    <w:rsid w:val="00323AE7"/>
     <w:rsid w:val="003300AF"/>
-    <w:rsid w:val="003448D8"/>
+    <w:rsid w:val="0033089E"/>
+    <w:rsid w:val="003505A0"/>
     <w:rsid w:val="00353070"/>
-    <w:rsid w:val="00372AE7"/>
-    <w:rsid w:val="0037541F"/>
+    <w:rsid w:val="00361275"/>
+    <w:rsid w:val="00364EF2"/>
     <w:rsid w:val="00381157"/>
-    <w:rsid w:val="0038227D"/>
-[...1 lines deleted...]
-    <w:rsid w:val="003C25C4"/>
+    <w:rsid w:val="00385664"/>
     <w:rsid w:val="003C7850"/>
     <w:rsid w:val="003F7DD4"/>
-    <w:rsid w:val="0040663B"/>
-[...2 lines deleted...]
-    <w:rsid w:val="004515AB"/>
+    <w:rsid w:val="0042098F"/>
+    <w:rsid w:val="00427D78"/>
+    <w:rsid w:val="00444B48"/>
     <w:rsid w:val="00455A34"/>
-    <w:rsid w:val="0047144F"/>
-[...5 lines deleted...]
-    <w:rsid w:val="004A24E1"/>
+    <w:rsid w:val="00495FA1"/>
+    <w:rsid w:val="00497814"/>
     <w:rsid w:val="004A26AC"/>
-    <w:rsid w:val="004B3D5D"/>
-    <w:rsid w:val="004C3154"/>
+    <w:rsid w:val="004A701F"/>
+    <w:rsid w:val="004D4F12"/>
+    <w:rsid w:val="004E24C6"/>
     <w:rsid w:val="004E36C1"/>
-    <w:rsid w:val="004E5F2F"/>
-[...10 lines deleted...]
-    <w:rsid w:val="00561164"/>
+    <w:rsid w:val="004E5FD9"/>
+    <w:rsid w:val="00511CC4"/>
+    <w:rsid w:val="0053698C"/>
     <w:rsid w:val="0057610F"/>
     <w:rsid w:val="005869DD"/>
+    <w:rsid w:val="005900B1"/>
     <w:rsid w:val="005900B4"/>
-    <w:rsid w:val="005C7953"/>
-    <w:rsid w:val="005E06AB"/>
+    <w:rsid w:val="00592E6F"/>
+    <w:rsid w:val="00595C13"/>
+    <w:rsid w:val="005A1037"/>
+    <w:rsid w:val="005C2EB7"/>
+    <w:rsid w:val="005D1CB1"/>
     <w:rsid w:val="005F4A35"/>
-    <w:rsid w:val="00601981"/>
-    <w:rsid w:val="006106C5"/>
     <w:rsid w:val="00611E30"/>
     <w:rsid w:val="006144E4"/>
-    <w:rsid w:val="00617365"/>
-    <w:rsid w:val="006374EE"/>
+    <w:rsid w:val="00631400"/>
+    <w:rsid w:val="00647F9F"/>
     <w:rsid w:val="0065058A"/>
     <w:rsid w:val="00650AB7"/>
-    <w:rsid w:val="00652746"/>
+    <w:rsid w:val="006523E5"/>
     <w:rsid w:val="006734B0"/>
-    <w:rsid w:val="00677BED"/>
-    <w:rsid w:val="006846E8"/>
     <w:rsid w:val="00697683"/>
-    <w:rsid w:val="006B1527"/>
-[...3 lines deleted...]
-    <w:rsid w:val="006F1399"/>
+    <w:rsid w:val="006A3DEC"/>
+    <w:rsid w:val="006A4C0B"/>
+    <w:rsid w:val="006A77C4"/>
+    <w:rsid w:val="00705D55"/>
     <w:rsid w:val="00706626"/>
-    <w:rsid w:val="007079D2"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00753C44"/>
+    <w:rsid w:val="00714717"/>
+    <w:rsid w:val="0072011B"/>
     <w:rsid w:val="00753E04"/>
     <w:rsid w:val="00754926"/>
-    <w:rsid w:val="00757B25"/>
-[...4 lines deleted...]
-    <w:rsid w:val="007C1F1A"/>
+    <w:rsid w:val="00765349"/>
+    <w:rsid w:val="007901B3"/>
+    <w:rsid w:val="007A7DCB"/>
+    <w:rsid w:val="007C38CA"/>
+    <w:rsid w:val="007C4F1E"/>
     <w:rsid w:val="007D4C41"/>
-    <w:rsid w:val="007D7221"/>
     <w:rsid w:val="007E19AD"/>
-    <w:rsid w:val="007E2433"/>
     <w:rsid w:val="007E3D71"/>
-    <w:rsid w:val="007E6EC5"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00874CB4"/>
+    <w:rsid w:val="007F7644"/>
+    <w:rsid w:val="0082221B"/>
+    <w:rsid w:val="00826B6C"/>
+    <w:rsid w:val="008651D9"/>
+    <w:rsid w:val="008840FE"/>
+    <w:rsid w:val="00885DED"/>
+    <w:rsid w:val="008867AB"/>
     <w:rsid w:val="00893503"/>
     <w:rsid w:val="008937C4"/>
-    <w:rsid w:val="008A54CB"/>
-[...2 lines deleted...]
-    <w:rsid w:val="008F77E1"/>
+    <w:rsid w:val="008D3437"/>
+    <w:rsid w:val="008D34F5"/>
+    <w:rsid w:val="008E29DA"/>
     <w:rsid w:val="008F7C16"/>
-    <w:rsid w:val="0091217A"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00932395"/>
+    <w:rsid w:val="00907206"/>
+    <w:rsid w:val="00917785"/>
     <w:rsid w:val="00936FDA"/>
     <w:rsid w:val="00940629"/>
-    <w:rsid w:val="00947B76"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00962FF9"/>
+    <w:rsid w:val="009538E3"/>
+    <w:rsid w:val="00957374"/>
     <w:rsid w:val="00964D15"/>
+    <w:rsid w:val="00970839"/>
+    <w:rsid w:val="00973549"/>
     <w:rsid w:val="0097382E"/>
     <w:rsid w:val="0097770C"/>
-    <w:rsid w:val="00980403"/>
     <w:rsid w:val="00982BAD"/>
     <w:rsid w:val="00987943"/>
-    <w:rsid w:val="00987B65"/>
-    <w:rsid w:val="00997510"/>
+    <w:rsid w:val="009A628E"/>
     <w:rsid w:val="009A7D9D"/>
-    <w:rsid w:val="009B2353"/>
-[...4 lines deleted...]
-    <w:rsid w:val="009E5DE5"/>
+    <w:rsid w:val="009D1424"/>
+    <w:rsid w:val="009E5EE8"/>
+    <w:rsid w:val="009F5E89"/>
     <w:rsid w:val="00A04BAD"/>
-    <w:rsid w:val="00A11B0C"/>
     <w:rsid w:val="00A164A2"/>
-    <w:rsid w:val="00A24520"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00A42043"/>
+    <w:rsid w:val="00A2223E"/>
+    <w:rsid w:val="00A43809"/>
     <w:rsid w:val="00A45EC1"/>
     <w:rsid w:val="00A47D2C"/>
-    <w:rsid w:val="00A64B3C"/>
+    <w:rsid w:val="00A53AA8"/>
+    <w:rsid w:val="00A70133"/>
     <w:rsid w:val="00A70541"/>
+    <w:rsid w:val="00A76644"/>
+    <w:rsid w:val="00A810B3"/>
     <w:rsid w:val="00A918E4"/>
-    <w:rsid w:val="00A962F7"/>
     <w:rsid w:val="00AA27A1"/>
-    <w:rsid w:val="00AB285C"/>
     <w:rsid w:val="00AC3AD3"/>
-    <w:rsid w:val="00AD12B8"/>
     <w:rsid w:val="00AD4B68"/>
-    <w:rsid w:val="00AE2F70"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00B1211B"/>
+    <w:rsid w:val="00AE4FF3"/>
+    <w:rsid w:val="00AF258D"/>
+    <w:rsid w:val="00B122C3"/>
     <w:rsid w:val="00B142B6"/>
-    <w:rsid w:val="00B26119"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00B71B11"/>
+    <w:rsid w:val="00B1605A"/>
+    <w:rsid w:val="00B677DC"/>
     <w:rsid w:val="00B7471C"/>
     <w:rsid w:val="00B83D14"/>
-    <w:rsid w:val="00B86979"/>
     <w:rsid w:val="00B97548"/>
     <w:rsid w:val="00B97742"/>
-    <w:rsid w:val="00BA05A7"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00BC6C93"/>
+    <w:rsid w:val="00BD27A3"/>
+    <w:rsid w:val="00BE19FF"/>
+    <w:rsid w:val="00BE4FA6"/>
     <w:rsid w:val="00BE6C73"/>
     <w:rsid w:val="00BF285B"/>
-    <w:rsid w:val="00BF29F2"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00C05FE5"/>
+    <w:rsid w:val="00BF4EA2"/>
+    <w:rsid w:val="00BF7C5D"/>
+    <w:rsid w:val="00C028BE"/>
+    <w:rsid w:val="00C112D4"/>
     <w:rsid w:val="00C11D6D"/>
-    <w:rsid w:val="00C145FB"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00C50F86"/>
+    <w:rsid w:val="00C168E7"/>
+    <w:rsid w:val="00C25C18"/>
     <w:rsid w:val="00C6345F"/>
     <w:rsid w:val="00C66386"/>
-    <w:rsid w:val="00C703CC"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C94B49"/>
+    <w:rsid w:val="00C70CF8"/>
+    <w:rsid w:val="00C71E39"/>
+    <w:rsid w:val="00C80A1A"/>
+    <w:rsid w:val="00C86DFA"/>
+    <w:rsid w:val="00C90088"/>
+    <w:rsid w:val="00C9339E"/>
+    <w:rsid w:val="00C93651"/>
     <w:rsid w:val="00CA4D71"/>
-    <w:rsid w:val="00CA678E"/>
     <w:rsid w:val="00CB2525"/>
-    <w:rsid w:val="00CF7A57"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D172C9"/>
+    <w:rsid w:val="00CC670C"/>
+    <w:rsid w:val="00CC74A7"/>
+    <w:rsid w:val="00D02DA5"/>
+    <w:rsid w:val="00D136B9"/>
+    <w:rsid w:val="00D15666"/>
     <w:rsid w:val="00D217C2"/>
-    <w:rsid w:val="00D3669F"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00D6450E"/>
+    <w:rsid w:val="00D2618E"/>
+    <w:rsid w:val="00D27F0A"/>
+    <w:rsid w:val="00D514C0"/>
+    <w:rsid w:val="00D61781"/>
+    <w:rsid w:val="00D671FC"/>
     <w:rsid w:val="00D749DD"/>
     <w:rsid w:val="00D75333"/>
     <w:rsid w:val="00D773AE"/>
+    <w:rsid w:val="00D813EA"/>
     <w:rsid w:val="00D82E89"/>
-    <w:rsid w:val="00D85BF3"/>
-    <w:rsid w:val="00D8623E"/>
     <w:rsid w:val="00D8780F"/>
-    <w:rsid w:val="00D93821"/>
     <w:rsid w:val="00D939A5"/>
-    <w:rsid w:val="00D95D39"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00DC085D"/>
+    <w:rsid w:val="00DA4D95"/>
     <w:rsid w:val="00DC58D3"/>
-    <w:rsid w:val="00DD0937"/>
     <w:rsid w:val="00DD2469"/>
-    <w:rsid w:val="00DE7D88"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00E11B0E"/>
+    <w:rsid w:val="00DD308B"/>
     <w:rsid w:val="00E136F9"/>
-    <w:rsid w:val="00E17C6B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E3030E"/>
     <w:rsid w:val="00E32EA9"/>
-    <w:rsid w:val="00E4659D"/>
+    <w:rsid w:val="00E41797"/>
+    <w:rsid w:val="00E445F5"/>
+    <w:rsid w:val="00E471F5"/>
+    <w:rsid w:val="00E53B1B"/>
     <w:rsid w:val="00E57404"/>
-    <w:rsid w:val="00E67167"/>
-    <w:rsid w:val="00E672A3"/>
+    <w:rsid w:val="00E6549B"/>
     <w:rsid w:val="00E72623"/>
     <w:rsid w:val="00E75F78"/>
-    <w:rsid w:val="00E90896"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00ED11E1"/>
+    <w:rsid w:val="00EA3F73"/>
+    <w:rsid w:val="00ED61F0"/>
+    <w:rsid w:val="00ED64E2"/>
+    <w:rsid w:val="00EE5F99"/>
     <w:rsid w:val="00EF1853"/>
-    <w:rsid w:val="00F16EAE"/>
+    <w:rsid w:val="00F00CF0"/>
+    <w:rsid w:val="00F107C1"/>
     <w:rsid w:val="00F25332"/>
-    <w:rsid w:val="00F26AA4"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00F32DE2"/>
+    <w:rsid w:val="00F361EE"/>
     <w:rsid w:val="00F36C32"/>
     <w:rsid w:val="00F41A45"/>
+    <w:rsid w:val="00F41CED"/>
+    <w:rsid w:val="00F6000C"/>
+    <w:rsid w:val="00F7351A"/>
     <w:rsid w:val="00F73E7D"/>
     <w:rsid w:val="00FA0548"/>
     <w:rsid w:val="00FA4A52"/>
     <w:rsid w:val="00FA77F8"/>
     <w:rsid w:val="00FB06EE"/>
-    <w:rsid w:val="00FB1B57"/>
+    <w:rsid w:val="00FB3C96"/>
     <w:rsid w:val="00FB61BB"/>
-    <w:rsid w:val="00FC2CCC"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00FC7531"/>
     <w:rsid w:val="00FD1AA2"/>
     <w:rsid w:val="00FD2531"/>
-    <w:rsid w:val="00FD5B5C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00FE2D18"/>
+    <w:rsid w:val="00FD3CEF"/>
+    <w:rsid w:val="00FD73BC"/>
+    <w:rsid w:val="00FD7868"/>
     <w:rsid w:val="00FE56B3"/>
+    <w:rsid w:val="00FE712E"/>
     <w:rsid w:val="00FF1297"/>
-    <w:rsid w:val="00FF3F9F"/>
-    <w:rsid w:val="00FF6217"/>
+    <w:rsid w:val="00FF5280"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -2848,51 +10894,51 @@
     <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:unhideWhenUsed="0"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="004C3154"/>
+    <w:rsid w:val="004A3277"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="20"/>
     <w:uiPriority w:val="9"/>
@@ -3272,59 +11318,84 @@
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af2">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="af1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00611E30"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Consolas" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00276203"/>
+    <w:rsid w:val="00826B6C"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af4">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af5"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007C38CA"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af5">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="007C38CA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -3427,51 +11498,51 @@
     <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:unhideWhenUsed="0"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="004C3154"/>
+    <w:rsid w:val="004A3277"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="20"/>
     <w:uiPriority w:val="9"/>
@@ -3851,151 +11922,215 @@
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af2">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="af1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00611E30"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Consolas" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00276203"/>
+    <w:rsid w:val="00826B6C"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af4">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af5"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007C38CA"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af5">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="007C38CA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="246616134">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="569733201">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="622200227">
+    <w:div w:id="951087797">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1200316591">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1366099486">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1402094713">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1769152328">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1959599589">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="2030331749">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4224,78 +12359,78 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1C2851BE-3FBF-4C2C-ABD6-D6A87DEB5677}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C52FA046-08FE-4453-885E-6DD43A0C8C8B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>199</Words>
-  <Characters>1140</Characters>
+  <Words>222</Words>
+  <Characters>1271</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
+  <Lines>10</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1337</CharactersWithSpaces>
+  <CharactersWithSpaces>1491</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Кымбат Жумаханова</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>