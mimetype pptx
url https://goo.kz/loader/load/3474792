--- v0 (2025-12-05)
+++ v1 (2026-03-01)
@@ -1,55 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Default Extension="png" ContentType="image/png"/>
+  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
-  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
-  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
-  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-[...8 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId4"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
     <p:sldId id="257" r:id="rId3"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
   <p:notesSz cx="6858000" cy="9947275"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="ru-RU"/>
     </a:defPPr>
@@ -124,121 +124,121 @@
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
-      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns="">
         <p15:guide id="1" orient="horz" pos="2160">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="2880">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:clrMru>
     <a:srgbClr val="00CC00"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
-      <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
+      <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
-      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
+      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
-      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
+      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns="" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="87" d="100"/>
-          <a:sy n="87" d="100"/>
+          <a:sx n="57" d="100"/>
+          <a:sy n="57" d="100"/>
         </p:scale>
-        <p:origin x="1494" y="60"/>
+        <p:origin x="-1469" y="-91"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
-  <p:gridSpacing cx="72008" cy="72008"/>
+  <p:gridSpacing cx="73736200" cy="73736200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -288,51 +288,52 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="497364"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{DC30B24B-A97E-48A7-8F11-ACDE76691926}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>10.01.2019</a:t>
+              <a:pPr/>
+              <a:t>21.01.2020</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Образ слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="942975" y="746125"/>
             <a:ext cx="4972050" cy="3730625"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -449,60 +450,61 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="9448185"/>
             <a:ext cx="2971800" cy="497364"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E8CB21B2-9513-40D3-8AC5-B63293209591}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2255779563"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2255779563"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:notesStyle>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
@@ -784,51 +786,51 @@
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец подзаголовка</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5B106E36-FD25-4E2D-B0AA-010F637433A0}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>10.01.2019</a:t>
+              <a:t>21.01.2020</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -951,51 +953,51 @@
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5B106E36-FD25-4E2D-B0AA-010F637433A0}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>10.01.2019</a:t>
+              <a:t>21.01.2020</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1128,51 +1130,51 @@
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5B106E36-FD25-4E2D-B0AA-010F637433A0}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>10.01.2019</a:t>
+              <a:t>21.01.2020</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1295,51 +1297,51 @@
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5B106E36-FD25-4E2D-B0AA-010F637433A0}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>10.01.2019</a:t>
+              <a:t>21.01.2020</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1538,51 +1540,51 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5B106E36-FD25-4E2D-B0AA-010F637433A0}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>10.01.2019</a:t>
+              <a:t>21.01.2020</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1823,51 +1825,51 @@
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5B106E36-FD25-4E2D-B0AA-010F637433A0}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>10.01.2019</a:t>
+              <a:t>21.01.2020</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2242,51 +2244,51 @@
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Дата 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5B106E36-FD25-4E2D-B0AA-010F637433A0}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>10.01.2019</a:t>
+              <a:t>21.01.2020</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Нижний колонтитул 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2357,51 +2359,51 @@
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Дата 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5B106E36-FD25-4E2D-B0AA-010F637433A0}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>10.01.2019</a:t>
+              <a:t>21.01.2020</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Нижний колонтитул 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2449,51 +2451,51 @@
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Дата 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5B106E36-FD25-4E2D-B0AA-010F637433A0}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>10.01.2019</a:t>
+              <a:t>21.01.2020</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Нижний колонтитул 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2723,51 +2725,51 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5B106E36-FD25-4E2D-B0AA-010F637433A0}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>10.01.2019</a:t>
+              <a:t>21.01.2020</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2973,51 +2975,51 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5B106E36-FD25-4E2D-B0AA-010F637433A0}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>10.01.2019</a:t>
+              <a:t>21.01.2020</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3187,51 +3189,51 @@
           <a:xfrm>
             <a:off x="457200" y="6356350"/>
             <a:ext cx="2133600" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{5B106E36-FD25-4E2D-B0AA-010F637433A0}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:pPr/>
-              <a:t>10.01.2019</a:t>
+              <a:t>21.01.2020</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3124200" y="6356350"/>
             <a:ext cx="2895600" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -5794,74 +5796,65 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Words>192</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Экран (4:3)</PresentationFormat>
   <Paragraphs>15</Paragraphs>
   <Slides>2</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="6" baseType="variant">
-[...5 lines deleted...]
-      </vt:variant>
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="6" baseType="lpstr">
-[...2 lines deleted...]
-      <vt:lpstr>Times New Roman</vt:lpstr>
+    <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Тема Office</vt:lpstr>
-      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
-      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+      <vt:lpstr>Слайд 1</vt:lpstr>
+      <vt:lpstr>Слайд 2</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Слайд 1</dc:title>
   <dc:creator>21</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>