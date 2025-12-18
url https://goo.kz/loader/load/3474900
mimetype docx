--- v0 (2025-12-13)
+++ v1 (2025-12-18)
@@ -1,437 +1,440 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00682EE7" w:rsidRPr="00682EE7" w:rsidRDefault="00682EE7" w:rsidP="00682EE7">
+    <w:p w:rsidR="00682EE7" w:rsidRPr="00682EE7" w:rsidRDefault="00FA251F" w:rsidP="00682EE7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00682EE7">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>«УТВЕРЖДАЮ»</w:t>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бекітемі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00682EE7" w:rsidRPr="00682EE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00682EE7" w:rsidRPr="00682EE7" w:rsidRDefault="00682EE7" w:rsidP="00682EE7">
+    <w:p w:rsidR="00682EE7" w:rsidRPr="00FA251F" w:rsidRDefault="00FA251F" w:rsidP="00682EE7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00682EE7">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Директор школы</w:t>
+        <w:t>Мектеп директоры</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00682EE7" w:rsidRPr="00682EE7" w:rsidRDefault="00682EE7" w:rsidP="00682EE7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00682EE7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Гамирова Е.А</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00682EE7" w:rsidRPr="00682EE7" w:rsidRDefault="00682EE7" w:rsidP="00682EE7">
+    <w:p w:rsidR="00682EE7" w:rsidRPr="00382D94" w:rsidRDefault="00682EE7" w:rsidP="00682EE7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00682EE7">
+      <w:r w:rsidRPr="00382D94">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>____________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0089777A" w:rsidRPr="00682EE7" w:rsidRDefault="0089777A" w:rsidP="004906AE">
+    <w:p w:rsidR="00FA251F" w:rsidRPr="00FA251F" w:rsidRDefault="00FA251F" w:rsidP="00FA251F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00382D94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Іс-шаралар жоспары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="004906AE" w:rsidRPr="00682EE7" w:rsidRDefault="000B52B3" w:rsidP="004906AE">
+    <w:p w:rsidR="000B52B3" w:rsidRPr="00FA251F" w:rsidRDefault="00FA251F" w:rsidP="00FA251F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00682EE7">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>План мероприятий</w:t>
+        <w:t>ү</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="00FA251F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">по реализации </w:t>
+        <w:t>ш тілді жүзеге асыру бойынша</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10229" w:type="dxa"/>
         <w:tblInd w:w="-459" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="522"/>
         <w:gridCol w:w="4865"/>
         <w:gridCol w:w="2057"/>
         <w:gridCol w:w="2785"/>
       </w:tblGrid>
       <w:tr w:rsidR="004906AE" w:rsidRPr="00B241BE" w:rsidTr="00C34598">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="522" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="000B52B3" w:rsidRPr="00682EE7" w:rsidRDefault="000B52B3" w:rsidP="004906AE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000B52B3">
+            <w:r w:rsidRPr="00FA251F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="2697D1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00682EE7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="000B52B3" w:rsidRPr="00682EE7" w:rsidRDefault="000B52B3" w:rsidP="00682EE7">
+          <w:p w:rsidR="000B52B3" w:rsidRPr="00FA251F" w:rsidRDefault="00FA251F" w:rsidP="00682EE7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00682EE7">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00682EE7">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Іс-шараның атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2057" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="000B52B3" w:rsidRPr="00FA251F" w:rsidRDefault="00FA251F" w:rsidP="004906AE">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidR="00682EE7" w:rsidRPr="00682EE7">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>й</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2057" w:type="dxa"/>
+              <w:t>Орындау мерзімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2785" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="000B52B3" w:rsidRPr="00682EE7" w:rsidRDefault="000B52B3" w:rsidP="004906AE">
+          <w:p w:rsidR="000B52B3" w:rsidRPr="00FA251F" w:rsidRDefault="00FA251F" w:rsidP="004906AE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00682EE7">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Сроки</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00682EE7">
+              <w:t>О</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...24 lines deleted...]
-            <w:pPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>рындау</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...29 lines deleted...]
-              <w:t>исполнение</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға жауаптылар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004906AE" w:rsidRPr="00B241BE" w:rsidTr="00C34598">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="522" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="000B52B3" w:rsidRPr="004906AE" w:rsidRDefault="000B52B3" w:rsidP="004906AE">
             <w:pPr>
@@ -447,2131 +450,2005 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="000B52B3" w:rsidRPr="00682EE7" w:rsidRDefault="000B52B3" w:rsidP="00682EE7">
-[...26 lines deleted...]
-            <w:r w:rsidR="00682EE7">
+          <w:p w:rsidR="000B52B3" w:rsidRPr="00682EE7" w:rsidRDefault="00FA251F" w:rsidP="00382D94">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA251F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тілдер айлығы шеңберінде іс-шараларды ұйымдастыру және өткізу</w:t>
+            </w:r>
+            <w:r w:rsidR="00715493">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00715493">
-[...16 lines deleted...]
-              <w:t>декады  циклов ОГН,КИЛ,ин.яз</w:t>
+            <w:r w:rsidR="00382D94" w:rsidRPr="00382D94">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ОГН,КИЛ,</w:t>
+            </w:r>
+            <w:r w:rsidR="00382D94">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ағылшын тілі </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">онкүндік цикл </w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2057" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
+          <w:p w:rsidR="000B52B3" w:rsidRPr="00FA251F" w:rsidRDefault="00FA251F" w:rsidP="004906AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қыркүйек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2785" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FA251F" w:rsidRDefault="00FA251F" w:rsidP="00682EE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ОТЖ ДО</w:t>
+            </w:r>
+            <w:r w:rsidR="00682EE7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000B52B3" w:rsidRPr="00682EE7" w:rsidRDefault="00682EE7" w:rsidP="00682EE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ахметжанова Ш.А Кутякиди Е.С</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004906AE" w:rsidRPr="00382D94" w:rsidTr="00C34598">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
           <w:p w:rsidR="000B52B3" w:rsidRPr="004906AE" w:rsidRDefault="000B52B3" w:rsidP="004906AE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004906AE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>сентябрь</w:t>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="000B52B3" w:rsidRPr="00FA251F" w:rsidRDefault="00FA251F" w:rsidP="004906AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA251F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мектеп мұғалімдері үшін мемлекеттік тілді оқыту курстарын ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2057" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="000B52B3" w:rsidRPr="009506CB" w:rsidRDefault="009506CB" w:rsidP="004906AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бір жылдың ішінде</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2785" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="000B52B3" w:rsidRPr="00682EE7" w:rsidRDefault="00682EE7" w:rsidP="00682EE7">
-[...15 lines deleted...]
-              <w:t>ЗД по УВР Ахметжанова Ш.А Кутякиди Е.С</w:t>
+          <w:p w:rsidR="000B52B3" w:rsidRPr="00682EE7" w:rsidRDefault="009506CB" w:rsidP="00682EE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қазақ тілі және қазақ әдебиеті мұғалімі </w:t>
+            </w:r>
+            <w:r w:rsidR="00682EE7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Шакирова Р.А</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004906AE" w:rsidRPr="00382D94" w:rsidTr="00C34598">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="000B52B3" w:rsidRPr="004906AE" w:rsidRDefault="000B52B3" w:rsidP="004906AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004906AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="000B52B3" w:rsidRPr="009506CB" w:rsidRDefault="009506CB" w:rsidP="004906AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009506CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мектеп мұғалімдері үшін ағылшын тілінде курстар ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2057" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="000B52B3" w:rsidRPr="009506CB" w:rsidRDefault="009506CB" w:rsidP="004906AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бір жылдың ішінде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2785" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="000B52B3" w:rsidRPr="009506CB" w:rsidRDefault="009506CB" w:rsidP="00682EE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ӘБ жетекшісі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00682EE7" w:rsidRPr="00682EE7" w:rsidRDefault="00682EE7" w:rsidP="00682EE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Курилко Т.А</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004906AE" w:rsidRPr="00382D94" w:rsidTr="00C34598">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="000B52B3" w:rsidRPr="00C73B56" w:rsidRDefault="00C73B56" w:rsidP="004906AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="000B52B3" w:rsidRPr="009506CB" w:rsidRDefault="000B52B3" w:rsidP="004906AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009506CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009506CB" w:rsidRPr="009506CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мектептің ресми сайтында мемлекеттік тілде, ағылшын тілінде материалдарды орналастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2057" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="000B52B3" w:rsidRPr="009506CB" w:rsidRDefault="009506CB" w:rsidP="004906AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бір жылдың ішінде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2785" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="000B52B3" w:rsidRPr="009506CB" w:rsidRDefault="009506CB" w:rsidP="00C73B56">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ӘБ жетекшісі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C73B56" w:rsidRPr="00C73B56" w:rsidRDefault="00C73B56" w:rsidP="00C73B56">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Имангалиева Б.К</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004906AE" w:rsidRPr="00382D94" w:rsidTr="00C34598">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="000B52B3" w:rsidRPr="00C73B56" w:rsidRDefault="00C73B56" w:rsidP="004906AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="000B52B3" w:rsidRPr="009506CB" w:rsidRDefault="009506CB" w:rsidP="00C34598">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009506CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мерзімді баспасөз басылымдары арқылы тілдің үштілді білім алуын дамыту және насихаттау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2057" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="000B52B3" w:rsidRPr="009506CB" w:rsidRDefault="009506CB" w:rsidP="004906AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бір жылдың ішінде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2785" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="000B52B3" w:rsidRPr="00C34598" w:rsidRDefault="009506CB" w:rsidP="004906AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазақ тілі және әдебиет ,ағылшын тілі мұғалімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004906AE" w:rsidRPr="00B241BE" w:rsidTr="00C34598">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="522" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="000B52B3" w:rsidRPr="004906AE" w:rsidRDefault="000B52B3" w:rsidP="004906AE">
-[...13 lines deleted...]
-              <w:t>2</w:t>
+          <w:p w:rsidR="000B52B3" w:rsidRPr="00C73B56" w:rsidRDefault="00C73B56" w:rsidP="004906AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="000B52B3" w:rsidRPr="004906AE" w:rsidRDefault="000B52B3" w:rsidP="004906AE">
-[...30 lines deleted...]
-              <w:t>курсов по обучению  государственному языку для учителей школы</w:t>
+          <w:p w:rsidR="000B52B3" w:rsidRPr="009506CB" w:rsidRDefault="009506CB" w:rsidP="00B20090">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009506CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>БҰО пәндері бойынша орыс-ағылшын терминологиялық сөздігін электронды форматта әзірлеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2057" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="000B52B3" w:rsidRPr="004906AE" w:rsidRDefault="000B52B3" w:rsidP="004906AE">
-[...13 lines deleted...]
-              <w:t>в течение года</w:t>
+          <w:p w:rsidR="000B52B3" w:rsidRPr="009506CB" w:rsidRDefault="009506CB" w:rsidP="004906AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бір жылдың ішінде</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2785" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="000B52B3" w:rsidRPr="00682EE7" w:rsidRDefault="000B52B3" w:rsidP="00682EE7">
-[...23 lines deleted...]
-              <w:t>Шакирова Р.А</w:t>
+          <w:p w:rsidR="000B52B3" w:rsidRDefault="00B20090" w:rsidP="00B20090">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Канаева Ж.М</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B20090" w:rsidRDefault="00B20090" w:rsidP="00B20090">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Нуршанова А.К</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B20090" w:rsidRPr="00B20090" w:rsidRDefault="00B20090" w:rsidP="00B20090">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Курилко Т.А</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004906AE" w:rsidRPr="00382D94" w:rsidTr="00C34598">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="000B52B3" w:rsidRPr="007F73D3" w:rsidRDefault="007F73D3" w:rsidP="004906AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="000B52B3" w:rsidRPr="009506CB" w:rsidRDefault="009506CB" w:rsidP="007F73D3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009506CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>"Көптілділік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-табысқа жол" байқауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2057" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="000B52B3" w:rsidRPr="009506CB" w:rsidRDefault="009506CB" w:rsidP="004906AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>желтоқсан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2785" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="000B52B3" w:rsidRPr="009506CB" w:rsidRDefault="009506CB" w:rsidP="004906AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009506CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қазақ, орыс тілі мен әдебиеті, ағылшын тілі пән мұғалімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004906AE" w:rsidRPr="00B241BE" w:rsidTr="00C34598">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="522" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="000B52B3" w:rsidRPr="004906AE" w:rsidRDefault="000B52B3" w:rsidP="004906AE">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="000B52B3" w:rsidRPr="007F73D3" w:rsidRDefault="00CE5651" w:rsidP="004906AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="000B52B3" w:rsidRPr="009506CB" w:rsidRDefault="009506CB" w:rsidP="004906AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009506CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мұғалімдер мен оқушыларға арналған "Полиглот" байқауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2057" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="000B52B3" w:rsidRPr="009506CB" w:rsidRDefault="009506CB" w:rsidP="004906AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сәуір</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2785" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="000B52B3" w:rsidRPr="009506CB" w:rsidRDefault="009506CB" w:rsidP="007F73D3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009506CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тіл пәндерінің жетекшілері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004906AE" w:rsidRPr="00382D94" w:rsidTr="00C34598">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="000B52B3" w:rsidRPr="00CE5651" w:rsidRDefault="00CE5651" w:rsidP="004906AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="000B52B3" w:rsidRPr="009506CB" w:rsidRDefault="009506CB" w:rsidP="004906AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009506CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мектеп мұғалімдері арасында мемлекеттік тілді білуге жыл сайынғы конкурстар өткізу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2057" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="000B52B3" w:rsidRPr="009506CB" w:rsidRDefault="00BE710D" w:rsidP="004906AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>наурыз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2785" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="000B52B3" w:rsidRPr="00BE710D" w:rsidRDefault="00BE710D" w:rsidP="00BE710D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазақ тілі және әдебиет мұғалімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004906AE" w:rsidRPr="00382D94" w:rsidTr="00C34598">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="000B52B3" w:rsidRPr="00CE5651" w:rsidRDefault="000B52B3" w:rsidP="00CE5651">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004906AE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE5651">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="000B52B3" w:rsidRPr="004906AE" w:rsidRDefault="000B52B3" w:rsidP="004906AE">
-[...30 lines deleted...]
-              <w:t>курсов на английском языке для учителей школы</w:t>
+          <w:p w:rsidR="000B52B3" w:rsidRPr="00BE710D" w:rsidRDefault="00BE710D" w:rsidP="004906AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE710D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жазғы тілдік мектепті ұйымдастыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2057" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="000B52B3" w:rsidRPr="004906AE" w:rsidRDefault="000B52B3" w:rsidP="004906AE">
-[...13 lines deleted...]
-              <w:t>в течение года</w:t>
+          <w:p w:rsidR="000B52B3" w:rsidRPr="00BE710D" w:rsidRDefault="00BE710D" w:rsidP="004906AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Маусым-тамыз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2785" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="000B52B3" w:rsidRDefault="00682EE7" w:rsidP="00682EE7">
-[...32 lines deleted...]
-              <w:t>Курилко Т.А</w:t>
+          <w:p w:rsidR="00BE710D" w:rsidRPr="00382D94" w:rsidRDefault="00BE710D" w:rsidP="00BE710D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00382D94">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пән мұғалімдері</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000B52B3" w:rsidRPr="00382D94" w:rsidRDefault="00BE710D" w:rsidP="00BE710D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00382D94">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ағылшын тілі мен қазақ тілі мұғалімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004906AE" w:rsidRPr="00B241BE" w:rsidTr="00C34598">
+      <w:tr w:rsidR="004906AE" w:rsidRPr="000B52B3" w:rsidTr="00C34598">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="522" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="000B52B3" w:rsidRPr="00C73B56" w:rsidRDefault="00C73B56" w:rsidP="004906AE">
-[...1148 lines deleted...]
-          <w:p w:rsidR="000B52B3" w:rsidRPr="00CE5651" w:rsidRDefault="000B52B3" w:rsidP="00CE5651">
+          <w:p w:rsidR="000B52B3" w:rsidRPr="00D85E42" w:rsidRDefault="000B52B3" w:rsidP="00D85E42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004906AE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00CE5651">
-[...6 lines deleted...]
-              <w:t>0</w:t>
+            <w:r w:rsidR="00D85E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="000B52B3" w:rsidRPr="004906AE" w:rsidRDefault="000B52B3" w:rsidP="004906AE">
-[...13 lines deleted...]
-              <w:t>Организация летней языковой школы</w:t>
+          <w:p w:rsidR="000B52B3" w:rsidRPr="00BE710D" w:rsidRDefault="00BE710D" w:rsidP="004906AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE710D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қорытындылау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2057" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="000B52B3" w:rsidRPr="004906AE" w:rsidRDefault="000B52B3" w:rsidP="004906AE">
-[...13 lines deleted...]
-              <w:t>июнь-август</w:t>
+          <w:p w:rsidR="000B52B3" w:rsidRPr="00BE710D" w:rsidRDefault="00BE710D" w:rsidP="004906AE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мамыр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2785" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="000B52B3" w:rsidRPr="004906AE" w:rsidRDefault="000B52B3" w:rsidP="004906AE">
-[...69 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w:rsidR="000B52B3" w:rsidRPr="00D85E42" w:rsidRDefault="00BE710D" w:rsidP="00D85E42">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ОТЖ директордың орынбасары </w:t>
             </w:r>
             <w:r w:rsidR="00D85E42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...129 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>Кутякиди Е.С</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008B645E" w:rsidRPr="000B52B3" w:rsidRDefault="00F67D38" w:rsidP="004906AE"/>
-    <w:sectPr w:rsidR="008B645E" w:rsidRPr="000B52B3" w:rsidSect="009B2DD8">
+    <w:p w:rsidR="008B645E" w:rsidRPr="000B52B3" w:rsidRDefault="00382D94" w:rsidP="004906AE"/>
+    <w:sectPr w:rsidR="008B645E" w:rsidRPr="000B52B3">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000B52B3"/>
     <w:rsid w:val="000B52B3"/>
     <w:rsid w:val="000C4930"/>
+    <w:rsid w:val="00382D94"/>
     <w:rsid w:val="003C4434"/>
     <w:rsid w:val="004906AE"/>
     <w:rsid w:val="00682EE7"/>
     <w:rsid w:val="00715493"/>
     <w:rsid w:val="007F73D3"/>
     <w:rsid w:val="0089777A"/>
-    <w:rsid w:val="009B2DD8"/>
+    <w:rsid w:val="009506CB"/>
     <w:rsid w:val="00B20090"/>
     <w:rsid w:val="00B241BE"/>
+    <w:rsid w:val="00BE710D"/>
     <w:rsid w:val="00C34598"/>
     <w:rsid w:val="00C73B56"/>
     <w:rsid w:val="00CE5651"/>
     <w:rsid w:val="00D85E42"/>
-    <w:rsid w:val="00F67D38"/>
+    <w:rsid w:val="00FA251F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -2685,64 +2562,62 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="009B2DD8"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="004906AE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
@@ -2927,86 +2802,86 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="004906AE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="742947723">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1489439314">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3255,66 +3130,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>231</Words>
-  <Characters>1320</Characters>
+  <Words>225</Words>
+  <Characters>1285</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
+  <Lines>10</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>RePack by SPecialiST</Company>
+  <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1548</CharactersWithSpaces>
+  <CharactersWithSpaces>1507</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>21</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>