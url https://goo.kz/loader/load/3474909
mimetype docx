--- v0 (2025-12-13)
+++ v1 (2026-03-04)
@@ -3,3287 +3,3472 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00D668E9" w:rsidRPr="003E694D" w:rsidRDefault="00E50CDC" w:rsidP="00D668E9">
+    <w:p w:rsidR="00B70278" w:rsidRDefault="00B70278" w:rsidP="00B70278">
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:ind w:firstLine="567"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="003E694D">
+      <w:r w:rsidRPr="00D668E9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">«Алтын белгі»  белгісіне үміткерлердің </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D668E9" w:rsidRPr="003E694D">
+        <w:t xml:space="preserve">Инструкция </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B70278" w:rsidRPr="00D668E9" w:rsidRDefault="00B70278" w:rsidP="00B70278">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">жазбаша емтихан </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003E694D">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>жұмыс</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D668E9" w:rsidRPr="003E694D">
+        <w:t>по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>тар</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003E694D">
+        <w:t xml:space="preserve"> проверк</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ын</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D668E9" w:rsidRPr="003E694D">
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> бойынша </w:t>
+        <w:t xml:space="preserve"> письменных экзаменционных работ претендентов на Знак «Алтын белгі»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E50CDC" w:rsidRPr="003E694D" w:rsidRDefault="00E50CDC" w:rsidP="00D668E9">
+    <w:p w:rsidR="00B70278" w:rsidRPr="00D668E9" w:rsidRDefault="00B70278" w:rsidP="00B70278">
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:ind w:firstLine="567"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E694D">
-[...8 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00E50CDC" w:rsidRDefault="00E50CDC" w:rsidP="00E50CDC">
+    <w:p w:rsidR="00B70278" w:rsidRPr="00D668E9" w:rsidRDefault="00B70278" w:rsidP="00B70278">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На основании приказа Министра образования и науки Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>от 18 марта 2008 года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 125 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Об утверждении Типовых правил проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся для организаций среднего, технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323150">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323150">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>внесены изменения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323150">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323150">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">м </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323150">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>№ 509 от 26 ноября 2019 года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323150">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> каждо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организации образования, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">при </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>отдела</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">х </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования и управления</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования до 1 февраля создается </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">специальные </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Комиисия</w:t>
+      </w:r>
+      <w:r w:rsidR="002B4FDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по проведению итоговой аттестации (далее - Комиссия)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B70278" w:rsidRPr="00D668E9" w:rsidRDefault="00B70278" w:rsidP="00B70278">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Секретарь </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">омиссии, созданной при организации образования, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>после</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> экзамена</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> собирает </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">письменные работы претендентов на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>З</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нак </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Алтын белгі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A3530B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(далее - претенденты)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, вкладывает их в конверты, подписанные членами </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">омиссии, подшивает и в тот же день доставляет председателю </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">омиссии, созданной при отделе образования, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">передает </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по акту приема-передачи. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B70278" w:rsidRPr="00D668E9" w:rsidRDefault="00B70278" w:rsidP="00B70278">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Секретарь </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>омиссии, созданной при отдел</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования, собирает работы всех претендентов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D634C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(без вскрытия конвертов)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, помещает их в ящики,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подписанные членами Комиссии, упаковывает</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и доставляет в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>день проведения экзамена</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или на следующий день до 13.00 часов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323150">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(в зависимости от расстояния до областного центра)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> председателю </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">омиссии, созданной при управлении образования, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">передает </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>по акту приема-передачи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B70278" w:rsidRPr="00D668E9" w:rsidRDefault="00B70278" w:rsidP="00B70278">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Письменн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ые</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> претендентов </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>проверяется К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">омиссией, созданной при управлении образования, в день </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">получения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">работ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323150">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(экзаменационн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ые</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323150">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323150">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> претендентов, принятых из близлежащих городов/районов)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или на следующий день.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B70278" w:rsidRPr="00742824" w:rsidRDefault="00B70278" w:rsidP="00B70278">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В состав </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>омиссии, созданной при управлении образования, входят квалифицированные, опытные учителя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предметов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323150">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(за исключением других членов)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, по которым про</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>водятся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> письменные экзамены, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>число</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учител</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-предметник</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ов в составе комиссии зависит от</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> количества всех претендентов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00742824">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(на 10-15 претендентов один учитель-предметник). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B70278" w:rsidRPr="00D668E9" w:rsidRDefault="00B70278" w:rsidP="00B70278">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>О дате</w:t>
+      </w:r>
+      <w:r w:rsidR="0040419C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0040419C" w:rsidRPr="006B73FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мест</w:t>
+      </w:r>
+      <w:r w:rsidR="009C31ED" w:rsidRPr="006B73FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и времени проведения проверки работ претендентов члены Комиссии оповещаются заранее.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B70278" w:rsidRPr="00D668E9" w:rsidRDefault="00B70278" w:rsidP="00B70278">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Учител</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-предметнику не </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">разрешается участвовать в проверке </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>работ претендентов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> своей школы, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> своего района</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B70278" w:rsidRDefault="00B70278" w:rsidP="00B70278">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для обеспечения качественной, эффективной и безопасной работы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">членов Комиссии в школе предоставляется необходимое количество кабинетов, организуется дежурство в рекреациях. Работа Комиссии проходит в одном здании </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00654C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(в одной школе)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B70278" w:rsidRPr="00D668E9" w:rsidRDefault="00B70278" w:rsidP="00B70278">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Учитель, проверяющий работу претендента, оценивает пис</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ьменную экзаменационную работу </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и пишет </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рецензию к ней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B70278" w:rsidRPr="00D668E9" w:rsidRDefault="00B70278" w:rsidP="00B70278">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Работ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> претендентов рассматривается на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>общем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заседании членов </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>омиссии в тот же день после проверки. Письменные работы претендентов каждой школы помещаются в один конверт и прош</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>иваются, составляются протоколы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Письменные работы кандидатов каждого района/города помещаются в один ящик, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>упаковываются</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B70278" w:rsidRPr="00D668E9" w:rsidRDefault="00B70278" w:rsidP="00B70278">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Работ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> претендентов в течение двух дней после проверки д</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оставляются</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> до организаций образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B70278" w:rsidRDefault="00B70278" w:rsidP="00B70278">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Отчет об итогах проверок </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>письменных работ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D668E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> претендентов в Министерство образования и науки РК направляется в день окончания проверки по форме:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B70278" w:rsidRDefault="00B70278" w:rsidP="00B70278">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E50CDC" w:rsidRDefault="00E50CDC" w:rsidP="00E50CDC">
+    <w:p w:rsidR="00B70278" w:rsidRDefault="00B70278" w:rsidP="00B70278">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="both"/>
-[...28 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(2019 жылғы 26 қарашадағы № 509 бұйрықпен өзгерістер енгізілген)</w:t>
-[...53 lines deleted...]
-        <w:t>құрылады.</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="006B3054">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Итоги проверки письменных экзаменационных работ претендентов </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E50CDC" w:rsidRDefault="00E50CDC" w:rsidP="00E50CDC">
+    <w:p w:rsidR="00B70278" w:rsidRDefault="00B70278" w:rsidP="00B70278">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A019F3">
-[...60 lines deleted...]
-        <w:t xml:space="preserve">қабылдау-табыстау актісі арқылы жеткізеді. </w:t>
+      <w:r w:rsidRPr="006B3054">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>на Знак «Алтын белгі» по предмет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B3054">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B3054">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE0ADF" w:rsidRDefault="00E50CDC" w:rsidP="00FE0ADF">
+    <w:p w:rsidR="00B70278" w:rsidRPr="006B3054" w:rsidRDefault="00B70278" w:rsidP="00B70278">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="both"/>
-[...818 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002A56A9">
+      <w:r w:rsidRPr="006B3054">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...41 lines deleted...]
-        <w:t>ын тексеру қорытындысы</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> по _____________ области/города</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FB40EE" w:rsidRPr="00FB40EE" w:rsidRDefault="00FB40EE" w:rsidP="00FE0ADF">
+    <w:p w:rsidR="00B70278" w:rsidRPr="00FB40EE" w:rsidRDefault="00B70278" w:rsidP="00B70278">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1358"/>
-[...11 lines deleted...]
-        <w:gridCol w:w="741"/>
+        <w:gridCol w:w="1545"/>
+        <w:gridCol w:w="591"/>
+        <w:gridCol w:w="658"/>
+        <w:gridCol w:w="796"/>
+        <w:gridCol w:w="658"/>
+        <w:gridCol w:w="660"/>
+        <w:gridCol w:w="796"/>
+        <w:gridCol w:w="678"/>
+        <w:gridCol w:w="627"/>
+        <w:gridCol w:w="796"/>
+        <w:gridCol w:w="656"/>
+        <w:gridCol w:w="596"/>
+        <w:gridCol w:w="796"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002A56A9" w:rsidRPr="00975918" w:rsidTr="00B87E02">
-[...2 lines deleted...]
-            <w:tcW w:w="703" w:type="pct"/>
+      <w:tr w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidTr="00C874E5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="809" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="006C3F8B" w:rsidRPr="006C3F8B" w:rsidRDefault="006C3F8B" w:rsidP="00FE0ADF">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> Аудан/қала атауы</w:t>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B87E02">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименования района/города</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1183" w:type="pct"/>
+            <w:tcW w:w="1046" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="006C3F8B" w:rsidRPr="006C3F8B" w:rsidRDefault="006C3F8B" w:rsidP="00FE0ADF">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">Үміткерлердің </w:t>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B87E02">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Всего количество претендентов,  в том числе по языкам обучения</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006C3F8B" w:rsidRPr="006C3F8B" w:rsidRDefault="006C3F8B" w:rsidP="00FE0ADF">
-[...20 lines deleted...]
-              <w:t>саны, оның</w:t>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1077" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B87E02">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Количество претендентов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> ішінде</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidRPr="006C3F8B">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B87E02">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> получивших оцен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B87E02">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00B87E02">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«5»,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B87E02">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  в том числе по языкам обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1042" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B87E02">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Количество претендентов</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-              <w:t>оқыту тілі бойынша</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="1082" w:type="pct"/>
+            <w:r w:rsidRPr="00B87E02">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> получивших оцен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B87E02">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B87E02">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«4»,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B87E02">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  в том числе по языкам обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1026" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="006C3F8B" w:rsidRPr="006C3F8B" w:rsidRDefault="006C3F8B" w:rsidP="00FE0ADF">
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B87E02">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Количество претендентов получивших оцен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B87E02">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B87E02">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-              <w:t>5</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="006C3F8B">
-[...6 lines deleted...]
-              <w:t>»</w:t>
+            <w:r w:rsidRPr="00B87E02">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B87E02">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  в том числе по языкам обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidTr="00C874E5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="809" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="325" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B87E02">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>каз.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="359" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>рус</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B87E02">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="361" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B87E02">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дру</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> бағасын алғандар саны, </w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>гие</w:t>
             </w:r>
-            <w:r w:rsidRPr="006C3F8B">
-[...6 lines deleted...]
-              <w:t>оның</w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="359" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B87E02">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>каз.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="360" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B87E02">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>рус.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="358" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>другие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="369" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B87E02">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>каз.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="343" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>рус</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B87E02">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="330" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B87E02">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дру</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> ішінде</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>гие</w:t>
             </w:r>
-            <w:r w:rsidRPr="006C3F8B">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="358" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B87E02">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>каз.</w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="327" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-              <w:t>оқыту тілі бойынша</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>рус</w:t>
             </w:r>
-          </w:p>
-[...286 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B87E02">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="389" w:type="pct"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="341" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-              <w:t>б</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>другие</w:t>
             </w:r>
-            <w:r w:rsidR="00B87E02" w:rsidRPr="006C3F8B">
-[...6 lines deleted...]
-              <w:t>асқа</w:t>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidTr="00C874E5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="809" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="325" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="359" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="361" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="359" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="360" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="358" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="369" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="343" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="330" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="358" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="327" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="341" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidTr="00C874E5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="809" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="325" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="359" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="361" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="359" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="360" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="358" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="369" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="343" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="330" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="358" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="327" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="341" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidTr="00C874E5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="809" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ИТОГО по области</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="300" w:type="pct"/>
-[...1155 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="325" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="359" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="361" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="359" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="360" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="358" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="369" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="343" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="330" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="358" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="327" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="341" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B70278" w:rsidRPr="00B87E02" w:rsidRDefault="00B70278" w:rsidP="00C874E5">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FB40EE" w:rsidRDefault="00FB40EE" w:rsidP="00FE0ADF">
+    <w:p w:rsidR="00B70278" w:rsidRDefault="00B70278" w:rsidP="00B70278">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0035063E" w:rsidRDefault="0035063E">
+    <w:p w:rsidR="00B70278" w:rsidRDefault="00B70278" w:rsidP="00B70278">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C44E1D" w:rsidRDefault="00C44E1D">
-[...48 lines deleted...]
-    <w:p w:rsidR="00323150" w:rsidRPr="00D668E9" w:rsidRDefault="00323150" w:rsidP="00D668E9">
+    <w:p w:rsidR="00B70278" w:rsidRPr="00D668E9" w:rsidRDefault="00B70278" w:rsidP="00B70278">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00323150" w:rsidRPr="00D668E9" w:rsidSect="0059186A">
+    <w:p w:rsidR="0035063E" w:rsidRDefault="0035063E"/>
+    <w:sectPr w:rsidR="0035063E" w:rsidSect="0059186A">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="709" w:right="851" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F877AC" w:rsidRDefault="00F877AC" w:rsidP="0059186A">
+    <w:p w:rsidR="004C0A06" w:rsidRDefault="004C0A06">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F877AC" w:rsidRDefault="00F877AC" w:rsidP="0059186A">
+    <w:p w:rsidR="004C0A06" w:rsidRDefault="004C0A06">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Lucida Sans Unicode">
+    <w:panose1 w:val="020B0602030504020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:altName w:val="Arial"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F877AC" w:rsidRDefault="00F877AC" w:rsidP="0059186A">
+    <w:p w:rsidR="004C0A06" w:rsidRDefault="004C0A06">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F877AC" w:rsidRDefault="00F877AC" w:rsidP="0059186A">
+    <w:p w:rsidR="004C0A06" w:rsidRDefault="004C0A06">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-537043875"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="0059186A" w:rsidRDefault="0059186A">
+      <w:p w:rsidR="0059186A" w:rsidRDefault="00B70278">
         <w:pPr>
           <w:pStyle w:val="a4"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E07934">
+        <w:r w:rsidR="00C360ED">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="0059186A" w:rsidRDefault="0059186A">
+  <w:p w:rsidR="0059186A" w:rsidRDefault="004C0A06">
     <w:pPr>
       <w:pStyle w:val="a4"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E50CDC"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00323150"/>
+    <w:rsidRoot w:val="00B70278"/>
+    <w:rsid w:val="002B4FDE"/>
     <w:rsid w:val="0035063E"/>
-    <w:rsid w:val="003D0EE1"/>
-[...1 lines deleted...]
-    <w:rsid w:val="004C54BB"/>
+    <w:rsid w:val="0040419C"/>
+    <w:rsid w:val="00476C66"/>
+    <w:rsid w:val="004C0A06"/>
     <w:rsid w:val="004F3F77"/>
-    <w:rsid w:val="0059186A"/>
-[...15 lines deleted...]
-    <w:rsid w:val="00A3530B"/>
+    <w:rsid w:val="006B73FB"/>
+    <w:rsid w:val="007A1584"/>
+    <w:rsid w:val="009C31ED"/>
     <w:rsid w:val="00AD21CD"/>
-    <w:rsid w:val="00B87E02"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00C44E1D"/>
+    <w:rsid w:val="00B70278"/>
+    <w:rsid w:val="00C01B3C"/>
+    <w:rsid w:val="00C360ED"/>
     <w:rsid w:val="00C85C2F"/>
-    <w:rsid w:val="00D668E9"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00FF2520"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -3426,159 +3611,133 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E50CDC"/>
+    <w:rsid w:val="00B70278"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00FB40EE"/>
+    <w:rsid w:val="00B70278"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0059186A"/>
+    <w:rsid w:val="00B70278"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0059186A"/>
-[...25 lines deleted...]
-    <w:rsid w:val="0059186A"/>
+    <w:rsid w:val="00B70278"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -3702,159 +3861,133 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E50CDC"/>
+    <w:rsid w:val="00B70278"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00FB40EE"/>
+    <w:rsid w:val="00B70278"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0059186A"/>
+    <w:rsid w:val="00B70278"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0059186A"/>
-[...25 lines deleted...]
-    <w:rsid w:val="0059186A"/>
+    <w:rsid w:val="00B70278"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
@@ -4131,66 +4264,66 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>524</Words>
-  <Characters>2990</Characters>
+  <Words>539</Words>
+  <Characters>3078</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>24</Lines>
+  <Lines>25</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3507</CharactersWithSpaces>
+  <CharactersWithSpaces>3610</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Жакенов Талгат Жумабекович</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>