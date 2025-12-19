--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -3,142 +3,121 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4507"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
   <bookViews>
-    <workbookView xWindow="120" yWindow="108" windowWidth="15120" windowHeight="8016"/>
+    <workbookView xWindow="120" yWindow="105" windowWidth="15120" windowHeight="8010"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId1"/>
     <sheet name="Лист2" sheetId="2" r:id="rId2"/>
     <sheet name="Лист3" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="121" uniqueCount="80">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="121" uniqueCount="77">
   <si>
     <t>"Алтын сын"  - 2019-2020</t>
   </si>
   <si>
     <t>№</t>
   </si>
   <si>
-    <t>Ф.И. Ученика</t>
-[...7 lines deleted...]
-  <si>
     <t>Капенов Уалихан</t>
   </si>
   <si>
-    <t>нем.яз</t>
-[...1 lines deleted...]
-  <si>
     <t>Базавод Полина</t>
   </si>
   <si>
-    <t>нем.яз.</t>
-[...1 lines deleted...]
-  <si>
     <t>Фесиков Илья</t>
   </si>
   <si>
     <t>Лазаревич А.</t>
   </si>
   <si>
     <t>8Г</t>
   </si>
   <si>
-    <t>рус.яз.</t>
-[...1 lines deleted...]
-  <si>
     <t>Фоменко А.</t>
   </si>
   <si>
     <t>Канапьянова Жанель</t>
   </si>
   <si>
     <t>Лекер Алмас</t>
   </si>
   <si>
     <t>матем.</t>
   </si>
   <si>
     <t>Пьянзин Андрей</t>
   </si>
   <si>
     <t>Вакулина Диана</t>
   </si>
   <si>
     <t xml:space="preserve">Гусак Ксения </t>
   </si>
   <si>
     <t>информ.</t>
   </si>
   <si>
     <t>Кутнова Л.Г.</t>
   </si>
   <si>
     <t>Гурина А.М.</t>
   </si>
   <si>
     <t>Асаинова С.И.</t>
   </si>
   <si>
     <t>Мокраусова Т.Р</t>
   </si>
   <si>
-    <t>Учитель</t>
-[...1 lines deleted...]
-  <si>
     <t>Ахметова Диана</t>
   </si>
   <si>
     <t>Аймурадов Давид</t>
   </si>
   <si>
     <t>физика</t>
   </si>
   <si>
     <t>Серикова Е.А.</t>
   </si>
   <si>
     <t>Камышкенов Даниял</t>
   </si>
   <si>
     <t>Коваленко Максим</t>
   </si>
   <si>
     <t>география</t>
   </si>
   <si>
     <t>Мусина Илана</t>
   </si>
   <si>
     <t>химия</t>
@@ -170,135 +149,147 @@
   <si>
     <t>"Жас ғалым" 2019-2020</t>
   </si>
   <si>
     <t>7Г</t>
   </si>
   <si>
     <t>Бураханова Р.М.</t>
   </si>
   <si>
     <t>6Г</t>
   </si>
   <si>
     <t>Умарова Л.О.</t>
   </si>
   <si>
     <t xml:space="preserve"> Умарова Л.О</t>
   </si>
   <si>
     <t>Жумабаева А.К.</t>
   </si>
   <si>
     <t>Жанзакова Д.</t>
   </si>
   <si>
-    <t>история</t>
-[...1 lines deleted...]
-  <si>
     <t>Орумбаева А.Б.</t>
   </si>
   <si>
     <t>Даутова А.</t>
   </si>
   <si>
     <t>Ильяс Сұлтан</t>
   </si>
   <si>
     <t>Хомутова С.В.</t>
   </si>
   <si>
     <t>Наврузбаева Ж.</t>
   </si>
   <si>
     <t>11Б</t>
   </si>
   <si>
     <t>Увалиев А.А.</t>
   </si>
   <si>
-    <t>англ.яз.</t>
-[...1 lines deleted...]
-  <si>
     <t>Крюковская Н.Ю.</t>
   </si>
   <si>
     <t>Датбаев Азиз</t>
   </si>
   <si>
     <t>9В</t>
   </si>
   <si>
     <t>Елемесова Б.М.</t>
   </si>
   <si>
     <t>Ким Алина</t>
   </si>
   <si>
-    <t>каз.яз.</t>
-[...1 lines deleted...]
-  <si>
     <t>Темирбаева Ж.К.</t>
   </si>
   <si>
     <t>Жанжигитова Дильназ</t>
   </si>
   <si>
-    <t>англ.яз</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> Крюковская Н.Ю.</t>
   </si>
   <si>
     <t>Вирясова Кира</t>
   </si>
   <si>
     <t>Нургазинов А.</t>
   </si>
   <si>
     <t>5Д</t>
   </si>
   <si>
     <t>Мизамбаева Адина</t>
   </si>
   <si>
     <t>Суенов Ален</t>
   </si>
   <si>
     <t>Рахымтаева Сабина</t>
   </si>
   <si>
     <t>6Д</t>
   </si>
   <si>
-    <t>русс.яз</t>
-[...1 lines deleted...]
-  <si>
     <t>Шапихова З.И.</t>
   </si>
   <si>
     <t>Магзумова Э.М.</t>
+  </si>
+  <si>
+    <t>оқушының аты-жөні</t>
+  </si>
+  <si>
+    <t>сынып</t>
+  </si>
+  <si>
+    <t>пән</t>
+  </si>
+  <si>
+    <t>мұғалім</t>
+  </si>
+  <si>
+    <t>неміс тілі</t>
+  </si>
+  <si>
+    <t>орыс тілі</t>
+  </si>
+  <si>
+    <t>тарих</t>
+  </si>
+  <si>
+    <t>ағыл тілі</t>
+  </si>
+  <si>
+    <t>қаз тілі</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
   </fonts>
@@ -653,646 +644,646 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F33"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A28" workbookViewId="0">
-      <selection activeCell="G1" sqref="G1:H1048576"/>
+    <sheetView tabSelected="1" topLeftCell="A16" workbookViewId="0">
+      <selection activeCell="E33" sqref="E33"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4"/>
+  <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="3" max="3" width="14.44140625" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="6" max="6" width="18.109375" customWidth="1"/>
+    <col min="3" max="3" width="14.42578125" customWidth="1"/>
+    <col min="4" max="4" width="11.140625" customWidth="1"/>
+    <col min="5" max="5" width="11.28515625" customWidth="1"/>
+    <col min="6" max="6" width="18.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" s="7" customFormat="1">
       <c r="A1" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="1" t="s">
-        <v>2</v>
+        <v>68</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1" t="s">
-        <v>3</v>
+        <v>69</v>
       </c>
       <c r="E2" s="1" t="s">
-        <v>4</v>
+        <v>70</v>
       </c>
       <c r="F2" s="5" t="s">
-        <v>25</v>
+        <v>71</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2">
         <v>1</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1">
         <v>9</v>
       </c>
       <c r="E3" s="1" t="s">
-        <v>6</v>
+        <v>72</v>
       </c>
       <c r="F3" s="5" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="2">
         <v>2</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="C4" s="1"/>
       <c r="D4" s="1">
         <v>10</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>8</v>
+        <v>72</v>
       </c>
       <c r="F4" s="5" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="2">
         <v>3</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>8</v>
+        <v>72</v>
       </c>
       <c r="F5" s="5" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="2">
         <v>4</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>12</v>
+        <v>73</v>
       </c>
       <c r="F6" s="5" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="2">
         <v>5</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>12</v>
+        <v>73</v>
       </c>
       <c r="F7" s="5" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="2">
         <v>6</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>12</v>
+        <v>73</v>
       </c>
       <c r="F8" s="5" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="2">
         <v>7</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>12</v>
+        <v>73</v>
       </c>
       <c r="F9" s="5" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="2">
         <v>8</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="F10" s="5" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="2">
         <v>9</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="C11" s="1"/>
       <c r="D11" s="1" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="F11" s="5" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="2">
         <v>10</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="1" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="F12" s="5" t="s">
-        <v>79</v>
+        <v>67</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="2">
         <v>11</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="1" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="F13" s="5" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="2">
         <v>12</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="1" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="F14" s="5" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="2">
         <v>13</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="C15" s="1"/>
       <c r="D15" s="1" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="F15" s="5" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="2">
         <v>14</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="C16" s="1"/>
       <c r="D16" s="1" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="F16" s="5" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="2">
         <v>15</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="C17" s="1"/>
       <c r="D17" s="1" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="F17" s="5" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="2">
         <v>16</v>
       </c>
       <c r="B18" s="4" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="C18" s="1"/>
       <c r="D18" s="4" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="E18" s="4" t="s">
-        <v>51</v>
+        <v>74</v>
       </c>
       <c r="F18" s="6" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="2">
         <v>17</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="C19" s="1"/>
       <c r="D19" s="4" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="E19" s="4" t="s">
-        <v>51</v>
+        <v>74</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="2">
         <v>18</v>
       </c>
       <c r="B20" s="4" t="s">
-        <v>54</v>
+        <v>46</v>
       </c>
       <c r="C20" s="1"/>
       <c r="D20" s="4" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="E20" s="4" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="F20" s="6" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="2">
         <v>19</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="C21" s="1"/>
       <c r="D21" s="4" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
       <c r="E21" s="4" t="s">
-        <v>51</v>
+        <v>74</v>
       </c>
       <c r="F21" s="6" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="2">
         <v>20</v>
       </c>
       <c r="B22" s="4" t="s">
-        <v>61</v>
+        <v>52</v>
       </c>
       <c r="C22" s="1"/>
       <c r="D22" s="4" t="s">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="E22" s="4" t="s">
-        <v>59</v>
+        <v>75</v>
       </c>
       <c r="F22" s="6" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="2">
         <v>21</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="C23" s="1"/>
       <c r="D23" s="4" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="E23" s="4" t="s">
-        <v>65</v>
+        <v>76</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>66</v>
+        <v>56</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="2">
         <v>22</v>
       </c>
       <c r="B24" s="4" t="s">
-        <v>67</v>
+        <v>57</v>
       </c>
       <c r="C24" s="1"/>
       <c r="D24" s="4" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="E24" s="4" t="s">
-        <v>59</v>
+        <v>75</v>
       </c>
       <c r="F24" s="6" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="3"/>
       <c r="B25" s="4"/>
       <c r="C25" s="1"/>
       <c r="D25" s="4"/>
       <c r="E25" s="4"/>
       <c r="F25" s="6"/>
     </row>
     <row r="26" spans="1:6" s="7" customFormat="1">
       <c r="A26" s="7" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="2">
         <v>1</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="C27" s="1"/>
       <c r="D27" s="1" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="F27" s="5" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="2">
         <v>2</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="C28" s="1"/>
       <c r="D28" s="1" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="F28" s="5" t="s">
-        <v>69</v>
+        <v>58</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="3">
         <v>3</v>
       </c>
       <c r="B29" s="4" t="s">
-        <v>70</v>
+        <v>59</v>
       </c>
       <c r="C29" s="1"/>
       <c r="D29" s="4" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="E29" s="4" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="F29" s="6" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="3">
         <v>4</v>
       </c>
       <c r="B30" s="4" t="s">
-        <v>71</v>
+        <v>60</v>
       </c>
       <c r="C30" s="1"/>
       <c r="D30" s="4" t="s">
-        <v>72</v>
+        <v>61</v>
       </c>
       <c r="E30" s="4" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="F30" s="5" t="s">
-        <v>78</v>
+        <v>66</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="3">
         <v>5</v>
       </c>
       <c r="B31" s="4" t="s">
-        <v>73</v>
+        <v>62</v>
       </c>
       <c r="C31" s="1"/>
       <c r="D31" s="4" t="s">
-        <v>72</v>
+        <v>61</v>
       </c>
       <c r="E31" s="4" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="3">
         <v>6</v>
       </c>
       <c r="B32" s="4" t="s">
-        <v>74</v>
+        <v>63</v>
       </c>
       <c r="C32" s="1"/>
       <c r="D32" s="4" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="E32" s="4" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="F32" s="4" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="3">
         <v>7</v>
       </c>
       <c r="B33" s="4" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="C33" s="1"/>
       <c r="D33" s="4" t="s">
-        <v>76</v>
+        <v>65</v>
       </c>
       <c r="E33" s="4" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="F33" s="4" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="180" verticalDpi="180" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4"/>
+  <sheetFormatPr defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="180" verticalDpi="180" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4"/>
+  <sheetFormatPr defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="180" verticalDpi="180" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Лист1</vt:lpstr>
       <vt:lpstr>Лист2</vt:lpstr>