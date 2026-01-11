--- v0 (2025-12-12)
+++ v1 (2026-01-11)
@@ -1,3129 +1,2528 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00FA6F66" w:rsidRPr="009D23DC" w:rsidRDefault="00FA6F66" w:rsidP="00FA6F66">
+    <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="00B07DC2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A017AB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="3B3B3B"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="009D23DC">
+        <w:t>Информация о письменных и устных обращениях физических и юридических лиц</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A017AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00A017AB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="3B3B3B"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>«Павлодар қаласының №</w:t>
+        <w:t xml:space="preserve">в ГУ </w:t>
       </w:r>
-      <w:r w:rsidR="00D955DF" w:rsidRPr="009D23DC">
+      <w:r w:rsidR="00A530AB" w:rsidRPr="00A017AB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="3B3B3B"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>17</w:t>
+        <w:t>СОПШДО №17</w:t>
       </w:r>
-      <w:r w:rsidRPr="009D23DC">
+      <w:r w:rsidRPr="00A017AB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:color w:val="3B3B3B"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:br/>
       </w:r>
-      <w:r w:rsidR="00D955DF" w:rsidRPr="009D23DC">
-[...66 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblInd w:w="75" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="489"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2154"/>
+        <w:gridCol w:w="390"/>
+        <w:gridCol w:w="4030"/>
+        <w:gridCol w:w="2052"/>
+        <w:gridCol w:w="2275"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0097276F" w:rsidRPr="009D23DC" w:rsidTr="00D03B4C">
+      <w:tr w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidTr="0032562B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D03B4C" w:rsidRPr="009D23DC" w:rsidRDefault="0097276F" w:rsidP="00EF7FD2">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009D23DC">
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="0032562B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A017AB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>р/н</w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D03B4C" w:rsidRPr="009D23DC" w:rsidRDefault="0097276F" w:rsidP="00EF7FD2">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009D23DC">
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="0032562B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A017AB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>Негізгі көрсеткіштер</w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Основные показатели</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4157" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D03B4C" w:rsidRPr="009D23DC" w:rsidRDefault="0097276F" w:rsidP="00EF7FD2">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009D23DC">
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="0032562B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A017AB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Саны </w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Количество</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0097276F" w:rsidRPr="009D23DC" w:rsidTr="00D03B4C">
+      <w:tr w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidTr="0032562B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D03B4C" w:rsidRPr="009D23DC" w:rsidRDefault="00D03B4C" w:rsidP="00EF7FD2">
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="0032562B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D03B4C" w:rsidRPr="009D23DC" w:rsidRDefault="00D03B4C" w:rsidP="00EF7FD2">
-[...31 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="0032562B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="0032562B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A017AB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="009D23DC">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Физические лица</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="0032562B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A017AB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...53 lines deleted...]
-              <w:t>Заңды тұлға</w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Юридические лица</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidTr="00D03B4C">
+      <w:tr w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidTr="0032562B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidRDefault="009D23DC" w:rsidP="00EF7FD2">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009D23DC">
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="0032562B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A017AB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidRDefault="009D23DC" w:rsidP="00EF7FD2">
-[...38 lines deleted...]
-          <w:p w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidRDefault="009D23DC" w:rsidP="00AC28DD">
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="0032562B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A017AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00FF0725" w:rsidP="00FF0725">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009D23DC">
+            <w:r w:rsidRPr="00A017AB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidRDefault="009D23DC" w:rsidP="00EF7FD2">
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="00775C92">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidTr="00D03B4C">
+      <w:tr w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidTr="0032562B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidRDefault="009D23DC" w:rsidP="00EF7FD2">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009D23DC">
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="0032562B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A017AB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidRDefault="009D23DC" w:rsidP="00EF7FD2">
-[...38 lines deleted...]
-          <w:p w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidRDefault="009D23DC" w:rsidP="00AC28DD">
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="0032562B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A017AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Взято на контроль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="00FF0725">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidRDefault="009D23DC" w:rsidP="00EF7FD2">
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="00775C92">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidTr="00D03B4C">
+      <w:tr w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidTr="0032562B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidRDefault="009D23DC" w:rsidP="00EF7FD2">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009D23DC">
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="0032562B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A017AB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidRDefault="009D23DC" w:rsidP="00EF7FD2">
-[...38 lines deleted...]
-          <w:p w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidRDefault="009D23DC" w:rsidP="00AC28DD">
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="0032562B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A017AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В том числе — </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A017AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>повторных</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00FF0725" w:rsidP="00FF0725">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009D23DC">
+            <w:r w:rsidRPr="00A017AB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidRDefault="009D23DC" w:rsidP="00EF7FD2">
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="0032562B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidTr="00D03B4C">
+      <w:tr w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidTr="0032562B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidRDefault="009D23DC" w:rsidP="00EF7FD2">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009D23DC">
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="0032562B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A017AB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidRDefault="009D23DC" w:rsidP="00EF7FD2">
-[...38 lines deleted...]
-          <w:p w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidRDefault="009D23DC" w:rsidP="00AC28DD">
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="0032562B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A017AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Коллективное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF0725" w:rsidRPr="00A017AB" w:rsidRDefault="00FF0725" w:rsidP="00FF0725">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009D23DC">
+            <w:r w:rsidRPr="00A017AB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidRDefault="009D23DC" w:rsidP="00EF7FD2">
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="0032562B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidTr="00D03B4C">
+      <w:tr w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidTr="0032562B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidRDefault="009D23DC" w:rsidP="00EF7FD2">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009D23DC">
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="0032562B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A017AB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidRDefault="009D23DC" w:rsidP="00EF7FD2">
-[...38 lines deleted...]
-          <w:p w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidRDefault="009D23DC" w:rsidP="00AC28DD">
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="0032562B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A017AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Анонимное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00FF0725" w:rsidP="00FF0725">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009D23DC">
+            <w:r w:rsidRPr="00A017AB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidRDefault="009D23DC" w:rsidP="00EF7FD2">
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="0032562B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidTr="00D03B4C">
+      <w:tr w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidTr="0032562B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidRDefault="009D23DC" w:rsidP="00EF7FD2">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009D23DC">
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="0032562B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A017AB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidRDefault="009D23DC" w:rsidP="00EF7FD2">
-[...49 lines deleted...]
-          <w:p w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidRDefault="009D23DC" w:rsidP="00AC28DD">
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="0032562B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A017AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Поступило на государственном языке</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00FF0725" w:rsidP="00FF0725">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009D23DC">
+            <w:r w:rsidRPr="00A017AB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidRDefault="009D23DC" w:rsidP="00EF7FD2">
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="00775C92">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidTr="00D03B4C">
+      <w:tr w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidTr="0032562B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidRDefault="009D23DC" w:rsidP="00EF7FD2">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009D23DC">
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="0032562B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A017AB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidRDefault="009D23DC" w:rsidP="00EF7FD2">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="0032562B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A017AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Удовлетворено</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00C028F6" w:rsidRDefault="00C028F6" w:rsidP="00FF0725">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009D23DC">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Қанағаттандырылды</w:t>
-[...49 lines deleted...]
-              </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidRDefault="009D23DC" w:rsidP="00BB4938">
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="00775C92">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidTr="00D03B4C">
+      <w:tr w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidTr="0032562B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidRDefault="009D23DC" w:rsidP="00EF7FD2">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009D23DC">
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="0032562B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A017AB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidRDefault="009D23DC" w:rsidP="00EF7FD2">
-[...49 lines deleted...]
-          <w:p w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidRDefault="009D23DC" w:rsidP="00AC28DD">
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="0032562B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A017AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Разъяснено</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00FF0725" w:rsidP="00FF0725">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009D23DC">
+            <w:r w:rsidRPr="00A017AB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidRDefault="009D23DC" w:rsidP="00EF7FD2">
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="00775C92">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidTr="00D03B4C">
+      <w:tr w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidTr="0032562B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidRDefault="009D23DC" w:rsidP="00EF7FD2">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009D23DC">
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="0032562B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A017AB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidRDefault="009D23DC" w:rsidP="00EF7FD2">
-[...49 lines deleted...]
-          <w:p w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidRDefault="009D23DC" w:rsidP="00AC28DD">
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="0032562B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A017AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Отказано</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="00FF0725">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidRDefault="009D23DC" w:rsidP="00EF7FD2">
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="0032562B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidTr="00EF7FD2">
+      <w:tr w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidTr="0032562B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidRDefault="009D23DC" w:rsidP="00EF7FD2">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009D23DC">
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="0032562B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A017AB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidRDefault="009D23DC" w:rsidP="00EF7FD2">
-[...49 lines deleted...]
-          <w:p w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidRDefault="009D23DC" w:rsidP="00AC28DD">
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="0032562B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A017AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Исполненные</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00FF0725" w:rsidP="00FF0725">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009D23DC">
+            <w:r w:rsidRPr="00A017AB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009D23DC" w:rsidRPr="009D23DC" w:rsidRDefault="009D23DC" w:rsidP="00EF7FD2">
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="00775C92">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0097276F" w:rsidRPr="009D23DC" w:rsidTr="00EF7FD2">
+      <w:tr w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidTr="0032562B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D03B4C" w:rsidRPr="009D23DC" w:rsidRDefault="00D03B4C" w:rsidP="00EF7FD2">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009D23DC">
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="0032562B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A017AB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0097276F" w:rsidRPr="009D23DC" w:rsidRDefault="0097276F" w:rsidP="00EF7FD2">
-[...79 lines deleted...]
-          <w:p w:rsidR="00D03B4C" w:rsidRPr="009D23DC" w:rsidRDefault="00D03B4C" w:rsidP="00EF7FD2">
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="0032562B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A017AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Неисполненные</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="00FF0725">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="0032562B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0097276F" w:rsidRPr="009D23DC" w:rsidTr="00EF7FD2">
+      <w:tr w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidTr="0032562B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D03B4C" w:rsidRPr="009D23DC" w:rsidRDefault="00D03B4C" w:rsidP="00EF7FD2">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009D23DC">
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="0032562B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A017AB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0097276F" w:rsidRPr="009D23DC" w:rsidRDefault="0097276F" w:rsidP="00EF7FD2">
-[...79 lines deleted...]
-          <w:p w:rsidR="00D03B4C" w:rsidRPr="009D23DC" w:rsidRDefault="00D03B4C" w:rsidP="00EF7FD2">
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="0032562B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A017AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Перенаправленные</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="00FF0725">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="033F5B"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="0032562B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0053773F" w:rsidRDefault="00FA6F66" w:rsidP="00FA6F66">
+    <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="00B07DC2" w:rsidP="00B07DC2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="007F5798" w:rsidP="00B07DC2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...37 lines deleted...]
-        <w:ind w:firstLine="709"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009D23DC">
-[...210 lines deleted...]
-      <w:r w:rsidRPr="0053773F">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Қазақстан Республикасының </w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="004C039C" w:rsidRPr="0053773F">
-[...169 lines deleted...]
-      <w:r w:rsidR="004C039C" w:rsidRPr="0053773F">
+      <w:r w:rsidR="00B07DC2" w:rsidRPr="00A017AB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">2011 жылғы 16 қарашадағы №109 Заңымен, </w:t>
+        <w:t xml:space="preserve">Работа с письменными и устными обращениями физических и юридических лиц в органах образования регламентируется Законом Республики Казахстан «О порядке рассмотрения обращений физических и юридических лиц» от 16 ноября 2011 г №109, с изменениями и дополнениями </w:t>
       </w:r>
-      <w:r w:rsidR="004C039C" w:rsidRPr="0053773F">
+      <w:r w:rsidR="00B07DC2" w:rsidRPr="00A017AB">
         <w:rPr>
           <w:rStyle w:val="note"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2014.29.12. </w:t>
+        <w:t>с изменениями, внесе</w:t>
+      </w:r>
+      <w:r w:rsidR="007F3389" w:rsidRPr="00A017AB">
+        <w:rPr>
+          <w:rStyle w:val="note"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нными законами РК от 29.12.2014          </w:t>
       </w:r>
       <w:hyperlink r:id="rId4" w:anchor="2299" w:history="1">
-        <w:r w:rsidR="004C039C" w:rsidRPr="0053773F">
+        <w:r w:rsidR="00B07DC2" w:rsidRPr="00A017AB">
           <w:rPr>
             <w:rStyle w:val="a5"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-            <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>№ 269-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="004C039C" w:rsidRPr="0053773F">
+      <w:r w:rsidR="00B07DC2" w:rsidRPr="00A017AB">
         <w:rPr>
           <w:rStyle w:val="note"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>; 2015.24.11. </w:t>
+        <w:t>; от 24.11.2015 </w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:anchor="z312" w:history="1">
-        <w:r w:rsidR="004C039C" w:rsidRPr="0053773F">
+        <w:r w:rsidR="00B07DC2" w:rsidRPr="00A017AB">
           <w:rPr>
             <w:rStyle w:val="a5"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-            <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>№ 419-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="004C039C" w:rsidRPr="0053773F">
+      <w:r w:rsidR="00B07DC2" w:rsidRPr="00A017AB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidR="004C039C" w:rsidRPr="0053773F">
+      <w:r w:rsidR="00B07DC2" w:rsidRPr="00A017AB">
         <w:rPr>
           <w:rStyle w:val="note"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>  16.05.2018.16.05. </w:t>
+        <w:t> от 16.05.2018 </w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:anchor="z172" w:history="1">
-        <w:r w:rsidR="004C039C" w:rsidRPr="0053773F">
+        <w:r w:rsidR="00B07DC2" w:rsidRPr="00A017AB">
           <w:rPr>
             <w:rStyle w:val="a5"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-            <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>№ 155-VI</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="004C039C" w:rsidRPr="0053773F">
+      <w:r w:rsidR="00B07DC2" w:rsidRPr="00A017AB">
         <w:rPr>
           <w:rStyle w:val="note"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> заңына енгізілген</w:t>
-[...23 lines deleted...]
-        <w:t>регламенттеледі.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00910C5D" w:rsidRPr="0053773F" w:rsidRDefault="0053773F" w:rsidP="0053773F">
+    <w:p w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidRDefault="007F5798" w:rsidP="00B07DC2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">        Барлығы </w:t>
+        <w:t xml:space="preserve">       </w:t>
       </w:r>
-      <w:r w:rsidR="00AD5C31" w:rsidRPr="0053773F">
+      <w:r w:rsidR="00B07DC2" w:rsidRPr="00A017AB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>11 өтініш келіп түсті.</w:t>
+        <w:t>Всего за 12 месяцев 201</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="007F3389" w:rsidRPr="00A017AB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>9</w:t>
       </w:r>
-      <w:r w:rsidR="00AD5C31" w:rsidRPr="0053773F">
+      <w:r w:rsidR="00B07DC2" w:rsidRPr="00A017AB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Барлық өтініштерге</w:t>
+        <w:t xml:space="preserve"> года поступило </w:t>
       </w:r>
-      <w:r w:rsidR="00910C5D" w:rsidRPr="0053773F">
+      <w:r w:rsidR="00654093">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қанағаттанарлық </w:t>
+        <w:t>11</w:t>
       </w:r>
-      <w:r w:rsidR="00AD5C31" w:rsidRPr="0053773F">
+      <w:r w:rsidR="00B07DC2" w:rsidRPr="00A017AB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> түсінік</w:t>
+        <w:t xml:space="preserve"> обращений</w:t>
       </w:r>
-      <w:r w:rsidR="00910C5D" w:rsidRPr="0053773F">
+      <w:r w:rsidR="00654093">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>темелер</w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00AD5C31" w:rsidRPr="0053773F">
+      <w:r w:rsidR="00B07DC2" w:rsidRPr="00A017AB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> берілді, өтініштердің көбі қанағаттандырылды.</w:t>
+        <w:t>По всем обращениям были даны разъяснения, большая часть из них удовлетворена. Обращения поступали по вопросам труда и занятости населения, финансов, организации досуга и другие.</w:t>
       </w:r>
-      <w:r>
-[...25 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00910C5D" w:rsidRPr="0053773F" w:rsidSect="007F59B7">
+    <w:sectPr w:rsidR="00B07DC2" w:rsidRPr="00A017AB" w:rsidSect="00A14B5A">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="BatangChe">
-[...13 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00EF7FD2"/>
+    <w:rsid w:val="000A5A6B"/>
+    <w:rsid w:val="00103606"/>
     <w:rsid w:val="00170B04"/>
-    <w:rsid w:val="004C039C"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00AD5C31"/>
+    <w:rsid w:val="00275E37"/>
+    <w:rsid w:val="002A70E1"/>
+    <w:rsid w:val="005E1520"/>
+    <w:rsid w:val="00654093"/>
+    <w:rsid w:val="00775C92"/>
+    <w:rsid w:val="007F3389"/>
+    <w:rsid w:val="007F5798"/>
+    <w:rsid w:val="00876E7B"/>
+    <w:rsid w:val="00A017AB"/>
+    <w:rsid w:val="00A14B5A"/>
+    <w:rsid w:val="00A530AB"/>
+    <w:rsid w:val="00B07DC2"/>
+    <w:rsid w:val="00B3487D"/>
     <w:rsid w:val="00BB4938"/>
+    <w:rsid w:val="00C028F6"/>
+    <w:rsid w:val="00CA6BD0"/>
     <w:rsid w:val="00D03B4C"/>
-    <w:rsid w:val="00D955DF"/>
-    <w:rsid w:val="00DD69D2"/>
     <w:rsid w:val="00E04FC2"/>
     <w:rsid w:val="00E740DD"/>
-    <w:rsid w:val="00E84966"/>
     <w:rsid w:val="00EF2131"/>
+    <w:rsid w:val="00EF5F35"/>
     <w:rsid w:val="00EF7FD2"/>
-    <w:rsid w:val="00FA6F66"/>
+    <w:rsid w:val="00FF0725"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="6146"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -3248,51 +2647,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007F59B7"/>
+    <w:rsid w:val="00A14B5A"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
@@ -4052,65 +3451,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>193</Words>
-  <Characters>1103</Characters>
+  <Words>184</Words>
+  <Characters>1055</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
+  <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1294</CharactersWithSpaces>
+  <CharactersWithSpaces>1237</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>ZAVUCH</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>