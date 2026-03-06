--- v0 (2025-12-13)
+++ v1 (2026-03-06)
@@ -1,432 +1,2181 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00A71220" w:rsidRPr="004E6C59" w:rsidRDefault="00A71220" w:rsidP="00A71220">
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00E60585" w:rsidRPr="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:pStyle w:val="H3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>«РОДИТЕЛИ МЕНЯ НЕ ПОНИМАЮТ»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>ИЛИ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>КАК УСЛЫШАТЬ ПОДРОСТКА.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRPr="0088158D" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                          </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088158D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088158D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Понимание - начало согласия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088158D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088158D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">                                                                                                                                           Спиноза</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Существуют ли какие-нибудь практические приёмы, позволяющие улучшить отношения в семье и достичь взаимопонимания, которыми можно воспол</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ьзоваться в повседневной жизни? </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мы познакомимся с одним из таких приёмов, и называется он </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>активное слушание</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Умение слушать - навык, необходимый каждому человеку. Часто мы неправильно истолковываем этот термин. Ведь с трудом дающееся молчание и ожидание своей очереди высказаться в ответ на речь собеседника вовсе не означает умения слушать. Тем более, если Ваш собеседник - подросток, ревниво отстаивающий свою точку зрения, многое воспринимающий в штыки и в любой момент готовый обидеться и замкнуться.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Как же и когда необходимо </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>активно слушать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>? Это стоит делать во всех ситуациях, когда ребёнок (подросток), расстроен, потерпел неудачу, ему больно, стыдно, - то есть, когда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> у него эмоциональные проблемы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRPr="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В качестве примера рассмотрим следующую нередкую ситуацию:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Например, сын приходит после уроков домой, бросает портфель и кричит: «Не пойду я больше в эту школу!»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            Как правильно отреагировать? Что сказать подростку? Как сохранить спокойствие, особенно если Вы сами в этот момент устали, раздражены, поглощены своими проблемами? На ум чаще всего приходят обычные, автоматические ответы, из которых можно составить внушительный список наших ошибок. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRPr="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Это приказы, команды, угрозы </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…..</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Что </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>значит не пойду</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>?! Ты хочешь остаться неучем? Стать дворником? Не будешь учиться - ни копейки от меня не получишь!»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRPr="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Морали, нравоучения, ведущие к так называемой </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>«психологической глухоте», когда ребёнок просто перестаёт Вас слышать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, критика, выговоры</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>……</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">« </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>У всех дети как дети, а у меня</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>… И</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в кого ты такой уродился? Что ты там опять натворил?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>!»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…..</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">А также выспрашивания, расследования, предложения готовых решений, высмеивания, обвинения </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>….</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ты сам виноват! Не спорь с учителем! </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Двоечник!»)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>И это далеко не полный перечень наших неправильных реакций.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Возможно, мы поступаем так из лучших побуждений, желая объяснить, научить, воззвать к совести, указать на ошибки и недостатки</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>… А</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на самом деле - выплёскиваем свои негативные эмоции. И конечно, такое наше поведение не способствует установлению лучшего контакта и разрешению проблемы. Скорее, раздражение и обида с обеих сторон возрастают ещё более. Как этого избежать? Используя приём активного слушания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRPr="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Рассмотрим его на том же примере.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRPr="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бросая портфель, со злостью): «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Не пойду я больше в эту школу!»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Родитель</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (после паузы, поворачиваясь лицом к ребёнку, глядя в глаза): «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ты не хочешь больше ходить в школу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">». </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (раздражённо): «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Там математичка ко мне цепляется</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>!»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Родитель</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (после паузы, обозначая чувство, испытываемое ребёнком, используя утвердительную форму высказывания): «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тебя что-то разозлило (расстроило, обидело) на уроке математики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (с обидой): «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Я сам эту контрольную сделал, а она говорит - списал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>!»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Родитель</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Я понимаю тебя, это действительно обидно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Сын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Вечно она ко мне придирается…»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Родитель</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Думаю, я тоже расстроилась бы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Хоть ты меня понимаешь… Ладно, бывало ведь, что я и списывал</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>… Н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>о я докажу всем, что могу решать задачи самостоятельно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>!»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Как Вы понимаете, это лишь </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>один из возможных вариантов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> продолжения беседы. Но</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> какова</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>и была ситуация, наша цель - не</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>критическая оценка происходящего</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Вам не нужно искать решение проблемы, ведь это, в общем-то, не ваша проблема. Можно дать ненавязчивый совет, но оставить  возможность  подростку самому справится с ситуацией. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRPr="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Итак, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>основные правила активного слушания:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRPr="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1.Повернуться лицом к ребёнку. Глаза на одном уровне.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRPr="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2.Избегать вопросов, использовать утвердительную форму высказываний.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRPr="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.Держать паузу, давая ребёнку время на обдумывание.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.Обозначать чувства, испытываемые ребёнком.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRPr="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Результаты применения активного слушания:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRPr="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1.Исчезает или ослабевает отрицательное переживание ребёнка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRPr="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2.Убедившись, что взрослый готов слушать, ребёнок рассказывает о себе всё больше.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRPr="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.Ребёнок сам продвигается в решении своей проблемы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRPr="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.Ребёнок тоже начинает нас слушать и слышать.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRPr="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.Мы действительно начинаем лучше понимать своих детей.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">И в заключение хочется добавить, что </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>активное слушание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - это не способ добиться чего-то от ребёнка, а «просто» путь к установлению лучшего контакта, способ показать ребёнку, что мы его понимаем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRPr="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRPr="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:pStyle w:val="H3"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Как сообщать о своих чувствах?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                          </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>С родными в спор не вступит мудрый</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">                                                                                                                    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Еврипид.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Бесспорно, чувства и переживания подростка заслуживают внимания со стороны родителей. Именно принятие, сопереживание и внимание со стороны родителей и есть основа доверительных отношений в семье, залог настоящ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>его и будущего взаимопонимания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Но как быть в тех случаях, когда в понимании нуждается родитель? И как общаться с подростком в тех случаях, когда его поведение отклоняется от норм и правил, принятых в семье, или просто каким-то образом </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оказываются</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> задеты чувства родителей?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Сообщать ребёнку о чувствах, испытываемых родителями, можно по-разному. К сожалению, часто мы делаем это неэффективно. Гнев, раздражение или обида, даже справедливые, - плохие советчики. Поддавшись этим эмоциям, мы можем повышать голос, требовать незамедлительного послушания, грозить наказанием, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>позволяем себе негативные высказывания в адрес ребёнка… Делаем</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мы это с благими намерениями - изменить в лучшую сторону нежелательное поведение - и безрезультатно. Подросток реагирует агрессивно, не реагирует вообще, замыкается, и взаимные обиды и непонимание не исчезают, а растут. Однако, даже убедившись в неэффективности этого подхода, многие родители продолжают действовать прежним о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бразом, не видя другого выхода.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сколько раз повторять: немедленно убери бардак в своей комнате!» «Ты прогуливаешь уроки и хочешь остаться неучем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>!»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ты никогда не приходишь вовремя! В следующий раз будешь ночевать под дверью!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Ошибка этих и подобных высказываний заключается в том, что все они в негативной форме оценивают не только поведение, но и саму личность подростка, а директивный тон и преувеличения делают эти высказывания очень эмоциональными, но не способствуют решению проблем. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Из-за преобладания местоимений «ты», «тебе», «у тебя» они названы «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...244 lines deleted...]
-    <w:sectPr w:rsidR="00633A3B" w:rsidRPr="00A71220">
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ты - высказываниями</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Между тем, психологи рекомендуют для выражения своих чувств использовать более эффективные </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Я - высказывания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Вот их основные признаки:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1. Описание чувств и эмоций, испытываемых родителе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>м в данной проблемной ситуации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Безоценочное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> краткое и конкретное (без перехода на личности, обобщений и сравнений) описание волнующей ситуации или проступка ребёнка. Описание должно касаться только нежелательного пов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>едения, но не личности в целом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3. Формули</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ровка желательного результата.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Вот как можно изменить высказывания, приведённые выше в качеств</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>е примера:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мне становится неловко, когда гости видят неубранную постель. Под покрывалом она смотрится гораздо лучше</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">« </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сегодня звонила классная руководительница по поводу твоей посещаемости. Мне было очень стыдно во время разговора, и я хотела бы избежать этих переживаний. Каждый сам отвечает за свои поступки, а если тебе нужна помощь, мы можем поговорить об этом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">« </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Когда в семье кто-то приходит позже, чем мы договаривались, я волнуюсь так, что не нахожу себе места. Мне хочется видеть тебя дома к десяти часам вечера, а в особых случаях мы можем договариваться отдельно. Тогда я буду чувствовать себя спокойно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E60585" w:rsidRPr="00E60585" w:rsidRDefault="00E60585" w:rsidP="00E60585">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Несмотря на кажущуюся простоту подобных высказываний, их использование даётся большинству родителей нелегко. Непривычно в такой форме говорить о своих чувствах, трудно удержаться от оценивания, от проявления родительской власти. Да и результат использования « Я - высказываний» вряд ли будет мгновенным.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E60585">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>И, тем не менее, этот способ эффективен уже тем, что основан он на доверии и уважении. Не содержащее обвинений ни в чей адрес, « Я - высказывание» даёт ребёнку представление о переживаниях взрослого и о том, чем именно нежелательно его поведение. Оно же может служить переходом к диалогу и поиску решения проблемы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B418E1" w:rsidRPr="00E60585" w:rsidRDefault="00B418E1" w:rsidP="00E60585">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00B418E1" w:rsidRPr="00E60585" w:rsidSect="00B418E1">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:font w:name="Calibri">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Open Sans">
-[...4 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Book Antiqua">
+    <w:panose1 w:val="02040602050305030304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="386A7968"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CC964932"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1428" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2148" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2868" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3588" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4308" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5028" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5748" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6468" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7188" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="108"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00633A3B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A71220"/>
+    <w:rsidRoot w:val="00E60585"/>
+    <w:rsid w:val="0088158D"/>
+    <w:rsid w:val="00B418E1"/>
+    <w:rsid w:val="00E60585"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
@@ -500,91 +2249,136 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00A71220"/>
+    <w:rsid w:val="00E60585"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="H3">
+    <w:name w:val="H3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:rsid w:val="00E60585"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="100" w:after="100"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:snapToGrid w:val="0"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E60585"/>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E60585"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -830,55 +2624,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>559</Characters>
+  <Pages>3</Pages>
+  <Words>1251</Words>
+  <Characters>7135</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>4</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>59</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company>Microsoft</Company>
+  <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>656</CharactersWithSpaces>
+  <CharactersWithSpaces>8370</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Olga</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>