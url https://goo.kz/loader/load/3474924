--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -1,496 +1,1075 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1985"/>
         <w:gridCol w:w="1951"/>
         <w:gridCol w:w="1842"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="2147"/>
         <w:gridCol w:w="1329"/>
         <w:gridCol w:w="1402"/>
         <w:gridCol w:w="1578"/>
       </w:tblGrid>
       <w:tr w:rsidR="004269EB" w:rsidTr="0042277C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15920" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
           </w:tcPr>
-          <w:p w:rsidR="004269EB" w:rsidRPr="004269EB" w:rsidRDefault="004269EB" w:rsidP="004269EB">
+          <w:p w:rsidR="004269EB" w:rsidRPr="004269EB" w:rsidRDefault="005A3337" w:rsidP="004269EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004269EB">
+            <w:r w:rsidRPr="005A3337">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Отчет об итогах инновационной деятельности по итогам 2018 – 2019 </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004269EB">
+              <w:t xml:space="preserve">2018 - 2019 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>уч</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004269EB">
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>.г</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004269EB">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>ода</w:t>
+              <w:t>жылындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>инновациялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>есеп</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0042277C" w:rsidTr="00F82F34">
         <w:trPr>
           <w:trHeight w:val="816"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004269EB" w:rsidRPr="004269EB" w:rsidRDefault="004269EB" w:rsidP="004269EB">
-[...26 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="004269EB" w:rsidRPr="004269EB" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2017-18 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қорытындысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="004269EB">
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Б</w:t>
+            </w:r>
             <w:proofErr w:type="gramEnd"/>
-          </w:p>
-[...8 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ағдарламаны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>іске</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>асырудың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>проблемалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мәселелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004269EB" w:rsidRPr="004269EB" w:rsidRDefault="004269EB" w:rsidP="004269EB">
-[...66 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="004269EB" w:rsidRPr="004269EB" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2018-19 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>іс-шаралардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мақсаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>міндеттері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004269EB" w:rsidRPr="004269EB" w:rsidRDefault="004269EB" w:rsidP="004269EB">
-[...93 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="004269EB" w:rsidRPr="004269EB" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2018-2019 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="004269EB">
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
             <w:proofErr w:type="gramEnd"/>
-          </w:p>
-[...8 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>инновациялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметтің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>негізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағыттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5833" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004269EB" w:rsidRPr="004269EB" w:rsidRDefault="004269EB" w:rsidP="004269EB">
+          <w:p w:rsidR="004269EB" w:rsidRPr="004269EB" w:rsidRDefault="005A3337" w:rsidP="004269EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004269EB">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қол</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеткізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көрсеткіштер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4309" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004269EB" w:rsidRPr="004269EB" w:rsidRDefault="004269EB" w:rsidP="004269EB">
-[...56 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="004269EB" w:rsidRPr="004269EB" w:rsidRDefault="005A3337" w:rsidP="004269EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2019-2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>инновациялар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тақырыбын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>іске</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>асырудағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>проблемалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>проблемаларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>шешуді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жоспарлау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0042277C" w:rsidTr="00F82F34">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="004269EB" w:rsidRPr="004269EB" w:rsidRDefault="004269EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="004269EB" w:rsidRPr="004269EB" w:rsidRDefault="004269EB">
@@ -500,1623 +1079,3107 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="004269EB" w:rsidRPr="004269EB" w:rsidRDefault="004269EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004269EB" w:rsidRPr="004269EB" w:rsidRDefault="004269EB" w:rsidP="004269EB">
-[...25 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="004269EB" w:rsidRPr="004269EB" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>инновацияның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>басқарушылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мазмұндық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>аспектілері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004269EB" w:rsidRPr="004269EB" w:rsidRDefault="00D3409A" w:rsidP="004269EB">
-[...34 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="004269EB" w:rsidRPr="004269EB" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мұғ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>імнің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2147" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004269EB" w:rsidRPr="004269EB" w:rsidRDefault="004269EB" w:rsidP="004269EB">
-[...36 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="004269EB" w:rsidRPr="004269EB" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үлгерімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1329" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004269EB" w:rsidRPr="004269EB" w:rsidRDefault="004269EB" w:rsidP="004269EB">
-[...63 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="004269EB" w:rsidRPr="004269EB" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>инновациялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тақырыбын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>іске</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>асырудағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>проблемалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мәселелер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004269EB" w:rsidRPr="004269EB" w:rsidRDefault="00D3409A" w:rsidP="004269EB">
-[...55 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="004269EB" w:rsidRPr="004269EB" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нәтижеге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жетпеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>себептері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1578" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004269EB" w:rsidRPr="006742B7" w:rsidRDefault="004269EB" w:rsidP="004269EB">
-[...62 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="004269EB" w:rsidRPr="006742B7" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2019-2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылдардағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>проблемаларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>шешу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>олдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0042277C" w:rsidTr="00F82F34">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004269EB" w:rsidRPr="0042277C" w:rsidRDefault="00CE50A3">
-[...16 lines deleted...]
-          <w:p w:rsidR="00CE50A3" w:rsidRDefault="00CE50A3">
+          <w:p w:rsidR="00CE50A3" w:rsidRDefault="005A3337">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мұғ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>імнің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кәсібилігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мәселесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w:rsidR="00CE50A3" w:rsidRPr="004269EB" w:rsidRDefault="00CE50A3" w:rsidP="0042277C">
             <w:pPr>
               <w:ind w:left="-567" w:firstLine="567"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004269EB" w:rsidRPr="004269EB" w:rsidRDefault="004269EB" w:rsidP="004269EB">
-[...230 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мақсаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>түрлі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>пәндерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өзара</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>байланыстыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әртүрлі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>технологияларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әдістерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>формаларын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біріктіру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Міндеттері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>МЖЦ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әндерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқытуда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жаңа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тәсілдерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қолдану</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="004269EB" w:rsidRPr="004269EB" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оқушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дүниені</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біртұтас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қабылдауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқытуда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>белсенді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көзқарасты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қалыптастыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003D15E2" w:rsidRDefault="004269EB" w:rsidP="004269EB">
-[...12 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="00F82F34" w:rsidRDefault="00F82F34">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
-            <w:r w:rsidRPr="003D15E2">
-[...57 lines deleted...]
-          <w:p w:rsidR="00F82F34" w:rsidRPr="004269EB" w:rsidRDefault="00F82F34" w:rsidP="00332233">
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Нем</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>іс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тілінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқытатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лингвистикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> гимназия</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(2006 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бастап</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F82F34" w:rsidRPr="004269EB" w:rsidRDefault="00F82F34" w:rsidP="005A3337">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CE50A3" w:rsidRDefault="003D2333">
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мұғалімдерге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курстық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмысты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдастыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Олимпиадалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қозғалыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мылқ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3. «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мектептер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болашақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>серіктестері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> PASCH-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жобасына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқытушылар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>студенттердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  (2013 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бастап</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Институттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Гете </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>филиалымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ҰКО-мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ынтымақтастық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«Ренессанс» Павлодар қ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003D2333" w:rsidRDefault="003D2333" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0042277C" w:rsidRDefault="0042277C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="003D2333" w:rsidRDefault="0042277C" w:rsidP="005A3337">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>1.</w:t>
-[...392 lines deleted...]
-            </w:r>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="005A3337" w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тілді </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="005A3337" w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>терең</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="005A3337" w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="005A3337" w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>зерттеуді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="005A3337" w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="005A3337" w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдастыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00332233" w:rsidRPr="003D2333" w:rsidRDefault="00332233">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004269EB" w:rsidRDefault="004269EB" w:rsidP="004269EB">
-[...25 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Неміс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстандағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidR="00ED57B5">
-[...6 lines deleted...]
-              <w:t>.А</w:t>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>о</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="00ED57B5">
-[...103 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қудың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>келешегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мәселелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>атты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тілдік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>конференцияның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>арасында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, Астана</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2. «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мазмұнды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жаңарту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бастауыш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мектеп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жасындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балалармен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>істеудің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>заманауи</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>формалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>.К</w:t>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нем</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r>
-[...76 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>іс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мұғалімдерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үздіксіз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>беруіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>республикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> семинар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. Дидактика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> семинар (Кельн, Германия)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4. Технология </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> семинар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A3337">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>технологии CLIL в Казахстане и Кыргызстане» (</w:t>
-[...9 lines deleted...]
-              <w:t>г</w:t>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қырғызстанда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> CLIL </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>технологиясын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қолдану</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>» (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Нур</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-Султан)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Медунар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> семинары «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Неміс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сабақтарындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тапсырмалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жаттығулар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өзара</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>і</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>.Н</w:t>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>с-</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r>
-[...197 lines deleted...]
-          <w:p w:rsidR="0042277C" w:rsidRDefault="0042277C">
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қимыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>» (Алматы)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="0042277C" w:rsidRPr="00A4574E" w:rsidRDefault="0042277C" w:rsidP="0042277C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="0042277C" w:rsidRPr="004269EB" w:rsidRDefault="0042277C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -2124,4901 +4187,8710 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2147" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0042277C" w:rsidRDefault="00EF3BFF" w:rsidP="004269EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF3BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>1.</w:t>
             </w:r>
+            <w:r w:rsidR="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Олимпиадалар</w:t>
+            </w:r>
             <w:r w:rsidRPr="00EF3BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>Олимпиады:</w:t>
+              <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="00EF3BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0042277C" w:rsidRDefault="0042277C" w:rsidP="004269EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00EF3BFF" w:rsidRPr="00EF3BFF" w:rsidRDefault="00EF3BFF" w:rsidP="004269EB">
-[...52 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қала</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 3 (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Теміржанов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ф, Ворошилова </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>П</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Базавод</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> А)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EF3BFF" w:rsidRDefault="00EF3BFF" w:rsidP="004269EB">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">2 место – 2 (Акопова </w:t>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 2 (Акопова </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ю</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Фесиков</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...25 lines deleted...]
-              <w:t xml:space="preserve">3 место – 2 (Никитина </w:t>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> I)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 2 (Никитина </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ю</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r>
-[...73 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, Афанасьев I)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қолдану</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>аясы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 1 (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Теміржанов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ф)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EF3BFF" w:rsidRDefault="00EF3BFF" w:rsidP="00EF3BFF">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">2 место – 2 (Акопова </w:t>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 2 (Акопова </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ю</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Фесиков</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...39 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> I)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 1 (Ворошилова П)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Республика:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 1 (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Теміржанов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ф)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Гете </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>институтының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>олимпиадасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>айналым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Базавод</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жобалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. «Ностальгия» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>жобасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Базавод</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Фесиков</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> I (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Германиядағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>идеологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лагерге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>саяхат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EF3BFF" w:rsidRDefault="00EF3BFF" w:rsidP="004269EB">
-[...33 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. «Неге мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жастар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лагеріне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>барғым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>келеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">?» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мотивациялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жобасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ворошилова </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, Садыкова Д. (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тілдік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лагерьге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>саяхат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қырғызстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Кластардағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тереңдетілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>зерттеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:r w:rsidR="006742B7">
-[...643 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5V - 92%</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7B - 63%</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8V - 100%</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004269EB" w:rsidRPr="004269EB" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Тілдің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жалпы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>диктантына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1329" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006742B7" w:rsidRDefault="004269EB" w:rsidP="004269EB">
-[...11 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>1.</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">не приняли участие в </w:t>
+              <w:t xml:space="preserve">1. 4В </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сыныпта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқитын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тілдік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="004269EB">
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>емтихан</w:t>
+            </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="004269EB">
-[...83 lines deleted...]
-              <w:t xml:space="preserve"> (уровень А</w:t>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатыспады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (A1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>                         2. 6В</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сыныбында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқитын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тілдік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>емтиханнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтпеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. 7В </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұяшықтарындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қ</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="004269EB">
-[...6 lines deleted...]
-              <w:t>2</w:t>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ыс</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="004269EB">
-[...49 lines deleted...]
-          <w:p w:rsidR="004269EB" w:rsidRPr="004269EB" w:rsidRDefault="004269EB">
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тұйықталу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="004269EB" w:rsidRPr="004269EB" w:rsidRDefault="004269EB" w:rsidP="005A3337">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004269EB" w:rsidRPr="004269EB" w:rsidRDefault="004269EB" w:rsidP="004269EB">
-[...25 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="004269EB" w:rsidRPr="004269EB" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>неміс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мұғ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>імдерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жетіспеушілігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1578" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004269EB" w:rsidRDefault="006742B7" w:rsidP="004269EB">
-[...11 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
-            <w:r w:rsidR="004269EB" w:rsidRPr="006742B7">
-[...131 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кадрларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>даярлау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқытушы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Перевертова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Е.А. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тілдік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курстарда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Германия, Астана, Алматы)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005A3337" w:rsidRPr="005A3337" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004269EB" w:rsidRPr="006742B7" w:rsidRDefault="005A3337" w:rsidP="005A3337">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5В, 6В, 7В </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сынып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқушыларын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Болашақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">» </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тілдік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лагерінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, № 39 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мектепте</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A3337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0042277C" w:rsidTr="00861748">
         <w:trPr>
           <w:trHeight w:val="4456"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004269EB" w:rsidRPr="0042277C" w:rsidRDefault="0042277C">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="0042277C">
+          <w:p w:rsidR="004269EB" w:rsidRPr="0042277C" w:rsidRDefault="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Интеграция теории и практики (</w:t>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0042277C">
+              <w:t xml:space="preserve">Теория мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>практиканың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>интеграциясы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>процесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00002F0D" w:rsidRDefault="00002F0D" w:rsidP="00002F0D">
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мақсаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оқушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>физикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>интеллектуалдық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>адамгершілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>эстетикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>коммуникативті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әлеуметтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дамуының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үздіксіз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>процесін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қамтамасыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Міндеттері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F82F34" w:rsidRPr="00F82F34" w:rsidRDefault="009C1668" w:rsidP="009C1668">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...54 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оқушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>функционалдық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сауаттылығын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дамыту</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ықпал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ететін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тәрбиелеудің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>грамотности учащихся</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00F82F34" w:rsidRPr="00F82F34" w:rsidRDefault="00F82F34" w:rsidP="00002F0D">
+              <w:t>белсенді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әдістерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қолданыңыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00F82F34" w:rsidRPr="00593919" w:rsidRDefault="00F82F34" w:rsidP="00002F0D">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...10 lines deleted...]
-              <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="004269EB" w:rsidRPr="004269EB" w:rsidRDefault="004269EB" w:rsidP="00002F0D">
             <w:pPr>
               <w:pStyle w:val="2"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">2. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жаңартылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мазмұнын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тестілеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="004269EB" w:rsidRPr="004269EB" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(2015 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бастап</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ПШО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ынтымақтастық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Корпоративті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>аясында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мұғалімдерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>даярлауды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдастыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> («</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>» БАҰО)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оқулықтарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тестілеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 9, 10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификатталған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқытушылармен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> \</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оқушылармен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жарияланымдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7.Ата-анамен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F82F34" w:rsidRPr="004269EB" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8. 3,6,8 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сынып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқулықтарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тестілеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Пол </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>аймағының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3-ші </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сынып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мұғалімдеріне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> CCA </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> семинар (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тамыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, 2018 ж.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Алтынсарин</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>атындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ҰАО </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өкілдерімен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дөңгелек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үстел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Құдабаева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> К.К);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Atamura</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>баспа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үйінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өкілдерімен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кездесу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұғалімдердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> онлайн </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сауалнамасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Н.Ю. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Крюковскаяның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>қатысуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жа</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ңа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>буын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқулықтарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қолдану</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>семинарлар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Греция)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. НЗМ-де </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>психологтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тапханашылар</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> семинар (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қараша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, 2018)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мектептің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ТЭН-де </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқытушылар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құрамымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>екі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сабақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> («</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>и-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өндірістік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орталығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Л. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Руколеева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қараша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, 2018 ж.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оқ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ушылар</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> КМ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дамыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сабағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Евсюкова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Н.А., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>желтоқсан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, 2018)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ата-аналар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жиналысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> С</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ӨК </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5, 7 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қыркүйек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>желтоқсан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2018)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7. - «LS» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NPK ЦПМ (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>желтоқсан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, 2018);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- NISH </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мұғалімдерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификатына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>постерлердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тұсаукесері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>наурыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, 2019);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Топтық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқытуда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мұғалімдерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаттау</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>постерлер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жинағын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>шығару</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тамыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, 2019).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8. «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Team</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқытушылар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құрамына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>коучинг</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қаңтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, 2019 ж.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9. «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Тиімді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сабақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>берудің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>саралануы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> »(Мельникова Ю.Г., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ақпан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, 2019)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кеңес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «ОӘК </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> О</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ӘК </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жағдайында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>интеграциялау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">». </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Командалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әндерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> («</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ғылыми-өндірістік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орталығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметкерлерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>шақыруымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, НЗМ, CPM) (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ақпан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, 2019)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11. «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Менің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өзінді</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тақырыбым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мұғалімдер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұжымының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>презентацияларын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қорғау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>наурыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, 2019)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Басылымдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Түлкібекова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> М.Х. , </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Толеубаева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.М. («</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Командалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> СӨК </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қазіргі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тәсілдерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ретінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>»);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Түлкібекова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> М.Х. «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педалманах</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» (№6, 2018 ж.) «CCA: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00332233" w:rsidRDefault="009C1668" w:rsidP="00551EE7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1290"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13. Павел </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>аймағының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>директорларына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «CCA: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өзекті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мәселелер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>шешімдер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>атты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ашық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> семинар (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сәуі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, 2019)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00332233" w:rsidRDefault="00332233" w:rsidP="00551EE7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1290"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00332233" w:rsidRDefault="00332233" w:rsidP="00551EE7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1290"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00332233" w:rsidRDefault="00332233" w:rsidP="00551EE7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1290"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00332233" w:rsidRDefault="00332233" w:rsidP="00551EE7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1290"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00332233" w:rsidRDefault="00332233" w:rsidP="00551EE7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1290"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00332233" w:rsidRDefault="00332233" w:rsidP="00551EE7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1290"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00332233" w:rsidRDefault="00332233" w:rsidP="00551EE7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1290"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00332233" w:rsidRDefault="00332233" w:rsidP="00551EE7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1290"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00332233" w:rsidRDefault="00332233" w:rsidP="00551EE7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1290"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00332233" w:rsidRDefault="00332233" w:rsidP="00551EE7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1290"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00332233" w:rsidRDefault="00332233" w:rsidP="00551EE7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1290"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00332233" w:rsidRDefault="00332233" w:rsidP="00551EE7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1290"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00332233" w:rsidRDefault="00332233" w:rsidP="00551EE7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1290"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00332233" w:rsidRDefault="00332233" w:rsidP="00551EE7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1290"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00332233" w:rsidRDefault="00332233" w:rsidP="00551EE7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1290"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00332233" w:rsidRPr="00551EE7" w:rsidRDefault="00332233" w:rsidP="00551EE7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1290"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2147" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1. «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>күрес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>зияткерлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сайысына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (НЗМ, 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Рубик</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>текшесін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құрастыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>конкурсына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жүлдесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жарыстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Олимп </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>таулары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 30 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жүлде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Прим Олимп - 7 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жүлделі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Resp</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>pred</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>olimp</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жүлделі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Бастау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кешенді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>олимпиадасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">- m </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>shk</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>облыстық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> турнир - 1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әл-Фараби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>атындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қаз</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ҰУ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тарихы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Олимпиада (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Камышкенова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А., 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> гранты)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- NIS </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>робототехникасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жарыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - (Коваленко М., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Камышкенов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Д.) -2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Менің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>роботым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>робототехникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сайысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ИнЕУ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> IT </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>аймақтық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>олимпиадасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 2,3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Аймақтық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ба</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ғдарламалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Olympus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (CIT) - 1 м (Гусак К)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>KazRobotix</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 2019» робототехника </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>аймақтық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>фестивал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Коваленко М., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Камышкенов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Д.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00861748" w:rsidRPr="005F1CF3" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұлулар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>олимпиадасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1329" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004269EB" w:rsidRPr="00332233" w:rsidRDefault="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">TRIZ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мәселелерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>шешуде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>студенттердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеткіліксіз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004269EB" w:rsidRPr="00332233" w:rsidRDefault="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сабақтардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> TRIZ - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>міндеттерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>шешуге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сәйкессіздігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1578" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TRIZ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мәселелерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>шешу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ТМУ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>арнайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курстарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дамыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="006363E1" w:rsidRPr="00332233" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TRIZ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>mäselel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0042277C" w:rsidTr="00F82F34">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004269EB" w:rsidRPr="004269EB" w:rsidRDefault="004269EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004269EB" w:rsidRPr="004269EB" w:rsidRDefault="004269EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="1760" w:type="dxa"/>
               <w:tblLayout w:type="fixed"/>
-              <w:tblLook w:val="04A0"/>
-[...3061 lines deleted...]
-              <w:tblLook w:val="04A0"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="1760"/>
             </w:tblGrid>
             <w:tr w:rsidR="004269EB" w:rsidRPr="004269EB" w:rsidTr="0042277C">
               <w:trPr>
                 <w:trHeight w:val="1310"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1760" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="bottom"/>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="004269EB" w:rsidRPr="003D15E2" w:rsidRDefault="004269EB" w:rsidP="004269EB">
+                <w:p w:rsidR="004269EB" w:rsidRPr="003D15E2" w:rsidRDefault="009C1668" w:rsidP="004269EB">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="003D15E2">
+                  <w:r w:rsidRPr="009C1668">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">3. Областная экспериментальная площадка по внедрению </w:t>
+                    <w:t xml:space="preserve">3. </w:t>
                   </w:r>
                   <w:proofErr w:type="spellStart"/>
-                  <w:r w:rsidRPr="003D15E2">
+                  <w:r w:rsidRPr="009C1668">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
-                    <w:t>полиязычия</w:t>
+                    <w:t>Көптілділікті</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t>енгізудің</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t>аймақтық</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t>тәжірибелі</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t>к</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t>алаңы</w:t>
                   </w:r>
                   <w:proofErr w:type="spellEnd"/>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="004269EB" w:rsidRPr="004269EB" w:rsidTr="0042277C">
               <w:trPr>
                 <w:trHeight w:val="310"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1760" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="bottom"/>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="004269EB" w:rsidRDefault="004269EB" w:rsidP="004269EB">
+                <w:p w:rsidR="004269EB" w:rsidRDefault="009C1668" w:rsidP="004269EB">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="004269EB">
+                  <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
-                    <w:t>(с 2016 г.)</w:t>
+                    <w:t>(2016 ж</w:t>
+                  </w:r>
+                  <w:r w:rsidR="004269EB" w:rsidRPr="004269EB">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t>.)</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="003318B9" w:rsidRDefault="00392C0F" w:rsidP="004269EB">
+                <w:p w:rsidR="003318B9" w:rsidRDefault="009C1668" w:rsidP="004269EB">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:noProof/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:pict>
                       <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
                         <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                         <o:lock v:ext="edit" shapetype="t"/>
                       </v:shapetype>
                       <v:shape id="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:38.05pt;margin-top:5.8pt;width:.65pt;height:17.55pt;flip:x;z-index:251658240" o:connectortype="straight">
@@ -7041,2576 +12913,4921 @@
                 </w:p>
                 <w:p w:rsidR="003318B9" w:rsidRDefault="003318B9" w:rsidP="004269EB">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
                 <w:p w:rsidR="00861748" w:rsidRDefault="00861748" w:rsidP="004269EB">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="003D15E2" w:rsidRDefault="003318B9" w:rsidP="004269EB">
-[...36 lines deleted...]
-                <w:p w:rsidR="003318B9" w:rsidRPr="004269EB" w:rsidRDefault="003318B9" w:rsidP="004269EB">
+                <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
+                  <w:r w:rsidRPr="009C1668">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> в рамках корпоративного обучения  (совместно с НЦПК</w:t>
+                    <w:t>4. «</w:t>
                   </w:r>
-                  <w:r w:rsidR="003D15E2">
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="009C1668">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> «</w:t>
+                    <w:t>Тілдік</w:t>
                   </w:r>
-                  <w:proofErr w:type="spellStart"/>
-                  <w:r w:rsidR="003D15E2">
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="009C1668">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
-                    <w:t>Орлеу</w:t>
+                    <w:t xml:space="preserve"> </w:t>
                   </w:r>
-                  <w:proofErr w:type="spellEnd"/>
-                  <w:r w:rsidR="003D15E2">
+                  <w:proofErr w:type="spellStart"/>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="009C1668">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
-                    <w:t>»; с января 2019 г.; руководите</w:t>
+                    <w:t>м</w:t>
                   </w:r>
-                  <w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r w:rsidRPr="009C1668">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">ли Курманова Г.К., </w:t>
+                    <w:t>үмкіндіктер</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:proofErr w:type="spellStart"/>
-                  <w:r>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:lastRenderedPageBreak/>
+                    <w:t>мектебі</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">» </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t>инновациялық</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t>жобасы</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                </w:p>
+                <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">  </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t>корпоративтік</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t>оқыту</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t>аясында</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> («</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t>Өрлеу</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">» </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t>ғылым</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t>и-</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t>өндірістік</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t>орталығымен</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t>бірлесе</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">; 2019 </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t>жылдың</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t>қаңтарынан</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t>бастап</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">; </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t>жетекшілері</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t>Г.Курманова</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">, Е.Ю. </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="009C1668">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:t>Погожева</w:t>
                   </w:r>
                   <w:proofErr w:type="spellEnd"/>
-                  <w:r>
+                  <w:r w:rsidRPr="009C1668">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> Е.Ю.)</w:t>
+                    <w:t>)</w:t>
                   </w:r>
+                </w:p>
+                <w:p w:rsidR="003318B9" w:rsidRPr="004269EB" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t>4. «</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t>Tildik</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t>mümkindikter</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t>mektebi</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">» </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t>ïnnovacïyalıq</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="009C1668">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t>jobası</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w:rsidR="004269EB" w:rsidRPr="004269EB" w:rsidRDefault="004269EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000C2564" w:rsidRDefault="00954E7A" w:rsidP="000C2564">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>1</w:t>
-[...284 lines deleted...]
-              <w:t xml:space="preserve">7.Работа на интернет - </w:t>
+              <w:t>1. «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>ғылым</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00F82F34">
-[...5 lines deleted...]
-              <w:t>платформах</w:t>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>и-</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-          </w:p>
-[...39 lines deleted...]
-          <w:p w:rsidR="00F82F34" w:rsidRDefault="00F82F34" w:rsidP="00F82F34">
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>өндірістік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>орталығымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>ынтымақтастық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Үш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>беруді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>кеңейту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">3.Тілдік </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>          </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">4.Тілдік </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">5. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>қашықтық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> олимпиада</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">6.Тіл </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>байқаулары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>іс-шаралары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">6. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Жазғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>тіл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>мектебі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>7. Интернет-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>платформалардағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F82F34" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">8. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Жарияланымдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w:rsidR="00D814D7" w:rsidRPr="009457C3" w:rsidRDefault="00D814D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003318B9" w:rsidRDefault="003D15E2" w:rsidP="003318B9">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>1</w:t>
-[...185 lines deleted...]
-            <w:r w:rsidR="00551EE7" w:rsidRPr="00551EE7">
+              <w:t xml:space="preserve">1. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Топтық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>форматындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сабақтардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>электрондық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жинағын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> («</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>шолуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. ОӘК </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұғалімдеріне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> CLIL </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>технологиясы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>коучинг</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Көптілділікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дамыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқытушылар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құрамымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сабақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00551EE7" w:rsidRPr="00551EE7">
+            <w:r w:rsidRPr="009C1668">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Руколеева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00551EE7" w:rsidRPr="00551EE7">
+            <w:r w:rsidRPr="009C1668">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Л.В., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қаңтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2018)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Басылымдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Тулкубекова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> М.Х., Реп журналы (№1, 2019) «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Кескінді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдастырудың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әдіскері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>» (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мектептегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кө</w:t>
+            </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidR="00551EE7" w:rsidRPr="00551EE7">
-[...5 lines deleted...]
-              <w:t>янв</w:t>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>п</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="00551EE7" w:rsidRPr="00551EE7">
-[...50 lines deleted...]
-            <w:r w:rsidRPr="003D15E2">
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тілді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>желілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кеңістікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қамтамасыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="003D15E2">
-[...117 lines deleted...]
-            <w:r w:rsidRPr="003D15E2">
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Тулкубекова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> М.Х., «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педалманах</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» (№ 2, 2018 ж.) «№ 39 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мектептің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көптілділігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>идеядан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>практикаға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003D15E2" w:rsidRPr="00551EE7" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="003D15E2">
-[...96 lines deleted...]
-            <w:r w:rsidRPr="003D15E2">
+            <w:r w:rsidRPr="009C1668">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Перевертова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="003D15E2">
-[...13 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Е.А. (HRP, 2019).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2147" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B807E5" w:rsidRDefault="00B807E5" w:rsidP="00B807E5">
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="00B807E5" w:rsidP="009C1668">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>1.</w:t>
-[...11 lines deleted...]
-          <w:p w:rsidR="00007C64" w:rsidRPr="00B807E5" w:rsidRDefault="00007C64" w:rsidP="00B807E5">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="009C1668" w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Олимпиадалық </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="009C1668" w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қозғалыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B807E5">
-[...18 lines deleted...]
-          <w:p w:rsidR="00007C64" w:rsidRPr="00007C64" w:rsidRDefault="00007C64" w:rsidP="00007C64">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қала</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (30 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жүлделі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">). </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Олардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ішінен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ағылшын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жүлделі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      (2x-2, 3x-2)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 6 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жүлделі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1х-2, 2х-1, 3x-2)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қаз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жүлделі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>орын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1x-1, 3x-3)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мылқ</w:t>
+            </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00007C64">
-[...5 lines deleted...]
-              <w:t>Англ</w:t>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ау</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00007C64">
-[...24 lines deleted...]
-          <w:p w:rsidR="00007C64" w:rsidRPr="00007C64" w:rsidRDefault="00007C64" w:rsidP="00007C64">
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 7 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жүлделі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>       (1x-5, 2x-4, 3x-3)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Аймақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жүлделі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>):</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Нем</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>іс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 4 (1x-1, 2x-2, 3x-1)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Rus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>yaz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (2)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республика (2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жүлде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00007C64" w:rsidRPr="00007C64" w:rsidRDefault="00007C64" w:rsidP="00007C64">
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...25 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Gore</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көптілділі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> олимпиада - 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. «ED» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ба</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ғыты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жарыстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ақбота</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» - 358 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысушы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (101 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жүлдегер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00007C64" w:rsidRPr="00007C64" w:rsidRDefault="00007C64" w:rsidP="00007C64">
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- «Кенгуру - лингвист» - 58 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысушы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (22 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеңімпаз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Russian</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Teddy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Bear</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» - 406 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысушы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (110)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Британдық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Бульдог» - 162 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысушы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (22)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тіліндегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> олимпиада КИО-3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жүлдегерлері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KIO-58 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тіліндегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> олимпиада</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Тіл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>імі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>еліндегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> пони» - 137 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысушы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (38)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>sosh</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 39 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>студенттерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>(1х-1, 3х-3</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>ағылшын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тіліндегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Зияткерлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мектеп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>конференциясына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5. 6,8 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқушыдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тұратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сауаттылықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>зерттеуге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (PISA) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тіліндегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қорытынды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>диктант</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7. «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Болашақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>профильдік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лагері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ағылшын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нем</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>іс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тілдерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үйренуге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бөлімдер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00007C64" w:rsidRPr="00007C64" w:rsidRDefault="00007C64" w:rsidP="00007C64">
-[...858 lines deleted...]
-          </w:p>
           <w:p w:rsidR="00332233" w:rsidRDefault="00332233">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...71 lines deleted...]
-            </w:r>
           </w:p>
           <w:p w:rsidR="003D15E2" w:rsidRPr="004269EB" w:rsidRDefault="003D15E2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1329" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004269EB" w:rsidRPr="004269EB" w:rsidRDefault="00564AE7" w:rsidP="00B807E5">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="004269EB" w:rsidRPr="004269EB" w:rsidRDefault="009C1668" w:rsidP="00B807E5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Расширение эксперименталь</w:t>
-[...8 lines deleted...]
-            </w:r>
+              <w:t>Ағылшын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> на </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тілінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> МЖЦ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
-            <w:r>
-[...7 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әндерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқумен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тәжірибелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сабақтарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кеңейту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004269EB" w:rsidRPr="00564AE7" w:rsidRDefault="00B807E5">
-[...14 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="004269EB" w:rsidRPr="00564AE7" w:rsidRDefault="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">B1, B2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>деңгейлері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>1</w:t>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>м</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұғалімдердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жетіспеуі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1578" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004269EB" w:rsidRDefault="003D15E2">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidR="00B807E5">
-[...6 lines deleted...]
-            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidR="00B807E5">
-[...5 lines deleted...]
-              <w:t>англ</w:t>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>биологияны</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="00B807E5">
-[...25 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ағылшын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тілінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқумен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8-сыныптың </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ашылуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="009C1668" w:rsidRPr="009C1668" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B807E5" w:rsidRPr="00564AE7" w:rsidRDefault="009C1668" w:rsidP="009C1668">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C1668">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidR="00B807E5">
-[...33 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тілін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тереңдеті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқытумен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5-сыныптың </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C1668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ашылуы</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00A4574E" w:rsidRDefault="00A4574E" w:rsidP="00F82F34">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F82F34" w:rsidRDefault="00F82F34" w:rsidP="00F82F34">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006363E1" w:rsidRDefault="006363E1" w:rsidP="00F82F34">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006363E1" w:rsidRPr="006363E1" w:rsidRDefault="006363E1" w:rsidP="006363E1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="006363E1" w:rsidRPr="006363E1" w:rsidSect="004269EB">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="08223530"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C3425904"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -9663,59 +17880,61 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004269EB"/>
     <w:rsid w:val="00002F0D"/>
     <w:rsid w:val="00007C64"/>
     <w:rsid w:val="00013B31"/>
     <w:rsid w:val="0001775F"/>
     <w:rsid w:val="00051712"/>
     <w:rsid w:val="00063495"/>
     <w:rsid w:val="00077846"/>
     <w:rsid w:val="000809D7"/>
     <w:rsid w:val="000A2151"/>
     <w:rsid w:val="000C0476"/>
     <w:rsid w:val="000C2564"/>
     <w:rsid w:val="000C5162"/>
     <w:rsid w:val="000D18ED"/>
     <w:rsid w:val="000D2688"/>
     <w:rsid w:val="000D6830"/>
     <w:rsid w:val="000E2F7E"/>
     <w:rsid w:val="000F4B63"/>
     <w:rsid w:val="00103787"/>
     <w:rsid w:val="0013602D"/>
     <w:rsid w:val="00140B4B"/>
     <w:rsid w:val="001522FA"/>
     <w:rsid w:val="00171A8F"/>
     <w:rsid w:val="001959BE"/>
@@ -9772,50 +17991,51 @@
     <w:rsid w:val="004269EB"/>
     <w:rsid w:val="004467CA"/>
     <w:rsid w:val="004578FE"/>
     <w:rsid w:val="004701BB"/>
     <w:rsid w:val="00480179"/>
     <w:rsid w:val="004B1E71"/>
     <w:rsid w:val="004C42EF"/>
     <w:rsid w:val="004D350D"/>
     <w:rsid w:val="004D5C80"/>
     <w:rsid w:val="005000A9"/>
     <w:rsid w:val="00501712"/>
     <w:rsid w:val="00506059"/>
     <w:rsid w:val="005133EA"/>
     <w:rsid w:val="0051755F"/>
     <w:rsid w:val="00524B70"/>
     <w:rsid w:val="00534584"/>
     <w:rsid w:val="00540D3A"/>
     <w:rsid w:val="00551EE7"/>
     <w:rsid w:val="00564AE7"/>
     <w:rsid w:val="005668A8"/>
     <w:rsid w:val="00576440"/>
     <w:rsid w:val="00581539"/>
     <w:rsid w:val="00592F1E"/>
     <w:rsid w:val="005953AC"/>
     <w:rsid w:val="005A2DA4"/>
+    <w:rsid w:val="005A3337"/>
     <w:rsid w:val="005B6C19"/>
     <w:rsid w:val="005B75CF"/>
     <w:rsid w:val="005E7AF1"/>
     <w:rsid w:val="005F1CF3"/>
     <w:rsid w:val="005F7848"/>
     <w:rsid w:val="006028F7"/>
     <w:rsid w:val="0061743A"/>
     <w:rsid w:val="006353BB"/>
     <w:rsid w:val="006363E1"/>
     <w:rsid w:val="006422B8"/>
     <w:rsid w:val="00644006"/>
     <w:rsid w:val="00662351"/>
     <w:rsid w:val="006742B7"/>
     <w:rsid w:val="00685D34"/>
     <w:rsid w:val="006A160E"/>
     <w:rsid w:val="006A6CA4"/>
     <w:rsid w:val="006B5217"/>
     <w:rsid w:val="006B5983"/>
     <w:rsid w:val="006D06EE"/>
     <w:rsid w:val="006D6284"/>
     <w:rsid w:val="006E1710"/>
     <w:rsid w:val="00717BB4"/>
     <w:rsid w:val="00720CC0"/>
     <w:rsid w:val="0072180C"/>
     <w:rsid w:val="0072604D"/>
@@ -9847,50 +18067,51 @@
     <w:rsid w:val="00843182"/>
     <w:rsid w:val="00855F12"/>
     <w:rsid w:val="00861748"/>
     <w:rsid w:val="00863C41"/>
     <w:rsid w:val="00863D66"/>
     <w:rsid w:val="00873B6B"/>
     <w:rsid w:val="008C7A56"/>
     <w:rsid w:val="008E1F02"/>
     <w:rsid w:val="008E5CD7"/>
     <w:rsid w:val="008F2E49"/>
     <w:rsid w:val="009158E3"/>
     <w:rsid w:val="009270D0"/>
     <w:rsid w:val="00940012"/>
     <w:rsid w:val="00944B29"/>
     <w:rsid w:val="009457C3"/>
     <w:rsid w:val="0095017C"/>
     <w:rsid w:val="0095103D"/>
     <w:rsid w:val="00954C06"/>
     <w:rsid w:val="00954E7A"/>
     <w:rsid w:val="00960232"/>
     <w:rsid w:val="00964040"/>
     <w:rsid w:val="00965686"/>
     <w:rsid w:val="00970BB9"/>
     <w:rsid w:val="00995251"/>
     <w:rsid w:val="009A7223"/>
+    <w:rsid w:val="009C1668"/>
     <w:rsid w:val="009D2581"/>
     <w:rsid w:val="009D5166"/>
     <w:rsid w:val="009E31E5"/>
     <w:rsid w:val="009E7FD6"/>
     <w:rsid w:val="00A02421"/>
     <w:rsid w:val="00A21654"/>
     <w:rsid w:val="00A3253F"/>
     <w:rsid w:val="00A42602"/>
     <w:rsid w:val="00A4574E"/>
     <w:rsid w:val="00A5116F"/>
     <w:rsid w:val="00A758EF"/>
     <w:rsid w:val="00A861C8"/>
     <w:rsid w:val="00A86C21"/>
     <w:rsid w:val="00AA0EFD"/>
     <w:rsid w:val="00AC022E"/>
     <w:rsid w:val="00AD0E7B"/>
     <w:rsid w:val="00AD2A5C"/>
     <w:rsid w:val="00AF2CAD"/>
     <w:rsid w:val="00B00675"/>
     <w:rsid w:val="00B02652"/>
     <w:rsid w:val="00B10F82"/>
     <w:rsid w:val="00B166F5"/>
     <w:rsid w:val="00B23E07"/>
     <w:rsid w:val="00B25E10"/>
     <w:rsid w:val="00B301F6"/>
@@ -9962,77 +18183,77 @@
     <w:rsid w:val="00ED3391"/>
     <w:rsid w:val="00ED57B5"/>
     <w:rsid w:val="00EE1472"/>
     <w:rsid w:val="00EE2166"/>
     <w:rsid w:val="00EE56D5"/>
     <w:rsid w:val="00EE6109"/>
     <w:rsid w:val="00EF3BFF"/>
     <w:rsid w:val="00F02009"/>
     <w:rsid w:val="00F21BA7"/>
     <w:rsid w:val="00F3258E"/>
     <w:rsid w:val="00F64B5A"/>
     <w:rsid w:val="00F75228"/>
     <w:rsid w:val="00F800DB"/>
     <w:rsid w:val="00F82995"/>
     <w:rsid w:val="00F82F34"/>
     <w:rsid w:val="00F961C8"/>
     <w:rsid w:val="00FA269A"/>
     <w:rsid w:val="00FD73A3"/>
     <w:rsid w:val="00FE039E"/>
     <w:rsid w:val="00FF2F85"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1027"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
       <o:rules v:ext="edit">
-        <o:r id="V:Rule2" type="connector" idref="#_x0000_s1026"/>
+        <o:r id="V:Rule1" type="connector" idref="#_x0000_s1026"/>
       </o:rules>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -10183,51 +18404,50 @@
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="004269EB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
@@ -10471,51 +18691,51 @@
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="139657983">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="279068478">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -10741,51 +18961,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1975867551">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -11029,72 +19249,72 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>7428</Characters>
+  <Pages>1</Pages>
+  <Words>1318</Words>
+  <Characters>7516</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>61</Lines>
+  <Lines>62</Lines>
   <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>RePack by SPecialiST</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8714</CharactersWithSpaces>
+  <CharactersWithSpaces>8817</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>metod cab m</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>