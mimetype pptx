--- v0 (2025-12-05)
+++ v1 (2026-02-02)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
-  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
-  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-[...8 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
     <p:sldId id="264" r:id="rId3"/>
     <p:sldId id="266" r:id="rId4"/>
     <p:sldId id="267" r:id="rId5"/>
     <p:sldId id="262" r:id="rId6"/>
     <p:sldId id="269" r:id="rId7"/>
     <p:sldId id="263" r:id="rId8"/>
     <p:sldId id="260" r:id="rId9"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
@@ -132,77 +132,51 @@
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-[...25 lines deleted...]
-</p:presentationPr>
+<p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main"/>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Средний стиль 2 - акцент 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
@@ -717,68 +691,68 @@
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:noFill/>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr>
         <p:scale>
           <a:sx n="53" d="100"/>
           <a:sy n="53" d="100"/>
         </p:scale>
-        <p:origin x="-1866" y="-432"/>
+        <p:origin x="-584" y="-420"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
-  <p:gridSpacing cx="72008" cy="72008"/>
+  <p:gridSpacing cx="73736200" cy="73736200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
@@ -3786,153 +3760,141 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr>
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
-              <a:t>2019-2020 о</a:t>
+              <a:t>Типовые учебные планы</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="kk-KZ" b="1" dirty="0"/>
-              <a:t>қу жылына арналған </a:t>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
+              <a:t/>
             </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
+            </a:br>
             <a:r>
-              <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-              <a:t>оқу жоспарлары</a:t>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
+              <a:t> на 2019-2020 учебный год</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="5" name="Содержимое 4"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
-            <p:extLst>
-[...3 lines deleted...]
-            </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="0" y="-8"/>
-          <a:ext cx="9144001" cy="7542414"/>
+          <a:ext cx="9144001" cy="6515046"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
                 <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1691680"/>
                 <a:gridCol w="1356321"/>
                 <a:gridCol w="1524000"/>
                 <a:gridCol w="1524000"/>
                 <a:gridCol w="1572343"/>
                 <a:gridCol w="1475657"/>
               </a:tblGrid>
               <a:tr h="383238">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-                        <a:t> пәндер</a:t>
+                        <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+                        <a:t>Уч.предметы</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
                         <a:t>5 </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
                         <a:t>кл</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
@@ -3994,60 +3956,52 @@
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
                         <a:t>9 </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
                         <a:t>кл</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
               </a:tr>
               <a:tr h="383238">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" err="1" smtClean="0"/>
-[...2 lines deleted...]
-                      <a:r>
                         <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0"/>
-                        <a:t> </a:t>
-[...3 lines deleted...]
-                        <a:t>тілі</a:t>
+                        <a:t>Рус язык</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1800" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0"/>
                         <a:t>3/3</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1800" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
@@ -4094,60 +4048,56 @@
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0"/>
                         <a:t>2/2</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1800" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
               </a:tr>
               <a:tr h="383238">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0"/>
+                        <a:t>Рус </a:t>
+                      </a:r>
+                      <a:r>
                         <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" err="1" smtClean="0"/>
-                        <a:t>Орыс</a:t>
-[...7 lines deleted...]
-                        <a:t>әдебиеті</a:t>
+                        <a:t>лит-ра</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1800" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0"/>
                         <a:t>2/2</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1800" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
@@ -4195,67 +4145,55 @@
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0"/>
                         <a:t>3/2</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1800" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
               </a:tr>
               <a:tr h="383238">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" err="1" smtClean="0"/>
-                        <a:t>Қазақ</a:t>
+                        <a:t>Каз</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0"/>
-                        <a:t> </a:t>
-[...11 lines deleted...]
-                        <a:t>әдебиет</a:t>
+                        <a:t> яз и лит</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1800" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0"/>
                         <a:t>5/4</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1800" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
@@ -4303,59 +4241,55 @@
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0"/>
                         <a:t>5/3</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1800" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
               </a:tr>
               <a:tr h="383238">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" err="1" smtClean="0"/>
-                        <a:t>Ағылшын</a:t>
+                        <a:t>Англ</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0"/>
-                        <a:t> </a:t>
-[...3 lines deleted...]
-                        <a:t>тілі</a:t>
+                        <a:t> язык</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1800" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0"/>
                         <a:t>3/3</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1800" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
@@ -4743,51 +4677,51 @@
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0"/>
                         <a:t>1/1</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1800" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
               </a:tr>
               <a:tr h="383238">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" err="1" smtClean="0"/>
-                        <a:t>жаратылыстану</a:t>
+                        <a:t>Естествозн</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1800" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0"/>
                         <a:t>2/1</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1800" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
@@ -5158,60 +5092,56 @@
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0"/>
                         <a:t>2/1</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1800" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
               </a:tr>
               <a:tr h="383238">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0"/>
+                        <a:t>История </a:t>
+                      </a:r>
+                      <a:r>
                         <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" err="1" smtClean="0"/>
-                        <a:t>Қазақстан</a:t>
-[...7 lines deleted...]
-                        <a:t>тарихы</a:t>
+                        <a:t>Каз</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1800" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0"/>
                         <a:t>2/2</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1800" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
@@ -5258,62 +5188,58 @@
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0"/>
                         <a:t>2/1</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1800" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
               </a:tr>
               <a:tr h="383238">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
+                        <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0"/>
+                        <a:t>Всем </a:t>
+                      </a:r>
+                      <a:r>
                         <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" err="1" smtClean="0"/>
-                        <a:t>Дүниежүзі</a:t>
-[...9 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0"/>
+                        <a:t>истор</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="1800" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0"/>
                         <a:t>1/1</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1800" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
@@ -5358,52 +5284,52 @@
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0"/>
                         <a:t>1/1</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1800" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
               </a:tr>
               <a:tr h="383238">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" err="1" smtClean="0"/>
-                        <a:t>құқұқ</a:t>
+                        <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0"/>
+                        <a:t>Основы прав</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="1800" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:endParaRPr lang="ru-RU" sz="1800" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:endParaRPr lang="ru-RU" sz="1800" b="1"/>
                     </a:p>
@@ -5470,92 +5396,79 @@
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="4" name="Содержимое 3"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
-            <p:extLst>
-[...3 lines deleted...]
-            </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="179388" y="333375"/>
-          <a:ext cx="8785224" cy="4394200"/>
+          <a:ext cx="8785224" cy="3175000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
                 <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1464204"/>
                 <a:gridCol w="1464204"/>
                 <a:gridCol w="1464204"/>
                 <a:gridCol w="1464204"/>
                 <a:gridCol w="1464204"/>
                 <a:gridCol w="1464204"/>
               </a:tblGrid>
               <a:tr h="370840">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
-                        <a:t>Оқу</a:t>
-[...7 lines deleted...]
-                        <a:t>пәндері</a:t>
+                        <a:t>Уч.предм</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
                         <a:t>5 </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
                         <a:t>кл</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
@@ -5617,52 +5530,52 @@
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
                         <a:t>9 </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
                         <a:t>кл</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
               </a:tr>
               <a:tr h="370840">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0"/>
-                        <a:t>Өзін-өзі тану</a:t>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0"/>
+                        <a:t>Самопозн</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0"/>
                     </a:p>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0"/>
                         <a:t>1/1</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
@@ -5796,62 +5709,53 @@
                       <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
               </a:tr>
               <a:tr h="370840">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0"/>
-[...2 lines deleted...]
-                      <a:r>
                         <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0"/>
-                        <a:t> </a:t>
-[...5 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0"/>
+                        <a:t>Худ труд</a:t>
+                      </a:r>
                     </a:p>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0"/>
                         <a:t>2/2</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
@@ -5901,59 +5805,51 @@
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0"/>
                         <a:t>1/1</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
               </a:tr>
               <a:tr h="370840">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0"/>
-                        <a:t>Дене</a:t>
-[...7 lines deleted...]
-                        <a:t>шынықтыру</a:t>
+                        <a:t>Физ-ра</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0"/>
                     </a:p>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0"/>
                         <a:t>3/2</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
@@ -6044,304 +5940,196 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="-108520" y="332656"/>
+            <a:off x="457200" y="274638"/>
             <a:ext cx="8229600" cy="634082"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
-[...6 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t> </a:t>
-[...47 lines deleted...]
-              <a:t/>
+              <a:t>Общеобразовательные классы</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
             </a:br>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="4" name="Содержимое 3"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
-            <p:extLst>
-[...3 lines deleted...]
-            </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="250825" y="836613"/>
-          <a:ext cx="8353623" cy="6096000"/>
+          <a:ext cx="8713788" cy="5791200"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
                 <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="898079"/>
-[...1 lines deleted...]
-                <a:gridCol w="5867815"/>
+                <a:gridCol w="936799"/>
+                <a:gridCol w="1656184"/>
+                <a:gridCol w="6120805"/>
               </a:tblGrid>
-              <a:tr h="1488432">
-[...7 lines deleted...]
-                        <a:t>сыныптар</a:t>
+              <a:tr h="370840">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:t>классы</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0"/>
-                        <a:t>Инвариантты</a:t>
-[...2 lines deleted...]
-                        <a:rPr lang="ru-RU" sz="2000" baseline="0" dirty="0" smtClean="0"/>
+                        <a:t>Инвариатная</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0"/>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="2000" baseline="0" dirty="0" err="1" smtClean="0"/>
-[...13 lines deleted...]
-                      <a:pPr algn="ctr"/>
+                        <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0"/>
+                        <a:t>уч</a:t>
+                      </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0"/>
-                        <a:t> ( </a:t>
+                        <a:t> нагрузка</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0"/>
+                        <a:t> ( кол-во час/ </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0"/>
-                        <a:t>аптасына</a:t>
-[...11 lines deleted...]
-                        <a:t> саны</a:t>
+                        <a:t>нед</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2000" dirty="0" smtClean="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="FF0000"/>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t>Вариативті</a:t>
-[...32 lines deleted...]
-                      </a:r>
+                        <a:t>Вариативная учебная нагрузка</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
                       <a:endParaRPr lang="ru-RU" sz="2000" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
               </a:tr>
-              <a:tr h="421254">
+              <a:tr h="370840">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0"/>
                         <a:t>5   </a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0"/>
                         <a:t>31/ 28</a:t>
                       </a:r>
@@ -6351,559 +6139,293 @@
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0"/>
-[...2 lines deleted...]
-                      <a:r>
                         <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0"/>
-                        <a:t> </a:t>
-[...11 lines deleted...]
-                        <a:t>сағат</a:t>
+                        <a:t>Физкультура- 1 час</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
               </a:tr>
-              <a:tr h="758258">
+              <a:tr h="370840">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0"/>
                         <a:t>6</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0"/>
                         <a:t>31/ 28</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0"/>
-[...2 lines deleted...]
-                      <a:r>
                         <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0"/>
-                        <a:t> </a:t>
-[...4 lines deleted...]
-                      </a:r>
+                        <a:t>Физкультура- 1 час</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0"/>
-                        <a:t> -1 </a:t>
-[...6 lines deleted...]
-                    </a:p>
+                        <a:t>Элективный</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2400" baseline="0" dirty="0" smtClean="0"/>
+                        <a:t> курс-1  час</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+              </a:tr>
+              <a:tr h="370840">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0"/>
+                        <a:t>7   </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0"/>
+                        <a:t>34/ 24</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0"/>
-[...10 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0" smtClean="0"/>
+                        <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0"/>
+                        <a:t> предметы по вы6ору-6 часов + Физкультура- 1 час</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
               </a:tr>
-              <a:tr h="758258">
-[...110 lines deleted...]
-              <a:tr h="1095261">
+              <a:tr h="370840">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0"/>
                         <a:t>8   </a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0"/>
                         <a:t>35/ 24</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...15 lines deleted...]
-                      </a:pPr>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0"/>
-                        <a:t> </a:t>
-[...3 lines deleted...]
-                        <a:t>Таңдаулы</a:t>
+                        <a:t>предметы по вы6ору-6 часов </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2400" baseline="0" dirty="0" smtClean="0"/>
+                        <a:t> + </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0"/>
-                        <a:t> </a:t>
-[...4 lines deleted...]
-                      </a:r>
+                        <a:t>Физкультура- 1 час</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0"/>
-                        <a:t> 6 </a:t>
-[...54 lines deleted...]
-                        <a:t>Элективті</a:t>
+                        <a:t> Элективный</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" baseline="0" dirty="0" smtClean="0"/>
-                        <a:t> курс-1  </a:t>
-[...5 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0" smtClean="0"/>
+                        <a:t> курс-1  час</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
               </a:tr>
-              <a:tr h="1095261">
+              <a:tr h="370840">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0"/>
                         <a:t>9   </a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0"/>
                         <a:t>36/ 25</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...15 lines deleted...]
-                      </a:pPr>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0"/>
-                        <a:t> </a:t>
-[...4 lines deleted...]
-                      </a:r>
+                        <a:t>предметы по вы6ору-6 часов +      Физкультура- 1 час</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0"/>
-                        <a:t> </a:t>
-[...62 lines deleted...]
-                        <a:t>Элективті</a:t>
+                        <a:t> Элективный</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" baseline="0" dirty="0" smtClean="0"/>
-                        <a:t> курс-1  </a:t>
-[...5 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0" smtClean="0"/>
+                        <a:t> курс-2  часа</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
@@ -8347,130 +7869,116 @@
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="4" name="Содержимое 3"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
-            <p:extLst>
-[...3 lines deleted...]
-            </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="395536" y="548678"/>
           <a:ext cx="8291264" cy="4204002"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
                 <a:tableStyleId>{9D7B26C5-4107-4FEC-AEDC-1716B250A1EF}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="4145632"/>
                 <a:gridCol w="4145632"/>
               </a:tblGrid>
               <a:tr h="1080122">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
-[...6 lines deleted...]
-                      <a:r>
                         <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="FF0000"/>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t> </a:t>
-[...7 lines deleted...]
-                        <a:t>сыныптар</a:t>
+                        <a:t>Гимназические классы</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2400" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="FF0000"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
-                        <a:t>Оқу жүкмесінің жалпы көлемі</a:t>
+                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:t>Объем максимальной</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+                        <a:t> учебной нагрузки</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
@@ -8479,55 +7987,51 @@
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
               </a:tr>
               <a:tr h="624776">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0"/>
-                        <a:t>5 </a:t>
-[...3 lines deleted...]
-                        <a:t>сыныптар</a:t>
+                        <a:t>5 классы</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0"/>
                         <a:t>40,5 / 34  </a:t>
@@ -8559,76 +8063,55 @@
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
               </a:tr>
               <a:tr h="624776">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...15 lines deleted...]
-                      </a:pPr>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0"/>
-                        <a:t>6 </a:t>
-[...5 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0"/>
+                        <a:t>6 классы</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0"/>
                         <a:t>41,5 / 35  </a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0"/>
@@ -8658,71 +8141,55 @@
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
               </a:tr>
               <a:tr h="624776">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...15 lines deleted...]
-                      </a:pPr>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0"/>
-                        <a:t>7сыныптар</a:t>
-                      </a:r>
+                        <a:t>7 классы</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0"/>
                         <a:t>42,5 / 36  </a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0"/>
@@ -8752,71 +8219,55 @@
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
               </a:tr>
               <a:tr h="624776">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...15 lines deleted...]
-                      </a:pPr>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0"/>
-                        <a:t>8сыныптар</a:t>
-                      </a:r>
+                        <a:t>8 классы</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0"/>
                         <a:t>44,5 / 37  </a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0"/>
@@ -8846,71 +8297,55 @@
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
               </a:tr>
               <a:tr h="624776">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...15 lines deleted...]
-                      </a:pPr>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0"/>
-                        <a:t>9сыныптар</a:t>
-                      </a:r>
+                        <a:t>9 классы</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0"/>
                         <a:t>46,5 / 39  </a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0"/>
@@ -8988,728 +8423,386 @@
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1"/>
-              <a:t>Инварианттан</a:t>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Комбинации предметов</a:t>
             </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+            </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0"/>
-[...20 lines deleted...]
-              <a:t>комбинациясы</a:t>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> из инварианта</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="4" name="Содержимое 3"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
-            <p:extLst>
-[...3 lines deleted...]
-            </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="457200" y="1600200"/>
           <a:ext cx="8229600" cy="5029200"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
                 <a:tableStyleId>{5940675A-B579-460E-94D1-54222C63F5DA}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="4114800"/>
                 <a:gridCol w="4114800"/>
               </a:tblGrid>
               <a:tr h="370840">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0"/>
                         <a:t>1.Алгебра</a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0"/>
-                        <a:t>2. </a:t>
-                      </a:r>
+                        <a:t>2. Физика</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0"/>
-                        <a:t>Физика</a:t>
-[...1 lines deleted...]
-                    </a:p>
+                        <a:t>3.Предмет по выбору</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0"/>
-                        <a:t>3.Таңдаулы</a:t>
-[...25 lines deleted...]
-                        <a:t>.</a:t>
+                        <a:t>1 .</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0"/>
-                        <a:t>орыс</a:t>
-[...15 lines deleted...]
-                        <a:t>әдебиет</a:t>
+                        <a:t>РиЛ</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0"/>
                     </a:p>
                     <a:p>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0"/>
                         <a:t>2. </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0"/>
-                        <a:t>Қазақ</a:t>
-[...17 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="2000" b="1" baseline="0" dirty="0" smtClean="0"/>
+                        <a:t>КиЛ</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0"/>
                     </a:p>
                     <a:p>
                       <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0"/>
-                        <a:t>3.Таңдаулы</a:t>
-[...9 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0"/>
+                        <a:t>3.Предмет по выбору</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
               </a:tr>
               <a:tr h="370840">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0"/>
                         <a:t>1.Алгебра</a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0"/>
                         <a:t>2. География</a:t>
                       </a:r>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...15 lines deleted...]
-                      </a:pPr>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0"/>
-                        <a:t>3.Таңдаулы</a:t>
-[...9 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0"/>
+                        <a:t>3.Предмет по выбору</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0"/>
                         <a:t>1.Биология</a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0"/>
                         <a:t>2.Химия</a:t>
                       </a:r>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...15 lines deleted...]
-                      </a:pPr>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0"/>
-                        <a:t>3.Таңдаулы</a:t>
-[...9 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0"/>
+                        <a:t>3.Предмет по выбору</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
               </a:tr>
               <a:tr h="370840">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0"/>
-                        <a:t>1.Ағылшын</a:t>
-[...9 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="2000" b="1" baseline="0" dirty="0" smtClean="0"/>
+                        <a:t>1.Английский язык</a:t>
+                      </a:r>
                     </a:p>
                     <a:p>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0"/>
-                        <a:t>2</a:t>
-                      </a:r>
+                        <a:t>2. История Казахстана</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0"/>
-                        <a:t>. </a:t>
-[...45 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0"/>
+                        <a:t>3.Предмет по выбору</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0"/>
                         <a:t>1.Химия</a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0"/>
-                        <a:t>2. </a:t>
-                      </a:r>
+                        <a:t>2. Физика</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0"/>
-                        <a:t>Физика</a:t>
-[...32 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0"/>
+                        <a:t>3.Предмет по выбору</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
               </a:tr>
               <a:tr h="370840">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0"/>
                         <a:t>1.Биология</a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0"/>
-                        <a:t>2. </a:t>
-                      </a:r>
+                        <a:t>2. География</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0"/>
-                        <a:t>География</a:t>
-[...32 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0"/>
+                        <a:t>3.Предмет по выбору</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0"/>
                         <a:t>1.География</a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0"/>
-                        <a:t>2. История </a:t>
-                      </a:r>
+                        <a:t>2. История Казахстана</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0"/>
-                        <a:t>Казахстана</a:t>
-[...32 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0"/>
+                        <a:t>3.Предмет по выбору</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
               </a:tr>
               <a:tr h="370840">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...15 lines deleted...]
-                      </a:pPr>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0"/>
-                        <a:t>1.Ағылшын</a:t>
-[...9 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="2000" b="1" baseline="0" dirty="0" smtClean="0"/>
+                        <a:t>1.Английский язык</a:t>
+                      </a:r>
                     </a:p>
                     <a:p>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0"/>
-                        <a:t>2</a:t>
-                      </a:r>
+                        <a:t>2. География</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0"/>
-                        <a:t>. </a:t>
-[...54 lines deleted...]
-                      </a:r>
+                        <a:t>3.Предмет по выбору</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="FF0000"/>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t> </a:t>
-[...8 lines deleted...]
-                      </a:r>
+                        <a:t>КАЖДЫЙ ПРЕДМЕТ</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="FF0000"/>
                           </a:solidFill>
                         </a:rPr>
-                        <a:t> 2 </a:t>
-[...7 lines deleted...]
-                        <a:t>сағаттан</a:t>
+                        <a:t> ПО 2 ЧАСА</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="FF0000"/>
                         </a:solidFill>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
@@ -9982,80 +9075,80 @@
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>477</Words>
+  <Words>468</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Экран (4:3)</PresentationFormat>
-  <Paragraphs>209</Paragraphs>
+  <Paragraphs>211</Paragraphs>
   <Slides>8</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="9" baseType="lpstr">
       <vt:lpstr>Тема Office</vt:lpstr>
-      <vt:lpstr>2019-2020 оқу жылына арналған үлгілік оқу жоспарлары</vt:lpstr>
-[...3 lines deleted...]
-      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+      <vt:lpstr>Типовые учебные планы  на 2019-2020 учебный год</vt:lpstr>
+      <vt:lpstr>Слайд 2</vt:lpstr>
+      <vt:lpstr>Слайд 3</vt:lpstr>
+      <vt:lpstr>Общеобразовательные классы </vt:lpstr>
+      <vt:lpstr>Слайд 5</vt:lpstr>
       <vt:lpstr>Гимназические  классы </vt:lpstr>
-      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
-      <vt:lpstr>Инварианттан алынған пәндер комбинациясы</vt:lpstr>
+      <vt:lpstr>Слайд 7</vt:lpstr>
+      <vt:lpstr>Комбинации предметов  из инварианта</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Проекты вариантов ТУПов на 2019-2020 учебный год</dc:title>
   <dc:creator>Metod</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>