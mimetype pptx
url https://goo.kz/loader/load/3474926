--- v0 (2025-12-06)
+++ v1 (2026-03-20)
@@ -1,68 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...16 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
-  <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
+  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
+  <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
+  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:handoutMasterIdLst>
     <p:handoutMasterId r:id="rId17"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
     <p:sldId id="291" r:id="rId3"/>
     <p:sldId id="259" r:id="rId4"/>
     <p:sldId id="278" r:id="rId5"/>
     <p:sldId id="279" r:id="rId6"/>
     <p:sldId id="284" r:id="rId7"/>
     <p:sldId id="285" r:id="rId8"/>
     <p:sldId id="281" r:id="rId9"/>
     <p:sldId id="292" r:id="rId10"/>
@@ -183,100 +183,125 @@
       <a:defRPr kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="Arial" charset="0"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="Arial" charset="0"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:showPr showNarration="1">
+    <p:present/>
+    <p:sldAll/>
+    <p:penClr>
+      <a:prstClr val="red"/>
+    </p:penClr>
+    <p:extLst>
+      <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
+        <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+          <a:srgbClr val="FF0000"/>
+        </p14:laserClr>
+      </p:ext>
+      <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
+        <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
+      </p:ext>
+    </p:extLst>
+  </p:showPr>
   <p:clrMru>
     <a:srgbClr val="5A9BE2"/>
   </p:clrMru>
+  <p:extLst>
+    <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
+      <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
+    </p:ext>
+    <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
+      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
+    </p:ext>
+  </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-  <p:normalViewPr showOutlineIcons="0">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+  <p:normalViewPr>
     <p:restoredLeft sz="15640" autoAdjust="0"/>
     <p:restoredTop sz="94660" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
-      <p:cViewPr varScale="1">
+      <p:cViewPr>
         <p:scale>
-          <a:sx n="70" d="100"/>
-          <a:sy n="70" d="100"/>
+          <a:sx n="77" d="100"/>
+          <a:sy n="77" d="100"/>
         </p:scale>
-        <p:origin x="-492" y="-90"/>
+        <p:origin x="-1170" y="204"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="66" d="100"/>
         <a:sy n="66" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:sorterViewPr>
-  <p:gridSpacing cx="73736200" cy="73736200"/>
+  <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
@@ -447,50 +472,55 @@
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="b" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{FFFB7BD5-2525-4BA8-8D62-D5B6C561054F}" type="slidenum">
               <a:rPr lang="en-US"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1141132826"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
 </p:handoutMaster>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
@@ -4252,76 +4282,350 @@
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" algn="ctr">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:buClr>
                 <a:schemeClr val="hlink"/>
               </a:buClr>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2800" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="2800" b="1" kern="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
+                <a:latin typeface="+mn-lt"/>
               </a:rPr>
-              <a:t>«Особенности применения методов дифференциации в условиях внедрения обновленного содержания среднего образования</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="2800" b="1" dirty="0" smtClean="0">
+              <a:t>«Орта </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" kern="0" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>білімнің</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" kern="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" kern="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>жаңартылған</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" kern="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" kern="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>мазмұнын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" kern="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" kern="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>енгізу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" kern="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" kern="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>контекстінде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" kern="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" kern="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>саралау</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" kern="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" kern="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>әдістерін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" kern="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" kern="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>қолдану</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" kern="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" kern="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>ерекшеліктері</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" kern="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="+mn-lt"/>
               </a:rPr>
               <a:t>»</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="2800" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" smtClean="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:effectLst>
                 <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                   <a:srgbClr val="000000">
                     <a:alpha val="43137"/>
                   </a:srgbClr>
                 </a:outerShdw>
               </a:effectLst>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
@@ -4404,52 +4708,755 @@
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Company Logo</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="92162" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3600" dirty="0" smtClean="0"/>
-              <a:t>Методы дифференциации</a:t>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>Саралау</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>әдістері</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="92163" name="AutoShape 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="gray">
+          <a:xfrm>
+            <a:off x="1143000" y="1981200"/>
+            <a:ext cx="3833813" cy="3833813"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="G0" fmla="+- 1914 0 0"/>
+              <a:gd name="G1" fmla="+- 21600 0 1914"/>
+              <a:gd name="G2" fmla="+- 21600 0 1914"/>
+              <a:gd name="G3" fmla="*/ G0 2929 10000"/>
+              <a:gd name="G4" fmla="+- 21600 0 G3"/>
+              <a:gd name="G5" fmla="+- 21600 0 G3"/>
+              <a:gd name="T0" fmla="*/ 10800 w 21600"/>
+              <a:gd name="T1" fmla="*/ 0 h 21600"/>
+              <a:gd name="T2" fmla="*/ 3163 w 21600"/>
+              <a:gd name="T3" fmla="*/ 3163 h 21600"/>
+              <a:gd name="T4" fmla="*/ 0 w 21600"/>
+              <a:gd name="T5" fmla="*/ 10800 h 21600"/>
+              <a:gd name="T6" fmla="*/ 3163 w 21600"/>
+              <a:gd name="T7" fmla="*/ 18437 h 21600"/>
+              <a:gd name="T8" fmla="*/ 10800 w 21600"/>
+              <a:gd name="T9" fmla="*/ 21600 h 21600"/>
+              <a:gd name="T10" fmla="*/ 18437 w 21600"/>
+              <a:gd name="T11" fmla="*/ 18437 h 21600"/>
+              <a:gd name="T12" fmla="*/ 21600 w 21600"/>
+              <a:gd name="T13" fmla="*/ 10800 h 21600"/>
+              <a:gd name="T14" fmla="*/ 18437 w 21600"/>
+              <a:gd name="T15" fmla="*/ 3163 h 21600"/>
+              <a:gd name="T16" fmla="*/ 3163 w 21600"/>
+              <a:gd name="T17" fmla="*/ 3163 h 21600"/>
+              <a:gd name="T18" fmla="*/ 18437 w 21600"/>
+              <a:gd name="T19" fmla="*/ 18437 h 21600"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="T0" y="T1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="T2" y="T3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="T4" y="T5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="T6" y="T7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="T8" y="T9"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="T10" y="T11"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="T12" y="T13"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="T14" y="T15"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="T16" t="T17" r="T18" b="T19"/>
+            <a:pathLst>
+              <a:path w="21600" h="21600">
+                <a:moveTo>
+                  <a:pt x="0" y="10800"/>
+                </a:moveTo>
+                <a:cubicBezTo>
+                  <a:pt x="0" y="4835"/>
+                  <a:pt x="4835" y="0"/>
+                  <a:pt x="10800" y="0"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="16765" y="0"/>
+                  <a:pt x="21600" y="4835"/>
+                  <a:pt x="21600" y="10800"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="21600" y="16765"/>
+                  <a:pt x="16765" y="21600"/>
+                  <a:pt x="10800" y="21600"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="4835" y="21600"/>
+                  <a:pt x="0" y="16765"/>
+                  <a:pt x="0" y="10800"/>
+                </a:cubicBezTo>
+                <a:close/>
+                <a:moveTo>
+                  <a:pt x="1914" y="10800"/>
+                </a:moveTo>
+                <a:cubicBezTo>
+                  <a:pt x="1914" y="15708"/>
+                  <a:pt x="5892" y="19686"/>
+                  <a:pt x="10800" y="19686"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="15708" y="19686"/>
+                  <a:pt x="19686" y="15708"/>
+                  <a:pt x="19686" y="10800"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="19686" y="5892"/>
+                  <a:pt x="15708" y="1914"/>
+                  <a:pt x="10800" y="1914"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="5892" y="1914"/>
+                  <a:pt x="1914" y="5892"/>
+                  <a:pt x="1914" y="10800"/>
+                </a:cubicBezTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:gradFill rotWithShape="1">
+            <a:gsLst>
+              <a:gs pos="0">
+                <a:schemeClr val="accent1">
+                  <a:gamma/>
+                  <a:tint val="60784"/>
+                  <a:invGamma/>
+                  <a:alpha val="12000"/>
+                </a:schemeClr>
+              </a:gs>
+              <a:gs pos="50000">
+                <a:schemeClr val="accent1"/>
+              </a:gs>
+              <a:gs pos="100000">
+                <a:schemeClr val="accent1">
+                  <a:gamma/>
+                  <a:tint val="60784"/>
+                  <a:invGamma/>
+                  <a:alpha val="12000"/>
+                </a:schemeClr>
+              </a:gs>
+            </a:gsLst>
+            <a:lin ang="2700000" scaled="1"/>
+          </a:gradFill>
+          <a:ln w="9525">
+            <a:noFill/>
+            <a:round/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="92164" name="Oval 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="gray">
+          <a:xfrm>
+            <a:off x="1447800" y="2286000"/>
+            <a:ext cx="3200400" cy="3200400"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:gradFill rotWithShape="1">
+            <a:gsLst>
+              <a:gs pos="0">
+                <a:schemeClr val="hlink">
+                  <a:gamma/>
+                  <a:tint val="56471"/>
+                  <a:invGamma/>
+                </a:schemeClr>
+              </a:gs>
+              <a:gs pos="100000">
+                <a:schemeClr val="hlink"/>
+              </a:gs>
+            </a:gsLst>
+            <a:path path="shape">
+              <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+            </a:path>
+          </a:gradFill>
+          <a:ln w="28575" algn="ctr">
+            <a:solidFill>
+              <a:srgbClr val="FFFFFF"/>
+            </a:solidFill>
+            <a:round/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="92165" name="AutoShape 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="gray">
+          <a:xfrm>
+            <a:off x="3821099" y="2289926"/>
+            <a:ext cx="4505351" cy="474658"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 50000"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:gradFill rotWithShape="1">
+            <a:gsLst>
+              <a:gs pos="0">
+                <a:schemeClr val="bg2">
+                  <a:gamma/>
+                  <a:tint val="5882"/>
+                  <a:invGamma/>
+                </a:schemeClr>
+              </a:gs>
+              <a:gs pos="100000">
+                <a:schemeClr val="bg2"/>
+              </a:gs>
+            </a:gsLst>
+            <a:lin ang="0" scaled="1"/>
+          </a:gradFill>
+          <a:ln w="38100" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:round/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" eaLnBrk="0" hangingPunct="0"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0"/>
+              <a:t>Салыстармалы кестелер</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="92166" name="AutoShape 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="gray">
+          <a:xfrm>
+            <a:off x="4448175" y="2988097"/>
+            <a:ext cx="3781425" cy="498475"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 50000"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:gradFill rotWithShape="1">
+            <a:gsLst>
+              <a:gs pos="0">
+                <a:schemeClr val="bg2">
+                  <a:gamma/>
+                  <a:tint val="5882"/>
+                  <a:invGamma/>
+                </a:schemeClr>
+              </a:gs>
+              <a:gs pos="100000">
+                <a:schemeClr val="bg2"/>
+              </a:gs>
+            </a:gsLst>
+            <a:lin ang="0" scaled="1"/>
+          </a:gradFill>
+          <a:ln w="38100" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:round/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" eaLnBrk="0" hangingPunct="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0"/>
+              <a:t>Постер </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1"/>
+              <a:t>презентациясы</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="92167" name="AutoShape 7"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="gray">
+          <a:xfrm>
+            <a:off x="4165943" y="3598831"/>
+            <a:ext cx="3779837" cy="500062"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 50000"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:gradFill rotWithShape="1">
+            <a:gsLst>
+              <a:gs pos="0">
+                <a:schemeClr val="bg2">
+                  <a:gamma/>
+                  <a:tint val="5882"/>
+                  <a:invGamma/>
+                </a:schemeClr>
+              </a:gs>
+              <a:gs pos="100000">
+                <a:schemeClr val="bg2"/>
+              </a:gs>
+            </a:gsLst>
+            <a:lin ang="0" scaled="1"/>
+          </a:gradFill>
+          <a:ln w="38100" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:round/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" eaLnBrk="0" hangingPunct="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0"/>
+              <a:t>Жұмыстар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0"/>
+              <a:t>көрмесі</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="92168" name="AutoShape 8"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="gray">
+          <a:xfrm>
+            <a:off x="4183063" y="4294188"/>
+            <a:ext cx="3781425" cy="500062"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 50000"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:gradFill rotWithShape="1">
+            <a:gsLst>
+              <a:gs pos="0">
+                <a:schemeClr val="bg2">
+                  <a:gamma/>
+                  <a:tint val="5882"/>
+                  <a:invGamma/>
+                </a:schemeClr>
+              </a:gs>
+              <a:gs pos="100000">
+                <a:schemeClr val="bg2"/>
+              </a:gs>
+            </a:gsLst>
+            <a:lin ang="0" scaled="1"/>
+          </a:gradFill>
+          <a:ln w="38100" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:round/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" eaLnBrk="0" hangingPunct="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
+              <a:t>Эссе, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0"/>
+              <a:t>есеп</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="92169" name="AutoShape 9"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="gray">
+          <a:xfrm>
+            <a:off x="3852863" y="4956175"/>
+            <a:ext cx="3781425" cy="500063"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 50000"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:gradFill rotWithShape="1">
+            <a:gsLst>
+              <a:gs pos="0">
+                <a:schemeClr val="bg2">
+                  <a:gamma/>
+                  <a:tint val="5882"/>
+                  <a:invGamma/>
+                </a:schemeClr>
+              </a:gs>
+              <a:gs pos="100000">
+                <a:schemeClr val="bg2"/>
+              </a:gs>
+            </a:gsLst>
+            <a:lin ang="0" scaled="1"/>
+          </a:gradFill>
+          <a:ln w="38100" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:round/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" eaLnBrk="0" hangingPunct="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1"/>
+              <a:t>Аяқтау</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1"/>
+              <a:t>көлемі</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="92170" name="Text Box 10"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="gray">
+          <a:xfrm>
+            <a:off x="1905592" y="3571876"/>
+            <a:ext cx="1869422" cy="954107"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525" algn="ctr">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+          <a:effectLst>
+            <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000"/>
+            </a:outerShdw>
+          </a:effectLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" eaLnBrk="0" hangingPunct="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="C0C0C0"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t>Нәтиже</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="C0C0C0"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr" eaLnBrk="0" hangingPunct="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="C0C0C0"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t>бойынша</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2800" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+              <a:effectLst>
+                <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                  <a:srgbClr val="C0C0C0"/>
+                </a:outerShdw>
+              </a:effectLst>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Нижний колонтитул 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Company Logo</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="92162" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>Саралау</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>әдістері</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="92163" name="AutoShape 3"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="gray">
           <a:xfrm>
             <a:off x="1143000" y="1981200"/>
             <a:ext cx="3833813" cy="3833813"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst>
               <a:gd name="G0" fmla="+- 1914 0 0"/>
               <a:gd name="G1" fmla="+- 21600 0 1914"/>
               <a:gd name="G2" fmla="+- 21600 0 1914"/>
               <a:gd name="G3" fmla="*/ G0 2929 10000"/>
@@ -4675,108 +5682,132 @@
                   <a:invGamma/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="bg2"/>
               </a:gs>
             </a:gsLst>
             <a:lin ang="0" scaled="1"/>
           </a:gradFill>
           <a:ln w="38100" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="accent1"/>
             </a:solidFill>
             <a:round/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" eaLnBrk="0" hangingPunct="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
-              <a:t>Сравнительные таблицы</a:t>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1"/>
+              <a:t>Қызықты</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1"/>
+              <a:t>тақырыптарды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1"/>
+              <a:t>таңдаумен</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="92166" name="AutoShape 6"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="gray">
           <a:xfrm>
-            <a:off x="4183063" y="2973388"/>
+            <a:off x="4371847" y="2946186"/>
             <a:ext cx="3781425" cy="498475"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:gradFill rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="bg2">
                   <a:gamma/>
                   <a:tint val="5882"/>
                   <a:invGamma/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="bg2"/>
               </a:gs>
             </a:gsLst>
             <a:lin ang="0" scaled="1"/>
           </a:gradFill>
           <a:ln w="38100" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="accent1"/>
             </a:solidFill>
             <a:round/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" eaLnBrk="0" hangingPunct="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
-              <a:t>Презентации постеров</a:t>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1"/>
+              <a:t>Зерттеу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1"/>
+              <a:t>тапсырмалары</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="92167" name="AutoShape 7"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="gray">
           <a:xfrm>
             <a:off x="4449763" y="3633788"/>
             <a:ext cx="3779837" cy="500062"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:gradFill rotWithShape="1">
             <a:gsLst>
@@ -4787,851 +5818,280 @@
                   <a:invGamma/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="bg2"/>
               </a:gs>
             </a:gsLst>
             <a:lin ang="0" scaled="1"/>
           </a:gradFill>
           <a:ln w="38100" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="accent1"/>
             </a:solidFill>
             <a:round/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" eaLnBrk="0" hangingPunct="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
-              <a:t>Выставка работ</a:t>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1"/>
+              <a:t>Шығармашылық</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1"/>
+              <a:t>қойылым</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="92168" name="AutoShape 8"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="gray">
           <a:xfrm>
-            <a:off x="4183063" y="4294188"/>
+            <a:off x="3779912" y="4294188"/>
             <a:ext cx="3781425" cy="500062"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:gradFill rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="bg2">
                   <a:gamma/>
                   <a:tint val="5882"/>
                   <a:invGamma/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="bg2"/>
               </a:gs>
             </a:gsLst>
             <a:lin ang="0" scaled="1"/>
           </a:gradFill>
           <a:ln w="38100" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="accent1"/>
             </a:solidFill>
             <a:round/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" eaLnBrk="0" hangingPunct="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
-              <a:t>Эссе, отчет</a:t>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1"/>
+              <a:t>Рөл</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1"/>
+              <a:t>таңдау</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="92169" name="AutoShape 9"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="gray">
           <a:xfrm>
-            <a:off x="3852863" y="4956175"/>
+            <a:off x="3753006" y="4956175"/>
             <a:ext cx="3781425" cy="500063"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:gradFill rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="bg2">
                   <a:gamma/>
                   <a:tint val="5882"/>
                   <a:invGamma/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="bg2"/>
               </a:gs>
             </a:gsLst>
             <a:lin ang="0" scaled="1"/>
           </a:gradFill>
           <a:ln w="38100" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="accent1"/>
             </a:solidFill>
             <a:round/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" eaLnBrk="0" hangingPunct="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
-              <a:t>Объем выполненного</a:t>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1"/>
+              <a:t>Өзара</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1"/>
+              <a:t>оқыту</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="92170" name="Text Box 10"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="gray">
           <a:xfrm>
-            <a:off x="1477298" y="3571876"/>
-            <a:ext cx="2726003" cy="523220"/>
+            <a:off x="1906902" y="3571876"/>
+            <a:ext cx="2008819" cy="830997"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525" algn="ctr">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000"/>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" eaLnBrk="0" hangingPunct="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="C0C0C0"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
-              <a:t>По результату</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="2800" b="1" dirty="0">
+              <a:t>Қабілеттері</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="C0C0C0"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
               <a:effectLst>
                 <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                   <a:srgbClr val="C0C0C0"/>
                 </a:outerShdw>
               </a:effectLst>
             </a:endParaRPr>
           </a:p>
-        </p:txBody>
-[...338 lines deleted...]
-          <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" eaLnBrk="0" hangingPunct="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
-[...267 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="C0C0C0"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
-              <a:t>По способностям</a:t>
+              <a:t>бойынша</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2400" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
               <a:effectLst>
                 <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                   <a:srgbClr val="C0C0C0"/>
                 </a:outerShdw>
               </a:effectLst>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
@@ -5677,52 +6137,68 @@
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="70658" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="714348" y="500042"/>
             <a:ext cx="7391400" cy="563562"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2800" dirty="0" smtClean="0"/>
-              <a:t>Анализ текущего состояния</a:t>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>Ағымдағы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>жағдайды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>талдау</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="70659" name="AutoShape 3"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="5562600" y="3352800"/>
             <a:ext cx="2286000" cy="2667000"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 16667"/>
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="38100">
@@ -5774,102 +6250,107 @@
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" eaLnBrk="0" hangingPunct="0"/>
             <a:endParaRPr lang="ru-RU">
               <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="70662" name="Text Box 6"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="857224" y="4143380"/>
-            <a:ext cx="2347938" cy="1200329"/>
+            <a:off x="755576" y="4143380"/>
+            <a:ext cx="2347938" cy="923330"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr eaLnBrk="0" hangingPunct="0"/>
             <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Жағымды</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Положительная тенденция-</a:t>
-[...4 lines deleted...]
-            <a:endParaRPr lang="ru-RU" b="1" dirty="0">
+              <a:t> тенденция-</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" b="1" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr eaLnBrk="0" hangingPunct="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>распростряняется</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0">
+              <a:t>Таралады </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" b="1" dirty="0">
               <a:solidFill>
-                <a:srgbClr val="FF0000"/>
+                <a:srgbClr val="000000"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="70663" name="Freeform 7"/>
           <p:cNvSpPr>
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="gray">
           <a:xfrm>
             <a:off x="3222625" y="3255963"/>
             <a:ext cx="903288" cy="1241425"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst>
               <a:cxn ang="0">
                 <a:pos x="580" y="0"/>
@@ -6645,162 +7126,294 @@
               <a:round/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr vert="eaVert" wrap="none" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:endParaRPr lang="ru-RU"/>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="70674" name="Text Box 18"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="3214678" y="1928802"/>
-            <a:ext cx="2738507" cy="461665"/>
+            <a:off x="2997472" y="1928802"/>
+            <a:ext cx="3172921" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525" algn="ctr">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" eaLnBrk="0" hangingPunct="0"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
-              <a:t>Кейс-технология</a:t>
+              <a:t>Кейс-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t>технологиясы</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2400" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst>
                 <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                   <a:srgbClr val="000000">
                     <a:alpha val="43137"/>
                   </a:srgbClr>
                 </a:outerShdw>
               </a:effectLst>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="21" name="Text Box 6"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="5643570" y="4000504"/>
-            <a:ext cx="2347938" cy="1754326"/>
+            <a:ext cx="2347938" cy="2031325"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr eaLnBrk="0" hangingPunct="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Отрицательная тенденция-</a:t>
-[...4 lines deleted...]
-            <a:endParaRPr lang="ru-RU" b="1" dirty="0">
+              <a:t>Жағымсыз</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" b="1" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr eaLnBrk="0" hangingPunct="0"/>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>тенденция-</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr eaLnBrk="0" hangingPunct="0"/>
+            <a:endParaRPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr eaLnBrk="0" hangingPunct="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Не все понимают особенности и возможности</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0">
+              <a:t>Мүмкіндіктер</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>мен </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>мүмкіндіктерді</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>барлығы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>бірдей</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>түсіне</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>бермейді</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
@@ -6835,63 +7448,71 @@
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Company Logo</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="103426" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0" smtClean="0"/>
-              <a:t>Прогнозируемые </a:t>
-[...11 lines deleted...]
-              <a:t>год</a:t>
+              <a:t>2020 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>жылға</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>жоспарланған</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>іс-шаралар</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="103427" name="AutoShape 3"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="gray">
           <a:xfrm>
             <a:off x="1905000" y="2438400"/>
             <a:ext cx="5530850" cy="2743200"/>
           </a:xfrm>
           <a:prstGeom prst="upArrow">
             <a:avLst>
               <a:gd name="adj1" fmla="val 57824"/>
               <a:gd name="adj2" fmla="val 54398"/>
             </a:avLst>
           </a:prstGeom>
           <a:gradFill rotWithShape="1">
@@ -6899,183 +7520,198 @@
               <a:gs pos="0">
                 <a:schemeClr val="folHlink"/>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="folHlink">
                   <a:gamma/>
                   <a:tint val="0"/>
                   <a:invGamma/>
                 </a:schemeClr>
               </a:gs>
             </a:gsLst>
             <a:lin ang="5400000" scaled="1"/>
           </a:gradFill>
           <a:ln w="9525" algn="ctr">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="ru-RU"/>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="103428" name="AutoShape 4"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="gray">
           <a:xfrm>
-            <a:off x="1676400" y="1676400"/>
+            <a:off x="1371600" y="1676399"/>
             <a:ext cx="5791200" cy="574675"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:gradFill rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="hlink"/>
               </a:gs>
               <a:gs pos="50000">
                 <a:schemeClr val="hlink">
                   <a:gamma/>
                   <a:tint val="64314"/>
                   <a:invGamma/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="hlink"/>
               </a:gs>
             </a:gsLst>
             <a:lin ang="0" scaled="1"/>
           </a:gradFill>
           <a:ln w="38100" algn="ctr">
             <a:solidFill>
               <a:srgbClr val="FFFFFF"/>
             </a:solidFill>
             <a:round/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw dist="63500" dir="3187806" algn="ctr" rotWithShape="0">
               <a:srgbClr val="001D3A"/>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" eaLnBrk="0" hangingPunct="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000"/>
                   </a:outerShdw>
                 </a:effectLst>
                 <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Ожидаемый образ события</a:t>
+              <a:t>Күтілетін оқиға бейнесі</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:effectLst>
                 <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                   <a:srgbClr val="000000"/>
                 </a:outerShdw>
               </a:effectLst>
               <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="103429" name="Text Box 5"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="gray">
           <a:xfrm>
-            <a:off x="3357554" y="3286124"/>
-            <a:ext cx="2799164" cy="400110"/>
+            <a:off x="3647088" y="3286124"/>
+            <a:ext cx="2220096" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525" algn="ctr">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" eaLnBrk="0" hangingPunct="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
-              <a:t>Тенденция развития</a:t>
+              <a:t>Даму </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t>беталысы</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:effectLst>
                 <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                   <a:srgbClr val="000000">
                     <a:alpha val="43137"/>
                   </a:srgbClr>
                 </a:outerShdw>
               </a:effectLst>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="103430" name="Group 6"/>
           <p:cNvGrpSpPr>
             <a:grpSpLocks/>
           </p:cNvGrpSpPr>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr bwMode="auto">
@@ -9379,56 +10015,72 @@
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Company Logo</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="103426" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2800" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-              <a:t>мероприятия на 2025 год</a:t>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t>2025 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>жылға</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>жоспарланған</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1"/>
+              <a:t>іс-шаралар</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="103427" name="AutoShape 3"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="gray">
           <a:xfrm>
             <a:off x="1905000" y="2438400"/>
             <a:ext cx="5530850" cy="2743200"/>
           </a:xfrm>
           <a:prstGeom prst="upArrow">
             <a:avLst>
               <a:gd name="adj1" fmla="val 57824"/>
               <a:gd name="adj2" fmla="val 54398"/>
             </a:avLst>
           </a:prstGeom>
           <a:gradFill rotWithShape="1">
@@ -9450,169 +10102,184 @@
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="103428" name="AutoShape 4"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="gray">
           <a:xfrm>
-            <a:off x="1676400" y="1676400"/>
+            <a:off x="1371600" y="1852353"/>
             <a:ext cx="5791200" cy="574675"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:gradFill rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="hlink"/>
               </a:gs>
               <a:gs pos="50000">
                 <a:schemeClr val="hlink">
                   <a:gamma/>
                   <a:tint val="64314"/>
                   <a:invGamma/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="hlink"/>
               </a:gs>
             </a:gsLst>
             <a:lin ang="0" scaled="1"/>
           </a:gradFill>
           <a:ln w="38100" algn="ctr">
             <a:solidFill>
               <a:srgbClr val="FFFFFF"/>
             </a:solidFill>
             <a:round/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw dist="63500" dir="3187806" algn="ctr" rotWithShape="0">
               <a:srgbClr val="001D3A"/>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" eaLnBrk="0" hangingPunct="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000"/>
                   </a:outerShdw>
                 </a:effectLst>
                 <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Ожидаемый образ события</a:t>
+              <a:t>Күтілетін оқиға бейнесі</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:effectLst>
                 <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                   <a:srgbClr val="000000"/>
                 </a:outerShdw>
               </a:effectLst>
               <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="103429" name="Text Box 5"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="gray">
           <a:xfrm>
-            <a:off x="3357554" y="3286124"/>
-            <a:ext cx="2799164" cy="400110"/>
+            <a:off x="3560377" y="3286124"/>
+            <a:ext cx="2220096" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525" algn="ctr">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" eaLnBrk="0" hangingPunct="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
-              <a:t>Тенденция развития</a:t>
+              <a:t>Даму </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t>беталысы</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:effectLst>
                 <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                   <a:srgbClr val="000000">
                     <a:alpha val="43137"/>
                   </a:srgbClr>
                 </a:outerShdw>
               </a:effectLst>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="2" name="Group 6"/>
           <p:cNvGrpSpPr>
             <a:grpSpLocks/>
           </p:cNvGrpSpPr>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr bwMode="auto">
@@ -12200,137 +12867,317 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
-              <a:t>Определение</a:t>
+              <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
+              <a:t>Анықтама</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Содержимое 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0">
-[...13 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
-              <a:t>, которая позволяет кругу лиц, которые участвуют в </a:t>
+              <a:t>. Форсайт - </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1"/>
-              <a:t>форсайте</a:t>
+              <a:t>форсайтқа</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>қатысатын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>адамдарға</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>болашақ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>бейнесін</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0">
-[...11 lines deleted...]
-              <a:t>договориться по поводу образа будущего</a:t>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>олардың</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
-              <a:t>, своих действий по поводу этого будущего, и своего желаемого будущего. Основа методики: </a:t>
-[...14 lines deleted...]
-              <a:t>совместная работа участников на карте времени; работа не с текстами, а с образами и схемами</a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>болашаққа</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
-              <a:t>. </a:t>
-            </a:r>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>қатысты</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>әрекеттерін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>және</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>қалаған</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>болашағын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>келісуге</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>мүмкіндік</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>беретін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> технология. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>Әдістеменің</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>негізі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>уақыт</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>картасы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>бойынша</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>қатысушылардың</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>топтық</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>жұмысы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>мәтіндермен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>емес</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>суреттермен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>және</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>диаграммалармен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>жұмыс</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>жасаңыз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>www.themegallery.com</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
@@ -12370,174 +13217,539 @@
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>www.themegallery.com</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="69634" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="251520" y="547688"/>
+            <a:ext cx="7978080" cy="563562"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:t>Т</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:t>ехнологияның</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
-              <a:t>Особенности технологии</a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:t>ерекшеліктері</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="69635" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="500034" y="1571612"/>
             <a:ext cx="8001055" cy="1570036"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0"/>
-[...16 lines deleted...]
-              <a:t> по отношению к будущим событиям. </a:t>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>Дәстүрлі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>болжаудан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>айырмашылығы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>форсайт</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>технологиясы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>болашақ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>оқиғаларға</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>қатысты</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>белсенді</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t>.</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t/>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" sz="2400" dirty="0"/>
             </a:br>
             <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="TextBox 5"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2571736" y="3214686"/>
-            <a:ext cx="5429288" cy="3139321"/>
+            <a:ext cx="5429288" cy="2862322"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
-[...8 lines deleted...]
-              <a:t> не просто оценивают вероятности и риски возникновения тех или иных условий, </a:t>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>Бұл</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>форсайттың</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>авторлары</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> мен </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>қатысушылары</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>белгілі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>бір</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>жағдайлардың</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>туындау</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>ықтималдығы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> мен </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>тәуекелдерін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>ғана</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>бағаламайды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>,</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
-[...8 lines deleted...]
-              <a:t> включает в себя обозначение проектов и событий, приводящих к избранной цели.</a:t>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>және</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>олардың</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>ағымдағы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>әрекеттерін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>позитивті</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>тенденцияларды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>күшейтетін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>және</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>қажетті</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>оқиғалардың</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>ықтималдығын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>арттыратын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>және</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>жағымсыз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>жағымсыз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>тенденцияларды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>өшіретін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>етіп</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>жобалаңыз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>. Форсайт </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>құрылымы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>өзіне</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>таңдалған</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>мақсатқа</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>жетелейтін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>жобалар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> мен </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>оқиғаларды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>белгілеуді</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>қамтиды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
@@ -12569,222 +13781,186 @@
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>www.themegallery.com</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="89090" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:t>Жұмыс</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
-              <a:t>План работы</a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:t>жоспары</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="89149" name="Group 61"/>
           <p:cNvGrpSpPr>
             <a:grpSpLocks/>
           </p:cNvGrpSpPr>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr bwMode="auto">
           <a:xfrm>
             <a:off x="2209800" y="2057400"/>
             <a:ext cx="4724400" cy="685800"/>
             <a:chOff x="1296" y="1824"/>
             <a:chExt cx="2976" cy="432"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="89150" name="AutoShape 62"/>
             <p:cNvSpPr>
               <a:spLocks noChangeArrowheads="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="gray">
             <a:xfrm>
-              <a:off x="1536" y="1899"/>
-              <a:ext cx="2736" cy="288"/>
+              <a:off x="1786" y="1899"/>
+              <a:ext cx="2486" cy="288"/>
             </a:xfrm>
             <a:prstGeom prst="roundRect">
               <a:avLst>
                 <a:gd name="adj" fmla="val 16667"/>
               </a:avLst>
             </a:prstGeom>
             <a:gradFill rotWithShape="1">
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="accent2">
                     <a:gamma/>
                     <a:tint val="21176"/>
                     <a:invGamma/>
                   </a:schemeClr>
                 </a:gs>
                 <a:gs pos="100000">
                   <a:schemeClr val="accent2"/>
                 </a:gs>
               </a:gsLst>
               <a:lin ang="0" scaled="1"/>
             </a:gradFill>
             <a:ln w="12700" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:round/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:effectLst>
               <a:outerShdw dist="99190" dir="2388334" algn="ctr" rotWithShape="0">
                 <a:srgbClr val="333333">
                   <a:alpha val="50000"/>
                 </a:srgbClr>
               </a:outerShdw>
             </a:effectLst>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="none" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
-              <a:endParaRPr lang="ru-RU"/>
+              <a:r>
+                <a:rPr lang="kk-KZ" dirty="0" smtClean="0"/>
+                <a:t>Тақырыпқа кіріспе </a:t>
+              </a:r>
+              <a:endParaRPr lang="ru-RU" dirty="0"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="89151" name="AutoShape 63"/>
             <p:cNvSpPr>
               <a:spLocks noChangeArrowheads="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="gray">
             <a:xfrm>
               <a:off x="1296" y="1824"/>
               <a:ext cx="432" cy="432"/>
             </a:xfrm>
             <a:prstGeom prst="diamond">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:schemeClr val="accent2"/>
             </a:solidFill>
             <a:ln w="25400" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:effectLst>
               <a:outerShdw dist="63500" dir="2212194" algn="ctr" rotWithShape="0">
                 <a:srgbClr val="333333">
                   <a:alpha val="50000"/>
                 </a:srgbClr>
               </a:outerShdw>
             </a:effectLst>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="none" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:endParaRPr lang="ru-RU"/>
-            </a:p>
-[...46 lines deleted...]
-              </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="89153" name="Text Box 65"/>
             <p:cNvSpPr txBox="1">
               <a:spLocks noChangeArrowheads="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="gray">
             <a:xfrm>
               <a:off x="1393" y="1886"/>
               <a:ext cx="223" cy="288"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525" algn="ctr">
               <a:noFill/>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
@@ -12937,56 +14113,72 @@
           <p:spPr bwMode="gray">
             <a:xfrm>
               <a:off x="1680" y="1934"/>
               <a:ext cx="2160" cy="231"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525" algn="ctr">
               <a:noFill/>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr>
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr" eaLnBrk="0" hangingPunct="0"/>
               <a:r>
+                <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                </a:rPr>
+                <a:t>Суреттермен</a:t>
+              </a:r>
+              <a:r>
                 <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                 </a:rPr>
-                <a:t>Работа с образами</a:t>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                </a:rPr>
+                <a:t>жұмыс</a:t>
               </a:r>
               <a:endParaRPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="89158" name="Text Box 70"/>
             <p:cNvSpPr txBox="1">
               <a:spLocks noChangeArrowheads="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="gray">
             <a:xfrm>
               <a:off x="1393" y="1886"/>
               <a:ext cx="223" cy="288"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -13145,56 +14337,56 @@
           <p:spPr bwMode="gray">
             <a:xfrm>
               <a:off x="1680" y="1934"/>
               <a:ext cx="2634" cy="233"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525" algn="ctr">
               <a:noFill/>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr" eaLnBrk="0" hangingPunct="0"/>
               <a:r>
-                <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                 </a:rPr>
-                <a:t>Отражение на карте времени</a:t>
+                <a:t>Уақыт картасының көрінісі</a:t>
               </a:r>
               <a:endParaRPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="89163" name="Text Box 75"/>
             <p:cNvSpPr txBox="1">
               <a:spLocks noChangeArrowheads="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="gray">
             <a:xfrm>
               <a:off x="1393" y="1886"/>
               <a:ext cx="223" cy="288"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -13353,56 +14545,56 @@
           <p:spPr bwMode="gray">
             <a:xfrm>
               <a:off x="1680" y="1934"/>
               <a:ext cx="2160" cy="231"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525" algn="ctr">
               <a:noFill/>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr>
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr" eaLnBrk="0" hangingPunct="0"/>
               <a:r>
-                <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                 </a:rPr>
-                <a:t>Общая позиция</a:t>
+                <a:t>Жалпы ұстаным</a:t>
               </a:r>
               <a:endParaRPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="89168" name="Text Box 80"/>
             <p:cNvSpPr txBox="1">
               <a:spLocks noChangeArrowheads="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="gray">
             <a:xfrm>
               <a:off x="1393" y="1886"/>
               <a:ext cx="223" cy="288"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -13465,61 +14657,94 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="90114" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1071538" y="500042"/>
             <a:ext cx="7391400" cy="563562"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0"/>
-[...9 lines deleted...]
-            </a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t>"</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>Жаңа</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>мектеп</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> - </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>саралаудың</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>жаңа</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>әдістері</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t>"</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" dirty="0" smtClean="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="90115" name="Group 3"/>
           <p:cNvGrpSpPr>
             <a:grpSpLocks/>
           </p:cNvGrpSpPr>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr bwMode="auto">
           <a:xfrm>
             <a:off x="2286000" y="1676400"/>
             <a:ext cx="4495800" cy="4514850"/>
             <a:chOff x="1824" y="633"/>
             <a:chExt cx="2834" cy="2849"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="90116" name="Puzzle3"/>
             <p:cNvSpPr>
               <a:spLocks noEditPoints="1" noChangeArrowheads="1"/>
             </p:cNvSpPr>
@@ -18369,233 +19594,286 @@
                   <a:alpha val="50000"/>
                 </a:srgbClr>
               </a:outerShdw>
             </a:effectLst>
           </p:spPr>
           <p:txBody>
             <a:bodyPr/>
             <a:lstStyle/>
             <a:p>
               <a:endParaRPr lang="ru-RU"/>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="90120" name="Text Box 8"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="6572264" y="3000372"/>
-            <a:ext cx="1818896" cy="646331"/>
+            <a:ext cx="1674241" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr eaLnBrk="0" hangingPunct="0"/>
             <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="5F5F5F"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Оқу</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="5F5F5F"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>По результату</a:t>
-            </a:r>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="5F5F5F"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>нәтижесі</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:srgbClr val="5F5F5F"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr eaLnBrk="0" hangingPunct="0"/>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="5F5F5F"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t> обучения</a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="5F5F5F"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>бойынша</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="5F5F5F"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="90121" name="Text Box 9"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="838200" y="3581400"/>
-            <a:ext cx="1905000" cy="366713"/>
+            <a:off x="814862" y="3642648"/>
+            <a:ext cx="1905000" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="r" eaLnBrk="0" hangingPunct="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="5F5F5F"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>По процессу</a:t>
+              <a:t>Процесс </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="5F5F5F"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>бойынша</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="5F5F5F"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="90122" name="Text Box 10"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="2438400" y="1676400"/>
             <a:ext cx="2438400" cy="366713"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="r" eaLnBrk="0" hangingPunct="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="5F5F5F"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>По содержанию</a:t>
+              <a:t>Мазмұны бойынша</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="5F5F5F"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="90123" name="Text Box 11"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="4929190" y="5786454"/>
             <a:ext cx="2811463" cy="366713"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr eaLnBrk="0" hangingPunct="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="5F5F5F"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>По способностям</a:t>
+              <a:t>Қабілеттері</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="5F5F5F"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="5F5F5F"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>бойынша</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="5F5F5F"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Прямоугольник 13"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3000364" y="0"/>
             <a:ext cx="3064813" cy="523220"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -18663,56 +19941,76 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="97282" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="500034" y="500042"/>
             <a:ext cx="7391400" cy="563562"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0"/>
-              <a:t>Формирование </a:t>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>Бірыңғай</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
-              <a:t>единого «поля представлений»</a:t>
+              <a:t> «</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>өкілдік</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>өрісті</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
+              <a:t>» </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1"/>
+              <a:t>қалыптастыру</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="97283" name="Freeform 3"/>
           <p:cNvSpPr>
             <a:spLocks noEditPoints="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="gray">
           <a:xfrm>
             <a:off x="1066800" y="1981200"/>
             <a:ext cx="5943600" cy="4038600"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst>
               <a:cxn ang="0">
                 <a:pos x="1092" y="50"/>
@@ -19396,54 +20694,54 @@
             <a:noFill/>
             <a:round/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="97322" name="Group 42"/>
           <p:cNvGrpSpPr>
             <a:grpSpLocks/>
           </p:cNvGrpSpPr>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1286229" y="3371850"/>
-[...2 lines deleted...]
-            <a:chExt cx="1058" cy="860"/>
+            <a:off x="1107042" y="3371850"/>
+            <a:ext cx="2083462" cy="1441450"/>
+            <a:chOff x="554" y="2112"/>
+            <a:chExt cx="1279" cy="860"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="97323" name="Oval 43"/>
             <p:cNvSpPr>
               <a:spLocks noChangeArrowheads="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="gray">
             <a:xfrm>
               <a:off x="732" y="2112"/>
               <a:ext cx="842" cy="860"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:gradFill rotWithShape="1">
               <a:gsLst>
                 <a:gs pos="0">
                   <a:srgbClr val="D6E1E2">
                     <a:gamma/>
                     <a:shade val="46275"/>
                     <a:invGamma/>
@@ -19606,90 +20904,95 @@
               <a:noFill/>
               <a:round/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr vert="eaVert" wrap="none" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:endParaRPr lang="ru-RU"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="97327" name="Text Box 47"/>
             <p:cNvSpPr txBox="1">
               <a:spLocks noChangeArrowheads="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="gray">
             <a:xfrm>
-              <a:off x="664" y="2274"/>
-              <a:ext cx="1058" cy="386"/>
+              <a:off x="554" y="2274"/>
+              <a:ext cx="1279" cy="220"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525" algn="ctr">
               <a:noFill/>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="none">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
-                <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                 </a:rPr>
-                <a:t>Анализ</a:t>
+                <a:t>Шаралар</a:t>
               </a:r>
-            </a:p>
-[...1 lines deleted...]
-              <a:pPr algn="ctr"/>
               <a:r>
                 <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                 </a:rPr>
-                <a:t>мероприятий</a:t>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                </a:rPr>
+                <a:t>талдау</a:t>
               </a:r>
               <a:endParaRPr lang="en-US" b="1" dirty="0"/>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="97328" name="Oval 48"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="gray">
           <a:xfrm>
             <a:off x="1295400" y="2606675"/>
             <a:ext cx="914400" cy="533400"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="0F2145">
               <a:alpha val="30000"/>
@@ -19893,90 +21196,115 @@
             <a:noFill/>
             <a:round/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert" wrap="none" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="97333" name="Text Box 53"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="gray">
           <a:xfrm>
-            <a:off x="1643042" y="2285992"/>
-            <a:ext cx="5021503" cy="646331"/>
+            <a:off x="1467898" y="2285992"/>
+            <a:ext cx="5371792" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525" algn="ctr">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
-[...5 lines deleted...]
-            </a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
+              <a:t>Перспективалы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>формалар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> мен </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>әдістерді</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>талдау</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
-[...4 lines deleted...]
-              <a:t>дифференцированного обучения</a:t>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>саралап</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>оқыту</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="97334" name="Oval 54"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="gray">
           <a:xfrm>
             <a:off x="2562225" y="2076450"/>
             <a:ext cx="685800" cy="228600"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="0F2145">
               <a:alpha val="30000"/>
             </a:srgbClr>
@@ -20179,127 +21507,166 @@
             <a:noFill/>
             <a:round/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert" wrap="none" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="97339" name="Text Box 59"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="gray">
           <a:xfrm>
-            <a:off x="3357554" y="1643050"/>
-            <a:ext cx="2725874" cy="307777"/>
+            <a:off x="3123900" y="1643050"/>
+            <a:ext cx="3193183" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525" algn="ctr">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" smtClean="0">
-[...4 lines deleted...]
-              <a:t>Анализ текущего положения</a:t>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>Ағымдағы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>жағдайды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>талдау</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="97312" name="Text Box 32"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="3643306" y="3643314"/>
             <a:ext cx="5143536" cy="523220"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525" algn="ctr">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2800" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
-                <a:effectLst>
-[...3 lines deleted...]
-                </a:effectLst>
               </a:rPr>
-              <a:t>Достоверный образ будущего</a:t>
+              <a:t>Болашақтың</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>сенімді</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>бейнесі</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2800" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
@@ -20335,52 +21702,68 @@
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Company Logo</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="98306" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
-              <a:t>Достоверный образ будущего</a:t>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>Болашақтың</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>сенімді</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1"/>
+              <a:t>бейнесі</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="98307" name="Group 3"/>
           <p:cNvGrpSpPr>
             <a:grpSpLocks/>
           </p:cNvGrpSpPr>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr bwMode="auto">
           <a:xfrm>
             <a:off x="1219200" y="1831975"/>
             <a:ext cx="2170113" cy="4035425"/>
             <a:chOff x="720" y="1296"/>
             <a:chExt cx="1367" cy="2542"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="98308" name="AutoShape 4"/>
             <p:cNvSpPr>
@@ -20913,101 +22296,137 @@
           <p:spPr bwMode="gray">
             <a:xfrm>
               <a:off x="1276" y="1354"/>
               <a:ext cx="223" cy="288"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525" algn="ctr">
               <a:noFill/>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="none">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
-                <a:rPr lang="en-US" sz="2400">
+                <a:rPr lang="en-US" sz="2400" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                 </a:rPr>
                 <a:t>1</a:t>
               </a:r>
-              <a:endParaRPr lang="en-US"/>
+              <a:endParaRPr lang="en-US" dirty="0"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="98321" name="Text Box 17"/>
             <p:cNvSpPr txBox="1">
               <a:spLocks noChangeArrowheads="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="gray">
             <a:xfrm>
               <a:off x="768" y="1776"/>
               <a:ext cx="1296" cy="1299"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525" algn="ctr">
               <a:noFill/>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:effectLst/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr>
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
+                <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1" smtClean="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>Мұғалім</a:t>
+              </a:r>
+              <a:r>
                 <a:rPr lang="ru-RU" sz="3200" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>Каким должен стать учитель</a:t>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1" smtClean="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>қандай</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="3200" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> болу </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1" smtClean="0">
+                  <a:solidFill>
+                    <a:srgbClr val="000000"/>
+                  </a:solidFill>
+                  <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>керек</a:t>
               </a:r>
               <a:endParaRPr lang="en-US" sz="3200" dirty="0"/>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="98322" name="Group 18"/>
           <p:cNvGrpSpPr>
             <a:grpSpLocks/>
           </p:cNvGrpSpPr>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr bwMode="auto">
           <a:xfrm>
             <a:off x="3643306" y="1857364"/>
             <a:ext cx="2166938" cy="4035425"/>
             <a:chOff x="2208" y="1296"/>
             <a:chExt cx="1365" cy="2542"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="98323" name="AutoShape 19"/>
@@ -22144,102 +23563,138 @@
         <p:spPr bwMode="gray">
           <a:xfrm>
             <a:off x="6000760" y="2571744"/>
             <a:ext cx="2057400" cy="2062103"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525" algn="ctr">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Мектеп</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Какой должна стать школа</a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>қандай</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> болу </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>керек</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="3200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="50" name="Text Box 17"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="gray">
           <a:xfrm>
             <a:off x="3643306" y="2571744"/>
             <a:ext cx="2057400" cy="2062103"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525" algn="ctr">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" dirty="0" smtClean="0">
+              <a:rPr lang="kk-KZ" sz="3200" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Каким должен стать ученик</a:t>
+              <a:t>Оқушы қандай болу керек</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="3200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
@@ -22271,52 +23726,60 @@
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Company Logo</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="92162" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3600" dirty="0" smtClean="0"/>
-              <a:t>Методы дифференциации</a:t>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:t>Саралау</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>әдістері</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="92163" name="AutoShape 3"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="gray">
           <a:xfrm>
             <a:off x="1143000" y="1981200"/>
             <a:ext cx="3833813" cy="3833813"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst>
               <a:gd name="G0" fmla="+- 1914 0 0"/>
               <a:gd name="G1" fmla="+- 21600 0 1914"/>
               <a:gd name="G2" fmla="+- 21600 0 1914"/>
               <a:gd name="G3" fmla="*/ G0 2929 10000"/>
@@ -22542,220 +24005,244 @@
                   <a:invGamma/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="bg2"/>
               </a:gs>
             </a:gsLst>
             <a:lin ang="0" scaled="1"/>
           </a:gradFill>
           <a:ln w="38100" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="accent1"/>
             </a:solidFill>
             <a:round/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" eaLnBrk="0" hangingPunct="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
-              <a:t>Кейсы со скрытой дифференциацией</a:t>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1"/>
+              <a:t>Жасырын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1"/>
+              <a:t>саралау</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1"/>
+              <a:t>жағдайлары</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="92166" name="AutoShape 6"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="gray">
           <a:xfrm>
-            <a:off x="4183063" y="2973388"/>
+            <a:off x="4169769" y="2970899"/>
             <a:ext cx="3781425" cy="498475"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:gradFill rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="bg2">
                   <a:gamma/>
                   <a:tint val="5882"/>
                   <a:invGamma/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="bg2"/>
               </a:gs>
             </a:gsLst>
             <a:lin ang="0" scaled="1"/>
           </a:gradFill>
           <a:ln w="38100" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="accent1"/>
             </a:solidFill>
             <a:round/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" eaLnBrk="0" hangingPunct="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
-              <a:t>Разноуровневые задания</a:t>
+              <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0"/>
+              <a:t>Деңгейлік тапсырмалар</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="92167" name="AutoShape 7"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="gray">
           <a:xfrm>
-            <a:off x="4449763" y="3633788"/>
+            <a:off x="4355976" y="3633788"/>
             <a:ext cx="3779837" cy="500062"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:gradFill rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="bg2">
                   <a:gamma/>
                   <a:tint val="5882"/>
                   <a:invGamma/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="bg2"/>
               </a:gs>
             </a:gsLst>
             <a:lin ang="0" scaled="1"/>
           </a:gradFill>
           <a:ln w="38100" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="accent1"/>
             </a:solidFill>
             <a:round/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" eaLnBrk="0" hangingPunct="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
-              <a:t>Обучающие фильмы</a:t>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1"/>
+              <a:t>Оқу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1"/>
+              <a:t>фильмдері</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="92168" name="AutoShape 8"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="gray">
           <a:xfrm>
-            <a:off x="4183063" y="4294188"/>
+            <a:off x="4165006" y="4294188"/>
             <a:ext cx="3781425" cy="500062"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:gradFill rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="bg2">
                   <a:gamma/>
                   <a:tint val="5882"/>
                   <a:invGamma/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="bg2"/>
               </a:gs>
             </a:gsLst>
             <a:lin ang="0" scaled="1"/>
           </a:gradFill>
           <a:ln w="38100" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="accent1"/>
             </a:solidFill>
             <a:round/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" eaLnBrk="0" hangingPunct="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
-              <a:t>Поиск информации</a:t>
+              <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0"/>
+              <a:t>Ақпарат іздеу</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="92169" name="AutoShape 9"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="gray">
           <a:xfrm>
             <a:off x="3852863" y="4956175"/>
             <a:ext cx="3781425" cy="500063"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:gradFill rotWithShape="1">
             <a:gsLst>
@@ -22766,109 +24253,138 @@
                   <a:invGamma/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="bg2"/>
               </a:gs>
             </a:gsLst>
             <a:lin ang="0" scaled="1"/>
           </a:gradFill>
           <a:ln w="38100" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="accent1"/>
             </a:solidFill>
             <a:round/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" eaLnBrk="0" hangingPunct="0"/>
             <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
+              <a:t>Онлайн </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0"/>
-              <a:t>Онлайн</a:t>
-[...3 lines deleted...]
-              <a:t> тренажеры</a:t>
+              <a:t>тренажерлер</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="92170" name="Text Box 10"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="gray">
           <a:xfrm>
-            <a:off x="1477298" y="3571876"/>
-            <a:ext cx="3023264" cy="523220"/>
+            <a:off x="2013441" y="3571876"/>
+            <a:ext cx="1950983" cy="954107"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525" algn="ctr">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000"/>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" eaLnBrk="0" hangingPunct="0"/>
             <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="C0C0C0"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t>Мазмұны</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="C0C0C0"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
-              <a:t>По содержанию</a:t>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr" eaLnBrk="0" hangingPunct="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="C0C0C0"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t>бойынша</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2800" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
               <a:effectLst>
                 <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                   <a:srgbClr val="C0C0C0"/>
                 </a:outerShdw>
               </a:effectLst>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
@@ -22931,52 +24447,60 @@
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Company Logo</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="92162" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3600" dirty="0" smtClean="0"/>
-              <a:t>Методы дифференциации</a:t>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>Саралау</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1"/>
+              <a:t>әдістері</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="92163" name="AutoShape 3"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="gray">
           <a:xfrm>
             <a:off x="1143000" y="1981200"/>
             <a:ext cx="3833813" cy="3833813"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst>
               <a:gd name="G0" fmla="+- 1914 0 0"/>
               <a:gd name="G1" fmla="+- 21600 0 1914"/>
               <a:gd name="G2" fmla="+- 21600 0 1914"/>
               <a:gd name="G3" fmla="*/ G0 2929 10000"/>
@@ -23163,203 +24687,211 @@
             </a:solidFill>
             <a:round/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="92165" name="AutoShape 5"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="gray">
           <a:xfrm>
-            <a:off x="3852863" y="2311401"/>
+            <a:off x="3883073" y="2311401"/>
             <a:ext cx="4505351" cy="474658"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:gradFill rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="bg2">
                   <a:gamma/>
                   <a:tint val="5882"/>
                   <a:invGamma/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="bg2"/>
               </a:gs>
             </a:gsLst>
             <a:lin ang="0" scaled="1"/>
           </a:gradFill>
           <a:ln w="38100" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="accent1"/>
             </a:solidFill>
             <a:round/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" eaLnBrk="0" hangingPunct="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
-              <a:t>Индивидуальный маршрут</a:t>
+              <a:rPr lang="ru-RU" b="1" dirty="0"/>
+              <a:t>Жеке маршрут</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="92166" name="AutoShape 6"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="gray">
           <a:xfrm>
-            <a:off x="4183063" y="2973388"/>
+            <a:off x="4165066" y="2983256"/>
             <a:ext cx="4103713" cy="498475"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:gradFill rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="bg2">
                   <a:gamma/>
                   <a:tint val="5882"/>
                   <a:invGamma/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="bg2"/>
               </a:gs>
             </a:gsLst>
             <a:lin ang="0" scaled="1"/>
           </a:gradFill>
           <a:ln w="38100" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="accent1"/>
             </a:solidFill>
             <a:round/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" eaLnBrk="0" hangingPunct="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
-              <a:t>Разноуровневые задания стеком</a:t>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1"/>
+              <a:t>Жинақталған</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1"/>
+              <a:t>жұмыстар</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="92167" name="AutoShape 7"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="gray">
           <a:xfrm>
-            <a:off x="4449763" y="3633788"/>
+            <a:off x="4464571" y="3633788"/>
             <a:ext cx="3779837" cy="500062"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:gradFill rotWithShape="1">
             <a:gsLst>
               <a:gs pos="0">
                 <a:schemeClr val="bg2">
                   <a:gamma/>
                   <a:tint val="5882"/>
                   <a:invGamma/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="bg2"/>
               </a:gs>
             </a:gsLst>
             <a:lin ang="0" scaled="1"/>
           </a:gradFill>
           <a:ln w="38100" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="accent1"/>
             </a:solidFill>
             <a:round/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" eaLnBrk="0" hangingPunct="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
-              <a:t>Группирование</a:t>
+              <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0"/>
+              <a:t>Топтасу</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="92168" name="AutoShape 8"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="gray">
           <a:xfrm>
             <a:off x="4183063" y="4294188"/>
             <a:ext cx="3781425" cy="500062"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:gradFill rotWithShape="1">
             <a:gsLst>
@@ -23370,52 +24902,52 @@
                   <a:invGamma/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="bg2"/>
               </a:gs>
             </a:gsLst>
             <a:lin ang="0" scaled="1"/>
           </a:gradFill>
           <a:ln w="38100" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="accent1"/>
             </a:solidFill>
             <a:round/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" eaLnBrk="0" hangingPunct="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
-              <a:t>Задачи массивом</a:t>
+              <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0"/>
+              <a:t>Көлемді есептер</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="92169" name="AutoShape 9"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="gray">
           <a:xfrm>
             <a:off x="3852863" y="4956175"/>
             <a:ext cx="3781425" cy="500063"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:gradFill rotWithShape="1">
             <a:gsLst>
@@ -23426,109 +24958,138 @@
                   <a:invGamma/>
                 </a:schemeClr>
               </a:gs>
               <a:gs pos="100000">
                 <a:schemeClr val="bg2"/>
               </a:gs>
             </a:gsLst>
             <a:lin ang="0" scaled="1"/>
           </a:gradFill>
           <a:ln w="38100" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="accent1"/>
             </a:solidFill>
             <a:round/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" eaLnBrk="0" hangingPunct="0"/>
             <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0"/>
+              <a:t>Онлайн </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0"/>
-              <a:t>Онлайн</a:t>
-[...3 lines deleted...]
-              <a:t> тренажеры</a:t>
+              <a:t>тренажерлар</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="92170" name="Text Box 10"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="gray">
           <a:xfrm>
-            <a:off x="1643042" y="3571876"/>
-            <a:ext cx="2435347" cy="523220"/>
+            <a:off x="1926004" y="3571876"/>
+            <a:ext cx="1869423" cy="954107"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525" algn="ctr">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000"/>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr" eaLnBrk="0" hangingPunct="0"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="C0C0C0"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
-              <a:t>По процессу</a:t>
+              <a:t>П</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="C0C0C0"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t>роцесс</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr" eaLnBrk="0" hangingPunct="0"/>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2800" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="C0C0C0"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t>бойынша</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2800" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
               <a:effectLst>
                 <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                   <a:srgbClr val="C0C0C0"/>
                 </a:outerShdw>
               </a:effectLst>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
@@ -24150,88 +25711,88 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>cdb2004145gl 111</Template>
   <TotalTime></TotalTime>
-  <Words>356</Words>
-  <Application>Microsoft PowerPoint</Application>
+  <Words>319</Words>
+  <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Экран (4:3)</PresentationFormat>
-  <Paragraphs>103</Paragraphs>
+  <Paragraphs>106</Paragraphs>
   <Slides>15</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="16" baseType="lpstr">
       <vt:lpstr>cdb2004145gl 111</vt:lpstr>
       <vt:lpstr>ФОРСАЙТ - СЕССИЯ</vt:lpstr>
-      <vt:lpstr>Определение</vt:lpstr>
-[...12 lines deleted...]
-      <vt:lpstr>Слайд 15</vt:lpstr>
+      <vt:lpstr>Анықтама</vt:lpstr>
+      <vt:lpstr>Технологияның ерекшеліктері</vt:lpstr>
+      <vt:lpstr>Жұмыс жоспары</vt:lpstr>
+      <vt:lpstr>"Жаңа мектеп - саралаудың жаңа әдістері"</vt:lpstr>
+      <vt:lpstr>Бірыңғай «өкілдік өрісті» қалыптастыру</vt:lpstr>
+      <vt:lpstr>Болашақтың сенімді бейнесі</vt:lpstr>
+      <vt:lpstr>Саралау әдістері</vt:lpstr>
+      <vt:lpstr>Саралау әдістері</vt:lpstr>
+      <vt:lpstr>Саралау әдістері</vt:lpstr>
+      <vt:lpstr>Саралау әдістері</vt:lpstr>
+      <vt:lpstr>Ағымдағы жағдайды талдау</vt:lpstr>
+      <vt:lpstr>2020 жылға жоспарланған іс-шаралар</vt:lpstr>
+      <vt:lpstr>2025 жылға жоспарланған іс-шаралар</vt:lpstr>
+      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ФОРСАЙТ - СЕССИЯ</dc:title>
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>