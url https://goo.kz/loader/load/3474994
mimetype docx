--- v0 (2025-12-05)
+++ v1 (2025-12-25)
@@ -1,2891 +1,2487 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="009D3292" w:rsidRPr="004B56F7" w:rsidRDefault="009D3292" w:rsidP="004B56F7">
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="160" w:lineRule="atLeast"/>
+    <w:p w:rsidR="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...21 lines deleted...]
-        <w:spacing w:after="0" w:line="160" w:lineRule="atLeast"/>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Анкета профессиональных интересов, намерений, жизненных и социальных ценностей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="222222"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="222222"/>
-[...26 lines deleted...]
-        <w:spacing w:after="0" w:line="160" w:lineRule="atLeast"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (9 класс)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="222222"/>
-[...167 lines deleted...]
-        <w:sectPr w:rsidR="00B604A1" w:rsidRPr="004B56F7" w:rsidSect="008B4D65">
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="00DF21E5" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:sectPr w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidSect="008B4D65">
           <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
           <w:pgMar w:top="709" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
-    </w:p>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00DF21E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="222222"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:-77.15pt;margin-top:-110.6pt;width:14.55pt;height:11.95pt;z-index:251660288"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Класс__________М</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Ж</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F94E5A" w:rsidRPr="008B4D65" w:rsidRDefault="00F94E5A" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="222222"/>
-[...33 lines deleted...]
-        <w:sectPr w:rsidR="004B56F7" w:rsidSect="009D3292">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Что имеет для вас наибольшую ценность?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>проранжируй</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidSect="00ED6C14">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
-          <w:pgMar w:top="709" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+          <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Здоровье</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Любовь</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Счастливая  семейная жизнь  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Безопасность</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Интересная  работа</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Материальная обеспеченность</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Наличие  хороших и верных друзей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Активная, деятельная жизнь</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Уверенность  в себе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Свобода</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Познание</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Красота  природы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Творчество</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidSect="00ED6C14">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
+          <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:num="2" w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009D3292" w:rsidRPr="009D3292" w:rsidRDefault="009D3292" w:rsidP="004B56F7">
-[...31 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t> • Денсаулық</w:t>
-[...190 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        <w:t>Определились ли вы с выбором вашей будущей профессии?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidSect="00ED6C14">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
+          <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>• материалдық қамтамасыз ету</w:t>
-[...182 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        <w:t>Да, уже выбрал</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>В процессе выбора</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Не думал об этом</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Какую из профессий ты выбрал? (подчеркни)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidSect="00ED6C14">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
+          <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>• Бостандық</w:t>
-[...117 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>экономист, финансист, аудитор, бухгалтер,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>маркетолог</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ху</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ожник, дизайнер, ювелир, модельер, стилист, архитектор, фотограф,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>педагог, психолог, логопед, дефектолог,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>парикмахер, повар, продавец,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>строитель, связист,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>библиотекарь,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>военный,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">милиционер, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>юрист, адвокат, следователь</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>программист</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>медик, фармацевт</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>актер, певец, музыкант</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">историк, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>социолог</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>лингвист</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">менеджер </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>автомеханик, водитель,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>инженер,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>тренер, проф. спортсмен,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Другие профессии (напиши</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:sectPr w:rsidR="009D3292" w:rsidRPr="004B56F7" w:rsidSect="004B56F7">
+        </w:rPr>
+        <w:sectPr w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidSect="00ED6C14">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:num="3" w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004B56F7" w:rsidRDefault="004B56F7" w:rsidP="004B56F7">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="00F94E5A" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:sectPr w:rsidR="004B56F7" w:rsidSect="009D3292">
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="008B4D65" w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>4.  На Ваш выбор повлияло</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidSect="00ED6C14">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009D3292" w:rsidRPr="004B56F7" w:rsidRDefault="004B56F7" w:rsidP="004B56F7">
-[...7 lines deleted...]
-          <w:color w:val="222222"/>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Собственное решение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Советы родителей и родственников</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-          <w:color w:val="222222"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-          <w:color w:val="222222"/>
+        </w:rPr>
+        <w:t>Друзья</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-          <w:color w:val="222222"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:color w:val="222222"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Профориентация в школе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="kk-KZ"/>
-[...16 lines deleted...]
-          <w:color w:val="222222"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="kk-KZ"/>
-[...78 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Реклама и СМИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="222222"/>
-[...19 lines deleted...]
-      <w:r w:rsidRPr="004B56F7">
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidSect="00ED6C14">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
+          <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
+          <w:cols w:num="2" w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="00F94E5A" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="222222"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="222222"/>
-[...33 lines deleted...]
-        <w:sectPr w:rsidR="009D3292" w:rsidRPr="004B56F7" w:rsidSect="009D3292">
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="008B4D65" w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>5. Что бы вы хотели получить от будущей работы?</w:t>
+      </w:r>
+      <w:r w:rsidR="008B4D65" w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Иметь небольшой заработок, но больше свободного времени, более легкую работу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Иметь небольшой, но твердый заработок и уверенность в завтрашнем дне</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Много работать и хорошо зарабатывать, даже без гарантий на будущее</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Иметь собственное дело</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Заниматься любимым делом, проявляя творчество</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Зарабатывать много, иметь гарантии на будущее, уверенность в завтрашнем дне</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Иметь время на семью</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Помогать людям</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Иметь хороший заработок, любимое дело, возможность продолжения образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Много зарабатывать, но мало работать</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="00F94E5A" w:rsidP="00F94E5A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>6.</w:t>
+      </w:r>
+      <w:r w:rsidR="008B4D65" w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Что Вы считаете важным для достижения успеха в жизни?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidSect="00ED6C14">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009D3292" w:rsidRPr="004B56F7" w:rsidRDefault="009D3292" w:rsidP="004B56F7">
-[...22 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>экономист, қаржыгер, аудитор, есепші,</w:t>
-[...277 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t xml:space="preserve">хорошее образование </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>интеллектуальные способности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>сильная воля</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">необходимые знакомства, связи </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">удачное стечение обстоятельств </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>бағдарламашы</w:t>
-[...293 lines deleted...]
-        <w:spacing w:line="160" w:lineRule="atLeast"/>
+        <w:t xml:space="preserve">целеустремленность, трудолюбие </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пробивные способности </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">деньги </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="222222"/>
-[...11 lines deleted...]
-        <w:spacing w:line="160" w:lineRule="atLeast"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>коммуникабельность, обаяни</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B4D65">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="222222"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="004B56F7">
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="222222"/>
-[...191 lines deleted...]
-        <w:sectPr w:rsidR="004B56F7" w:rsidRPr="004B56F7" w:rsidSect="004B56F7">
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidSect="00ED6C14">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:num="2" w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009D3292" w:rsidRPr="004B56F7" w:rsidRDefault="009D3292" w:rsidP="004B56F7">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="00F94E5A" w:rsidRDefault="00F94E5A" w:rsidP="00F94E5A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:spacing w:line="160" w:lineRule="atLeast"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="222222"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004B56F7">
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">   7.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F94E5A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="222222"/>
-[...244 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidR="008B4D65" w:rsidRPr="00F94E5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:spacing w:line="160" w:lineRule="atLeast"/>
+        </w:rPr>
+        <w:t>осле окончания 9-го класса я буду</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>поступать в 10 класс</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>поступать в колледж, техникум</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>поступать в лицей, ПТУ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">поступать на курсы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>краткосрочной</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B4D65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>профподготовки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="008B4D65" w:rsidRPr="008B4D65" w:rsidRDefault="008B4D65" w:rsidP="008B4D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="222222"/>
-[...437 lines deleted...]
-    <w:sectPr w:rsidR="004B56F7" w:rsidRPr="004B56F7" w:rsidSect="004B56F7">
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC0EDE" w:rsidRPr="008B4D65" w:rsidRDefault="00AC0EDE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00AC0EDE" w:rsidRPr="008B4D65" w:rsidSect="00ED6C14">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
-      <w:cols w:num="2" w:space="708"/>
+      <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...12 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="0D6B7A8E"/>
-[...89 lines deleted...]
-  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="13960275"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FEDE3578"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2954,163 +2550,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
-[...111 lines deleted...]
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="22AB4590"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="61209EDE"/>
     <w:lvl w:ilvl="0" w:tplc="51ACC780">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -3155,388 +2639,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
-[...336 lines deleted...]
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="35A4158D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FF224668"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3605,51 +2752,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="39BD3457"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E58CC3EA"/>
     <w:lvl w:ilvl="0" w:tplc="9C46C8B4">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -3695,163 +2842,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
-[...111 lines deleted...]
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="4A973D1B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CBA06A02"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3920,275 +2955,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
-[...223 lines deleted...]
-  <w:abstractNum w:abstractNumId="13">
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="55375BE7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FCD88E76"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4257,51 +3068,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14">
+  <w:abstractNum w:abstractNumId="6">
     <w:nsid w:val="59D219B5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F3F0C7AC"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4370,51 +3181,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15">
+  <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="69F3536E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C6868694"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4483,387 +3294,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16">
-[...335 lines deleted...]
-  <w:abstractNum w:abstractNumId="19">
+  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="70023C1E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="27042ACE"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4932,51 +3407,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20">
+  <w:abstractNum w:abstractNumId="9">
     <w:nsid w:val="7DBC61C3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A5D465B2"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5045,246 +3520,96 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21">
-[...110 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="10">
-    <w:abstractNumId w:val="8"/>
-[...35 lines deleted...]
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="67"/>
+  <w:zoom w:percent="107"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="008B4D65"/>
-    <w:rsid w:val="004B56F7"/>
     <w:rsid w:val="008B4D65"/>
-    <w:rsid w:val="009D3292"/>
     <w:rsid w:val="00AC0EDE"/>
-    <w:rsid w:val="00B604A1"/>
-    <w:rsid w:val="00BA72FF"/>
+    <w:rsid w:val="00DF21E5"/>
+    <w:rsid w:val="00F94E5A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -5497,213 +3822,55 @@
     <w:link w:val="a5"/>
     <w:rsid w:val="008B4D65"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Основной текст Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
     <w:rsid w:val="008B4D65"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="HTML">
-[...48 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:divs>
-[...106 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -5955,55 +4122,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1770</Characters>
+  <Pages>2</Pages>
+  <Words>317</Words>
+  <Characters>1811</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
+  <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2076</CharactersWithSpaces>
+  <CharactersWithSpaces>2124</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Администратор</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>