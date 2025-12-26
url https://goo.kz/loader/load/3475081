--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -1,5203 +1,3107 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00E9213F" w:rsidRPr="005330AB" w:rsidRDefault="00E9213F" w:rsidP="00E9213F">
+    <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="00932CFE" w:rsidP="00932CFE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3812"/>
           <w:tab w:val="center" w:pos="4677"/>
         </w:tabs>
         <w:spacing w:before="121" w:after="0" w:line="320" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005330AB">
+      <w:r w:rsidRPr="00B301DE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>САУАЛНАМА</w:t>
+        <w:t>АНКЕТА</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C245E7" w:rsidRPr="005330AB" w:rsidRDefault="00C245E7" w:rsidP="00C245E7">
+    <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="00932CFE" w:rsidP="00932CFE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:tabs>
-[...2 lines deleted...]
-        </w:tabs>
         <w:spacing w:before="121" w:after="0" w:line="320" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005330AB">
+      <w:r w:rsidRPr="00B301DE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...53 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>для школьников  «Изучение знаний по вопросам профилактики ВИЧ/СПИД»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C443B" w:rsidRPr="005330AB" w:rsidRDefault="004C443B" w:rsidP="004C443B">
+    <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="00457063" w:rsidP="00457063">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3812"/>
           <w:tab w:val="center" w:pos="4677"/>
         </w:tabs>
         <w:spacing w:before="121" w:after="0" w:line="320" w:lineRule="atLeast"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00B301DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B301DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="-743" w:type="dxa"/>
+        <w:tblStyle w:val="a4"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="567"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="534"/>
+        <w:gridCol w:w="1842"/>
+        <w:gridCol w:w="1703"/>
+        <w:gridCol w:w="1983"/>
+        <w:gridCol w:w="1756"/>
+        <w:gridCol w:w="1646"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004C443B" w:rsidRPr="005330AB" w:rsidTr="001A47C1">
-[...24 lines deleted...]
-                <w:szCs w:val="24"/>
+      <w:tr w:rsidR="00D81125" w:rsidRPr="00B301DE" w:rsidTr="00B301DE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="00932CFE" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005330AB">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...36 lines deleted...]
-          <w:p w:rsidR="004C443B" w:rsidRPr="005330AB" w:rsidRDefault="004C443B">
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="00932CFE" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="0014172D" w:rsidP="0014172D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3812"/>
                 <w:tab w:val="center" w:pos="4677"/>
               </w:tabs>
               <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...7 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>А.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="004C443B" w:rsidRPr="005330AB" w:rsidRDefault="004C443B">
+            <w:tcW w:w="1983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="0014172D" w:rsidP="0014172D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3812"/>
                 <w:tab w:val="center" w:pos="4677"/>
               </w:tabs>
               <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...7 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Б.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="004C443B" w:rsidRPr="005330AB" w:rsidRDefault="004C443B">
+            <w:tcW w:w="1756" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="0014172D" w:rsidP="0014172D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3812"/>
                 <w:tab w:val="center" w:pos="4677"/>
               </w:tabs>
               <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...7 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="004C443B" w:rsidRPr="005330AB" w:rsidRDefault="004C443B">
+            <w:tcW w:w="1646" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="0014172D" w:rsidP="0014172D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3812"/>
                 <w:tab w:val="center" w:pos="4677"/>
               </w:tabs>
               <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...7 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C443B" w:rsidRPr="005330AB" w:rsidTr="001A47C1">
-[...10 lines deleted...]
-          <w:p w:rsidR="004C443B" w:rsidRPr="005330AB" w:rsidRDefault="004C443B">
+      <w:tr w:rsidR="00D81125" w:rsidRPr="00B301DE" w:rsidTr="00B301DE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0014172D" w:rsidRPr="00B301DE" w:rsidRDefault="0014172D" w:rsidP="0014172D">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="157" w:after="157"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004C443B" w:rsidRPr="005330AB" w:rsidRDefault="004C443B">
-[...247 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="00932CFE" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="0014172D" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Что такое ВИЧ-инфекция?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="0014172D" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Неизлечимое инфекционное заболевание.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="0014172D" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Неизлечимое врожденное заболевание.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1756" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="0014172D" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Неизлечимое кожное заболевание.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1646" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="0014172D" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Неизлечимое заболевание крови.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C443B" w:rsidRPr="005330AB" w:rsidTr="001A47C1">
-[...33 lines deleted...]
-                <w:szCs w:val="24"/>
+      <w:tr w:rsidR="00D81125" w:rsidRPr="00B301DE" w:rsidTr="00B301DE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="0014172D" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="004C443B" w:rsidRPr="005330AB" w:rsidRDefault="00F451A0" w:rsidP="002E15A1">
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="0014172D" w:rsidP="0014172D">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="157" w:after="157"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>СПИД – это:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="0014172D" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>То же, что и ВИЧ-инфекция.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="0014172D" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Конечная стадия развития ВИЧ-инфекции.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1756" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="0014172D" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Смертельное заболевание, но не ВИЧ-инфекция.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1646" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="0014172D" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Возникает только при развитии других инфекций у ВИЧ-инфицированного больного.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D81125" w:rsidRPr="00B301DE" w:rsidTr="00B301DE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="0014172D" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ЖҚТБ</w:t>
-[...17 lines deleted...]
-                <w:szCs w:val="24"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>бұл</w:t>
-[...7 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="0014172D" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Заболевание ВИЧ возникает при попадании вируса иммунодефицита человека</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
-[...28 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="1703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="0014172D" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>В слюну.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="0014172D" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>В кровь.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1756" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="0014172D" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>На кожу.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1646" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="0014172D" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Всеми указанными путями.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D81125" w:rsidRPr="00B301DE" w:rsidTr="00B301DE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="0014172D" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ЖҚТБ</w:t>
-[...13 lines deleted...]
-                <w:szCs w:val="24"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сияқты ауру</w:t>
-[...50 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="005E10E1" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>СПИДом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> можно заразиться:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="005E10E1" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>При поцелуе.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="005E10E1" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Если пользуешься одним стаканом, расческой, туалетом.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1756" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="005E10E1" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Если вместе куришь сигарету.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1646" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="005E10E1" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Только при попадании вируса в кровь </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>при половом контакте без презерватива, при использовании инфицированного шприца, при переливании зараженной крови).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D81125" w:rsidRPr="00B301DE" w:rsidTr="00B301DE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="0014172D" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ҚТ</w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="24"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қ</w:t>
-[...8 lines deleted...]
-            </w:r>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="005E10E1" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>СПИД переносится:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="00CB7911" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Комарами.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="00CB7911" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Домашними животными.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1756" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="00CB7911" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Только от человека к человеку.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1646" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="00CB7911" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Всеми указанными способами.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D81125" w:rsidRPr="00B301DE" w:rsidTr="00B301DE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="0014172D" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="00CB7911" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:proofErr w:type="gramEnd"/>
-[...6 lines deleted...]
-              <w:t>инфекциясы</w:t>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>СПИДом</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="005330AB">
-[...76 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> чаще других могут болеть:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="00CB7911" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Наркоманы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="00CB7911" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Лица, имеющие беспорядочные половые связи.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1756" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="00CB7911" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Гомосексуалисты.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1646" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="00CB7911" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Все указанные категории.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D81125" w:rsidRPr="00B301DE" w:rsidTr="00B301DE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="0014172D" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ҚТ</w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="24"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қ</w:t>
-[...188 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="002C1EFF" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">При обращении за медицинской </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>помощью:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="002C1EFF" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Всегда требую проведения всех </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>манипуляций только стерильным или одноразовым инструментарием.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="002C1EFF" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Мне все равно, я доверяю врачам.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1756" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="002C1EFF" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Только, когда делаю </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>внутривенные инъекции, требую одноразовый шприц.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1646" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00932CFE" w:rsidRPr="00B301DE" w:rsidRDefault="002C1EFF" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Только при посещении </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>стоматолога контролирую, чтобы врач надевал перчатки.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C443B" w:rsidRPr="005330AB" w:rsidTr="001A47C1">
-[...1906 lines deleted...]
-          <w:p w:rsidR="004C443B" w:rsidRPr="001A47C1" w:rsidRDefault="004C443B">
+      <w:tr w:rsidR="002C1EFF" w:rsidRPr="00B301DE" w:rsidTr="00B301DE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1EFF" w:rsidRPr="00B301DE" w:rsidRDefault="002C1EFF" w:rsidP="002C1EFF">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="157" w:after="157"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">8.  </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004C443B" w:rsidRPr="001A47C1" w:rsidRDefault="004C443B">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="002C1EFF" w:rsidRPr="00B301DE" w:rsidRDefault="002C1EFF" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...78 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1EFF" w:rsidRPr="00B301DE" w:rsidRDefault="002C1EFF" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Если я узнаю, что среди моих друзей есть ВИЧ-инфицированный, то я:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1EFF" w:rsidRPr="00B301DE" w:rsidRDefault="00D81125" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Моментально прекращу все контакты с ним, но сам обследоваться не буду.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...74 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:tcW w:w="1983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1EFF" w:rsidRPr="00B301DE" w:rsidRDefault="00D81125" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Прекращу общение с этим человеком, обязательно обследуюсь на ВИЧ анонимно.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1756" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1EFF" w:rsidRPr="00B301DE" w:rsidRDefault="00D81125" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Буду соблюдать особенно тщательно правила защиты от ВИЧ-инфекции,  обследуюсь анонимно, но общение не прекращу.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...30 lines deleted...]
-              <w:t>Маған бәрібір</w:t>
+            <w:tcW w:w="1646" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C1EFF" w:rsidRPr="00B301DE" w:rsidRDefault="00D81125" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мне все равно.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C443B" w:rsidRPr="004C443B" w:rsidTr="001A47C1">
-[...11 lines deleted...]
-          <w:p w:rsidR="004C443B" w:rsidRPr="001A47C1" w:rsidRDefault="004C443B">
+      <w:tr w:rsidR="00D81125" w:rsidRPr="00B301DE" w:rsidTr="00B301DE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D81125" w:rsidRPr="00B301DE" w:rsidRDefault="00D81125" w:rsidP="002C1EFF">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="157" w:after="157"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...624 lines deleted...]
-          <w:p w:rsidR="004C443B" w:rsidRPr="001A47C1" w:rsidRDefault="004C443B">
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D81125" w:rsidRPr="00B301DE" w:rsidRDefault="00D81125" w:rsidP="00D81125">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="157" w:after="157"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...28 lines deleted...]
-          <w:p w:rsidR="004B1263" w:rsidRPr="001A47C1" w:rsidRDefault="004B1263" w:rsidP="004B1263">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Если при анонимном обследовании у меня обнаружат ВИЧ:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D81125" w:rsidRPr="00B301DE" w:rsidRDefault="00D81125" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D81125" w:rsidRPr="00B301DE" w:rsidRDefault="00D81125" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Я буду жить как раньше, никому ни о чем не скажу, ничего не изменю в своей жизни.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D81125" w:rsidRPr="00B301DE" w:rsidRDefault="00D81125" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Буду лечиться втайне от всех, но воздержусь от половых контактов без средств защиты, не допущу использования для других своих шприцев и медицинских инструментов, никогда не стану донором.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1756" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D81125" w:rsidRPr="00B301DE" w:rsidRDefault="00D81125" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Я буду втайне от всех лечиться, но защищать других не обязан.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1646" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D81125" w:rsidRPr="00B301DE" w:rsidRDefault="00D81125" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Я не буду </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лечиться</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и буду заражать других.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D81125" w:rsidRPr="00B301DE" w:rsidTr="00B301DE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D81125" w:rsidRPr="00B301DE" w:rsidRDefault="00D81125" w:rsidP="002C1EFF">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="157" w:after="157"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...218 lines deleted...]
-          <w:p w:rsidR="004C443B" w:rsidRPr="001A47C1" w:rsidRDefault="004C443B">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D81125" w:rsidRPr="00B301DE" w:rsidRDefault="00D81125" w:rsidP="00D81125">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="157" w:after="157"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...27 lines deleted...]
-          <w:p w:rsidR="006C6A10" w:rsidRPr="001A47C1" w:rsidRDefault="006C6A10" w:rsidP="006C6A10">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Я посещаю предлагаемые лекции о вреде </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>СПИДа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, потому что:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D81125" w:rsidRPr="00B301DE" w:rsidRDefault="00D81125" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Этого требуют учителя.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D81125" w:rsidRPr="00B301DE" w:rsidRDefault="00D81125" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мне просто интересно послушать, но это не значит, что я буду выполнять рекомендуемые меры защиты.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1756" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D81125" w:rsidRPr="00B301DE" w:rsidRDefault="00D81125" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Я забочусь о своем здоровье и пытаюсь все запомнить.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1646" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D81125" w:rsidRPr="00B301DE" w:rsidRDefault="00D81125" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>По другой причине.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D81125" w:rsidRPr="00B301DE" w:rsidTr="00B301DE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D81125" w:rsidRPr="00B301DE" w:rsidRDefault="00582D87" w:rsidP="002C1EFF">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="157" w:after="157"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...228 lines deleted...]
-          <w:p w:rsidR="004C443B" w:rsidRPr="001A47C1" w:rsidRDefault="004C443B">
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D81125" w:rsidRPr="00B301DE" w:rsidRDefault="00582D87" w:rsidP="00D81125">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="157" w:after="157"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...27 lines deleted...]
-          <w:p w:rsidR="006C6A10" w:rsidRPr="001A47C1" w:rsidRDefault="006C6A10">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Если мне предложат  попробовать шприцевые наркотики, то я:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D81125" w:rsidRPr="00B301DE" w:rsidRDefault="00582D87" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Соглашусь, чтобы быть своим в компании.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D81125" w:rsidRPr="00B301DE" w:rsidRDefault="00582D87" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ни за что не соглашусь, потому что боюсь заболеть </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>СПИДом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1756" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D81125" w:rsidRPr="00B301DE" w:rsidRDefault="00582D87" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Соглашусь, потому что не верю, что можно уберечься от </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>СПИДа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1646" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D81125" w:rsidRPr="00B301DE" w:rsidRDefault="00582D87" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Для меня этот вопрос не важен, так как я уже пробовал шприцевые наркотики.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D81125" w:rsidRPr="00B301DE" w:rsidTr="00B301DE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D81125" w:rsidRPr="00B301DE" w:rsidRDefault="00582D87" w:rsidP="002C1EFF">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="157" w:after="157"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="004C443B" w:rsidRPr="001A47C1" w:rsidRDefault="004C443B">
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00582D87" w:rsidRPr="00B301DE" w:rsidRDefault="00582D87" w:rsidP="00582D87">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="157" w:after="157"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...202 lines deleted...]
-          <w:p w:rsidR="004C443B" w:rsidRPr="004C443B" w:rsidRDefault="004C443B">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Исключение детей, больных ВИЧ из общественной жизни и из школы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D81125" w:rsidRPr="00B301DE" w:rsidRDefault="00D81125" w:rsidP="00D81125">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="157" w:after="157"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...26 lines deleted...]
-          <w:p w:rsidR="004C443B" w:rsidRPr="001A47C1" w:rsidRDefault="001A47C1">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D81125" w:rsidRPr="00B301DE" w:rsidRDefault="00582D87" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оправдано, так как снижает риск распространения инфекции.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D81125" w:rsidRPr="00B301DE" w:rsidRDefault="00582D87" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Оправдано, так как снижает риск заболевания </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ВИЧ-инфицированных</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> простудными заболеваниями.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1756" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D81125" w:rsidRPr="00B301DE" w:rsidRDefault="00582D87" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мне все равно.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1646" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D81125" w:rsidRPr="00B301DE" w:rsidRDefault="00582D87" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Неправильно, так как это нарушение прав человека и не имеет никакого медицинского смысла.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D81125" w:rsidRPr="00B301DE" w:rsidTr="00B301DE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D81125" w:rsidRPr="00B301DE" w:rsidRDefault="00582D87" w:rsidP="002C1EFF">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="157" w:after="157"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A47C1">
-[...157 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00582D87" w:rsidRPr="00B301DE" w:rsidRDefault="00582D87" w:rsidP="00582D87">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="157" w:after="157"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мы все вместе сможем избавиться от риска дальнейшего распространения ВИЧ/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>СПИДа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, если:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D81125" w:rsidRPr="00B301DE" w:rsidRDefault="00D81125" w:rsidP="00D81125">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="157" w:after="157"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D81125" w:rsidRPr="00B301DE" w:rsidRDefault="00CD61B1" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Усилим просветительскую работу среди подростков.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1983" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D81125" w:rsidRPr="00B301DE" w:rsidRDefault="00CD61B1" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Обеспечим обследование беременных на ВИЧ и </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>снизим число</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> инфицированных новорожденных.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1756" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D81125" w:rsidRPr="00B301DE" w:rsidRDefault="00CD61B1" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Будем соблюдать все правила индивидуальной защиты.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...30 lines deleted...]
-              <w:t>Барлық көрсетілген шаралар мүмкіндігінше көп адам санымен сақталатын болады.</w:t>
+            <w:tcW w:w="1646" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D81125" w:rsidRPr="00B301DE" w:rsidRDefault="00CD61B1" w:rsidP="00457063">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3812"/>
+                <w:tab w:val="center" w:pos="4677"/>
+              </w:tabs>
+              <w:spacing w:before="121" w:line="320" w:lineRule="atLeast"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B301DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Все указанные меры будут соблюдаться как можно большим количеством людей.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E65517" w:rsidRPr="001A47C1" w:rsidRDefault="00E65517">
+    <w:p w:rsidR="008C5FC6" w:rsidRPr="00B301DE" w:rsidRDefault="008C5FC6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00E65517" w:rsidRPr="001A47C1" w:rsidSect="00E65517">
+    <w:sectPr w:rsidR="008C5FC6" w:rsidRPr="00B301DE" w:rsidSect="008C5FC6">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="98"/>
+  <w:zoom w:percent="124"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="004C443B"/>
-[...43 lines deleted...]
-    <w:rsid w:val="00F963B9"/>
+    <w:rsidRoot w:val="00324DDE"/>
+    <w:rsid w:val="0014172D"/>
+    <w:rsid w:val="00146A38"/>
+    <w:rsid w:val="002C1EFF"/>
+    <w:rsid w:val="00324DDE"/>
+    <w:rsid w:val="00457063"/>
+    <w:rsid w:val="005771A4"/>
+    <w:rsid w:val="00582D87"/>
+    <w:rsid w:val="005E10E1"/>
+    <w:rsid w:val="00683155"/>
+    <w:rsid w:val="007C7B44"/>
+    <w:rsid w:val="008C5FC6"/>
+    <w:rsid w:val="00932CFE"/>
+    <w:rsid w:val="00B301DE"/>
+    <w:rsid w:val="00B83A11"/>
+    <w:rsid w:val="00C67F95"/>
+    <w:rsid w:val="00CB7911"/>
+    <w:rsid w:val="00CD61B1"/>
+    <w:rsid w:val="00D81125"/>
+    <w:rsid w:val="00DD4056"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -5340,113 +3244,162 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E65517"/>
+    <w:rsid w:val="008C5FC6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00324DDE"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00324DDE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00324DDE"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a4">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="004C443B"/>
+    <w:rsid w:val="00932CFE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="698942819">
+    <w:div w:id="1491363358">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
@@ -5712,65 +3665,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>524</Words>
-  <Characters>2987</Characters>
+  <Words>514</Words>
+  <Characters>2936</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
+  <DocSecurity>0</DocSecurity>
   <Lines>24</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>HP</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3504</CharactersWithSpaces>
+  <CharactersWithSpaces>3444</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>HP</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>3</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>