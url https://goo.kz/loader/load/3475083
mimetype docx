--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -1,842 +1,1190 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="001E75CC" w:rsidRPr="00FA6EDE" w:rsidRDefault="00692A50" w:rsidP="00485228">
+    <w:p w:rsidR="001A6B22" w:rsidRPr="0075507F" w:rsidRDefault="001A6B22" w:rsidP="001A6B22">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="284"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA6EDE">
+      <w:r w:rsidRPr="0075507F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t>«Денсаулық апталығы»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A6B22" w:rsidRPr="0075507F" w:rsidRDefault="001A6B22" w:rsidP="001A6B22">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0075507F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A6B22" w:rsidRPr="00CC7FCA" w:rsidRDefault="001A6B22" w:rsidP="001A6B22">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC7FCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Спорт- денсаулық кепілі» демекші </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0075507F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ектебімізде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0075507F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC7FCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t>«</w:t>
       </w:r>
+      <w:r w:rsidR="00CC7FCA" w:rsidRPr="0075507F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Денсаулық </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC7FCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>апталығы»</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC7FCA" w:rsidRPr="0075507F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000503E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қыркүйек</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> айында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0075507F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дәстүрлі түрде өткізіледі. Бұл күн </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA6EDE">
-[...8 lines deleted...]
-        <w:t>Неделья</w:t>
+      <w:r w:rsidRPr="0075507F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпымектептік</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA6EDE">
-[...17 lines deleted...]
-        <w:t> </w:t>
+      <w:r w:rsidRPr="0075507F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0075507F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сап</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0075507F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қа тұрудан, сәлемдесуден және техника қауіпсіздігі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0075507F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>режелерімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>таныстырудан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бастал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0075507F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0075507F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00820C34">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C27885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2-9 сынып о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0075507F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қушылар</w:t>
+      </w:r>
+      <w:r w:rsidR="00C27885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0075507F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0075507F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0075507F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0075507F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жетекшілерімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C27885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бірге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0075507F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C27885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектеп аумағынан шипажайға дейін және шипажайдан мектепке дейін жеңіл атлетика жүгірді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ауа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>райы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0063416C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>желді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, барлығының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0075507F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көңіл-күйлері </w:t>
+      </w:r>
+      <w:r w:rsidR="0063416C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жақсы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0075507F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0075507F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0075507F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC7FCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0064102E" w:rsidRPr="00FA6EDE" w:rsidRDefault="00692A50" w:rsidP="00FA6EDE">
+    <w:p w:rsidR="001A6B22" w:rsidRPr="00A676B6" w:rsidRDefault="001A6B22" w:rsidP="00A676B6">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A6B22">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(жауапты</w:t>
+      </w:r>
+      <w:r w:rsidR="00E63BEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A6B22">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дене шын</w:t>
+      </w:r>
+      <w:r w:rsidR="00E63BEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ықтыру мұғалімдері:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Т.А.Ергазин</w:t>
+      </w:r>
+      <w:r w:rsidR="00E63BEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, А.С.Разиденов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A6B22">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A6B22" w:rsidRPr="00993755" w:rsidRDefault="001A6B22" w:rsidP="001A6B22">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA6EDE">
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
-      </w:r>
-[...228 lines deleted...]
-        <w:t>)</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00FA6EDE">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="0075507F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сонымен қатар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA39F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>спорттық шаралардан басқа зияткерлік сайыстар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0075507F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA39F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өткізілді. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Шаршаңқы, бірақ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993755">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көтеріңкі көңіл-күймен балалар үйлеріне тарасты.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002342C4" w:rsidRDefault="00EE7C05" w:rsidP="00FA6EDE">
+    <w:p w:rsidR="001A6B22" w:rsidRPr="00993755" w:rsidRDefault="001A6B22" w:rsidP="001A6B22">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...13 lines deleted...]
-        <w:t>А также, кроме спортивных мероприятий были проведены и другие интеллектуальные соревнования. С утомленным, но приподнятым настроением дети разошлись по домам.</w:t>
+      <w:r w:rsidRPr="00993755">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C01227" w:rsidRPr="00FA6EDE" w:rsidRDefault="00485228" w:rsidP="00FA6EDE">
+    <w:p w:rsidR="001132B0" w:rsidRPr="00A676B6" w:rsidRDefault="00EB22E1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>3007995</wp:posOffset>
+              <wp:posOffset>1640205</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>2366010</wp:posOffset>
+              <wp:posOffset>4908550</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="2660650" cy="1898015"/>
-            <wp:effectExtent l="19050" t="0" r="6350" b="0"/>
+            <wp:extent cx="2414270" cy="1818005"/>
+            <wp:effectExtent l="19050" t="0" r="5080" b="0"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
-                <wp:start x="619" y="0"/>
-[...10 lines deleted...]
-                <wp:lineTo x="619" y="0"/>
+                <wp:start x="682" y="0"/>
+                <wp:lineTo x="-170" y="1584"/>
+                <wp:lineTo x="-170" y="19918"/>
+                <wp:lineTo x="170" y="21276"/>
+                <wp:lineTo x="682" y="21276"/>
+                <wp:lineTo x="20793" y="21276"/>
+                <wp:lineTo x="21305" y="21276"/>
+                <wp:lineTo x="21645" y="19918"/>
+                <wp:lineTo x="21645" y="1584"/>
+                <wp:lineTo x="21305" y="226"/>
+                <wp:lineTo x="20793" y="0"/>
+                <wp:lineTo x="682" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapThrough>
+            <wp:docPr id="7" name="Рисунок 6" descr="C:\Users\Айжан\Downloads\IMG-20200121-WA0047 (1).jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 6" descr="C:\Users\Айжан\Downloads\IMG-20200121-WA0047 (1).jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4" cstate="print"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2414270" cy="1818005"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:effectLst>
+                      <a:softEdge rad="112500"/>
+                    </a:effectLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>2842895</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>2267585</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="2744470" cy="2362835"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:wrapThrough wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="600" y="0"/>
+                <wp:lineTo x="-150" y="1219"/>
+                <wp:lineTo x="-150" y="20375"/>
+                <wp:lineTo x="300" y="21420"/>
+                <wp:lineTo x="600" y="21420"/>
+                <wp:lineTo x="20840" y="21420"/>
+                <wp:lineTo x="21140" y="21420"/>
+                <wp:lineTo x="21590" y="20375"/>
+                <wp:lineTo x="21590" y="1219"/>
+                <wp:lineTo x="21290" y="174"/>
+                <wp:lineTo x="20840" y="0"/>
+                <wp:lineTo x="600" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
             <wp:docPr id="6" name="Рисунок 5" descr="C:\Users\Айжан\Downloads\IMG-20200121-WA0047.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\Айжан\Downloads\IMG-20200121-WA0047.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4" cstate="print"/>
+                    <a:blip r:embed="rId5" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2660650" cy="1898015"/>
+                      <a:ext cx="2744470" cy="2362835"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EB22E1">
+        <w:rPr>
+          <w:rStyle w:val="a"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:w w:val="0"/>
+          <w:sz w:val="0"/>
+          <w:szCs w:val="0"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:shd w:val="clear" w:color="000000" w:fill="000000"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>1659255</wp:posOffset>
+              <wp:posOffset>233045</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>4301490</wp:posOffset>
+              <wp:posOffset>2267585</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="2503170" cy="1935480"/>
+            <wp:extent cx="2538730" cy="2362835"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
-                <wp:start x="658" y="0"/>
-[...86 lines deleted...]
-                <wp:lineTo x="660" y="0"/>
+                <wp:start x="648" y="0"/>
+                <wp:lineTo x="-162" y="1219"/>
+                <wp:lineTo x="-162" y="20375"/>
+                <wp:lineTo x="324" y="21420"/>
+                <wp:lineTo x="648" y="21420"/>
+                <wp:lineTo x="20746" y="21420"/>
+                <wp:lineTo x="21071" y="21420"/>
+                <wp:lineTo x="21557" y="20375"/>
+                <wp:lineTo x="21557" y="1219"/>
+                <wp:lineTo x="21233" y="174"/>
+                <wp:lineTo x="20746" y="0"/>
+                <wp:lineTo x="648" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
             <wp:docPr id="5" name="Рисунок 4" descr="C:\Users\Айжан\Downloads\IMG-20200121-WA0040.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="C:\Users\Айжан\Downloads\IMG-20200121-WA0040.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2495550" cy="2004060"/>
+                      <a:ext cx="2538730" cy="2362835"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>3007995</wp:posOffset>
+              <wp:posOffset>2842895</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>163830</wp:posOffset>
+              <wp:posOffset>-2540</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="2773680" cy="2011680"/>
-            <wp:effectExtent l="19050" t="0" r="7620" b="0"/>
+            <wp:extent cx="2749550" cy="2157095"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
-                <wp:start x="593" y="0"/>
-[...10 lines deleted...]
-                <wp:lineTo x="593" y="0"/>
+                <wp:start x="599" y="0"/>
+                <wp:lineTo x="-150" y="1335"/>
+                <wp:lineTo x="-150" y="18313"/>
+                <wp:lineTo x="150" y="21365"/>
+                <wp:lineTo x="599" y="21365"/>
+                <wp:lineTo x="20802" y="21365"/>
+                <wp:lineTo x="21251" y="21365"/>
+                <wp:lineTo x="21550" y="20029"/>
+                <wp:lineTo x="21550" y="1335"/>
+                <wp:lineTo x="21251" y="191"/>
+                <wp:lineTo x="20802" y="0"/>
+                <wp:lineTo x="599" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
             <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\Айжан\Downloads\IMG-20200121-WA0030.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Айжан\Downloads\IMG-20200121-WA0030.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2773680" cy="2011680"/>
+                      <a:ext cx="2749550" cy="2157095"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>211455</wp:posOffset>
+              <wp:posOffset>233045</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>163830</wp:posOffset>
+              <wp:posOffset>-2540</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="2617470" cy="2065020"/>
+            <wp:extent cx="2538730" cy="2125980"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
-                <wp:start x="629" y="0"/>
-[...10 lines deleted...]
-                <wp:lineTo x="629" y="0"/>
+                <wp:start x="648" y="0"/>
+                <wp:lineTo x="-162" y="1355"/>
+                <wp:lineTo x="-162" y="18581"/>
+                <wp:lineTo x="162" y="21484"/>
+                <wp:lineTo x="648" y="21484"/>
+                <wp:lineTo x="20746" y="21484"/>
+                <wp:lineTo x="21233" y="21484"/>
+                <wp:lineTo x="21557" y="20129"/>
+                <wp:lineTo x="21557" y="1355"/>
+                <wp:lineTo x="21233" y="194"/>
+                <wp:lineTo x="20746" y="0"/>
+                <wp:lineTo x="648" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
             <wp:docPr id="3" name="Рисунок 1" descr="C:\Users\Айжан\Downloads\IMG-20200121-WA0023.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Айжан\Downloads\IMG-20200121-WA0023.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2617470" cy="2065020"/>
+                      <a:ext cx="2538730" cy="2125980"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00C01227" w:rsidRPr="00FA6EDE" w:rsidSect="002342C4">
+    <w:sectPr w:rsidR="001132B0" w:rsidRPr="00A676B6" w:rsidSect="001132B0">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="125"/>
+  <w:zoom w:percent="93"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00692A50"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00FA6EDE"/>
+    <w:rsidRoot w:val="001A6B22"/>
+    <w:rsid w:val="000503E6"/>
+    <w:rsid w:val="001132B0"/>
+    <w:rsid w:val="001A6B22"/>
+    <w:rsid w:val="0063416C"/>
+    <w:rsid w:val="007C5623"/>
+    <w:rsid w:val="00A676B6"/>
+    <w:rsid w:val="00A817A1"/>
+    <w:rsid w:val="00C27885"/>
+    <w:rsid w:val="00CC7FCA"/>
+    <w:rsid w:val="00E63BEC"/>
+    <w:rsid w:val="00EB22E1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -979,100 +1327,115 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00692A50"/>
+    <w:rsid w:val="001A6B22"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00EB22E1"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00EB22E1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:divs>
-[...13 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -1332,62 +1695,47 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>99</Words>
   <Characters>565</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>663</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Аибота</dc:creator>
+  <dc:creator>Айжан</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>