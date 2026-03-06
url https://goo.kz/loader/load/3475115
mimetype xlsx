--- v0 (2025-12-13)
+++ v1 (2026-03-06)
@@ -21,64 +21,94 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="6" rupBuild="9303"/>
   <workbookPr/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="20730" windowHeight="9345" activeTab="1"/>
   </bookViews>
   <sheets>
     <sheet name="свод" sheetId="2" r:id="rId1"/>
     <sheet name="ведомость" sheetId="1" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">ведомость!$A$5:$AB$5</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="107" uniqueCount="76">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>№ школы</t>
   </si>
   <si>
+    <t>язык обучения</t>
+  </si>
+  <si>
+    <t>Ф.И.О.</t>
+  </si>
+  <si>
+    <t>Баллы</t>
+  </si>
+  <si>
+    <t>выбор творческого предмета</t>
+  </si>
+  <si>
+    <t>История Казахстана</t>
+  </si>
+  <si>
+    <t>Математическая грамотность</t>
+  </si>
+  <si>
+    <t>Грамотность чтения</t>
+  </si>
+  <si>
+    <t>Профильный предмет 1</t>
+  </si>
+  <si>
+    <t>Профильный предмет 2</t>
+  </si>
+  <si>
     <t>Всего</t>
   </si>
   <si>
     <t>балл</t>
   </si>
   <si>
+    <t>наименование</t>
+  </si>
+  <si>
     <t>ЖСОШ</t>
   </si>
   <si>
     <t>КСОШ</t>
   </si>
   <si>
     <t>с казахским языком обучения</t>
   </si>
   <si>
     <t>с русским языком обучения</t>
   </si>
   <si>
     <t>планировали сдавать ЕНТ</t>
   </si>
   <si>
     <t>Информация об учащихся 11 класса</t>
   </si>
   <si>
     <t>Сдавали ЕНТ</t>
   </si>
   <si>
     <t>Количество 11 классов</t>
   </si>
   <si>
     <t>Причина</t>
@@ -206,90 +236,63 @@
   <si>
     <t>География</t>
   </si>
   <si>
     <t>Варварюк Данил Александрович</t>
   </si>
   <si>
     <t xml:space="preserve">Химия </t>
   </si>
   <si>
     <t>Гальченко Иван Андреевич</t>
   </si>
   <si>
     <t>Газизов Мадияр Ринатович</t>
   </si>
   <si>
     <t>Мұса Әділбек Мейрманұлы</t>
   </si>
   <si>
     <t>Убдина Даяна Рашидовна</t>
   </si>
   <si>
     <t>Омаров Дихан Канатович</t>
   </si>
   <si>
+    <t>русский</t>
+  </si>
+  <si>
     <t>СОШ №14</t>
   </si>
   <si>
+    <t>был пойман с телефоном</t>
+  </si>
+  <si>
     <t>53.71</t>
   </si>
   <si>
-    <t>Мектеп №</t>
-[...32 lines deleted...]
-    <t>Барлығы</t>
+    <t>Сводная ведомость результатов ЕНТ-2020 (январь месяц)  выпускников школы № 14города Павлодара</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00&quot; &quot;[$€-407];[Red]&quot;-&quot;#,##0.00&quot; &quot;[$€-407]"/>
   </numFmts>
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
@@ -857,1083 +860,1090 @@
     <sheetView workbookViewId="0">
       <selection activeCell="F19" sqref="F19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="12.28515625" style="23" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="12" style="12" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="6" style="12" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="12.42578125" style="12" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="10.140625" style="12" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="13.7109375" style="12" customWidth="1"/>
     <col min="7" max="7" width="6" style="12" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="12.42578125" style="12" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="10.140625" style="12" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="6" style="12" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="18.28515625" style="12" customWidth="1"/>
     <col min="12" max="16384" width="9.140625" style="12"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:11" s="17" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="25" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="28" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="C2" s="28"/>
       <c r="D2" s="28"/>
       <c r="E2" s="28"/>
       <c r="F2" s="26" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="G2" s="27" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="H2" s="27"/>
       <c r="I2" s="27"/>
       <c r="J2" s="24" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="K2" s="24"/>
     </row>
     <row r="3" spans="1:11" s="17" customFormat="1" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="25"/>
       <c r="B3" s="18" t="s">
+        <v>21</v>
+      </c>
+      <c r="C3" s="18" t="s">
         <v>11</v>
       </c>
-      <c r="C3" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D3" s="18" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="E3" s="18" t="s">
-        <v>7</v>
+        <v>17</v>
       </c>
       <c r="F3" s="26"/>
       <c r="G3" s="19" t="s">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="H3" s="19" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="I3" s="19" t="s">
-        <v>7</v>
+        <v>17</v>
       </c>
       <c r="J3" s="20" t="s">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="K3" s="21" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A4" s="22" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="B4" s="13"/>
       <c r="C4" s="13"/>
       <c r="D4" s="13"/>
       <c r="E4" s="13"/>
       <c r="F4" s="15"/>
       <c r="G4" s="14"/>
       <c r="H4" s="14"/>
       <c r="I4" s="14"/>
       <c r="J4" s="16"/>
       <c r="K4" s="16"/>
     </row>
     <row r="5" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A5" s="22" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="B5" s="13"/>
       <c r="C5" s="13"/>
       <c r="D5" s="13"/>
       <c r="E5" s="13"/>
       <c r="F5" s="15"/>
       <c r="G5" s="14"/>
       <c r="H5" s="14"/>
       <c r="I5" s="14"/>
       <c r="J5" s="16"/>
       <c r="K5" s="16"/>
     </row>
     <row r="6" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A6" s="22" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="B6" s="13"/>
       <c r="C6" s="13"/>
       <c r="D6" s="13"/>
       <c r="E6" s="13"/>
       <c r="F6" s="15"/>
       <c r="G6" s="14"/>
       <c r="H6" s="14"/>
       <c r="I6" s="14"/>
       <c r="J6" s="16"/>
       <c r="K6" s="16"/>
     </row>
     <row r="7" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A7" s="22" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="B7" s="13"/>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="13"/>
       <c r="F7" s="15"/>
       <c r="G7" s="14"/>
       <c r="H7" s="14"/>
       <c r="I7" s="14"/>
       <c r="J7" s="16"/>
       <c r="K7" s="16"/>
     </row>
     <row r="8" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A8" s="22" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="B8" s="13"/>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="15"/>
       <c r="G8" s="14"/>
       <c r="H8" s="14"/>
       <c r="I8" s="14"/>
       <c r="J8" s="16"/>
       <c r="K8" s="16"/>
     </row>
     <row r="9" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A9" s="22" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="B9" s="13"/>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="15"/>
       <c r="G9" s="14"/>
       <c r="H9" s="14"/>
       <c r="I9" s="14"/>
       <c r="J9" s="16"/>
       <c r="K9" s="16"/>
     </row>
     <row r="10" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A10" s="22" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="B10" s="13"/>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="15"/>
       <c r="G10" s="14"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="16"/>
       <c r="K10" s="16"/>
     </row>
     <row r="11" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A11" s="22" t="s">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="B11" s="13"/>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="15"/>
       <c r="G11" s="14"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="16"/>
       <c r="K11" s="16"/>
     </row>
     <row r="12" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A12" s="22" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="B12" s="13"/>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="15"/>
       <c r="G12" s="14"/>
       <c r="H12" s="14"/>
       <c r="I12" s="14"/>
       <c r="J12" s="16"/>
       <c r="K12" s="16"/>
     </row>
     <row r="13" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A13" s="22" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="B13" s="13"/>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="15"/>
       <c r="G13" s="14"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="16"/>
       <c r="K13" s="16"/>
     </row>
     <row r="14" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A14" s="22" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="B14" s="13"/>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="15"/>
       <c r="G14" s="14"/>
       <c r="H14" s="14"/>
       <c r="I14" s="14"/>
       <c r="J14" s="16"/>
       <c r="K14" s="16"/>
     </row>
     <row r="15" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A15" s="22" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="B15" s="13"/>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="15"/>
       <c r="G15" s="14"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="16"/>
       <c r="K15" s="16"/>
     </row>
     <row r="16" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A16" s="22" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="B16" s="13"/>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="15"/>
       <c r="G16" s="14"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="16"/>
       <c r="K16" s="16"/>
     </row>
     <row r="17" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A17" s="22" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="B17" s="13"/>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="15"/>
       <c r="G17" s="14"/>
       <c r="H17" s="14"/>
       <c r="I17" s="14"/>
       <c r="J17" s="16"/>
       <c r="K17" s="16"/>
     </row>
     <row r="18" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A18" s="22" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="B18" s="13"/>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="15"/>
       <c r="G18" s="14"/>
       <c r="H18" s="14"/>
       <c r="I18" s="14"/>
       <c r="J18" s="16"/>
       <c r="K18" s="16"/>
     </row>
     <row r="19" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A19" s="22" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="B19" s="13"/>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="15"/>
       <c r="G19" s="14"/>
       <c r="H19" s="14"/>
       <c r="I19" s="14"/>
       <c r="J19" s="16"/>
       <c r="K19" s="16"/>
     </row>
     <row r="20" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A20" s="22" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="B20" s="13"/>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="15"/>
       <c r="G20" s="14"/>
       <c r="H20" s="14"/>
       <c r="I20" s="14"/>
       <c r="J20" s="16"/>
       <c r="K20" s="16"/>
     </row>
     <row r="21" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A21" s="22" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="B21" s="13"/>
       <c r="C21" s="13"/>
       <c r="D21" s="13"/>
       <c r="E21" s="13"/>
       <c r="F21" s="15"/>
       <c r="G21" s="14"/>
       <c r="H21" s="14"/>
       <c r="I21" s="14"/>
       <c r="J21" s="16"/>
       <c r="K21" s="16"/>
     </row>
     <row r="22" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A22" s="22" t="s">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="B22" s="13"/>
       <c r="C22" s="13"/>
       <c r="D22" s="13"/>
       <c r="E22" s="13"/>
       <c r="F22" s="15"/>
       <c r="G22" s="14"/>
       <c r="H22" s="14"/>
       <c r="I22" s="14"/>
       <c r="J22" s="16"/>
       <c r="K22" s="16"/>
     </row>
     <row r="23" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A23" s="22" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="B23" s="13"/>
       <c r="C23" s="13"/>
       <c r="D23" s="13"/>
       <c r="E23" s="13"/>
       <c r="F23" s="15"/>
       <c r="G23" s="14"/>
       <c r="H23" s="14"/>
       <c r="I23" s="14"/>
       <c r="J23" s="16"/>
       <c r="K23" s="16"/>
     </row>
     <row r="24" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A24" s="22" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="B24" s="13"/>
       <c r="C24" s="13"/>
       <c r="D24" s="13"/>
       <c r="E24" s="13"/>
       <c r="F24" s="15"/>
       <c r="G24" s="14"/>
       <c r="H24" s="14"/>
       <c r="I24" s="14"/>
       <c r="J24" s="16"/>
       <c r="K24" s="16"/>
     </row>
     <row r="25" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A25" s="22" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="B25" s="13"/>
       <c r="C25" s="13"/>
       <c r="D25" s="13"/>
       <c r="E25" s="13"/>
       <c r="F25" s="15"/>
       <c r="G25" s="14"/>
       <c r="H25" s="14"/>
       <c r="I25" s="14"/>
       <c r="J25" s="16"/>
       <c r="K25" s="16"/>
     </row>
     <row r="26" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A26" s="22" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="B26" s="13"/>
       <c r="C26" s="13"/>
       <c r="D26" s="13"/>
       <c r="E26" s="13"/>
       <c r="F26" s="15"/>
       <c r="G26" s="14"/>
       <c r="H26" s="14"/>
       <c r="I26" s="14"/>
       <c r="J26" s="16"/>
       <c r="K26" s="16"/>
     </row>
     <row r="27" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A27" s="22" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="B27" s="13"/>
       <c r="C27" s="13"/>
       <c r="D27" s="13"/>
       <c r="E27" s="13"/>
       <c r="F27" s="15"/>
       <c r="G27" s="14"/>
       <c r="H27" s="14"/>
       <c r="I27" s="14"/>
       <c r="J27" s="16"/>
       <c r="K27" s="16"/>
     </row>
     <row r="28" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A28" s="22" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="B28" s="13"/>
       <c r="C28" s="13"/>
       <c r="D28" s="13"/>
       <c r="E28" s="13"/>
       <c r="F28" s="15"/>
       <c r="G28" s="14"/>
       <c r="H28" s="14"/>
       <c r="I28" s="14"/>
       <c r="J28" s="16"/>
       <c r="K28" s="16"/>
     </row>
     <row r="29" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A29" s="22" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="B29" s="13"/>
       <c r="C29" s="13"/>
       <c r="D29" s="13"/>
       <c r="E29" s="13"/>
       <c r="F29" s="15"/>
       <c r="G29" s="14"/>
       <c r="H29" s="14"/>
       <c r="I29" s="14"/>
       <c r="J29" s="16"/>
       <c r="K29" s="16"/>
     </row>
     <row r="30" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A30" s="22" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B30" s="13"/>
       <c r="C30" s="13"/>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="15"/>
       <c r="G30" s="14"/>
       <c r="H30" s="14"/>
       <c r="I30" s="14"/>
       <c r="J30" s="16"/>
       <c r="K30" s="16"/>
     </row>
     <row r="31" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A31" s="22" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="B31" s="13"/>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="15"/>
       <c r="G31" s="14"/>
       <c r="H31" s="14"/>
       <c r="I31" s="14"/>
       <c r="J31" s="16"/>
       <c r="K31" s="16"/>
     </row>
     <row r="32" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A32" s="22" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="B32" s="13"/>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="15"/>
       <c r="G32" s="14"/>
       <c r="H32" s="14"/>
       <c r="I32" s="14"/>
       <c r="J32" s="16"/>
       <c r="K32" s="16"/>
     </row>
     <row r="33" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A33" s="22" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="B33" s="13"/>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="15"/>
       <c r="G33" s="14"/>
       <c r="H33" s="14"/>
       <c r="I33" s="14"/>
       <c r="J33" s="16"/>
       <c r="K33" s="16"/>
     </row>
     <row r="34" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A34" s="22" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="B34" s="13"/>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="15"/>
       <c r="G34" s="14"/>
       <c r="H34" s="14"/>
       <c r="I34" s="14"/>
       <c r="J34" s="16"/>
       <c r="K34" s="16"/>
     </row>
     <row r="35" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A35" s="22" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="B35" s="13"/>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="15"/>
       <c r="G35" s="14"/>
       <c r="H35" s="14"/>
       <c r="I35" s="14"/>
       <c r="J35" s="16"/>
       <c r="K35" s="16"/>
     </row>
     <row r="36" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A36" s="22" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="B36" s="13"/>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="15"/>
       <c r="G36" s="14"/>
       <c r="H36" s="14"/>
       <c r="I36" s="14"/>
       <c r="J36" s="16"/>
       <c r="K36" s="16"/>
     </row>
     <row r="37" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A37" s="22" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="B37" s="13"/>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="15"/>
       <c r="G37" s="14"/>
       <c r="H37" s="14"/>
       <c r="I37" s="14"/>
       <c r="J37" s="16"/>
       <c r="K37" s="16"/>
     </row>
     <row r="38" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A38" s="22" t="s">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="B38" s="13"/>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="15"/>
       <c r="G38" s="14"/>
       <c r="H38" s="14"/>
       <c r="I38" s="14"/>
       <c r="J38" s="16"/>
       <c r="K38" s="16"/>
     </row>
     <row r="39" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A39" s="22" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="B39" s="13"/>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="15"/>
       <c r="G39" s="14"/>
       <c r="H39" s="14"/>
       <c r="I39" s="14"/>
       <c r="J39" s="16"/>
       <c r="K39" s="16"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="J2:K2"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="F2:F3"/>
     <mergeCell ref="G2:I2"/>
     <mergeCell ref="B2:E2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:T14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" sqref="A1:L2"/>
+      <selection pane="bottomLeft" activeCell="H23" sqref="H23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.42578125" style="9" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="13.85546875" customWidth="1"/>
     <col min="4" max="4" width="37.7109375" style="7" customWidth="1"/>
     <col min="5" max="5" width="15.7109375" customWidth="1"/>
     <col min="6" max="6" width="18.42578125" customWidth="1"/>
     <col min="7" max="7" width="14.28515625" customWidth="1"/>
     <col min="8" max="8" width="9.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="16.85546875" customWidth="1"/>
     <col min="10" max="10" width="9.28515625" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="17.42578125" customWidth="1"/>
     <col min="12" max="12" width="9.28515625" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="19.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="29"/>
       <c r="B1" s="30"/>
       <c r="C1" s="30"/>
       <c r="D1" s="30"/>
       <c r="E1" s="30"/>
       <c r="F1" s="30"/>
       <c r="G1" s="30"/>
       <c r="H1" s="30"/>
       <c r="I1" s="30"/>
       <c r="J1" s="30"/>
       <c r="K1" s="30"/>
       <c r="L1" s="30"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1"/>
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
       <c r="S1" s="1"/>
       <c r="T1" s="1"/>
     </row>
     <row r="2" spans="1:20" s="4" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="31"/>
+      <c r="A2" s="31" t="s">
+        <v>75</v>
+      </c>
       <c r="B2" s="31"/>
       <c r="C2" s="31"/>
       <c r="D2" s="31"/>
       <c r="E2" s="31"/>
       <c r="F2" s="31"/>
       <c r="G2" s="31"/>
       <c r="H2" s="31"/>
       <c r="I2" s="31"/>
       <c r="J2" s="31"/>
       <c r="K2" s="31"/>
       <c r="L2" s="31"/>
       <c r="M2" s="3"/>
     </row>
     <row r="3" spans="1:20" s="8" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="32" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="32" t="s">
-        <v>63</v>
+        <v>1</v>
       </c>
       <c r="C3" s="32" t="s">
-        <v>64</v>
+        <v>2</v>
       </c>
       <c r="D3" s="32" t="s">
-        <v>66</v>
+        <v>3</v>
       </c>
       <c r="E3" s="32" t="s">
-        <v>67</v>
+        <v>4</v>
       </c>
       <c r="F3" s="32"/>
       <c r="G3" s="32"/>
       <c r="H3" s="32"/>
       <c r="I3" s="32"/>
       <c r="J3" s="32"/>
       <c r="K3" s="32"/>
       <c r="L3" s="32"/>
-      <c r="M3" s="32"/>
+      <c r="M3" s="32" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row r="4" spans="1:20" s="8" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A4" s="32"/>
       <c r="B4" s="32"/>
       <c r="C4" s="32"/>
       <c r="D4" s="32"/>
       <c r="E4" s="32" t="s">
-        <v>68</v>
+        <v>6</v>
       </c>
       <c r="F4" s="32" t="s">
-        <v>69</v>
+        <v>7</v>
       </c>
       <c r="G4" s="32" t="s">
-        <v>70</v>
+        <v>8</v>
       </c>
       <c r="H4" s="32" t="s">
-        <v>71</v>
+        <v>9</v>
       </c>
       <c r="I4" s="32"/>
       <c r="J4" s="32" t="s">
-        <v>72</v>
+        <v>10</v>
       </c>
       <c r="K4" s="32"/>
       <c r="L4" s="32" t="s">
-        <v>74</v>
+        <v>11</v>
       </c>
       <c r="M4" s="32"/>
     </row>
     <row r="5" spans="1:20" s="8" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A5" s="32"/>
       <c r="B5" s="32"/>
       <c r="C5" s="32"/>
       <c r="D5" s="32"/>
       <c r="E5" s="32"/>
       <c r="F5" s="32"/>
       <c r="G5" s="32"/>
       <c r="H5" s="6" t="s">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="I5" s="6" t="s">
-        <v>73</v>
+        <v>13</v>
       </c>
       <c r="J5" s="6" t="s">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="K5" s="6" t="s">
-        <v>73</v>
+        <v>13</v>
       </c>
       <c r="L5" s="32"/>
       <c r="M5" s="32"/>
     </row>
     <row r="6" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A6" s="5">
         <v>1</v>
       </c>
       <c r="B6" s="10" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="D6" s="11" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="E6" s="5">
         <v>7</v>
       </c>
       <c r="F6" s="5">
         <v>13</v>
       </c>
       <c r="G6" s="5">
         <v>19</v>
       </c>
       <c r="H6" s="5">
         <v>27</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="J6" s="5">
         <v>7</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="L6" s="5">
         <v>73</v>
       </c>
     </row>
     <row r="7" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A7" s="5">
         <v>2</v>
       </c>
       <c r="B7" s="10" t="s">
+        <v>72</v>
+      </c>
+      <c r="C7" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="D7" s="11" t="s">
         <v>61</v>
-      </c>
-[...4 lines deleted...]
-        <v>51</v>
       </c>
       <c r="E7" s="5">
         <v>5</v>
       </c>
       <c r="F7" s="5">
         <v>6</v>
       </c>
       <c r="G7" s="5">
         <v>15</v>
       </c>
       <c r="H7" s="5">
         <v>12</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="J7" s="5">
         <v>13</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="L7" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="8" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A8">
         <v>3</v>
       </c>
       <c r="B8" s="10" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="D8" s="11" t="s">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="E8" s="5">
         <v>3</v>
       </c>
       <c r="F8" s="5">
         <v>6</v>
       </c>
       <c r="G8" s="5">
         <v>10</v>
       </c>
       <c r="H8" s="5">
         <v>20</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="J8" s="5">
         <v>10</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="L8" s="5">
         <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A9">
         <v>4</v>
       </c>
       <c r="B9" s="10" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="D9" s="11" t="s">
-        <v>56</v>
+        <v>66</v>
       </c>
       <c r="E9" s="5">
         <v>5</v>
       </c>
       <c r="F9" s="5">
         <v>11</v>
       </c>
       <c r="G9" s="5">
         <v>16</v>
       </c>
       <c r="H9" s="5">
         <v>16</v>
       </c>
       <c r="I9" s="5" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="J9" s="5">
         <v>11</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="L9" s="5">
         <v>59</v>
       </c>
     </row>
     <row r="10" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A10">
         <v>5</v>
       </c>
       <c r="B10" s="10" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="D10" s="11" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="E10" s="5">
         <v>8</v>
       </c>
       <c r="F10" s="5">
         <v>11</v>
       </c>
       <c r="G10" s="5">
         <v>17</v>
       </c>
       <c r="H10" s="5">
         <v>19</v>
       </c>
       <c r="I10" s="5" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="J10" s="5">
         <v>4</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="L10" s="5">
         <v>59</v>
       </c>
     </row>
     <row r="11" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A11">
         <v>6</v>
       </c>
       <c r="B11" s="10" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="D11" s="11" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="E11" s="5">
         <v>7</v>
       </c>
       <c r="F11" s="5">
         <v>6</v>
       </c>
       <c r="G11" s="5">
         <v>16</v>
       </c>
       <c r="H11" s="5">
         <v>4</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="J11" s="5">
         <v>4</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="L11" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="12" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A12">
         <v>7</v>
       </c>
       <c r="B12" s="10" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="D12" s="11" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="E12" s="5">
         <v>4</v>
       </c>
       <c r="F12" s="5">
         <v>10</v>
       </c>
       <c r="G12" s="5">
         <v>12</v>
       </c>
       <c r="H12" s="5">
         <v>10</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="J12" s="5">
         <v>9</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="L12" s="5">
         <v>45</v>
       </c>
     </row>
     <row r="13" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A13">
         <v>8</v>
       </c>
       <c r="B13" s="10" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="D13" s="11" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="E13" s="5"/>
       <c r="F13" s="5"/>
       <c r="G13" s="5"/>
       <c r="H13" s="5"/>
       <c r="I13" s="5"/>
       <c r="J13" s="5"/>
       <c r="K13" s="5"/>
       <c r="L13" s="5">
         <v>0</v>
       </c>
+      <c r="M13" t="s">
+        <v>73</v>
+      </c>
     </row>
     <row r="14" spans="1:20" x14ac:dyDescent="0.25">
       <c r="L14" t="s">
-        <v>62</v>
+        <v>74</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A5:AB5"/>
   <mergeCells count="14">
     <mergeCell ref="M3:M5"/>
     <mergeCell ref="E4:E5"/>
     <mergeCell ref="F4:F5"/>
     <mergeCell ref="G4:G5"/>
     <mergeCell ref="H4:I4"/>
     <mergeCell ref="J4:K4"/>
     <mergeCell ref="L4:L5"/>
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A2:L2"/>
     <mergeCell ref="A3:A5"/>
     <mergeCell ref="B3:B5"/>
     <mergeCell ref="C3:C5"/>
     <mergeCell ref="D3:D5"/>
     <mergeCell ref="E3:L3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="65" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 