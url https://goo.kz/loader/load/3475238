--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -2,69 +2,69 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="002A5E92" w:rsidRPr="00E2783C" w:rsidRDefault="00E2783C" w:rsidP="00E2783C">
+    <w:p w:rsidR="002A5E92" w:rsidRPr="00E2783C" w:rsidRDefault="00D87E04" w:rsidP="00E2783C">
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6840855" cy="9408160"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-            <wp:docPr id="30" name="Рисунок 29" descr="Скан_20200129 (46).png"/>
+            <wp:docPr id="31" name="Рисунок 30" descr="Скан_20200129 (45).png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Скан_20200129 (46).png"/>
+                    <pic:cNvPr id="0" name="Скан_20200129 (45).png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6840855" cy="9408160"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="002A5E92" w:rsidRPr="00E2783C" w:rsidSect="002A5E92">
@@ -3172,50 +3172,51 @@
     <w:rsid w:val="00C36CCC"/>
     <w:rsid w:val="00C45039"/>
     <w:rsid w:val="00C51E28"/>
     <w:rsid w:val="00C53956"/>
     <w:rsid w:val="00C54495"/>
     <w:rsid w:val="00C54932"/>
     <w:rsid w:val="00C642EF"/>
     <w:rsid w:val="00C7118D"/>
     <w:rsid w:val="00C87099"/>
     <w:rsid w:val="00C94D7C"/>
     <w:rsid w:val="00CA041B"/>
     <w:rsid w:val="00CC26B4"/>
     <w:rsid w:val="00CD3F7A"/>
     <w:rsid w:val="00CE3BD1"/>
     <w:rsid w:val="00CE43B0"/>
     <w:rsid w:val="00CF7C0D"/>
     <w:rsid w:val="00D00521"/>
     <w:rsid w:val="00D04044"/>
     <w:rsid w:val="00D051FC"/>
     <w:rsid w:val="00D056C7"/>
     <w:rsid w:val="00D12536"/>
     <w:rsid w:val="00D17CE7"/>
     <w:rsid w:val="00D2320C"/>
     <w:rsid w:val="00D5433A"/>
     <w:rsid w:val="00D6307F"/>
+    <w:rsid w:val="00D87E04"/>
     <w:rsid w:val="00D964AD"/>
     <w:rsid w:val="00D9708D"/>
     <w:rsid w:val="00DA78D6"/>
     <w:rsid w:val="00DB26A6"/>
     <w:rsid w:val="00DE0147"/>
     <w:rsid w:val="00DF1A62"/>
     <w:rsid w:val="00E00771"/>
     <w:rsid w:val="00E00BF3"/>
     <w:rsid w:val="00E013C8"/>
     <w:rsid w:val="00E22CFB"/>
     <w:rsid w:val="00E2783C"/>
     <w:rsid w:val="00E412A1"/>
     <w:rsid w:val="00E44995"/>
     <w:rsid w:val="00E54157"/>
     <w:rsid w:val="00E77061"/>
     <w:rsid w:val="00E81397"/>
     <w:rsid w:val="00E841C1"/>
     <w:rsid w:val="00E8776D"/>
     <w:rsid w:val="00E87A15"/>
     <w:rsid w:val="00E9516C"/>
     <w:rsid w:val="00E968DB"/>
     <w:rsid w:val="00EA2847"/>
     <w:rsid w:val="00EB0432"/>
     <w:rsid w:val="00EB0A0C"/>
     <w:rsid w:val="00EC25C3"/>
@@ -3887,51 +3888,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0DBED5D9-9583-435E-A5B0-E263CBBEF01F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A3B9C232-2C7D-48C7-8AE9-75ACAE36C276}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>1</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>