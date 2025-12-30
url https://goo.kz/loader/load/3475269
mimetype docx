--- v0 (2025-12-08)
+++ v1 (2025-12-30)
@@ -1,105 +1,96 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00085BB3" w:rsidRDefault="00085BB3" w:rsidP="00085BB3">
-[...7 lines deleted...]
-    </w:p>
     <w:p w:rsidR="00085BB3" w:rsidRDefault="005741CD" w:rsidP="005741CD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4849"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00113214">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6844737" cy="6239603"/>
+            <wp:extent cx="6999856" cy="5995686"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-            <wp:docPr id="16" name="Рисунок 15" descr="Скан_20200129.png"/>
+            <wp:docPr id="19" name="Рисунок 18" descr="Скан_20200129 (3).png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Скан_20200129.png"/>
+                    <pic:cNvPr id="0" name="Скан_20200129 (3).png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4" cstate="print"/>
-                    <a:srcRect l="12746" b="42145"/>
+                    <a:srcRect l="12575" t="4115" b="41396"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6844737" cy="6239603"/>
+                      <a:ext cx="6999856" cy="5995686"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00085BB3" w:rsidRDefault="00085BB3" w:rsidP="00085BB3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00085BB3" w:rsidRDefault="00085BB3" w:rsidP="00085BB3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
@@ -319,50 +310,51 @@
     <w:rsid w:val="000E5498"/>
     <w:rsid w:val="000E5926"/>
     <w:rsid w:val="000E672B"/>
     <w:rsid w:val="000E6EB1"/>
     <w:rsid w:val="000E7C1D"/>
     <w:rsid w:val="000F01F7"/>
     <w:rsid w:val="000F0DFA"/>
     <w:rsid w:val="000F3931"/>
     <w:rsid w:val="000F3D55"/>
     <w:rsid w:val="000F5606"/>
     <w:rsid w:val="000F759E"/>
     <w:rsid w:val="000F77C5"/>
     <w:rsid w:val="00100B29"/>
     <w:rsid w:val="00100FCE"/>
     <w:rsid w:val="001017E9"/>
     <w:rsid w:val="0010299D"/>
     <w:rsid w:val="0010431C"/>
     <w:rsid w:val="0010563B"/>
     <w:rsid w:val="00105D45"/>
     <w:rsid w:val="00107021"/>
     <w:rsid w:val="001078BB"/>
     <w:rsid w:val="00111653"/>
     <w:rsid w:val="00111A0C"/>
     <w:rsid w:val="00111AE5"/>
     <w:rsid w:val="00112401"/>
+    <w:rsid w:val="00113214"/>
     <w:rsid w:val="00114017"/>
     <w:rsid w:val="00114467"/>
     <w:rsid w:val="00114C63"/>
     <w:rsid w:val="00115A79"/>
     <w:rsid w:val="00116F36"/>
     <w:rsid w:val="001204FD"/>
     <w:rsid w:val="00121C84"/>
     <w:rsid w:val="00122AE2"/>
     <w:rsid w:val="001238B2"/>
     <w:rsid w:val="00123B3B"/>
     <w:rsid w:val="00124696"/>
     <w:rsid w:val="00124733"/>
     <w:rsid w:val="00124871"/>
     <w:rsid w:val="0012618A"/>
     <w:rsid w:val="00126EB5"/>
     <w:rsid w:val="0013100F"/>
     <w:rsid w:val="00131175"/>
     <w:rsid w:val="001318C0"/>
     <w:rsid w:val="00131AA9"/>
     <w:rsid w:val="001345D0"/>
     <w:rsid w:val="00134B43"/>
     <w:rsid w:val="00134C6F"/>
     <w:rsid w:val="001351B3"/>
     <w:rsid w:val="0013576C"/>
     <w:rsid w:val="00135CF2"/>
@@ -2659,49 +2651,49 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>1</Words>
-  <Characters>8</Characters>
+  <Characters>7</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>RePack by SPecialiST</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8</CharactersWithSpaces>
+  <CharactersWithSpaces>7</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>PC-11</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>