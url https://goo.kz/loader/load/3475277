--- v0 (2025-12-05)
+++ v1 (2025-12-27)
@@ -17,89 +17,89 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p w:rsidR="00085BB3" w:rsidRDefault="005741CD" w:rsidP="005741CD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4849"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00085BB3" w:rsidRDefault="00DA56FF" w:rsidP="00085BB3">
+    <w:p w:rsidR="00085BB3" w:rsidRDefault="002E40AF" w:rsidP="00085BB3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6438500" cy="6423950"/>
-[...1 lines deleted...]
-            <wp:docPr id="22" name="Рисунок 21" descr="Скан_20200129 (4).png"/>
+            <wp:extent cx="6344840" cy="6528122"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:docPr id="21" name="Рисунок 19" descr="Скан_20200129 (5).png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Скан_20200129 (4).png"/>
+                    <pic:cNvPr id="0" name="Скан_20200129 (5).png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4" cstate="print"/>
-                    <a:srcRect l="10517" t="5860" r="3537" b="31671"/>
+                    <a:srcRect l="10860" r="4051" b="36284"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6438500" cy="6423950"/>
+                      <a:ext cx="6344840" cy="6528122"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00085BB3" w:rsidRDefault="00085BB3" w:rsidP="00085BB3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00085BB3" w:rsidRDefault="00085BB3" w:rsidP="00085BB3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
@@ -1808,51 +1808,50 @@
     <w:rsid w:val="00D74358"/>
     <w:rsid w:val="00D746A1"/>
     <w:rsid w:val="00D748AD"/>
     <w:rsid w:val="00D74A71"/>
     <w:rsid w:val="00D74CBA"/>
     <w:rsid w:val="00D750F6"/>
     <w:rsid w:val="00D75350"/>
     <w:rsid w:val="00D778EC"/>
     <w:rsid w:val="00D8026A"/>
     <w:rsid w:val="00D81536"/>
     <w:rsid w:val="00D828BC"/>
     <w:rsid w:val="00D82A18"/>
     <w:rsid w:val="00D84843"/>
     <w:rsid w:val="00D90326"/>
     <w:rsid w:val="00D916BB"/>
     <w:rsid w:val="00D9306A"/>
     <w:rsid w:val="00D93413"/>
     <w:rsid w:val="00D944EF"/>
     <w:rsid w:val="00D97621"/>
     <w:rsid w:val="00D97B33"/>
     <w:rsid w:val="00DA094D"/>
     <w:rsid w:val="00DA18A3"/>
     <w:rsid w:val="00DA2AC9"/>
     <w:rsid w:val="00DA489F"/>
     <w:rsid w:val="00DA4E9F"/>
-    <w:rsid w:val="00DA56FF"/>
     <w:rsid w:val="00DA5984"/>
     <w:rsid w:val="00DA5F55"/>
     <w:rsid w:val="00DA73B0"/>
     <w:rsid w:val="00DA753B"/>
     <w:rsid w:val="00DA75F0"/>
     <w:rsid w:val="00DA7F8D"/>
     <w:rsid w:val="00DB10F5"/>
     <w:rsid w:val="00DB17AC"/>
     <w:rsid w:val="00DB31FE"/>
     <w:rsid w:val="00DB3E0F"/>
     <w:rsid w:val="00DB516D"/>
     <w:rsid w:val="00DB5484"/>
     <w:rsid w:val="00DB6DC8"/>
     <w:rsid w:val="00DC5234"/>
     <w:rsid w:val="00DC54A8"/>
     <w:rsid w:val="00DC5B6B"/>
     <w:rsid w:val="00DC6AAF"/>
     <w:rsid w:val="00DC7271"/>
     <w:rsid w:val="00DD0B6E"/>
     <w:rsid w:val="00DD0C80"/>
     <w:rsid w:val="00DD1AA3"/>
     <w:rsid w:val="00DD1F61"/>
     <w:rsid w:val="00DD2A36"/>
     <w:rsid w:val="00DD2A43"/>
     <w:rsid w:val="00DD3886"/>