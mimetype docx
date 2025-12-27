--- v0 (2025-12-05)
+++ v1 (2025-12-27)
@@ -1,305 +1,3422 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="004C2BEB" w:rsidRDefault="00B57AA3">
-[...4 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="002A5E92" w:rsidRPr="00D2320C" w:rsidRDefault="00D2320C" w:rsidP="00D2320C">
+      <w:r w:rsidRPr="00D2320C">
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6480604" cy="7080422"/>
+            <wp:extent cx="6559550" cy="10254486"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-            <wp:docPr id="1" name="Рисунок 0" descr="Скан_20200130 (7).png"/>
+            <wp:docPr id="23" name="Рисунок 21" descr="Скан_20200129 (32).png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Скан_20200130 (7).png"/>
+                    <pic:cNvPr id="0" name="Скан_20200129 (32).png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4"/>
-                    <a:srcRect t="9015" b="11512"/>
+                    <a:blip r:embed="rId6"/>
+                    <a:srcRect l="11978"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6480604" cy="7080422"/>
-[...44 lines deleted...]
-                      <a:ext cx="6480604" cy="3929449"/>
+                      <a:ext cx="6559550" cy="10254486"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6480175" cy="8912225"/>
+            <wp:extent cx="6705600" cy="10373381"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-            <wp:docPr id="3" name="Рисунок 2" descr="Скан_20200130 (9).png"/>
+            <wp:docPr id="21" name="Рисунок 20" descr="Скан_20200129 (33).png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Скан_20200130 (9).png"/>
+                    <pic:cNvPr id="0" name="Скан_20200129 (33).png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6"/>
+                    <a:blip r:embed="rId7"/>
+                    <a:srcRect l="11049"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6480175" cy="8912225"/>
+                      <a:ext cx="6705600" cy="10373381"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="00D2320C">
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="6699250" cy="10428874"/>
+            <wp:effectExtent l="19050" t="0" r="6350" b="0"/>
+            <wp:docPr id="24" name="Рисунок 19" descr="Скан_20200129 (34).png"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Скан_20200129 (34).png"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8"/>
+                    <a:srcRect l="11606"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6699250" cy="10428874"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00B57AA3" w:rsidSect="00B57AA3">
-[...1 lines deleted...]
-      <w:pgMar w:top="709" w:right="850" w:bottom="426" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
+    <w:sectPr w:rsidR="002A5E92" w:rsidRPr="00D2320C" w:rsidSect="002A5E92">
+      <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+      <w:pgMar w:top="142" w:right="566" w:bottom="-57" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...13 lines deleted...]
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="04A97B09"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="49826BD2"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="07614834"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C8922A8A"/>
+    <w:lvl w:ilvl="0" w:tplc="BF3E5832">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="0B266CED"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E6F270C6"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="15DE28C6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8D0CAD76"/>
+    <w:lvl w:ilvl="0" w:tplc="D854A7E6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="175A7F72"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="038EBFF0"/>
+    <w:lvl w:ilvl="0" w:tplc="AF4C80A6">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="1B2E5F4D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A5B49910"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="1FBB11C4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7DEC4B1C"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="24CD75B4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7EFCFC60"/>
+    <w:lvl w:ilvl="0" w:tplc="AD88E660">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="27DC6AED"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0804E116"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="2BDA0673"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0E3A275A"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="2E7A34AD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A3CC331E"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11">
+    <w:nsid w:val="2EA64D33"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4A866DF4"/>
+    <w:lvl w:ilvl="0" w:tplc="BBC05ADC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12">
+    <w:nsid w:val="309874B9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1EF0400E"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13">
+    <w:nsid w:val="34666EAB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1EF0400E"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14">
+    <w:nsid w:val="41713E65"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1EF0400E"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15">
+    <w:nsid w:val="4BC934A9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1EF0400E"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16">
+    <w:nsid w:val="53AE007D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F72A8F3E"/>
+    <w:lvl w:ilvl="0" w:tplc="845C50F4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17">
+    <w:nsid w:val="54F03338"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1EF0400E"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18">
+    <w:nsid w:val="554333A7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CF684252"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19">
+    <w:nsid w:val="57A81BE2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1EF0400E"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20">
+    <w:nsid w:val="5BD014C2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="46127E8C"/>
+    <w:lvl w:ilvl="0" w:tplc="8DD47670">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21">
+    <w:nsid w:val="61B104C1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="400EC0A8"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22">
+    <w:nsid w:val="6C3456FB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5518E524"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23">
+    <w:nsid w:val="6E46401B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="91CE292C"/>
+    <w:lvl w:ilvl="0" w:tplc="D2269A62">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="23">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="24">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="77"/>
+  <w:zoom w:percent="75"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="708"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:useNormalStyleForList/>
+    <w:doNotUseIndentAsNumberingTabStop/>
+    <w:useAltKinsokuLineBreakRules/>
+    <w:allowSpaceOfSameStyleInTable/>
+    <w:doNotSuppressIndentation/>
+    <w:doNotAutofitConstrainedTables/>
+    <w:autofitToFirstFixedWidthCell/>
+    <w:underlineTabInNumList/>
+    <w:displayHangulFixedWidth/>
+    <w:splitPgBreakAndParaMark/>
+    <w:doNotVertAlignCellWithSp/>
+    <w:doNotBreakConstrainedForcedTable/>
+    <w:doNotVertAlignInTxbx/>
+    <w:useAnsiKerningPairs/>
+    <w:cachedColBalance/>
+  </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00B57AA3"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B57AA3"/>
+    <w:rsidRoot w:val="00437B83"/>
+    <w:rsid w:val="00003713"/>
+    <w:rsid w:val="00006A69"/>
+    <w:rsid w:val="00014A30"/>
+    <w:rsid w:val="00016216"/>
+    <w:rsid w:val="00017C63"/>
+    <w:rsid w:val="00020A27"/>
+    <w:rsid w:val="00021734"/>
+    <w:rsid w:val="00033C9A"/>
+    <w:rsid w:val="00040EF6"/>
+    <w:rsid w:val="0004549E"/>
+    <w:rsid w:val="0006280D"/>
+    <w:rsid w:val="00082108"/>
+    <w:rsid w:val="0008274E"/>
+    <w:rsid w:val="000913C2"/>
+    <w:rsid w:val="000A4E42"/>
+    <w:rsid w:val="000B28D0"/>
+    <w:rsid w:val="000B2B07"/>
+    <w:rsid w:val="000C315D"/>
+    <w:rsid w:val="000C50D5"/>
+    <w:rsid w:val="000C6C44"/>
+    <w:rsid w:val="000D08CD"/>
+    <w:rsid w:val="000D4677"/>
+    <w:rsid w:val="000E04E4"/>
+    <w:rsid w:val="000E6E9E"/>
+    <w:rsid w:val="001001FA"/>
+    <w:rsid w:val="00102D0E"/>
+    <w:rsid w:val="001031EB"/>
+    <w:rsid w:val="00105F9D"/>
+    <w:rsid w:val="00114168"/>
+    <w:rsid w:val="00117F13"/>
+    <w:rsid w:val="0013679A"/>
+    <w:rsid w:val="00136827"/>
+    <w:rsid w:val="0016534C"/>
+    <w:rsid w:val="00177389"/>
+    <w:rsid w:val="0017781D"/>
+    <w:rsid w:val="001A01EE"/>
+    <w:rsid w:val="001A04ED"/>
+    <w:rsid w:val="001B0062"/>
+    <w:rsid w:val="001B3310"/>
+    <w:rsid w:val="001C2DB0"/>
+    <w:rsid w:val="001C4C85"/>
+    <w:rsid w:val="001F168D"/>
+    <w:rsid w:val="001F50C7"/>
+    <w:rsid w:val="001F5F2F"/>
+    <w:rsid w:val="00211B31"/>
+    <w:rsid w:val="00214830"/>
+    <w:rsid w:val="00225F66"/>
+    <w:rsid w:val="002300DE"/>
+    <w:rsid w:val="00230D08"/>
+    <w:rsid w:val="00231086"/>
+    <w:rsid w:val="00235B69"/>
+    <w:rsid w:val="00240113"/>
+    <w:rsid w:val="00257526"/>
+    <w:rsid w:val="00261666"/>
+    <w:rsid w:val="002763C3"/>
+    <w:rsid w:val="00295C86"/>
+    <w:rsid w:val="002A5E92"/>
+    <w:rsid w:val="002B0A60"/>
+    <w:rsid w:val="002B21ED"/>
+    <w:rsid w:val="002D1A7D"/>
+    <w:rsid w:val="002D49E0"/>
+    <w:rsid w:val="002D7280"/>
+    <w:rsid w:val="002E3DE5"/>
+    <w:rsid w:val="002E6D4E"/>
+    <w:rsid w:val="002F2DF2"/>
+    <w:rsid w:val="002F7457"/>
+    <w:rsid w:val="003035A2"/>
+    <w:rsid w:val="003205FA"/>
+    <w:rsid w:val="0033332B"/>
+    <w:rsid w:val="00336994"/>
+    <w:rsid w:val="00346DF4"/>
+    <w:rsid w:val="003523E8"/>
+    <w:rsid w:val="00352447"/>
+    <w:rsid w:val="003603A2"/>
+    <w:rsid w:val="0036181A"/>
+    <w:rsid w:val="00375194"/>
+    <w:rsid w:val="003768A5"/>
+    <w:rsid w:val="003837DA"/>
+    <w:rsid w:val="003A2D11"/>
+    <w:rsid w:val="003A54C7"/>
+    <w:rsid w:val="003B29BB"/>
+    <w:rsid w:val="003B45FF"/>
+    <w:rsid w:val="003C017D"/>
+    <w:rsid w:val="003C32E6"/>
+    <w:rsid w:val="003F6339"/>
+    <w:rsid w:val="00405BAA"/>
+    <w:rsid w:val="004067BB"/>
+    <w:rsid w:val="00410BE6"/>
+    <w:rsid w:val="004110DE"/>
+    <w:rsid w:val="004236B2"/>
+    <w:rsid w:val="00426716"/>
+    <w:rsid w:val="00433419"/>
+    <w:rsid w:val="00437B83"/>
+    <w:rsid w:val="00443036"/>
+    <w:rsid w:val="004517D4"/>
+    <w:rsid w:val="00483DBE"/>
+    <w:rsid w:val="00491577"/>
+    <w:rsid w:val="00494042"/>
+    <w:rsid w:val="004A1B45"/>
+    <w:rsid w:val="004A5926"/>
+    <w:rsid w:val="004B2C57"/>
+    <w:rsid w:val="004C31EE"/>
+    <w:rsid w:val="004D1C8D"/>
+    <w:rsid w:val="004E412A"/>
+    <w:rsid w:val="004F0E93"/>
+    <w:rsid w:val="004F64C7"/>
+    <w:rsid w:val="00502801"/>
+    <w:rsid w:val="00503CA6"/>
+    <w:rsid w:val="005141EF"/>
+    <w:rsid w:val="00514A9B"/>
+    <w:rsid w:val="005264E1"/>
+    <w:rsid w:val="00546DFF"/>
+    <w:rsid w:val="00593029"/>
+    <w:rsid w:val="005A72D4"/>
+    <w:rsid w:val="005A7918"/>
+    <w:rsid w:val="005B2018"/>
+    <w:rsid w:val="005B73A1"/>
+    <w:rsid w:val="005D4EA3"/>
+    <w:rsid w:val="005D5627"/>
+    <w:rsid w:val="005E1D17"/>
+    <w:rsid w:val="005E32D9"/>
+    <w:rsid w:val="005E77C0"/>
+    <w:rsid w:val="005F6FAE"/>
+    <w:rsid w:val="006045CB"/>
+    <w:rsid w:val="00605F0D"/>
+    <w:rsid w:val="006203DD"/>
+    <w:rsid w:val="0062138A"/>
+    <w:rsid w:val="006411FC"/>
+    <w:rsid w:val="006618C7"/>
+    <w:rsid w:val="0067009A"/>
+    <w:rsid w:val="006715B5"/>
+    <w:rsid w:val="00673110"/>
+    <w:rsid w:val="00684150"/>
+    <w:rsid w:val="0069071D"/>
+    <w:rsid w:val="00692710"/>
+    <w:rsid w:val="00695DD0"/>
+    <w:rsid w:val="006A448A"/>
+    <w:rsid w:val="006C251D"/>
+    <w:rsid w:val="006C6299"/>
+    <w:rsid w:val="006C653E"/>
+    <w:rsid w:val="006E0F52"/>
+    <w:rsid w:val="006E1277"/>
+    <w:rsid w:val="006F4DD2"/>
+    <w:rsid w:val="0070434F"/>
+    <w:rsid w:val="0071199C"/>
+    <w:rsid w:val="007155D2"/>
+    <w:rsid w:val="0071677F"/>
+    <w:rsid w:val="00720876"/>
+    <w:rsid w:val="00720AE4"/>
+    <w:rsid w:val="007263ED"/>
+    <w:rsid w:val="0072684D"/>
+    <w:rsid w:val="00735E4D"/>
+    <w:rsid w:val="00742BC2"/>
+    <w:rsid w:val="00745E28"/>
+    <w:rsid w:val="00757014"/>
+    <w:rsid w:val="007679B3"/>
+    <w:rsid w:val="007700B9"/>
+    <w:rsid w:val="00770AF9"/>
+    <w:rsid w:val="00780168"/>
+    <w:rsid w:val="00781C97"/>
+    <w:rsid w:val="007853B2"/>
+    <w:rsid w:val="00785C5A"/>
+    <w:rsid w:val="007917C2"/>
+    <w:rsid w:val="00791D5F"/>
+    <w:rsid w:val="007951EB"/>
+    <w:rsid w:val="007A1477"/>
+    <w:rsid w:val="007B5FE5"/>
+    <w:rsid w:val="007C025F"/>
+    <w:rsid w:val="007C0F4B"/>
+    <w:rsid w:val="007C3788"/>
+    <w:rsid w:val="007C50B5"/>
+    <w:rsid w:val="007D411F"/>
+    <w:rsid w:val="007E5C05"/>
+    <w:rsid w:val="007F22B8"/>
+    <w:rsid w:val="00802CBF"/>
+    <w:rsid w:val="008135B4"/>
+    <w:rsid w:val="00827ED8"/>
+    <w:rsid w:val="00844EDA"/>
+    <w:rsid w:val="0085390E"/>
+    <w:rsid w:val="0087639C"/>
+    <w:rsid w:val="00881A8F"/>
+    <w:rsid w:val="00882D96"/>
+    <w:rsid w:val="00897C9B"/>
+    <w:rsid w:val="008A33A6"/>
+    <w:rsid w:val="008A65DC"/>
+    <w:rsid w:val="008C3500"/>
+    <w:rsid w:val="008D0E5C"/>
+    <w:rsid w:val="008D6015"/>
+    <w:rsid w:val="008D76D0"/>
+    <w:rsid w:val="008E2668"/>
+    <w:rsid w:val="008E427E"/>
+    <w:rsid w:val="00900441"/>
+    <w:rsid w:val="00910E32"/>
+    <w:rsid w:val="00912DA0"/>
+    <w:rsid w:val="00916913"/>
+    <w:rsid w:val="00917269"/>
+    <w:rsid w:val="00920686"/>
+    <w:rsid w:val="0092080B"/>
+    <w:rsid w:val="00921E32"/>
+    <w:rsid w:val="0092582C"/>
+    <w:rsid w:val="0093048F"/>
+    <w:rsid w:val="00931F0A"/>
+    <w:rsid w:val="009373A9"/>
+    <w:rsid w:val="009512C6"/>
+    <w:rsid w:val="009706F9"/>
+    <w:rsid w:val="00973FD8"/>
+    <w:rsid w:val="00983114"/>
+    <w:rsid w:val="00984E21"/>
+    <w:rsid w:val="00991A04"/>
+    <w:rsid w:val="00996BB3"/>
+    <w:rsid w:val="009B08B2"/>
+    <w:rsid w:val="009B21D8"/>
+    <w:rsid w:val="009C222A"/>
+    <w:rsid w:val="009C56A1"/>
+    <w:rsid w:val="009E157C"/>
+    <w:rsid w:val="009E1A12"/>
+    <w:rsid w:val="009E5842"/>
+    <w:rsid w:val="009F7A96"/>
+    <w:rsid w:val="00A02AFB"/>
+    <w:rsid w:val="00A219A8"/>
+    <w:rsid w:val="00A25F0C"/>
+    <w:rsid w:val="00A37C6D"/>
+    <w:rsid w:val="00A516FE"/>
+    <w:rsid w:val="00A55D1E"/>
+    <w:rsid w:val="00A700D2"/>
+    <w:rsid w:val="00A94E98"/>
+    <w:rsid w:val="00A9613D"/>
+    <w:rsid w:val="00AA06A5"/>
+    <w:rsid w:val="00AA28AC"/>
+    <w:rsid w:val="00AA6DF6"/>
+    <w:rsid w:val="00AB2CC1"/>
+    <w:rsid w:val="00AB710E"/>
+    <w:rsid w:val="00AC489B"/>
+    <w:rsid w:val="00AD0ADC"/>
+    <w:rsid w:val="00AD58AB"/>
+    <w:rsid w:val="00AE33CF"/>
+    <w:rsid w:val="00AF0470"/>
+    <w:rsid w:val="00AF2B3F"/>
+    <w:rsid w:val="00B23C68"/>
+    <w:rsid w:val="00B305DD"/>
+    <w:rsid w:val="00B57124"/>
+    <w:rsid w:val="00B62F15"/>
+    <w:rsid w:val="00B64AD7"/>
+    <w:rsid w:val="00B6664D"/>
+    <w:rsid w:val="00B72C99"/>
+    <w:rsid w:val="00B75268"/>
+    <w:rsid w:val="00B813BE"/>
+    <w:rsid w:val="00B819A5"/>
+    <w:rsid w:val="00B8531A"/>
+    <w:rsid w:val="00B914AE"/>
+    <w:rsid w:val="00B93659"/>
+    <w:rsid w:val="00BB1150"/>
+    <w:rsid w:val="00BB1B03"/>
+    <w:rsid w:val="00BB3F38"/>
+    <w:rsid w:val="00BC3554"/>
+    <w:rsid w:val="00BC62E5"/>
+    <w:rsid w:val="00BE010A"/>
+    <w:rsid w:val="00BF060D"/>
+    <w:rsid w:val="00C006E5"/>
+    <w:rsid w:val="00C05401"/>
+    <w:rsid w:val="00C1018A"/>
+    <w:rsid w:val="00C1173A"/>
+    <w:rsid w:val="00C17C9A"/>
+    <w:rsid w:val="00C23C5B"/>
+    <w:rsid w:val="00C27234"/>
+    <w:rsid w:val="00C36CCC"/>
+    <w:rsid w:val="00C45039"/>
+    <w:rsid w:val="00C51E28"/>
+    <w:rsid w:val="00C53956"/>
+    <w:rsid w:val="00C54495"/>
+    <w:rsid w:val="00C54932"/>
+    <w:rsid w:val="00C642EF"/>
+    <w:rsid w:val="00C7118D"/>
+    <w:rsid w:val="00C87099"/>
+    <w:rsid w:val="00C94D7C"/>
+    <w:rsid w:val="00CA041B"/>
+    <w:rsid w:val="00CC26B4"/>
+    <w:rsid w:val="00CD3F7A"/>
+    <w:rsid w:val="00CE3BD1"/>
+    <w:rsid w:val="00CE43B0"/>
+    <w:rsid w:val="00CF7C0D"/>
+    <w:rsid w:val="00D00521"/>
+    <w:rsid w:val="00D04044"/>
+    <w:rsid w:val="00D051FC"/>
+    <w:rsid w:val="00D056C7"/>
+    <w:rsid w:val="00D12536"/>
+    <w:rsid w:val="00D17CE7"/>
+    <w:rsid w:val="00D2320C"/>
+    <w:rsid w:val="00D5433A"/>
+    <w:rsid w:val="00D6307F"/>
+    <w:rsid w:val="00D964AD"/>
+    <w:rsid w:val="00D9708D"/>
+    <w:rsid w:val="00DA78D6"/>
+    <w:rsid w:val="00DB26A6"/>
+    <w:rsid w:val="00DE0147"/>
+    <w:rsid w:val="00DF1A62"/>
+    <w:rsid w:val="00E00771"/>
+    <w:rsid w:val="00E00BF3"/>
+    <w:rsid w:val="00E013C8"/>
+    <w:rsid w:val="00E22CFB"/>
+    <w:rsid w:val="00E412A1"/>
+    <w:rsid w:val="00E44995"/>
+    <w:rsid w:val="00E54157"/>
+    <w:rsid w:val="00E77061"/>
+    <w:rsid w:val="00E81397"/>
+    <w:rsid w:val="00E841C1"/>
+    <w:rsid w:val="00E8776D"/>
+    <w:rsid w:val="00E87A15"/>
+    <w:rsid w:val="00E9516C"/>
+    <w:rsid w:val="00E968DB"/>
+    <w:rsid w:val="00EA2847"/>
+    <w:rsid w:val="00EB0432"/>
+    <w:rsid w:val="00EC25C3"/>
+    <w:rsid w:val="00EC2F25"/>
+    <w:rsid w:val="00EC3A6A"/>
+    <w:rsid w:val="00EC5C5E"/>
+    <w:rsid w:val="00EC7BE4"/>
+    <w:rsid w:val="00ED5A76"/>
+    <w:rsid w:val="00ED7195"/>
+    <w:rsid w:val="00EE07E7"/>
+    <w:rsid w:val="00EE24D8"/>
+    <w:rsid w:val="00EF1E62"/>
+    <w:rsid w:val="00EF2FD0"/>
+    <w:rsid w:val="00EF5E7E"/>
+    <w:rsid w:val="00EF629C"/>
+    <w:rsid w:val="00EF7A08"/>
+    <w:rsid w:val="00F05BD5"/>
+    <w:rsid w:val="00F10638"/>
+    <w:rsid w:val="00F21FEC"/>
+    <w:rsid w:val="00F343C8"/>
+    <w:rsid w:val="00F50C3A"/>
+    <w:rsid w:val="00F51B18"/>
+    <w:rsid w:val="00F63E31"/>
+    <w:rsid w:val="00F63E50"/>
+    <w:rsid w:val="00F90B8E"/>
+    <w:rsid w:val="00F95F2B"/>
+    <w:rsid w:val="00F974BB"/>
+    <w:rsid w:val="00FB043A"/>
+    <w:rsid w:val="00FB3F8B"/>
+    <w:rsid w:val="00FB766E"/>
+    <w:rsid w:val="00FC5838"/>
+    <w:rsid w:val="00FD24A3"/>
+    <w:rsid w:val="00FE00C6"/>
+    <w:rsid w:val="00FE3775"/>
+    <w:rsid w:val="00FE76D5"/>
+    <w:rsid w:val="00FF4076"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
+  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...24 lines deleted...]
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Normal" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:locked="1" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 2" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 3" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 4" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 5" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 6" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 7" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 8" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 9" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="caption" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:locked="1" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtitle" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:locked="1" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -371,165 +3488,275 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="004C2BEB"/>
+    <w:rsid w:val="00605F0D"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="002F2DF2"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="0"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="002F2DF2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00437B83"/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00973FD8"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="8" w:space="4" w:color="4F81BD"/>
+      </w:pBdr>
+      <w:spacing w:after="300" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria"/>
+      <w:color w:val="17365D"/>
+      <w:spacing w:val="5"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="52"/>
+      <w:szCs w:val="52"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Название Знак"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00973FD8"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:color w:val="17365D"/>
+      <w:spacing w:val="5"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="52"/>
+      <w:szCs w:val="52"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a4"/>
+    <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B57AA3"/>
+    <w:rsid w:val="0071677F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...1 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Текст выноски Знак"/>
-    <w:basedOn w:val="a0"/>
-    <w:link w:val="a3"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B57AA3"/>
+    <w:rsid w:val="0071677F"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...1 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Стандартная">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Стандартная">
+    <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -555,51 +3782,51 @@
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Стандартная">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -727,55 +3954,87 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{70682157-99C4-47DB-80E2-84F9FB7AAC70}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>0</Words>
-  <Characters>4</Characters>
+  <Characters>3</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company>SPecialiST RePack</Company>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>Hewlett-Packard</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4</CharactersWithSpaces>
+  <CharactersWithSpaces>3</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Анна</dc:creator>
+  <dc:creator>Алсер</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>