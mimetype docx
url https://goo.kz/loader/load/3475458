--- v0 (2025-12-12)
+++ v1 (2025-12-19)
@@ -15,868 +15,913 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="200" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b w:val="0"/>
-[...6 lines deleted...]
-          <w:u w:val="none"/>
+          <w:b w:val="1"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_gjdgxs" w:id="0"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
           <w:i w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Рекомендации родителям по питанию детей школьного возраста.</w:t>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">Мектеп жасындағы балалардың тамақтануы бойынша ата-аналарға ұсыныс</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="200" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b w:val="0"/>
-[...30 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
           <w:i w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
-          <w:rtl w:val="0"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="200" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b w:val="0"/>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">Детям необходимы регулярные приемы пищи и перекусы между ними. Особенно это важно, когда мы ведем речь о здоровом питании младших школьников. Если вместо этого ребенок привыкнет «перехватывать» что-то на ходу, речи о сбалансированном питании быть, конечно, не может.</w:t>
+          <w:b w:val="1"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Уақытылы тамақ ішу</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="200" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Хорошо, когда дети начинают свой день питательным завтраком – например, молоком с хлопьями, чтобы справиться с утренней нагрузкой в школе. Затем – один тост, 1-2 фрукта или кусок кекса дадут им дополнительную энергию, чтобы чувствовать себя бодрыми до обеда. Сам обед желательно сделать как можно более разнообразным.</w:t>
+        <w:t xml:space="preserve">Балаларға уақытылы тамақ ішу және олардың арасында жеңіл тамақтану қажет. Әсіресе, бұл кіші мектеп оқушыларының дұрыс тамақтануы туралы сөз болғанда маңызды. Егер бұның орнына бала жүріп тамақтануға үйренсе, үйлесімді тамақтану туралы айтуға олмайды. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="200" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Балалардың күнін нәрлі тағаммен бастағаны жақсы – мектептегі таңертеңгі жүктемені меңгеру үшін мысалы, қауызбен сүт. Содан кейін – бір тост, 1-2 жеміс немесе кекс тілімі оларға түске дейін өзін сергек сезіну үшін қосымша қуат береді. Ал түскі ас барынша әр түрлі болуы тиіс. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="200" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="200" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
           <w:i w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Основные правила здорового питания школьников рекомендуют родителям следующее:</w:t>
-[...100 lines deleted...]
-        <w:t xml:space="preserve">1 раз в неделю – красное мясо (такое, как говядина);</w:t>
+        <w:t xml:space="preserve">Оқушылардың дұрыс тамақтануының негізгі ережелері ата-аналарға келесі ұсыныстар береді:</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="200" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">1-2 раза в неделю ребенок должен есть бобовые или такие блюда, как фаршированные овощи;</w:t>
+        <w:t xml:space="preserve">Аптасына 1-2 рет бала балық жегені абзал;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="200" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Аптасына 1 рет – қызыл ет (мысалы, сиыр еті);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="200" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Аптасына 1-2 рет бала бұршақ немесе жентектелген көкөніс жеуі тиіс;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="200" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
           <w:i w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Продукты из всех пищевых групп</w:t>
-[...7 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
+        <w:t xml:space="preserve">Барлық тамақ топтарынан өнімдер</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="200" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:i w:val="1"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Хлеб, другие злаковые и картофель.</w:t>
-[...19 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
+        <w:t xml:space="preserve">Нан, басқа дәнді дақылдар және картоп.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оқушылардың тамақтануы осы өнім топтарына негізделгені жақсы. Тамақ дайындағанда ірі тартылған ұнды пайдаланған жөн, дұрыс тамақтану мектеп оқушылары тамақтануының 2/3 үлесі дәл осындай ұннан жасалған өнімдерді құрайды.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="200" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:i w:val="1"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Фрукты и овощи.</w:t>
-[...19 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
+        <w:t xml:space="preserve">Жемістер және көкөністер.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дұрыс және толыққанды тамақтану үшін оқушыларға түрлі жемістер мен көкөністердің 5 порциясын күн сайын беру қажет. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="200" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:i w:val="1"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Молоко и молочные продукты.</w:t>
-[...19 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
+        <w:t xml:space="preserve">Сүт және сүт өнімдері.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Балаларға күніне 3 порция сүт өнімдерін беріңіздер. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="200" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
           <w:i w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Жирные или сладкие продукты.</w:t>
-[...19 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
+        <w:t xml:space="preserve">Майлы немесе тәтті өнімдер.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Майлылығы жоғары немесе құрамында қант көп өнімдер – торт, печенье, шоколад вафли, қытырлақ картоп – оқушыларға көп қуат береді, бірақ олардың құрамында дәрумендер жоқ. Тәттіні балалар аз көлемде қолдануына болады, алайда негізгі, пайдалы тамақтың орнына емес, тек үйлестірілген тамақтанудың бір бөлігі ретінде ғана.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="200" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
           <w:i w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Полезные напитки.</w:t>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> В качестве самых подходящих напитков здоровое питание предлагает для школьников молоко и воду - поскольку они не разрушают их зубов. Соки обладают повышенной кислотностью и содержат высокий процент сахара (даже в натуральных соках мы находим природные сахара). Поэтому соки детям лучше давать вместе с едой - в противном случае, желательно разбавлять их водой.</w:t>
+        <w:t xml:space="preserve">Пайдалы сусындар. </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оқушылар үшін дұрыс тамақтануға сәйкес келетін сусын су мен сүт – өйткені олар тістерді бұзбайды. Шырынның қышқылдығы жоғары және қант пайызы жоғары (тіпті табиғи шырынның өзінде табиғи қант мол). Сондықтан шырынды балаларға аспен бірге берген жөн, ең болмағанда сумен араластырып беру керек. </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:h="16838" w:w="11906"/>
       <w:pgMar w:bottom="1134" w:top="1134" w:left="1701" w:right="850" w:header="708" w:footer="708"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
   <w:font w:name="Calibri"/>
   <w:font w:name="Georgia"/>
   <w:font w:name="Times New Roman"/>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU"/>
+        <w:lang w:val="kk-KZ"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Table Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>