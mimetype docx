--- v0 (2025-12-05)
+++ v1 (2025-12-06)
@@ -1,3603 +1,2330 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="007F6A85" w:rsidRDefault="007F6A85" w:rsidP="007F6A85">
+    <w:p w:rsidR="00BA64A8" w:rsidRPr="00806184" w:rsidRDefault="00BA64A8" w:rsidP="00BA64A8">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00356C42">
+      <w:r w:rsidRPr="00806184">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>«</w:t>
+        <w:t xml:space="preserve">ПАСПОРТ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA64A8" w:rsidRDefault="00BA64A8" w:rsidP="00BA64A8">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>К</w:t>
       </w:r>
       <w:r w:rsidRPr="00806184">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Павлодар</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> қаласының </w:t>
+        <w:t>ГУ «Сред</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Ш</w:t>
+        <w:t xml:space="preserve">няя общеобразовательная школа-гимназия </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA64A8" w:rsidRDefault="00BA64A8" w:rsidP="00BA64A8">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>имени Ш</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">апық </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Ш</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>өкин атындағы жалпы орта білім беру гимназия-</w:t>
+        <w:t xml:space="preserve">өкин </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F10EB7">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00356C42">
+      <w:r w:rsidRPr="00806184">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>»</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> КММ</w:t>
+        <w:t>города Павлодара»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007F6A85" w:rsidRPr="00F10EB7" w:rsidRDefault="007F6A85" w:rsidP="007F6A85">
-[...18 lines deleted...]
-    <w:p w:rsidR="007F6A85" w:rsidRPr="00F10EB7" w:rsidRDefault="007F6A85" w:rsidP="007F6A85">
+    <w:p w:rsidR="00BA64A8" w:rsidRPr="00806184" w:rsidRDefault="00BA64A8" w:rsidP="00BA64A8">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007F6A85" w:rsidRPr="00806184" w:rsidRDefault="007F6A85" w:rsidP="007F6A85">
+    <w:p w:rsidR="00BA64A8" w:rsidRPr="00806184" w:rsidRDefault="00BA64A8" w:rsidP="00BA64A8">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="66B9B4F8" wp14:editId="7D608441">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6DF19CA5" wp14:editId="69135E93">
             <wp:extent cx="4996180" cy="3747135"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="4" name="Рисунок 4" descr="C:\Users\schoo\OneDrive\Рабочий стол\e138fa45-fb2e-4f83-9677-8e9714ae391a.jpg"/>
+            <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\schoo\OneDrive\Рабочий стол\e138fa45-fb2e-4f83-9677-8e9714ae391a.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\schoo\OneDrive\Рабочий стол\e138fa45-fb2e-4f83-9677-8e9714ae391a.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4999387" cy="3749540"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007F6A85" w:rsidRPr="00396E70" w:rsidRDefault="007F6A85" w:rsidP="007F6A85">
+    <w:p w:rsidR="00BA64A8" w:rsidRPr="00396E70" w:rsidRDefault="00BA64A8" w:rsidP="00BA64A8">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
         <w:tblW w:w="9923" w:type="dxa"/>
         <w:tblInd w:w="-176" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2978"/>
         <w:gridCol w:w="6945"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007F6A85" w:rsidRPr="00012BD9" w:rsidTr="00785DF3">
+      <w:tr w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidTr="00785DF3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002D54F5">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00012BD9">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Мектеп директоры</w:t>
+              </w:rPr>
+              <w:t>Директор школы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="0056231D" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Темирбаева Динара Дюсенбиевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F6A85" w:rsidRPr="00012BD9" w:rsidTr="00785DF3">
+      <w:tr w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidTr="00785DF3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002D54F5">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00012BD9">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Құрылған жылы</w:t>
+              </w:rPr>
+              <w:t>Год основания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
-            <w:pPr>
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1 сентября 19</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...13 lines deleted...]
-              <w:t>68 жылы 1 қыркүйек</w:t>
+              <w:t>68</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00012BD9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F6A85" w:rsidRPr="00012BD9" w:rsidTr="00785DF3">
+      <w:tr w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidTr="00785DF3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D54F5">
+            <w:r w:rsidRPr="00012BD9">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Мектептің мекенжайы</w:t>
+              </w:rPr>
+              <w:t>Адрес школы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
-[...16 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> қ</w:t>
-[...16 lines deleted...]
-              <w:t>Шө</w:t>
+              <w:t>г.Павлодар ул</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002D54F5">
-[...5 lines deleted...]
-              <w:t>кин</w:t>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ак</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.Ч</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>окина</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002D54F5">
-[...10 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, 90</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F6A85" w:rsidRPr="00012BD9" w:rsidTr="00785DF3">
+      <w:tr w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidTr="00785DF3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D54F5">
+            <w:r w:rsidRPr="00012BD9">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Жобалық қуаты  </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Проектная мощность </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
-[...20 lines deleted...]
-              <w:t>орын</w:t>
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1420</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00012BD9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мест</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F6A85" w:rsidRPr="00012BD9" w:rsidTr="00785DF3">
+      <w:tr w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidTr="00785DF3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D54F5">
+            <w:r w:rsidRPr="00012BD9">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Мектеп ғимаратының  жалпы ауданы</w:t>
+              </w:rPr>
+              <w:t>Общая площадь здания школы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
-[...67 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Здание – 8756 </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002D54F5">
-[...4 lines deleted...]
-              <w:t>Жер</w:t>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кв</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.м</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002D54F5">
-[...22 lines deleted...]
-            </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="002D54F5">
-[...12 lines deleted...]
-              <w:t>– 2 га</w:t>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00012BD9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> типовое</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> здание 1991 года, здание 1968 года </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Земельный участок – 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00012BD9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> га</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F6A85" w:rsidRPr="00012BD9" w:rsidTr="00785DF3">
+      <w:tr w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidTr="00785DF3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D54F5">
+            <w:r w:rsidRPr="00012BD9">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Бос  алаңдар</w:t>
+              </w:rPr>
+              <w:t>Пустующие площади</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="309"/>
               </w:tabs>
               <w:ind w:left="41"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-              <w:t>жоқ</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00012BD9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Нет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F6A85" w:rsidRPr="00012BD9" w:rsidTr="00785DF3">
+      <w:tr w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidTr="00785DF3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002D54F5">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00012BD9">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Контингент</w:t>
-            </w:r>
-[...7 lines deleted...]
-              <w:t>і</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
-[...59 lines deleted...]
-            <w:r w:rsidRPr="002D54F5">
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00012BD9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> учащихся:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1-4 классы – 1071</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00012BD9">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
-[...28 lines deleted...]
-            <w:r w:rsidRPr="002D54F5">
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5-9 классы - 1184</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00012BD9">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">;             </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> - 250</w:t>
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00F73963" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10-11 классы - 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F6A85" w:rsidRPr="00012BD9" w:rsidTr="00785DF3">
+      <w:tr w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidTr="00785DF3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002D54F5">
+            <w:r w:rsidRPr="00012BD9">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Тіл</w:t>
-[...37 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Классы по языкам</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
-[...36 lines deleted...]
-            <w:r w:rsidRPr="002D54F5">
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>казахский</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00012BD9">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-            <w:r w:rsidRPr="002D54F5">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>176 учеников</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00012BD9">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D54F5">
-[...5 lines deleted...]
-              <w:t>оқушы</w:t>
+          </w:p>
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>русский – 2329  учащихся</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F6A85" w:rsidRPr="00012BD9" w:rsidTr="00785DF3">
+      <w:tr w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidTr="00785DF3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D54F5">
+            <w:r w:rsidRPr="00012BD9">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Ауысым</w:t>
+              </w:rPr>
+              <w:t>Сменность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
-[...79 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="003E2B22" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2B22">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 смена – </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1185 учащихся</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2B22">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2 смена –</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1317 учащихся</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F6A85" w:rsidRPr="00012BD9" w:rsidTr="00785DF3">
+      <w:tr w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidTr="00785DF3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002D54F5">
+            <w:r w:rsidRPr="00012BD9">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Материа</w:t>
-[...9 lines deleted...]
-              <w:t>лдық базасы</w:t>
+              <w:t>Материальная база</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="34"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...57 lines deleted...]
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.Учебные кабинеты – 65</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00012BD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в том числе</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA64A8" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="34"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...67 lines deleted...]
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.Компьютерные классы – 4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00033AC1" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="34"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...40 lines deleted...]
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.Мультимедийный кабинет - 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="34"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...67 lines deleted...]
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.М</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00012BD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>астерские по обработке металлов, древесины – 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="34"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...30 lines deleted...]
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.К</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00012BD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>абинет обслуживающего труда – 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="0060706C" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="34"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...26 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00012BD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.Спортзал </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00012BD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D54F5">
-[...26 lines deleted...]
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="34"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...57 lines deleted...]
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6.Актовый зал на 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00012BD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>50 мест</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="34"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...30 lines deleted...]
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7.Столовая - 20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00012BD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0 мест</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="34"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...80 lines deleted...]
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00012BD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.Библиотека с ч</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>итальным залом  на 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00012BD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0 посадочных мест</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA64A8" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="34"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...58 lines deleted...]
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00012BD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.Процедурный кабинет – 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="34"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>10.Медицинский кабинет - 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="34"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00012BD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.Кабинет психолога - 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA64A8" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="34"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...61 lines deleted...]
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00012BD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.Методический кабинет </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00012BD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA64A8" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="34"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...52 lines deleted...]
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13.Зал хореографии – 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="34"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...47 lines deleted...]
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14.Специализированных кабинетов -3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="34"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00012BD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.Интерактивные доски – 19</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="34"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...68 lines deleted...]
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Всего книжный фонд – 104313 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00012BD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> экз.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="309"/>
                 <w:tab w:val="left" w:pos="496"/>
                 <w:tab w:val="left" w:pos="661"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="41"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D54F5">
-[...23 lines deleted...]
-              <w:t>дана</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>На гос. языке – 6988</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00012BD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> экз.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F6A85" w:rsidRPr="00012BD9" w:rsidTr="00785DF3">
+      <w:tr w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidTr="00785DF3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D54F5">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Педагог</w:t>
-[...71 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">Качественный состав педагогических кадров </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+          <w:p w:rsidR="00BA64A8" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="34"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Всего учителей- 157</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA64A8" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="34"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...256 lines deleted...]
-              <w:t xml:space="preserve"> -  25 %)</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В том числе: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA64A8" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005907F1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогов-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мастеров – 0 (доля 0 %)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA64A8" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогов-исследователей – 65 (доля -  41 %)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA64A8" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогов-экспертов  - 19 (доля -  12 %)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA64A8" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогов-модераторов – 33 (доля -  21%)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Без категории – 40 (доля -  25 %)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F6A85" w:rsidRPr="00012BD9" w:rsidTr="00785DF3">
+      <w:tr w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidTr="00785DF3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D54F5">
+            <w:r w:rsidRPr="00012BD9">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Оқушылардың тамақтануы  туралы  мәлімет</w:t>
+              </w:rPr>
+              <w:t>Сведения о питании учащихся</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
-[...332 lines deleted...]
-              <w:t>кө</w:t>
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Охвачено горячим питанием 2144 учащихся (92</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00012BD9">
+              <w:t>%)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Бесплатным питанием 1188 (51</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00012BD9">
+              <w:t>%), в том числе:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>- 1150</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00012BD9">
+              <w:t xml:space="preserve"> (100%) учащихся 1- 4 классов (бюджет);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>- 38</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00012BD9">
+              <w:t xml:space="preserve"> (100%) детей-сирот, детей </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="002D54F5">
-[...6 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00012BD9">
+              <w:t>ОПР</w:t>
+            </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="002D54F5">
-[...103 lines deleted...]
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+            <w:r w:rsidRPr="00012BD9">
+              <w:t>, детей из многодетных и малообеспеченных семей (бюджет).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="309"/>
               </w:tabs>
               <w:ind w:left="41"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F6A85" w:rsidRPr="00012BD9" w:rsidTr="00785DF3">
+      <w:tr w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidTr="00785DF3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D54F5">
+            <w:r w:rsidRPr="00012BD9">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Мектепті қаржыландыру</w:t>
+              </w:rPr>
+              <w:t>Финансирование школы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+          <w:p w:rsidR="00BA64A8" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="309"/>
               </w:tabs>
               <w:ind w:left="41"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D54F5">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>2020 – 593425,9 мың теңге</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+              <w:t>2020-593425,9 тыс.тенге</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA64A8" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="309"/>
               </w:tabs>
               <w:ind w:left="41"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D54F5">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>2021 – 910504,3 мың теңге</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+              <w:t>2021-910504,3 тыс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тенге</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="309"/>
               </w:tabs>
               <w:ind w:left="41"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 – 1623725,7 мың теңге </w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2022 -1623725,7 тыс.тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F6A85" w:rsidRPr="00012BD9" w:rsidTr="00785DF3">
+      <w:tr w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidTr="00785DF3">
         <w:trPr>
           <w:trHeight w:val="990"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D54F5">
+            <w:r w:rsidRPr="00012BD9">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Негізгі  құралдарды  сатып алу</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Приобретение основных средств </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+          <w:p w:rsidR="00BA64A8" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="309"/>
               </w:tabs>
               <w:ind w:left="41"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D54F5">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>2020 – 26891,2 мың теңге</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+              <w:t>2020-26891,2 тыс.тенге</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA64A8" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="309"/>
               </w:tabs>
               <w:ind w:left="41"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D54F5">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>2021 – 7581,0 мың теңге</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+              <w:t>2021-7581,0 тыс.тенге</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="309"/>
               </w:tabs>
               <w:ind w:left="41"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D54F5">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>2022 – 55879 мың теңге</w:t>
+              <w:t>2022 – 55879 тыс.тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F6A85" w:rsidRPr="00012BD9" w:rsidTr="00785DF3">
+      <w:tr w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidTr="00785DF3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="002D54F5">
+            <w:r w:rsidRPr="00012BD9">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>К</w:t>
-[...18 lines deleted...]
-              <w:t>і жөндеу</w:t>
+              <w:t>Капитальный ремонт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+          <w:p w:rsidR="00BA64A8" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D54F5">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>2020</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="002D54F5">
+              <w:t xml:space="preserve">2020- 5930,4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="002D54F5">
+              </w:rPr>
+              <w:t>тыс</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 5930,4 </w:t>
-[...10 lines deleted...]
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+              <w:t>.т</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>енге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00BA64A8" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D54F5">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2021 – 154480,7 </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D54F5">
-[...8 lines deleted...]
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тыс</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.т</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>енге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D54F5">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2022 – 662235,0 </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D54F5">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тыс</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.т</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>енге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F6A85" w:rsidRPr="00012BD9" w:rsidTr="00785DF3">
+      <w:tr w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidTr="00785DF3">
         <w:trPr>
           <w:trHeight w:val="982"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002D54F5">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00012BD9">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Проблемалық мәселелер</w:t>
+              </w:rPr>
+              <w:t>Проблемные вопросы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007F6A85" w:rsidRPr="002D54F5" w:rsidRDefault="007F6A85" w:rsidP="00785DF3">
+          <w:p w:rsidR="00BA64A8" w:rsidRPr="00012BD9" w:rsidRDefault="00BA64A8" w:rsidP="00785DF3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="183"/>
                 <w:tab w:val="left" w:pos="309"/>
               </w:tabs>
               <w:rPr>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D54F5">
-[...1 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="002761EE">
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Проблемалық мәселелер жоқ.</w:t>
+              <w:t>Проблемных вопросов нет.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="007F6A85" w:rsidRDefault="007F6A85" w:rsidP="007F6A85">
+    <w:p w:rsidR="00BA64A8" w:rsidRDefault="00BA64A8" w:rsidP="00BA64A8">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007F6A85" w:rsidRDefault="007F6A85" w:rsidP="007F6A85">
+    <w:p w:rsidR="00BA64A8" w:rsidRDefault="00BA64A8" w:rsidP="00BA64A8">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007F6A85" w:rsidRDefault="007F6A85" w:rsidP="007F6A85">
+    <w:p w:rsidR="00BA64A8" w:rsidRDefault="00BA64A8" w:rsidP="00BA64A8">
       <w:pPr>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="center" w:pos="5032"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
-        <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
+          <w:bCs/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007F6A85" w:rsidRDefault="007F6A85" w:rsidP="007F6A85">
+    <w:p w:rsidR="00BA64A8" w:rsidRDefault="00BA64A8" w:rsidP="00BA64A8">
       <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="center" w:pos="5032"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
-        <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
+          <w:bCs/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007F6A85" w:rsidRDefault="007F6A85" w:rsidP="007F6A85">
+    <w:p w:rsidR="00BA64A8" w:rsidRDefault="00BA64A8" w:rsidP="00BA64A8">
       <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="center" w:pos="5032"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
-        <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
+          <w:bCs/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C90282" w:rsidRDefault="00C90282">
+    <w:p w:rsidR="00BA64A8" w:rsidRDefault="00BA64A8" w:rsidP="00BA64A8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="center" w:pos="5032"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BA64A8" w:rsidRDefault="00BA64A8" w:rsidP="00BA64A8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="center" w:pos="5032"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BA64A8" w:rsidRDefault="00BA64A8" w:rsidP="00BA64A8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="center" w:pos="5032"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BA64A8" w:rsidRDefault="00BA64A8" w:rsidP="00BA64A8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="center" w:pos="5032"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BA64A8" w:rsidRDefault="00BA64A8" w:rsidP="00BA64A8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="center" w:pos="5032"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BA64A8" w:rsidRDefault="00BA64A8" w:rsidP="00BA64A8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="center" w:pos="5032"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C90282" w:rsidRPr="00BA64A8" w:rsidRDefault="00C90282" w:rsidP="00BA64A8">
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00C90282">
+    <w:sectPr w:rsidR="00C90282" w:rsidRPr="00BA64A8">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -3616,50 +2343,51 @@
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F6A85"/>
     <w:rsid w:val="00487D35"/>
     <w:rsid w:val="005C7110"/>
     <w:rsid w:val="007F6A85"/>
     <w:rsid w:val="009E4673"/>
     <w:rsid w:val="00A668CB"/>
     <w:rsid w:val="00AB4E1F"/>
+    <w:rsid w:val="00BA64A8"/>
     <w:rsid w:val="00C90282"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -3941,50 +2669,64 @@
     <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007F6A85"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a8">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007F6A85"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BA64A8"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -4239,50 +2981,64 @@
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007F6A85"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a8">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007F6A85"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BA64A8"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -4545,65 +3301,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>304</Words>
-  <Characters>1739</Characters>
+  <Words>307</Words>
+  <Characters>1756</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>14</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2039</CharactersWithSpaces>
+  <CharactersWithSpaces>2059</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Alice</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>