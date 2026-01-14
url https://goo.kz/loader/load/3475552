--- v0 (2025-12-15)
+++ v1 (2026-01-14)
@@ -1,15075 +1,4766 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w:rsidR="00FD3D7D" w:rsidRPr="00FD3D7D" w:rsidRDefault="00021B4E" w:rsidP="00FD3D7D">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="1247775" cy="390525"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0AE8FF6D" wp14:editId="279BAF72">
+            <wp:extent cx="876300" cy="314325"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4"/>
+                    <a:blip r:embed="rId5"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1247775" cy="390525"/>
+                      <a:ext cx="876300" cy="314325"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
-[...4 lines deleted...]
-      <w:r>
+    <w:p w:rsidR="00485850" w:rsidRDefault="00485850">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00367F67" w:rsidRPr="00367F67" w:rsidRDefault="00367F67">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E" w:rsidP="00367F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidRPr="00367F67">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>Орта білім беру саласында жергілікті атқарушы органдармен мемлекеттік көрсетілетін қызметтер стандарттарын бекіту туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77AF3">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 8 сәуірдегі № 179 бұйрығы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00021B4E">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының Әділет министрлігінде 2015 жылы 15 мамырда № 11057 тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z1"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының 10-бабының 1) тармақшасына сәйкес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00367F67">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...1135 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>БҰЙЫРАМЫН:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z2"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      1. Мыналар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z3"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 1-қосымшаға сәйкес "Бастауыш, негізгі орта, жалпы орта білім берудің жалпы білім беретін бағдарламалары бойынша оқыту үшін ведомстволық бағыныстылығына қарамастан, білім беру ұйымдарына құжаттар қабылдау және оқуға қабылдау" мемлекеттік көрсетілетін қызмет стандарты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z4"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 2-қосымшаға сәйкес "Негізгі орта, жалпы орта білім беру ұйымдарында экстернат нысанында оқытуға рұқсат беру" мемлекеттік көрсетілетін қызмет стандарты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z5"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрыққа 3-қосымшаға сәйкес "Негізгі орта, жалпы орта білім туралы құжаттардың телнұсқаларын беру" мемлекеттік көрсетілетін қызмет стандарты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z6"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      2. Мектепке дейінгі және орта білім, ақпараттық технологиялар департаменті (Ж. Жонтаева):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z7"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрықтың белгіленген тәртіппен Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z8"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      2) Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуден өткен соң осы бұйрықты ресми жариялауды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z9"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрықты Қазақстан Республикасы Білім және ғылым министрлігінің ресми интернет-ресурсында орналастыруды қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z10"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      3. Осы бұйрықтың орындалуын бақылау Білім және ғылым вице-министрі Е. Иманғалиевқа жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z11"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10632" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblInd w:w="15" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5245"/>
-        <w:gridCol w:w="5387"/>
+        <w:gridCol w:w="6722"/>
+        <w:gridCol w:w="3682"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C656BC" w:rsidTr="00770965">
+      <w:tr w:rsidR="00485850" w:rsidRPr="00367F67">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcW w:w="7791" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="1"/>
-          <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
+          <w:bookmarkEnd w:id="11"/>
+          <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00367F67">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>Қазақстан</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>      Министр</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...30 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="4209" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
+          <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00367F67">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">К. </w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>А. Сәрінжіпов</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C656BC" w:rsidTr="00770965">
+    </w:tbl>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       "КЕЛІСІЛГЕН"   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Қазақстан Республикасы   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Ұлттық экономика министрі   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ___________________ Е. Досаев   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      2015 жылғы "___"_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       "КЕЛІСІЛГЕН"   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Қазақстан Республикасы   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Инвестициялар және даму министрі   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ______________________ Ә. Исекешев   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      2015 жылғы "____"____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00485850">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6406"/>
+        <w:gridCol w:w="3998"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00485850" w:rsidRPr="00367F67">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
+          <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00367F67">
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
+          <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00367F67">
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>Қазақстан</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...28 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00367F67">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00367F67">
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">2012 </w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білім және ғылым министрінің</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...24 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00367F67">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00367F67">
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">№ 127 </w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2015 жылғы 8 сәуірдегі</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00367F67">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00367F67">
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>қаулысымен</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>№ 179 бұйрығына</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00367F67">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00367F67">
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>бекітілген</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1-қосымша</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00770965" w:rsidRDefault="00770965">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w:rsidR="00367F67" w:rsidRPr="00367F67" w:rsidRDefault="00367F67" w:rsidP="00367F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...8 lines deleted...]
-      <w:r>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z13"/>
+    </w:p>
+    <w:p w:rsidR="00367F67" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E" w:rsidP="00367F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Бастауыш</w:t>
-[...2 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">"Бастауыш, негізгі орта, жалпы орта білім берудің жалпы білім беретін бағдарламалары бойынша оқыту үшін ведомстволық бағыныстылығына қарамастан білім беру ұйымдарына құжаттарды қабылдау және оқуға қабылдау" мемлекеттік көрсетілетін қызмет стандарты </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00367F67" w:rsidRPr="00367F67" w:rsidRDefault="00367F67" w:rsidP="00367F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E" w:rsidP="00367F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:t>1. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z14"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      1. "Бастауыш, негізгі орта, жалпы орта білім берудің жалпы білім беретін бағдарламалары бойынша оқыту үшін ведомстволық бағыныстылығына қарамастан білім беру ұйымдарына құжаттарды қабылдау және оқуға қабылдау" мемлекеттік көрсетілетін қызметі (бұдан әрі – мемлекеттік көрсетілетін қызмет).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z15"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      2. Мемлекеттік көрсетілетін қызмет стандартын Қазақстан Республикасы Білім және ғылым министрлігі (бұдан әрі – Министрлік) әзірлеген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z16"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      3. Мемлекеттік қызметті бастауыш, негізгі орта және жалпы орта білім беру ұйымдары (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z17"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      Өтінішті қабылдау және мемлекеттік қызмет көрсетудің нәтижесін беру:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z18"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметті берушінің кеңсесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z19"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      2) www.egov.kz "электрондық үкімет" веб-порталы (бұдан әрі – портал) арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00367F67" w:rsidRPr="00367F67" w:rsidRDefault="00367F67">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z20"/>
+      <w:bookmarkEnd w:id="18"/>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2. Мемлекеттік қызметті көрсету тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z21"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      4. Мемлекеттік қызметті көрсету мерзімдері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z22"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет берушіге құжаттар топтамасын тапсырған сәттен бастап, сондай-ақ портал арқылы жүгінген кезде - қолхат алу үшін бес жұмыс күні;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z23"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>бастауыш</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, негізгі орта, жалпы орта білім беру ұйымына қабылдау үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z24"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>оқудың</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> күндізгі және кешкі нысанына – 30 тамыздан кешіктірмей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z25"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>бірінші</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сыныпқа – 1 маусым мен 30 тамыз аралығында;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="z26"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>құжаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> топтамасын тапсыру үшін күтудің рұқсат етілген ең ұзақ уақыты – 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="z27"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетудің рұқсат етілген ең ұзақ уақыты – 15 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="z28"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      5. Мемлекеттік қызмет көрсетудің нысаны: электронды, қағаз түрінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="z29"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      6. Мемлекеттік қызмет көрсетудің нәтижесі: құжаттардың қабылданғаны туралы қолхат және жаңа оқу жылынан бастап орта білім беру ұйымына (бастауыш, негізгі орта, жалпы орта) қабылдау туралы бұйрық.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      Мемлекеттік қызмет көрсетудің нәтижесін ұсыну нысаны: электронды немесе қағаз түрінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      Мемлекеттік қызмет көрсету нәтижесін қағаз жеткізгіште алу үшін көрсетілетін қызметті берушіге жүгінген кезде нәтижесі қағаз жеткізгіште ресімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      Портал арқылы жүгінген кезде көрсетілетін қызметті алушының "жеке кабинетіне" көрсетілетін қызметті берушінің уәкілетті тұлғасының электрондық цифрлық қолтаңбасы (бұдан әрі – ЭЦҚ) қойылған электрондық құжат нысанында білім беру ұйымына қабылданғаны туралы хабарлама келеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда – ҚР Білім және ғылым министрінің 25.01.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>№ 28</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="z33"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      7. Мемлекеттік қызмет жеке тұлғаларға (бұдан әрі - көрсетілетін қызметті алушы) тегін көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="z34"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      8. Жұмыс кестесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметті беруші: Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбі мен жұманы қоса алғанда, белгіленген жұмыс кестесіне сәйкес сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 18.30-ға дейін. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      Өтініштерді қабылдау және мемлекеттік қызмет көрсетудің нәтижесін беру сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 17.30-ға дейін жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      Мемлекеттік қызмет алдын ала жазылусыз және жеделдетіп қызмет көрсетусіз кезек тәртібінде көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>портал</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>: жөндеу жұмыстарының жүргізілуіне байланысты техникалық үзілістерді қоспағанда тәулік бойы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      Көрсетілетін қызметті алушы Қазақстан Республикасының еңбек заңнамасына сәйкес жұмыс уақыты аяқталғаннан кейінгі демалыс және мерекелік күндері жүгінген кезде мемлекеттік қызмет көрсетуге өтініштерді қабылдау және нәтижелерді беру келесі жұмыс күнімен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда – ҚР Білім және ғылым министрінің 25.01.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>№ 28</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="z40"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      9. Көрсетілетін қызметті алушы (немесе оның заңды өкілі) жүгінген кезде мемлекеттік қызметті көрсету үшін қажетті құжаттардың тізбесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметті берушіге:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="z144"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> стандартқа 1-қосымшаға сәйкес өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="z145"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      2) 2008 жылға дейін туылған жағдайда, көрсетілетін қызметті алушының туу туралы куәлігінің көшірмесі (көрсетілетін қызметті алушының жеке басын растайтын құжат (түпнұсқа жеке басын сәйкестендіру үшін талап етіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="z146"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3) денсаулық жағдайы туралы анықтама ("Денсаулық сақтау ұйымдарының бастапқы медициналық құжаттама нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2010 жылғы 23 қарашадағы № 907 бұйрығымен бекітілген № 063/у нысан (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6697 болып тіркелген) және "Бала денсаулығы паспорты" 026/у-3 есеп нысанын толтыру және жүргізу жөніндегі Нұсқаулықты бекіту туралы" Қазақстан Республикасының Денсаулық сақтау министрінің м.а. 2003 жылғы 24 маусымдағы № 469 бұйрығымен бекітілген № 026/у-3 нысан (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 2423 болып тіркелген));</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="z147"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4) баланың 2 данада 3х4 сантиметр өлшеміндегі фотосурет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ерекше білім берілуіне қажеттілігі бар балаларды білім беру ұйымдарына оқуға қабылдау үшін заңды өкілдерінің келісімі болған жағдайда педагогикалық-медициналық-психологиялық комиссияның қорытындысы қосымша беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Шетелдік және азаматтығы жоқ көрсетілетін қызметті алушылар өздерінің мәртебесін айқындайтын, тұрғылықты жері бойынша тіркелгені туралы белгісі бар мынадай құжаттардың бірін ұсынады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="z148"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) шетелдік – шетелдіктің Қазақстан Республикасында тұруға ықтиярхаты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="z149"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) азаматтығы жоқ адам – азаматтығы жоқ адамның жеке куәлігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="z150"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) босқын – босқын куәлігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="z151"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) пана іздеуші – пана іздеуші адамның куәлігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="z152"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) оралман – оралман куәлігі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік қызмет көрсетуге құжаттарды тапсырған кезде көрсетілетін қызметті алушыға осы мемлекеттік көрсетілетін қызмет стандартына 2-қосымшаға сәйкес нысан бойынша көрсетілетін қызметті алушыдан құжаттардың қабылданғаны туралы қолхат беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Порталға жүгінген кезде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="z153"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) көрсетілетін қызметті алушының нақты тұрғылықты жері көрсетілген, оның өкілінің ЭЦҚ қойылған көрсетілетін қызметті алушының ата-анасының (немесе оның заңды өкілдерінің) бірінің электрондық құжат нысанындағы өтініші;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="z154"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) туу туралы куәліктің электрондық көшірмесі (егер бала 2008 жылға дейін туылса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="z155"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) денсаулық жағдайы туралы анықтамаларының ("Денсаулық сақтау ұйымдарының бастапқы медициналық құжаттама нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2010 жылғы 23 қарашадағы № 907 бұйрығымен бекітілген № 063/у нысан (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6697 болып тіркелген) (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6697 болып тіркелген) және "Бала денсаулығы паспорты" 026/у-3 есеп нысанын толтыру және жүргізу жөніндегі Нұсқаулықты бекіту туралы" Қазақстан Республикасының Денсаулық сақтау министрінің міндетін атқарушының 2003 жылғы 24 маусымдағы № 469 бұйрығымен бекітілген № 026/у-3 нысан (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 2423 болып тіркелген)) электрондық көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="z156"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) баланың 3х4 сантиметр өлшеміндегі цифрлық фотосуреті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Көрсетілетін қызметті алушының жеке басын растайтын құжат, баланың туу туралы куәлігі (егер бала 2008 жылдан кейін туылса) туралы мәліметтерді "электронды үкімет" шлюзі арқылы тиісті мемлекеттік ақпараттық жүйелерден алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Көрсетілетін қызметті алушының порталы арқылы жүгінген кезде "жеке кабинетіне" ЭЦҚ-мен расталған электронды құжат нысанында мемлекеттік қызметті көрсету үшін сұратудың қабылданғаны туралы хабарлама-есеп жолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Көрсетілетін қызметті алушы осы мемлекеттік көрсетілетін қызмет стандартында қарастырылған тізбеге сәйкес құжаттар топтамасын толық ұсынбаған және (немесе) қолдану мерзімі өткен құжаттарды ұсынған жағдайда көрсетілетін қызметті беруші өтінішті қабылдаудан бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ескерту. 9-тармақ жаңа редакцияда – ҚР Білім және ғылым министрінің 25.01.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 28</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="009949E4" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="z157"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009949E4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>9-1. Көрсетілетін қызметті алушы мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) дұрыс еместігі анықталған жағдайда көрсетілетін қызметті беруші мемлекеттік қызмет көрсетуден бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p w:rsidR="00485850" w:rsidRPr="009949E4" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009949E4">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ескерту. 2-тарау 9-1-тармақпен толықтырылды – ҚР Білім және ғылым министрінің 25.01.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009949E4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 28</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009949E4">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009949E4">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="009949E4" w:rsidRDefault="00021B4E" w:rsidP="00367F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="z62"/>
+      <w:r w:rsidRPr="009949E4">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Мемлекеттік қызметті көрсету мәселелері бойынша республикалық маңызы бар қаланың және астананың, ауданның (облыстық маңызы бар қаланың) жергілікті атқарушы органдарының, көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="009949E4" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="z63"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009949E4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10. Мемлекеттік қызметті көрсету мәселелері бойынша көрсетілетін қызметті берушінің және (немесе) оның лауазымды тұлғаларының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану үшін шағым жазбаша түрде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="009949E4" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="z64"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009949E4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) 12-тармақта көрсетілген мекенжай бойынша республикалық маңызы бар қаланың және астананың, ауданның (облыстық маңызы бар қаланың) тиісті жергілікті атқарушы органы басшысының атына;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="000A41E4" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="z65"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009949E4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A41E4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) республикалық маңызы бар қаланың және астананың, ауданның (облыстық маңызы бар қаланың) жергілікті атқарушы органдарының интернет-ресурстарында көрсетілген мекенжайлар бойынша көрсетілетін қызметті берушінің басшысының атына шағымды қабылдаған адамның тегі мен аты-жөні, берілген шағымға жауап алу мерзімі мен орны көрсетіле отырып беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="000A41E4" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="z66"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A41E4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республикалық маңызы бар қаланың және астананың, ауданның (облыстық маңызы бар қаланың) жергілікті атқарушы органының, көрсетілетін қызметті берушінің мекенжайына түскен мемлекеттік қызмет көрсету мәселесі бойынша көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап бес жұмыс күні ішінде қарауға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="000A41E4" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="z67"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A41E4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік қызмет көрсету нәтижелерімен келіспеген жағдайда, көрсетілетін қызметті алушы мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға жүгіне алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="000A41E4" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="52" w:name="z68"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A41E4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның мекенжайына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап он бес жұмыс күні ішінде қарауға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="000A41E4" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="z69"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r w:rsidRPr="000A41E4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A41E4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Шағымдану тәртібі туралы ақпаратты мемлекеттік қызмет көрсету мәселелері жөніндегі бірыңғай байланыс орталығы арқылы алуға болады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="000A41E4" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="54" w:name="z70"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A41E4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жеке тұлғаның шағымында оның тегі, аты, әкесінің аты (бар болса), пошталық мекенжайы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="000A41E4" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="z71"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A41E4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11. Көрсетілген мемлекеттік қызмет нәтижелерімен келіспеген жағдайда, көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа жүгінуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00367F67" w:rsidRPr="000A41E4" w:rsidRDefault="00367F67" w:rsidP="00367F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="56" w:name="z72"/>
+      <w:bookmarkEnd w:id="55"/>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="000A41E4" w:rsidRDefault="00021B4E" w:rsidP="00367F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A41E4">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Мемлекеттік қызмет көрсету, оның ішінде электрондық нысанда көрсету ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="000A41E4" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="57" w:name="z73"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A41E4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12. Көрсетілетін қызметті берушінің мекен-жайы: Министрліктің интернет-ресурсында (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A41E4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>egov</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A41E4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A41E4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сайтының "Мемлекеттік қызмет" бөлімінде), республикалық маңызы бар қаланың және астананың, ауданның (облыстық маңызы бар қаланың) жергілікті атқарушы органдарының интернет-ресурстарында көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="000A41E4" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="58" w:name="z74"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A41E4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13. Көрсетілетін қызметті алушының ата-анасының (заңды өкілдерінің) ЭЦҚ болған жағдайда, мемлекеттік көрсетілетін қызметті портал арқылы электронды нысанда алуға мүмкіндігі бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="000A41E4" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="59" w:name="z75"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A41E4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14. Көрсетілетін қызметті алушының мемлекеттік қызмет көрсету тәртібі мен мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде Мемлекеттік қызмет көрсету мәселелері жөніндегі бірыңғай байланыс орталығы арқылы алу мүмкіндігі бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00A77AF3" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="60" w:name="z76"/>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A41E4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00A77AF3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. Мемлекеттік қызмет көрсету мәселелері жөніндегі көрсетілетін қызметті берушінің анықтамалық қызметінің байланыс телефондары Министрліктің интернет ресурсында: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77AF3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>edu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77AF3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>gov</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77AF3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77AF3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орналастырылған, Бірыңғай байланыс орталығы 8 800 080 7777,1414.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p w:rsidR="00485850" w:rsidRPr="00A77AF3" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77AF3">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ескерту. 15-тармақ жаңа редакцияда – ҚР Білім және ғылым министрінің 25.01.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77AF3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 28</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77AF3">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77AF3">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2594"/>
+        <w:gridCol w:w="7810"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00485850" w:rsidRPr="00FF59C3" w:rsidTr="00367F67">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00485850" w:rsidRPr="00A77AF3" w:rsidRDefault="00021B4E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00367F67">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00485850" w:rsidRPr="00A77AF3" w:rsidRDefault="00021B4E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A77AF3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Бастауыш, негізгі орта, жалпы</w:t>
+            </w:r>
+            <w:r w:rsidR="00367F67" w:rsidRPr="00A77AF3">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A77AF3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>орта білім берудің жалпы білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A77AF3">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A77AF3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>беретін бағдарламалары бойынша</w:t>
+            </w:r>
+            <w:r w:rsidR="00367F67" w:rsidRPr="00A77AF3">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A77AF3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>оқыту үшін ведомстволық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A77AF3">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A77AF3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бағыныстылығына қарамастан білім</w:t>
+            </w:r>
+            <w:r w:rsidR="00367F67" w:rsidRPr="00A77AF3">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A77AF3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>беру ұйымдарына құжаттарды қабылдау</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A77AF3">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A77AF3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">және оқуға қабылдау" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A77AF3">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r w:rsidR="00367F67" w:rsidRPr="00A77AF3">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A77AF3">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>көрсетілетін қызмет стандартына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A77AF3">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A77AF3">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77AF3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77AF3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Нысан </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      ____________________________ </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>басшысы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>жергілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> атқарушы органның атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Т.А.Ә. (болған жағдайда),    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00367F67" w:rsidRPr="00552967" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>жалпы</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру ұйымының толық атауы) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      ___сыныпта оқу үшін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      ________________________________________________________ </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>мекенжайында</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>елді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мекен, аудан, қала және облыс атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>тұратын</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> менің балам/қызым (Т.А.Ә. (болса))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>қабылдауды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сұраймын</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      Ақпараттық жүйеде орналасқан заңмен қорғалатын құпиялардан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>тұратын</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мәліметтерді пайдалануға келісемін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      "__" __________ 20____</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2168"/>
+        <w:gridCol w:w="8236"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidTr="00552967">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2168" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00367F67">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8236" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00552967" w:rsidRDefault="00021B4E" w:rsidP="00552967">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00367F67">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(қолы)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00367F67">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00367F67">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>"Бастауыш, негізгі орта, жалпы</w:t>
+            </w:r>
+            <w:r w:rsidR="00367F67">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00367F67">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>орта білім берудің жалпы білім</w:t>
+            </w:r>
+            <w:r w:rsidR="00552967">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00367F67">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>беретін бағдарламалары бойынша</w:t>
+            </w:r>
+            <w:r w:rsidR="00552967">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00367F67">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқыту үшін ведомстволық</w:t>
+            </w:r>
+            <w:r w:rsidR="00552967">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00367F67">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">бағыныстылығына қарамастан </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00552967" w:rsidRDefault="00021B4E">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00367F67">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidR="00552967">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00367F67">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>беру ұйымдарына құжаттарды қабылдау</w:t>
+            </w:r>
+            <w:r w:rsidR="00552967">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00367F67">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">және оқуға қабылдау" </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00552967" w:rsidRPr="00552967" w:rsidRDefault="00021B4E" w:rsidP="00552967">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00552967">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r w:rsidR="00552967" w:rsidRPr="00552967">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00552967">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көрсетілетін қызмет стандартына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00552967">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00552967">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2-қосымша </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00552967" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidR="00552967">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00552967" w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Нысан </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00552967" w:rsidRDefault="00552967">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>білімнің</w:t>
-[...29 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>Көрсетілетін қызметті алушыдан құжаттардың алынғаны туралы қолхат</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      Білім беру ұйымы ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>білім</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...511 lines deleted...]
-        <w:t xml:space="preserve">       </w:t>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру ұйымының толық атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      (</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...1092 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>елді</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-    </w:p>
-[...3799 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мекен, аудан, қала және облыс атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      Құжаттардың қабылданғаны туралы № ______________ қолхат</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      ____________________________________________ </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>мынадай</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құжаттар алынды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметті алушының Т.А.Ә. (болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      1. Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      2. Басқа ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      Өтініштің қабылданған күні __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Т.А.Ә. (құжаттарды қабылдаған жауапты адам) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      _____________ (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      Телефоны __________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      Алдым: Т.А.Ә. (бар болса)/көрсетілетін қызметті алушының қолы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>      "__" __________ 20__ жыл</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:br/>
       </w:r>
-      <w:r>
-[...7320 lines deleted...]
-    <w:p w:rsidR="00770965" w:rsidRDefault="00770965" w:rsidP="00770965">
+    </w:p>
+    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
-        <w:jc w:val="left"/>
-[...150 lines deleted...]
-    <w:sectPr w:rsidR="00C656BC" w:rsidRPr="00770965" w:rsidSect="00770965">
+      </w:pPr>
+      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>© 2012. Қазақстан Республикасы Әділет министрлігінің "Республикалық құқықтық ақпарат орталығы" ШЖҚ РМК</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidSect="00367F67">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="851" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:hideSpellingErrors/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00C656BC"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00C656BC"/>
+    <w:rsidRoot w:val="00485850"/>
+    <w:rsid w:val="00021B4E"/>
+    <w:rsid w:val="000A41E4"/>
+    <w:rsid w:val="00367F67"/>
+    <w:rsid w:val="00485850"/>
+    <w:rsid w:val="00552967"/>
+    <w:rsid w:val="009949E4"/>
+    <w:rsid w:val="00A77AF3"/>
+    <w:rsid w:val="00FD3D7D"/>
+    <w:rsid w:val="00FF59C3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{F58D1F80-8789-4ED6-BE5A-FDD19D04CDC3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...361 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:unhideWhenUsed="0"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="004A3277"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
@@ -15324,59 +5015,574 @@
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007109C0"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="ae">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FD3D7D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FD3D7D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Consolas" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:unhideWhenUsed="0"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="004A3277"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Normal Indent"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:ind w:left="86"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="8" w:space="4" w:color="5B9BD5" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:after="300"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Название Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="aa">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D1197D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ab">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ac">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="35"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007109C0"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
+    <w:name w:val="disclaimer"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
+    <w:name w:val="DocDefaults"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ae">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FD3D7D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FD3D7D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Consolas" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="2075614783">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -15590,76 +5796,76 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>6413</Characters>
+  <Pages>1</Pages>
+  <Words>2521</Words>
+  <Characters>14376</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>53</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>119</Lines>
+  <Paragraphs>33</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7523</CharactersWithSpaces>
+  <CharactersWithSpaces>16864</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>