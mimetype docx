--- v0 (2025-12-14)
+++ v1 (2025-12-25)
@@ -1,1295 +1,4027 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="000A2018" w:rsidRPr="007926C5" w:rsidRDefault="000A2018" w:rsidP="00DE5947">
+    <w:p w:rsidR="002C0EC4" w:rsidRPr="0087615C" w:rsidRDefault="009B6EA5" w:rsidP="00DE5947">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Инструкция</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00496BFB" w:rsidRPr="0087615C" w:rsidRDefault="00460318" w:rsidP="00DE5947">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по проведению </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009B6EA5" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B6EA5" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A48CC" w:rsidRPr="0087615C" w:rsidRDefault="002A48CC" w:rsidP="00DE5947">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(для педагогов)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D53A8D" w:rsidRPr="0087615C" w:rsidRDefault="00D53A8D" w:rsidP="00DE5947">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0087615C" w:rsidRDefault="00496BFB" w:rsidP="0087615C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Н</w:t>
+      </w:r>
+      <w:r w:rsidR="009B6EA5" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а основании приказа Минист</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidR="009B6EA5" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а образования и науки Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D53A8D" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>О внесении изменений</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и дополнений</w:t>
+      </w:r>
+      <w:r w:rsidR="00D53A8D" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="0087615C">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>приказ</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Министра образования и науки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Республики Казахстан от 18 марта</w:t>
+      </w:r>
+      <w:r w:rsidR="00D53A8D" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>2008 года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 125 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Об утверждении</w:t>
+      </w:r>
+      <w:r w:rsidR="00D53A8D" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Типовых правил проведения текущего контроля успеваемости, промежуточной и итоговой аттестации</w:t>
+      </w:r>
+      <w:r w:rsidR="00D53A8D" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся для организаций</w:t>
+      </w:r>
+      <w:r w:rsidR="00D53A8D" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>среднего, технического и профессионального,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D53A8D" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D53A8D" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>№ 509 от 26 ноября 2019 года</w:t>
+      </w:r>
+      <w:r w:rsidR="007C7917" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>внесены следующие изменения:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0087615C" w:rsidRDefault="0087615C" w:rsidP="0087615C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A83273" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Согласно </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00A83273" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidR="007C166F" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ункт</w:t>
+      </w:r>
+      <w:r w:rsidR="00A83273" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="007C166F" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>14-4</w:t>
+      </w:r>
+      <w:r w:rsidR="00A83273" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidR="00A83273" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ри</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебной нагрузке 1 час в неделю СОР проводится не более двух раз в четверти</w:t>
+      </w:r>
+      <w:r w:rsidR="00A83273" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>». При необходимости СОР проводится с объединением разделов. И</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тоговая оценка выставляется за </w:t>
+      </w:r>
+      <w:r w:rsidR="00A83273" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>полугодие</w:t>
+      </w:r>
+      <w:r w:rsidR="007C166F" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0087615C" w:rsidRDefault="0087615C" w:rsidP="0087615C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A83273" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Переход на полугодовое оценивание осуществляется по следующим учебным предметам:</w:t>
+      </w:r>
+      <w:r w:rsidR="00A83273" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Естествознание» (1-2 классы), «Познание мира» (1-4 классы), «Всемирная история» (5-9 классы), «Химия» (7 класс), «Информатика» (5-9 классы), «Основы права» (9 класс), «Казахский язык»/ «Русский язык» (10 класс ЕМН), «Геометрия» и «Информатика» (10 класс ОГН).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0087615C" w:rsidRDefault="0087615C" w:rsidP="0087615C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A83273" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Во второй четверти 2019-2020 учебного года по вышеназванным учебным предметам проводится </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A83273" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A83273" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание за разделы (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A83273" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>СОРы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A83273" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A83273" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A83273" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание за четверть (СОЧ</w:t>
+      </w:r>
+      <w:r w:rsidR="00981317" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A83273" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) с выставлением результатов в электронный/бумажный журналы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0087615C" w:rsidRDefault="0087615C" w:rsidP="0087615C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidR="00981317" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Во втором</w:t>
+      </w:r>
+      <w:r w:rsidR="00A83273" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> полугодии 2019-2020 учебного года по вышеперечисленным предметам </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A83273" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A83273" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание за четверть не проводится.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0087615C" w:rsidRPr="0087615C" w:rsidRDefault="0087615C" w:rsidP="0087615C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r w:rsidR="00981317" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В 2020-2021 учебном году по вышеперечисленным учебным предметам </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00981317" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00981317" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание за четверть не проводится </w:t>
+      </w:r>
+      <w:r w:rsidR="00981317" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(приказ Министра образования и науки РК № 509 от 26 ноября 2019 года)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0087615C" w:rsidRDefault="0087615C" w:rsidP="0087615C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A83273" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Расчет полугодовой оценки </w:t>
+      </w:r>
+      <w:r w:rsidR="00981317" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в 2019-2020 учебном</w:t>
+      </w:r>
+      <w:r w:rsidR="00A83273" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00981317" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>году</w:t>
+      </w:r>
+      <w:r w:rsidR="00A83273" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляется на основании результатов всех СОР в процентном соотношении пропорционально количеству СОР (например, при проведении четырёх СОР – 100/4=25%). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981317" w:rsidRPr="0087615C" w:rsidRDefault="0087615C" w:rsidP="0087615C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:r w:rsidR="00981317" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Согласно п</w:t>
+      </w:r>
+      <w:r w:rsidR="007C166F" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ункт</w:t>
+      </w:r>
+      <w:r w:rsidR="00981317" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="007C166F" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00981317" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>15 «п</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о </w:t>
+      </w:r>
+      <w:r w:rsidR="00981317" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учебным </w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предметам</w:t>
+      </w:r>
+      <w:r w:rsidR="00981317" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE5947" w:rsidRPr="0087615C" w:rsidRDefault="00981317" w:rsidP="00DE5947">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Информационно-коммуникационные технологии»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в начальной школе, </w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Самопознание</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Художественный труд</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Музыка</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Физическая культура</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Основы предпринимательства и бизнеса</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Графика и проектирование</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Начальная военная</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>технологическая подготовка»</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание не проводится</w:t>
+      </w:r>
+      <w:r w:rsidR="007C166F" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0087615C" w:rsidRDefault="00496BFB" w:rsidP="0087615C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В конце четверти</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/полугодия и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учебного года </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>по предметам «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Физическая культура</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Основы предпринимательства и бизнеса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Графика и проектирование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Начальная военная и технологическая подготовка», «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Самопознание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Художественный труд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Музыка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Информационно</w:t>
+      </w:r>
+      <w:r w:rsidR="00981317" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-коммуникационные технологии»</w:t>
+      </w:r>
+      <w:r w:rsidR="00981317" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (начальная школа)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">выставляется </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зачет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00981317" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>незачет</w:t>
+      </w:r>
+      <w:r w:rsidR="00981317" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0087615C" w:rsidRDefault="00DE5947" w:rsidP="0087615C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В 2019-2020 учебном году </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5467" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по итогам второй</w:t>
+      </w:r>
+      <w:r w:rsidR="0089621B" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> четверти </w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0599" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учебному</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предмету</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0599" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007C166F" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Информационно-коммуникационные технологии»</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0599" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в 3-4 классах</w:t>
+      </w:r>
+      <w:r w:rsidR="00496BFB" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA227D" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>СОР и СОЧ может проводит</w:t>
+      </w:r>
+      <w:r w:rsidR="00981317" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA227D" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ся на усмотрение педагога, а результ</w:t>
+      </w:r>
+      <w:r w:rsidR="00981317" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00981317" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00981317" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работ учитывать</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA227D" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ся при выставлении </w:t>
+      </w:r>
+      <w:r w:rsidR="00981317" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«зачет»/ «незачет»</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA227D" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0087615C" w:rsidRDefault="00DE5947" w:rsidP="0087615C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0599" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В 2019-2020 учебном году </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5467" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по итогам первого</w:t>
+      </w:r>
+      <w:r w:rsidR="008F0F14" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> полугодия</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0599" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по учебному предмету </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5467" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Начальная военная и технологическая подготовка» </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0599" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в 10</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA227D" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-м</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0599" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> классе выводится среднеарифметическая </w:t>
+      </w:r>
+      <w:r w:rsidR="00546194" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">всех результатов в пользу ученика. На основе данного результата </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA227D" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>выставляется «зачет»</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5467" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5467" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5467" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>незачет</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5467" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00546194" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB5467" w:rsidRPr="0087615C" w:rsidRDefault="00DE5947" w:rsidP="0087615C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5467" w:rsidRPr="0087615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По итогам второго полугодия 2019-2020 учебного года по учебным предметам: «Начальная военная и технологическая подготовка», «Информационно-коммуникационные технологии» (начальная школа) выставляется «зачет»/«незачет» в  установленном порядке (приказ Министра образования и науки РК  от 18 марта 2008 года). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A2018" w:rsidRPr="0087615C" w:rsidRDefault="000A2018" w:rsidP="00DE5947">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000A2018" w:rsidRPr="007926C5" w:rsidRDefault="000A2018" w:rsidP="00DE5947">
+    <w:p w:rsidR="000A2018" w:rsidRPr="0087615C" w:rsidRDefault="000A2018" w:rsidP="00DE5947">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00843992" w:rsidRPr="007926C5" w:rsidRDefault="00843992" w:rsidP="007926C5">
+    <w:p w:rsidR="00843992" w:rsidRPr="00843992" w:rsidRDefault="00843992" w:rsidP="00843992">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00843992">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жиынтық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00843992">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бағалауды өткізу бойынша </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB5A33">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00843992">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұсқаулық</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00843992" w:rsidRPr="00843992" w:rsidRDefault="00843992" w:rsidP="00441FAA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...25 lines deleted...]
-        <w:t>ұсқаулық</w:t>
+      <w:r w:rsidRPr="00843992">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(педагогтар үшін)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-[...23 lines deleted...]
-    <w:p w:rsidR="00843992" w:rsidRPr="007926C5" w:rsidRDefault="00BD1ACB" w:rsidP="007926C5">
+    <w:p w:rsidR="00843992" w:rsidRPr="00266292" w:rsidRDefault="00BD1ACB" w:rsidP="00843992">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="301" w:lineRule="atLeast"/>
-        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007926C5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00266292">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2008 жылғы 18 наурыздағы № 125 заңы негізінде </w:t>
       </w:r>
-      <w:r w:rsidR="00843992" w:rsidRPr="007926C5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00843992" w:rsidRPr="00266292">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">"Орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары үшін білім алушылардың үлгеріміне ағымдағы бақылауды, оларды аралық және қорытынды аттестаттауды өткізудің үлгілік қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің </w:t>
       </w:r>
-      <w:r w:rsidRPr="007926C5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00266292">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2019 жылғы 26 қарашадағы №509</w:t>
       </w:r>
-      <w:r w:rsidR="00843992" w:rsidRPr="007926C5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00843992" w:rsidRPr="00266292">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай өзгерістер мен толықтырулар енгізілсін:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD1ACB" w:rsidRPr="007926C5" w:rsidRDefault="00BD1ACB" w:rsidP="007926C5">
-[...841 lines deleted...]
-    <w:p w:rsidR="00266292" w:rsidRPr="007926C5" w:rsidRDefault="00266292" w:rsidP="00BD1ACB">
+    <w:p w:rsidR="00BD1ACB" w:rsidRDefault="00BD1ACB" w:rsidP="00BD1ACB">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="301" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00266292">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266292">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266292">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>14-4-тармаққа сәйкес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266292">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аптасына 1 сағат оқу жүктемесі кезінде БЖБ қажет болған жағдайда бөлімдерді біріктіре отырып тоқсанына екі реттен артық жүргізілмейді, қорытынды баға жартыжылдыққа қойылады.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00BD1ACB" w:rsidRPr="007926C5" w:rsidRDefault="00BD1ACB" w:rsidP="00843992">
+    <w:p w:rsidR="00266292" w:rsidRDefault="00266292" w:rsidP="00BD1ACB">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="301" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266292">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жартыжылдық бағалауға көшу келесі оқу пәнд</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB5A33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ері бойынша жүзеге асырылады: «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ж</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB5A33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аратылыстану» (1-2 сыныптар), «Дүниетану» (1-4 сыныптар), «Дүниежүзі тарихы» (5-9 сыныптар), «Химия» (7 сынып), «Информатика» (5-9 сыныптар), «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266292">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құқық нег</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB5A33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іздері» (9 сынып), «Қазақ тілі»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266292">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB5A33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>«Орыс тілі» (10 сынып ЖМБ), «Геометрия» және «Информатика»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266292">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (10 сынып ЖМБ).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB5A33" w:rsidRDefault="00266292" w:rsidP="00BD1ACB">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="301" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266292">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266292">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2019-2020 оқу жылының екінші тоқсанында жоғарыда аталған оқу пәндері бойынша бөлімдер үшін жиынтық бағалау (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>БЖБ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266292">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) және тоқсан үшін жиынтық бағалау жүргізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266292">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ТЖБ 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266292">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) нәтижелер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ін электрондық/қағаз журналдарына шығарылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB5A33" w:rsidRDefault="00DB5A33" w:rsidP="00BD1ACB">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="301" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5A33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2019-2020 оқу жылының екінші жарты жылдығында жоғарыда аталған пәндер бойынша жиынтық бағалау жүргізілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB5A33" w:rsidRDefault="00DB5A33" w:rsidP="00BD1ACB">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="301" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5A33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2020-2021 оқу жылында жоғарыда аталған оқу пәндері бойынша тоқсан бойынша жиынтық бағалау жүргізілмейді (ҚР Білім және ғылым министрінің 2019 жылғы 26 қарашадағы № 509 бұйрығы).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB5A33" w:rsidRDefault="00DB5A33" w:rsidP="00DB5A33">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5A33">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5A33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2019-2020 оқу жылында жартыжылдық бағаны есептеу барлық </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>БЖБ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5A33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нәтижелері негізінде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> БЖБ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5A33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> санына пропорционалды пайыздық қатынаста жүзеге асырылады (мысалы, төрт </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>БЖБ өткізгенде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5A33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 100/4=25%).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB5A33" w:rsidRPr="00DB5A33" w:rsidRDefault="00DB5A33" w:rsidP="00DB5A33">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5A33">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15-тармаққа сәйкес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5A33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу пәндері бойынша: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB5A33" w:rsidRDefault="00DB5A33" w:rsidP="00DB5A33">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бастауыш мектепте «А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5A33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қпаратты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ-коммуникациялық технологиялар», «Өзін-өзі тану», «Көркем еңбек», «Музыка», «Дене шынықтыру»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5A33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5A33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сіпкерлік және бизнес негіздері», «Графика және жобалау», «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5A33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бастапқы әске</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ри және технологиялық дайындық»  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5A33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уммативті бағалау жүргізілмейді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5A33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB5A33" w:rsidRDefault="00DB5A33" w:rsidP="00DB5A33">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB5A33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тоқсан/жарт</w:t>
+      </w:r>
+      <w:r w:rsidR="00441FAA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы жыл және оқу жылының соңында «Өзін-өзі тану», «Көркем еңбек», «Музыка», «Дене шынықтыру», «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5A33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кә</w:t>
+      </w:r>
+      <w:r w:rsidR="00441FAA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сіпкерлік және бизнес негіздері», «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5A33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>График</w:t>
+      </w:r>
+      <w:r w:rsidR="00441FAA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а және жобалау», «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5A33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Алғашқы әс</w:t>
+      </w:r>
+      <w:r w:rsidR="00441FAA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кери және технологиялық даярлық»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5A33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00441FAA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, бастауыш сыныпқа арналған «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5A33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ақпара</w:t>
+      </w:r>
+      <w:r w:rsidR="00441FAA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ттық-коммуникативтік технология» пәндері бойынша «есептелінді» («есептелінген жоқ»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5A33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) деген белгі жазылады.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00441FAA" w:rsidRDefault="00441FAA" w:rsidP="00DB5A33">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00441FAA">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2019-2020 оқу жылында «А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00441FAA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қпаратты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ-коммуникациялық технологиялар»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00441FAA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу пәні бойынша екінші тоқсанның қорытындысы бойынша 3-4 сыныптарда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> БЖБ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00441FAA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ТЖБ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00441FAA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогтың қалауы бойынша өткізілуі мүмкін, ал </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жиынтық жұмыстардың нәтижелері </w:t>
+      </w:r>
+      <w:r w:rsidR="00024685">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«есептелінді» («есептелінген жоқ»</w:t>
+      </w:r>
+      <w:r w:rsidR="00024685" w:rsidRPr="00DB5A33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00441FAA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шығаруында есепке алынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00441FAA" w:rsidRDefault="00441FAA" w:rsidP="00DB5A33">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00441FAA">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00441FAA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2019-2020 оқу жылында бірінші ж</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>артыжылдық қорытындысы бойынша «А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00441FAA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лғашқы әскери және технологиялық дайы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ндық»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00441FAA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пәні бойынша 10-шы сыныпта </w:t>
+      </w:r>
+      <w:r w:rsidR="008B75C3" w:rsidRPr="00441FAA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>барлық нәтижелер</w:t>
+      </w:r>
+      <w:r w:rsidR="008B75C3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00441FAA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта</w:t>
+      </w:r>
+      <w:r w:rsidR="008B75C3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00441FAA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арифметикалық</w:t>
+      </w:r>
+      <w:r w:rsidR="008B75C3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="008B75C3" w:rsidRPr="00441FAA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқушының пайдасына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00441FAA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ғарылады. Осы нәтиже негізінде </w:t>
+      </w:r>
+      <w:r w:rsidR="00024685">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«есептелінді» («есептелінген жоқ»</w:t>
+      </w:r>
+      <w:r w:rsidR="00024685" w:rsidRPr="00DB5A33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00441FAA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00024685" w:rsidRPr="00DB5A33" w:rsidRDefault="00024685" w:rsidP="00DB5A33">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>10)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00024685">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00024685">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2019-2020 оқу жылының екінші жарты </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жылдығының қорытындысы бойынша «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00024685">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бастапқы әскери және технологиялық дайынд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ық», «А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00024685">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қпаратты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ-коммуникациялық технологиялар»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00024685">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бастауыш мектеп) оқу пәндері</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бойынша белгіленген тәртіппен «есептелінді» («есептелінген жоқ»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5A33">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00024685">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қойылады (ҚР Білім және ғылым министрінің 2008 жылғы 18 наурыздағы бұйрығы).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB5A33" w:rsidRDefault="00DB5A33" w:rsidP="00DB5A33">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DB5A33" w:rsidRDefault="00DB5A33" w:rsidP="00DB5A33">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00266292" w:rsidRPr="00266292" w:rsidRDefault="00266292" w:rsidP="00BD1ACB">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="301" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BD1ACB" w:rsidRPr="00843992" w:rsidRDefault="00BD1ACB" w:rsidP="00843992">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="301" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BD1ACB" w:rsidRPr="007926C5" w:rsidRDefault="00843992" w:rsidP="00BD1ACB">
+    <w:p w:rsidR="00BD1ACB" w:rsidRPr="00BD1ACB" w:rsidRDefault="00843992" w:rsidP="00BD1ACB">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="301" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007926C5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00BD1ACB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00843992" w:rsidRPr="007926C5" w:rsidRDefault="00843992" w:rsidP="00843992">
+    <w:p w:rsidR="00843992" w:rsidRPr="00441FAA" w:rsidRDefault="00843992" w:rsidP="00843992">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="301" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00843992" w:rsidRPr="007926C5" w:rsidRDefault="00843992" w:rsidP="007926C5">
+    <w:p w:rsidR="00843992" w:rsidRDefault="00843992" w:rsidP="00843992">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="301" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="z5"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="007926C5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00843992" w:rsidRPr="007926C5" w:rsidSect="00DE5947">
+    <w:p w:rsidR="00843992" w:rsidRDefault="00843992" w:rsidP="00843992">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0" w:line="301" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F0F14" w:rsidRPr="0087615C" w:rsidRDefault="008F0F14" w:rsidP="00DE5947">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00423B77" w:rsidRDefault="00423B77" w:rsidP="00DE5947">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00843992" w:rsidRDefault="00843992" w:rsidP="00DE5947">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00843992" w:rsidRDefault="00843992" w:rsidP="00DE5947">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00843992" w:rsidRDefault="00843992" w:rsidP="00DE5947">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00843992" w:rsidRDefault="00843992" w:rsidP="00DE5947">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00843992" w:rsidRDefault="00843992" w:rsidP="00DE5947">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00843992" w:rsidRDefault="00843992" w:rsidP="00DE5947">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00843992" w:rsidRDefault="00843992" w:rsidP="00DE5947">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00843992" w:rsidRDefault="00843992" w:rsidP="00DE5947">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00843992" w:rsidRDefault="00843992" w:rsidP="00DE5947">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00843992" w:rsidRDefault="00843992" w:rsidP="00DE5947">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00843992" w:rsidRDefault="00843992" w:rsidP="00DE5947">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00843992" w:rsidRPr="0087615C" w:rsidRDefault="00843992" w:rsidP="00DE5947">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00843992" w:rsidRPr="0087615C" w:rsidSect="00DE5947">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F87DDB" w:rsidRDefault="00F87DDB" w:rsidP="00D0776B">
+    <w:p w:rsidR="00A96377" w:rsidRDefault="00A96377" w:rsidP="00D0776B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F87DDB" w:rsidRDefault="00F87DDB" w:rsidP="00D0776B">
+    <w:p w:rsidR="00A96377" w:rsidRDefault="00A96377" w:rsidP="00D0776B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Lucida Sans Unicode">
+    <w:panose1 w:val="020B0602030504020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F87DDB" w:rsidRDefault="00F87DDB" w:rsidP="00D0776B">
+    <w:p w:rsidR="00A96377" w:rsidRDefault="00A96377" w:rsidP="00D0776B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F87DDB" w:rsidRDefault="00F87DDB" w:rsidP="00D0776B">
+    <w:p w:rsidR="00A96377" w:rsidRDefault="00A96377" w:rsidP="00D0776B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1015304444"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w:rsidR="00DE5947" w:rsidRDefault="00CF6389">
         <w:pPr>
           <w:pStyle w:val="a4"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00DE5947">
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007926C5">
+        <w:r w:rsidR="00024685">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w:rsidR="00D0776B" w:rsidRDefault="00D0776B" w:rsidP="00DE5947">
     <w:pPr>
       <w:pStyle w:val="a4"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="011B1825"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1D8266BA"/>
     <w:lvl w:ilvl="0" w:tplc="F84E82BE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1364" w:hanging="360"/>
       </w:pPr>
@@ -2807,66 +5539,65 @@
   <w:num w:numId="11">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="17">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="95"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009B6EA5"/>
     <w:rsid w:val="000006D9"/>
     <w:rsid w:val="00000BEF"/>
     <w:rsid w:val="00001170"/>
     <w:rsid w:val="000012BD"/>
     <w:rsid w:val="0000140A"/>
     <w:rsid w:val="0000151D"/>
     <w:rsid w:val="00001722"/>
     <w:rsid w:val="00001BD2"/>
     <w:rsid w:val="00001D1B"/>
     <w:rsid w:val="000022FD"/>
     <w:rsid w:val="0000337F"/>
     <w:rsid w:val="000038FF"/>
     <w:rsid w:val="000049BE"/>
     <w:rsid w:val="000049EF"/>
     <w:rsid w:val="00004C0F"/>
     <w:rsid w:val="00004F7E"/>
     <w:rsid w:val="00004FDB"/>
     <w:rsid w:val="000062F8"/>
     <w:rsid w:val="0000673D"/>
     <w:rsid w:val="00006C00"/>
     <w:rsid w:val="000074B4"/>
     <w:rsid w:val="0001018A"/>
@@ -5493,51 +8224,50 @@
     <w:rsid w:val="00776DEC"/>
     <w:rsid w:val="00777985"/>
     <w:rsid w:val="00780219"/>
     <w:rsid w:val="007802A3"/>
     <w:rsid w:val="007815C1"/>
     <w:rsid w:val="0078192A"/>
     <w:rsid w:val="00781B93"/>
     <w:rsid w:val="00782342"/>
     <w:rsid w:val="007827E8"/>
     <w:rsid w:val="00783546"/>
     <w:rsid w:val="00783BDC"/>
     <w:rsid w:val="00784883"/>
     <w:rsid w:val="00785238"/>
     <w:rsid w:val="007852BC"/>
     <w:rsid w:val="0078692B"/>
     <w:rsid w:val="00787084"/>
     <w:rsid w:val="00787588"/>
     <w:rsid w:val="00787739"/>
     <w:rsid w:val="00787D9A"/>
     <w:rsid w:val="00787DB1"/>
     <w:rsid w:val="00787FD5"/>
     <w:rsid w:val="00790505"/>
     <w:rsid w:val="00790F12"/>
     <w:rsid w:val="00791244"/>
     <w:rsid w:val="00791DBF"/>
-    <w:rsid w:val="007926C5"/>
     <w:rsid w:val="0079281F"/>
     <w:rsid w:val="007929C0"/>
     <w:rsid w:val="00792D51"/>
     <w:rsid w:val="00793409"/>
     <w:rsid w:val="00793D53"/>
     <w:rsid w:val="00793F23"/>
     <w:rsid w:val="007945F4"/>
     <w:rsid w:val="0079467B"/>
     <w:rsid w:val="00794A0B"/>
     <w:rsid w:val="00794E9E"/>
     <w:rsid w:val="00795093"/>
     <w:rsid w:val="00795F3D"/>
     <w:rsid w:val="00795F4F"/>
     <w:rsid w:val="007966B1"/>
     <w:rsid w:val="00796EE3"/>
     <w:rsid w:val="007971F6"/>
     <w:rsid w:val="0079735F"/>
     <w:rsid w:val="00797C8F"/>
     <w:rsid w:val="00797CE5"/>
     <w:rsid w:val="007A0958"/>
     <w:rsid w:val="007A0B36"/>
     <w:rsid w:val="007A0C54"/>
     <w:rsid w:val="007A1629"/>
     <w:rsid w:val="007A1D14"/>
     <w:rsid w:val="007A1D65"/>
@@ -8519,51 +11249,50 @@
     <w:rsid w:val="00F75FC6"/>
     <w:rsid w:val="00F76076"/>
     <w:rsid w:val="00F773BD"/>
     <w:rsid w:val="00F77961"/>
     <w:rsid w:val="00F77E3D"/>
     <w:rsid w:val="00F80801"/>
     <w:rsid w:val="00F80C92"/>
     <w:rsid w:val="00F8145B"/>
     <w:rsid w:val="00F8149E"/>
     <w:rsid w:val="00F81B39"/>
     <w:rsid w:val="00F8223A"/>
     <w:rsid w:val="00F828D1"/>
     <w:rsid w:val="00F82B0F"/>
     <w:rsid w:val="00F82B3D"/>
     <w:rsid w:val="00F82F96"/>
     <w:rsid w:val="00F83CAD"/>
     <w:rsid w:val="00F83F7B"/>
     <w:rsid w:val="00F85AC1"/>
     <w:rsid w:val="00F85ACB"/>
     <w:rsid w:val="00F85D43"/>
     <w:rsid w:val="00F85E5E"/>
     <w:rsid w:val="00F85FB9"/>
     <w:rsid w:val="00F8717F"/>
     <w:rsid w:val="00F8731D"/>
     <w:rsid w:val="00F87750"/>
-    <w:rsid w:val="00F87DDB"/>
     <w:rsid w:val="00F87E7F"/>
     <w:rsid w:val="00F9064A"/>
     <w:rsid w:val="00F908FD"/>
     <w:rsid w:val="00F90A7C"/>
     <w:rsid w:val="00F90C65"/>
     <w:rsid w:val="00F91149"/>
     <w:rsid w:val="00F91F98"/>
     <w:rsid w:val="00F925B4"/>
     <w:rsid w:val="00F92924"/>
     <w:rsid w:val="00F929B4"/>
     <w:rsid w:val="00F92B84"/>
     <w:rsid w:val="00F93846"/>
     <w:rsid w:val="00F9489D"/>
     <w:rsid w:val="00F9512D"/>
     <w:rsid w:val="00F95252"/>
     <w:rsid w:val="00F95AC1"/>
     <w:rsid w:val="00F95C9F"/>
     <w:rsid w:val="00F95D8A"/>
     <w:rsid w:val="00F96842"/>
     <w:rsid w:val="00F970FF"/>
     <w:rsid w:val="00F9716A"/>
     <w:rsid w:val="00F97A99"/>
     <w:rsid w:val="00FA0204"/>
     <w:rsid w:val="00FA0E86"/>
     <w:rsid w:val="00FA113D"/>
@@ -8682,74 +11411,74 @@
     <w:rsid w:val="00FF3598"/>
     <w:rsid w:val="00FF3CA8"/>
     <w:rsid w:val="00FF3D60"/>
     <w:rsid w:val="00FF4B99"/>
     <w:rsid w:val="00FF4FAD"/>
     <w:rsid w:val="00FF5A99"/>
     <w:rsid w:val="00FF5BCF"/>
     <w:rsid w:val="00FF5CD7"/>
     <w:rsid w:val="00FF6081"/>
     <w:rsid w:val="00FF60F5"/>
     <w:rsid w:val="00FF618F"/>
     <w:rsid w:val="00FF65F5"/>
     <w:rsid w:val="00FF67C5"/>
     <w:rsid w:val="00FF6C9A"/>
     <w:rsid w:val="00FF6EE6"/>
     <w:rsid w:val="00FF72CD"/>
     <w:rsid w:val="00FF79F2"/>
     <w:rsid w:val="00FF7A87"/>
     <w:rsid w:val="00FF7B1E"/>
     <w:rsid w:val="00FF7D1E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -8868,58 +11597,58 @@
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00CF6389"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="009B6EA5"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
@@ -8977,265 +11706,75 @@
     <w:rsid w:val="00843992"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00843992"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
-[...188 lines deleted...]
-
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
     <w:div w:id="752895279">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500012487" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -9486,78 +12025,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\MLA.XSL" StyleName="MLA Sixth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{024C0B2C-A490-4599-8F64-2C1E223A7904}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5167BADF-B9F6-4596-8E18-EA870FC831BF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2786</Characters>
+  <Pages>1</Pages>
+  <Words>1003</Words>
+  <Characters>5720</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>23</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>47</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3268</CharactersWithSpaces>
+  <CharactersWithSpaces>6710</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RePack by SPecialiST</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>