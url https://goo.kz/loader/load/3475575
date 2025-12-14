--- v0 (2025-12-13)
+++ v1 (2025-12-14)
@@ -1,2820 +1,2234 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="001069ED" w:rsidRDefault="001069ED" w:rsidP="001069ED">
+    <w:p w:rsidR="00AB3A65" w:rsidRDefault="00AB3A65" w:rsidP="00AB3A65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>План мероприятий</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по подготовке к итоговой аттестации </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DC4BFD" w:rsidRDefault="00AB3A65" w:rsidP="00AB3A65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ыпускников школ города  Павлодара</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2018-2019 оқу жылына араналған Павлодар қаласы түлектерінің қорытынды аттестаттауға дайындық бойынша іс-шараның жоспары</w:t>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2018-2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учебный </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB3A65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>год</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001069ED" w:rsidRPr="00AB3A65" w:rsidRDefault="001069ED" w:rsidP="001069ED">
+    <w:p w:rsidR="00AB3A65" w:rsidRPr="00AB3A65" w:rsidRDefault="00AB3A65" w:rsidP="00AB3A65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="675"/>
         <w:gridCol w:w="4253"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="2942"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidTr="000B1214">
+      <w:tr w:rsidR="00AB3A65" w:rsidRPr="00AB3A65" w:rsidTr="00AB3A65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidRDefault="001069ED" w:rsidP="000B1214">
+          <w:p w:rsidR="00AB3A65" w:rsidRPr="00AB3A65" w:rsidRDefault="00AB3A65" w:rsidP="00AB3A65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="007977AC">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3A65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidRDefault="001069ED" w:rsidP="000B1214">
+          <w:p w:rsidR="00AB3A65" w:rsidRPr="00AB3A65" w:rsidRDefault="00AB3A65" w:rsidP="00AB3A65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="007977AC">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3A65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...29 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наименование мероприятий</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidRDefault="001069ED" w:rsidP="000B1214">
+          <w:p w:rsidR="00AB3A65" w:rsidRPr="00AB3A65" w:rsidRDefault="00AB3A65" w:rsidP="00AB3A65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="007977AC">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3A65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...29 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сроки</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2942" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidRDefault="001069ED" w:rsidP="000B1214">
+          <w:p w:rsidR="00AB3A65" w:rsidRPr="00AB3A65" w:rsidRDefault="00AB3A65" w:rsidP="00AB3A65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="007977AC">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3A65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ответственные</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidTr="000B1214">
+      <w:tr w:rsidR="00AB3A65" w:rsidRPr="00AB3A65" w:rsidTr="00AB3A65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidRDefault="001069ED" w:rsidP="000B1214">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="007977AC">
+          <w:p w:rsidR="00AB3A65" w:rsidRPr="00AB3A65" w:rsidRDefault="00AB3A65" w:rsidP="00AB3A65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3A65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidRDefault="001069ED" w:rsidP="000B1214">
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> ұйымдастыру</w:t>
+          <w:p w:rsidR="00AB3A65" w:rsidRPr="00AB3A65" w:rsidRDefault="00AB3A65" w:rsidP="00AB3A65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Организация работы по подготовке и проведению итоговой аттестации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidRDefault="001069ED" w:rsidP="000B1214">
+          <w:p w:rsidR="00AB3A65" w:rsidRPr="00AB3A65" w:rsidRDefault="00AB3A65" w:rsidP="00AB3A65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-              <w:t>Жыл бойы</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2942" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidRDefault="001069ED" w:rsidP="000B1214">
-[...15 lines deleted...]
-              <w:t>Жалпы білім беру секторы, мектеп директорлары</w:t>
+          <w:p w:rsidR="00AB3A65" w:rsidRPr="00AB3A65" w:rsidRDefault="00AB3A65" w:rsidP="00AB3A65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сектор общего среднего образования, директора школ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidTr="000B1214">
+      <w:tr w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidTr="00AB3A65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="001069ED" w:rsidRDefault="001069ED" w:rsidP="000B1214">
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00FA5334" w:rsidRDefault="00FA5334" w:rsidP="004C1A5E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="001069ED" w:rsidRDefault="001069ED" w:rsidP="000B1214">
-            <w:pPr>
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidRDefault="00FA5334" w:rsidP="004C1A5E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение информационно-разъяснительной работы в средствах массовой информации, среди обучающихся, педагогов и родителей по вопросам проведения итоговой аттестации </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...41 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:t>и ЕНТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidRDefault="001069ED" w:rsidP="000B1214">
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidRDefault="00FA5334" w:rsidP="004C1A5E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-              <w:t>Жыл бойы</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2942" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidRDefault="001069ED" w:rsidP="000B1214">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidRDefault="00FA5334" w:rsidP="004C1A5E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007977AC">
+            <w:r w:rsidRPr="00AB3A65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Аубакирова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="007977AC">
-[...14 lines deleted...]
-              <w:t>жалпы білім беру секторының бас маманы, мектеп директорлары</w:t>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.Б., гл. спец. сектора общего среднего образования, директора школ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidTr="000B1214">
+      <w:tr w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidTr="00AB3A65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="001069ED" w:rsidRDefault="001069ED" w:rsidP="000B1214">
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00FA5334" w:rsidRDefault="00FA5334" w:rsidP="00AB3A65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="001069ED" w:rsidRDefault="001069ED" w:rsidP="000B1214">
-[...33 lines deleted...]
-              <w:t xml:space="preserve">ің тізімін құрастыру </w:t>
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidRDefault="00FA5334" w:rsidP="00AB3A65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Формирование списков претендентов на аттестат с отличием и аттестат об общем среднем образовании "Алтын </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>белгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidRDefault="001069ED" w:rsidP="000B1214">
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidRDefault="00FA5334" w:rsidP="00AB3A65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-              <w:t>2018 жылғы  1 қазанға дейін</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>до 1 октября 2018 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2942" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidRDefault="001069ED" w:rsidP="000B1214">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidRDefault="00FA5334" w:rsidP="00AB3A65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007977AC">
+            <w:r w:rsidRPr="00AB3A65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Аубакирова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="007977AC">
-[...14 lines deleted...]
-              <w:t>жалпы білім беру секторының бас маманы, мектеп директорлары</w:t>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.Б., гл. спец. сектора общего среднего образования, директора школ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidTr="000B1214">
+      <w:tr w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidTr="00AB3A65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="001069ED" w:rsidRDefault="001069ED" w:rsidP="000B1214">
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00FA5334" w:rsidRDefault="00FA5334" w:rsidP="00A235A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="001069ED" w:rsidRDefault="001069ED" w:rsidP="000B1214">
-[...33 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidRDefault="00FA5334" w:rsidP="00A235A7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Оказание методической поддержки по подготовке к итоговой аттестации </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidRDefault="001069ED" w:rsidP="000B1214">
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidRDefault="00FA5334" w:rsidP="00A235A7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-              <w:t>Жыл бойы</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2942" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidRDefault="001069ED" w:rsidP="000B1214">
-[...15 lines deleted...]
-              <w:t>Әдістемелік кабинет</w:t>
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidRDefault="00FA5334" w:rsidP="00A235A7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Методический кабинет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001069ED" w:rsidRPr="007839A6" w:rsidTr="000B1214">
+      <w:tr w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidTr="00AB3A65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="001069ED" w:rsidRDefault="001069ED" w:rsidP="000B1214">
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00FA5334" w:rsidRDefault="00FA5334" w:rsidP="00BA439A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidRDefault="001069ED" w:rsidP="000B1214">
-[...87 lines deleted...]
-              <w:t>і</w:t>
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidRDefault="00FA5334" w:rsidP="00BA439A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мониторинг соответствия требованиям документов претендентов на аттестат об общем среднем образовании «Алтын </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>белгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>», аттестат с отличием об общем среднем образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidRDefault="001069ED" w:rsidP="000B1214">
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidRDefault="00FA5334" w:rsidP="00BA439A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-              <w:t>2019 жылғы қаңтар айы</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>январь 2019 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2942" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidRDefault="001069ED" w:rsidP="000B1214">
+          <w:p w:rsidR="00FA5334" w:rsidRPr="006B5FB2" w:rsidRDefault="00FA5334" w:rsidP="00BA439A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007977AC">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Қ.Т. Қыдралин, жалпы орта білім беру секторының меңгерушісі </w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кыдралин</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> К.Т., зав. сектора общего среднего образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidTr="000B1214">
+      <w:tr w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidTr="00AB3A65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="001069ED" w:rsidRDefault="001069ED" w:rsidP="000B1214">
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00FA5334" w:rsidRDefault="00FA5334" w:rsidP="00AB3A65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="001069ED" w:rsidRDefault="001069ED" w:rsidP="000B1214">
-[...42 lines deleted...]
-              <w:t>омиссия құру</w:t>
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidRDefault="00FA5334" w:rsidP="00AB3A65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Создание комиссий для проведения итоговой аттестации при школах, отделах образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidRDefault="001069ED" w:rsidP="000B1214">
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidRDefault="00FA5334" w:rsidP="00AB3A65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-              <w:t>2019 жылғы  1 ақпанға дейін</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>до 1 февраля 2019 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2942" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidRDefault="001069ED" w:rsidP="000B1214">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidRDefault="00FA5334" w:rsidP="00AB3A65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007977AC">
+            <w:r w:rsidRPr="00AB3A65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Аубакирова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="007977AC">
-[...14 lines deleted...]
-              <w:t>жалпы білім беру секторының бас маманы, мектеп директорлары</w:t>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.Б., гл. спец. сектора общего среднего образования, директора школ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidTr="000B1214">
+      <w:tr w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidTr="00AB3A65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="001069ED" w:rsidRDefault="001069ED" w:rsidP="000B1214">
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00FA5334" w:rsidRDefault="00FA5334" w:rsidP="00AB3A65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="001069ED" w:rsidRDefault="001069ED" w:rsidP="000B1214">
-            <w:pPr>
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidRDefault="00FA5334" w:rsidP="006B5FB2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>Мониторинг с</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>остояни</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мектеп т</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">үлектерінің қорытынды аттестаттауға дайындық жағдайының мониторингі </w:t>
+              <w:t>я</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> подготовки выпускников к итоговой аттестации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidRDefault="001069ED" w:rsidP="000B1214">
+          <w:p w:rsidR="00FA5334" w:rsidRDefault="00FA5334" w:rsidP="00AB3A65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-              <w:t>2019 жылғы ақпан айы</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">февраль </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidRDefault="00FA5334" w:rsidP="00AB3A65">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2019 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2942" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidRDefault="001069ED" w:rsidP="000B1214">
-[...15 lines deleted...]
-              <w:t>Жалпы білім беру секторы</w:t>
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidRDefault="00FA5334" w:rsidP="00AB3A65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сектор общего среднего образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidTr="000B1214">
+      <w:tr w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidTr="00AB3A65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="001069ED" w:rsidRDefault="001069ED" w:rsidP="000B1214">
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00FA5334" w:rsidRDefault="00FA5334" w:rsidP="00AB3A65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="001069ED" w:rsidRDefault="001069ED" w:rsidP="000B1214">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">ейіндік оқытылуын ескере отырып, қорытынды аттестаттауды тапсыратын 11 сынып оқушыларының тізімі мен таңдалған пәндері бойынша тізім қалыптастыру </w:t>
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidRDefault="00FA5334" w:rsidP="00AB3A65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Формирование списков обучающихся 11 класса, сдающих итоговую аттестацию с указанием перечня предметов, выбранных </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>обучающимися</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 11 класса с учетом профиля их обучения </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidRDefault="001069ED" w:rsidP="000B1214">
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidRDefault="00FA5334" w:rsidP="00AB3A65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...102 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>до 1 марта 2019 года</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2942" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidRDefault="001069ED" w:rsidP="000B1214">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidRDefault="00FA5334" w:rsidP="00AB3A65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007977AC">
+            <w:r w:rsidRPr="00AB3A65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Аубакирова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="007977AC">
-[...14 lines deleted...]
-              <w:t>жалпы білім беру секторының бас маманы, мектеп директорлары</w:t>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.Б., гл. спец. сектора общего среднего образования, директора школ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidTr="000B1214">
+      <w:tr w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidTr="00AB3A65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="001069ED" w:rsidRDefault="001069ED" w:rsidP="000B1214">
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00FA5334" w:rsidRDefault="00FA5334" w:rsidP="008D0742">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="001069ED" w:rsidRDefault="001069ED" w:rsidP="000B1214">
-[...137 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidRDefault="00FA5334" w:rsidP="008D0742">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мониторинг создания условий для проведения итоговой аттестации в школах (подготовка классных помещений для проведения экзаменов, для работы членов Комиссии, для ожидания выпускниками результатов экзаменов и апелляции, обеспечение кабинетов необходимым техническим оборудованием на период проведения итоговой аттестации)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidRDefault="001069ED" w:rsidP="000B1214">
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidRDefault="00FA5334" w:rsidP="008D0742">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-              <w:t>2019 жылғы 25 мамырға дейін</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>до 25 мая 2019 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2942" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidRDefault="001069ED" w:rsidP="000B1214">
-[...15 lines deleted...]
-              <w:t>Жалпы білім беру секторы</w:t>
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidRDefault="00FA5334" w:rsidP="008D0742">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сектор общего среднего образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidTr="000B1214">
+      <w:tr w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidTr="00AB3A65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="001069ED" w:rsidRDefault="001069ED" w:rsidP="000B1214">
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00FA5334" w:rsidRDefault="00FA5334" w:rsidP="00FA5334">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007977AC">
+            <w:r w:rsidRPr="00AB3A65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="001069ED" w:rsidRDefault="001069ED" w:rsidP="000B1214">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">Қала мектептеріне емтихан материалдарын жеткізу жұмыстарын ұйымдастыру </w:t>
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidRDefault="00FA5334" w:rsidP="00A71FA4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организация работы по доставке экзаменационных материалов в школы города </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidRDefault="001069ED" w:rsidP="000B1214">
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidRDefault="00FA5334" w:rsidP="00A71FA4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-              <w:t>График бойынша</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Согласно графику </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2942" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidRDefault="001069ED" w:rsidP="000B1214">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidRDefault="00FA5334" w:rsidP="00A71FA4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007977AC">
+            <w:r w:rsidRPr="00AB3A65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Аубакирова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="007977AC">
-[...14 lines deleted...]
-              <w:t>жалпы білім беру секторының бас маманы</w:t>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.Б., гл. спец. сектора общего среднего образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidTr="000B1214">
+      <w:tr w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidTr="00AB3A65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="001069ED" w:rsidRDefault="001069ED" w:rsidP="000B1214">
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00FA5334" w:rsidRDefault="00FA5334" w:rsidP="00FA5334">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007977AC">
+            <w:r w:rsidRPr="00AB3A65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidRDefault="001069ED" w:rsidP="000B1214">
-[...17 lines deleted...]
-              <w:t>"Алтын белгі" белгісімен марапатталатын оқушылардың бекітілген тізімі бойынша шешім қабылдау және қорытынды жұмыстары бойынша Комиссияның қорытынды отырысын өткізу</w:t>
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidRDefault="00FA5334" w:rsidP="00AB3A65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение заключительных заседаний Комиссий по подведению </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">итогов работы и принятию решения об утверждении списка обучающихся, награждаемых знаком «Алтын </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>белгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidRDefault="001069ED" w:rsidP="000B1214">
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidRDefault="00FA5334" w:rsidP="00AB3A65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-              <w:t>2019 жылғы 12 маусымға дейін</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>до 12 июня 2019 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2942" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidRDefault="001069ED" w:rsidP="000B1214">
-[...27 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidRDefault="00FA5334" w:rsidP="00AB3A65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Директора школ города</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidTr="000B1214">
+      <w:tr w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidTr="00AB3A65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="001069ED" w:rsidRDefault="001069ED" w:rsidP="000B1214">
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00FA5334" w:rsidRDefault="00FA5334" w:rsidP="00FA5334">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>12</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidRDefault="001069ED" w:rsidP="000B1214">
-[...17 lines deleted...]
-              <w:t>"Алтын белгі" және үздік жалпы орта білім беру аттестаты игерлерінің бекітілген тізімі бойынша бұйрық шығару</w:t>
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidRDefault="00FA5334" w:rsidP="00AB3A65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Издание приказов об утверждении списков обладателей аттестатов об общем среднем образовании с отличием, аттестатов об общем среднем образовании «Алтын </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>белгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidRDefault="001069ED" w:rsidP="000B1214">
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidRDefault="00FA5334" w:rsidP="00AB3A65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-              <w:t>2019 жылғы 15 маусымға дейін</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>до 15 июня 2019 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2942" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidRDefault="001069ED" w:rsidP="000B1214">
-[...27 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidRDefault="00FA5334" w:rsidP="00AB3A65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Директора школ города</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidTr="000B1214">
+      <w:tr w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidTr="00AB3A65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="001069ED" w:rsidRDefault="001069ED" w:rsidP="000B1214">
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00FA5334" w:rsidRDefault="00FA5334" w:rsidP="00AB3A65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007977AC">
-[...6 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="001069ED" w:rsidRDefault="001069ED" w:rsidP="000B1214">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">Қорытынды аттестаттау қорытындысы туралы есептерді білім беру басқармасына ұсыну </w:t>
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidRDefault="00FA5334" w:rsidP="00AB3A65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Предоставление в управление образования отчета о результатах итоговой аттестации обучающихся</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidRDefault="001069ED" w:rsidP="000B1214">
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidRDefault="00FA5334" w:rsidP="00AB3A65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-              <w:t>2019 жылғы 20 маусымға дейін</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>до 20 июня 2019 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2942" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidRDefault="001069ED" w:rsidP="000B1214">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidRDefault="00FA5334" w:rsidP="00AB3A65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007977AC">
+            <w:r w:rsidRPr="00AB3A65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Аубакирова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="007977AC">
-[...14 lines deleted...]
-              <w:t>жалпы білім беру секторының бас маманы</w:t>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.Б., гл. спец. сектора общего среднего образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidTr="000B1214">
+      <w:tr w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidTr="00AB3A65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="001069ED" w:rsidRDefault="001069ED" w:rsidP="000B1214">
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00FA5334" w:rsidRDefault="00FA5334" w:rsidP="00AB3A65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007977AC">
-[...6 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="001069ED" w:rsidRDefault="001069ED" w:rsidP="000B1214">
-[...17 lines deleted...]
-              <w:t>Барлық Комиссия мүшелерімен бірлесіп, мектеп педагогикалық кеңестерінде бітірушілердің қорытынды аттестаттау нәтижелерін талқылауды ұйымдастыру</w:t>
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidRDefault="00FA5334" w:rsidP="00AB3A65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организация обсуждений результатов итоговой аттестации обучающихся на педагогических советах школ с участием всех членов Комиссии </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidRDefault="001069ED" w:rsidP="000B1214">
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00962F3E" w:rsidRDefault="00FA5334" w:rsidP="00AB3A65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007977AC">
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>август 2019 год</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>2019 жылғы тамыз айы</w:t>
+              <w:t>а</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2942" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001069ED" w:rsidRPr="007977AC" w:rsidRDefault="001069ED" w:rsidP="000B1214">
-[...27 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00FA5334" w:rsidRPr="00AB3A65" w:rsidRDefault="00FA5334" w:rsidP="00AB3A65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3A65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Директора школ города</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001069ED" w:rsidRPr="00AB3A65" w:rsidRDefault="001069ED" w:rsidP="001069ED">
+    <w:p w:rsidR="00AB3A65" w:rsidRDefault="00AB3A65" w:rsidP="00AB3A65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001069ED" w:rsidRDefault="001069ED" w:rsidP="00AB3A65">
+    <w:p w:rsidR="00AB3A65" w:rsidRDefault="00AB3A65" w:rsidP="00AB3A65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3A65" w:rsidRDefault="00AB3A65" w:rsidP="00AB3A65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3A65" w:rsidRDefault="00AB3A65" w:rsidP="00AB3A65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3A65" w:rsidRDefault="00AB3A65" w:rsidP="00AB3A65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3A65" w:rsidRDefault="00AB3A65" w:rsidP="00AB3A65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3A65" w:rsidRDefault="00AB3A65" w:rsidP="00AB3A65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3A65" w:rsidRDefault="00AB3A65" w:rsidP="00AB3A65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3A65" w:rsidRDefault="00AB3A65" w:rsidP="00AB3A65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3A65" w:rsidRDefault="00AB3A65" w:rsidP="00AB3A65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3A65" w:rsidRDefault="00AB3A65" w:rsidP="00AB3A65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3A65" w:rsidRDefault="00AB3A65" w:rsidP="00AB3A65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3A65" w:rsidRDefault="00AB3A65" w:rsidP="00AB3A65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3A65" w:rsidRDefault="00AB3A65" w:rsidP="00AB3A65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3A65" w:rsidRDefault="00AB3A65" w:rsidP="00AB3A65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3A65" w:rsidRDefault="00AB3A65" w:rsidP="00AB3A65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3A65" w:rsidRDefault="00AB3A65" w:rsidP="00AB3A65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3A65" w:rsidRDefault="00AB3A65" w:rsidP="00AB3A65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3A65" w:rsidRDefault="00AB3A65" w:rsidP="00AB3A65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3A65" w:rsidRDefault="00AB3A65" w:rsidP="00AB3A65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3A65" w:rsidRDefault="00AB3A65" w:rsidP="00AB3A65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB3A65" w:rsidRDefault="00AB3A65" w:rsidP="00AB3A65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="001069ED" w:rsidRDefault="001069ED" w:rsidP="00AB3A65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="001069ED" w:rsidRDefault="001069ED" w:rsidP="00AB3A65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="001069ED" w:rsidRDefault="001069ED" w:rsidP="00AB3A65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001069ED" w:rsidRDefault="001069ED" w:rsidP="00AB3A65">
+    <w:p w:rsidR="001069ED" w:rsidRPr="001069ED" w:rsidRDefault="001069ED" w:rsidP="00AB3A65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001069ED" w:rsidRDefault="001069ED" w:rsidP="00AB3A65">
+    <w:p w:rsidR="00AB3A65" w:rsidRDefault="00AB3A65" w:rsidP="00AB3A65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001069ED" w:rsidRDefault="001069ED" w:rsidP="00AB3A65">
+    <w:p w:rsidR="00AB3A65" w:rsidRDefault="00AB3A65" w:rsidP="00AB3A65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001069ED" w:rsidRDefault="001069ED" w:rsidP="00AB3A65">
+    <w:p w:rsidR="00AB3A65" w:rsidRDefault="00AB3A65" w:rsidP="00AB3A65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001069ED" w:rsidRDefault="001069ED" w:rsidP="00AB3A65">
+    <w:p w:rsidR="00AB3A65" w:rsidRDefault="00AB3A65" w:rsidP="00AB3A65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001069ED" w:rsidRDefault="001069ED" w:rsidP="00AB3A65">
+    <w:p w:rsidR="00AB3A65" w:rsidRDefault="00AB3A65" w:rsidP="00AB3A65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001069ED" w:rsidRDefault="001069ED" w:rsidP="00AB3A65">
+    <w:p w:rsidR="00AB3A65" w:rsidRDefault="00AB3A65" w:rsidP="00AB3A65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001069ED" w:rsidRDefault="001069ED" w:rsidP="00AB3A65">
+    <w:p w:rsidR="00AB3A65" w:rsidRDefault="00AB3A65" w:rsidP="00AB3A65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001069ED" w:rsidRDefault="001069ED" w:rsidP="00AB3A65">
+    <w:p w:rsidR="00AB3A65" w:rsidRDefault="00AB3A65" w:rsidP="00AB3A65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001069ED" w:rsidRDefault="001069ED" w:rsidP="00AB3A65">
+    <w:p w:rsidR="00AB3A65" w:rsidRDefault="00AB3A65" w:rsidP="00AB3A65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001069ED" w:rsidRDefault="001069ED" w:rsidP="00AB3A65">
+    <w:p w:rsidR="00AB3A65" w:rsidRDefault="00AB3A65" w:rsidP="00AB3A65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001069ED" w:rsidRDefault="001069ED" w:rsidP="00AB3A65">
-[...311 lines deleted...]
-    <w:sectPr w:rsidR="001069ED" w:rsidSect="00DC4BFD">
+    <w:sectPr w:rsidR="00AB3A65" w:rsidSect="00DC4BFD">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -3319,50 +2733,51 @@
     <w:rsid w:val="00273A22"/>
     <w:rsid w:val="002751A6"/>
     <w:rsid w:val="0027563E"/>
     <w:rsid w:val="00275D51"/>
     <w:rsid w:val="002766E5"/>
     <w:rsid w:val="0027707F"/>
     <w:rsid w:val="002773B6"/>
     <w:rsid w:val="002779E5"/>
     <w:rsid w:val="00277CA7"/>
     <w:rsid w:val="002819E2"/>
     <w:rsid w:val="00281BA7"/>
     <w:rsid w:val="00281E22"/>
     <w:rsid w:val="002847CF"/>
     <w:rsid w:val="002848E4"/>
     <w:rsid w:val="00284ADD"/>
     <w:rsid w:val="00284DC7"/>
     <w:rsid w:val="00284FC5"/>
     <w:rsid w:val="002851A6"/>
     <w:rsid w:val="00285A85"/>
     <w:rsid w:val="0028641B"/>
     <w:rsid w:val="00286786"/>
     <w:rsid w:val="002871C7"/>
     <w:rsid w:val="0029124A"/>
     <w:rsid w:val="0029227F"/>
     <w:rsid w:val="00292B09"/>
+    <w:rsid w:val="00293B55"/>
     <w:rsid w:val="00294640"/>
     <w:rsid w:val="002957AB"/>
     <w:rsid w:val="00295B14"/>
     <w:rsid w:val="00295BEC"/>
     <w:rsid w:val="0029758D"/>
     <w:rsid w:val="002979A4"/>
     <w:rsid w:val="002A0F90"/>
     <w:rsid w:val="002A4BBE"/>
     <w:rsid w:val="002A52B2"/>
     <w:rsid w:val="002A540D"/>
     <w:rsid w:val="002A5A65"/>
     <w:rsid w:val="002A6097"/>
     <w:rsid w:val="002A6AC1"/>
     <w:rsid w:val="002A77AA"/>
     <w:rsid w:val="002B0557"/>
     <w:rsid w:val="002B6918"/>
     <w:rsid w:val="002B7B7A"/>
     <w:rsid w:val="002B7BB9"/>
     <w:rsid w:val="002C046B"/>
     <w:rsid w:val="002C0D15"/>
     <w:rsid w:val="002C2231"/>
     <w:rsid w:val="002C28D3"/>
     <w:rsid w:val="002C2933"/>
     <w:rsid w:val="002C316C"/>
     <w:rsid w:val="002C4F8E"/>
@@ -3951,51 +3366,50 @@
     <w:rsid w:val="00616807"/>
     <w:rsid w:val="0061724D"/>
     <w:rsid w:val="0061737D"/>
     <w:rsid w:val="00617D3A"/>
     <w:rsid w:val="00621BA8"/>
     <w:rsid w:val="006221D4"/>
     <w:rsid w:val="006224F4"/>
     <w:rsid w:val="006230A8"/>
     <w:rsid w:val="00623933"/>
     <w:rsid w:val="006251A4"/>
     <w:rsid w:val="00627924"/>
     <w:rsid w:val="00627B1A"/>
     <w:rsid w:val="00630B9C"/>
     <w:rsid w:val="00630FEB"/>
     <w:rsid w:val="00631255"/>
     <w:rsid w:val="0063181D"/>
     <w:rsid w:val="006323C7"/>
     <w:rsid w:val="0063251D"/>
     <w:rsid w:val="006339B1"/>
     <w:rsid w:val="00633A70"/>
     <w:rsid w:val="00633B68"/>
     <w:rsid w:val="00633BA7"/>
     <w:rsid w:val="00634E50"/>
     <w:rsid w:val="006353D3"/>
     <w:rsid w:val="00635428"/>
-    <w:rsid w:val="00635CA5"/>
     <w:rsid w:val="006360C2"/>
     <w:rsid w:val="0063641B"/>
     <w:rsid w:val="0063682C"/>
     <w:rsid w:val="00636BD3"/>
     <w:rsid w:val="00636E73"/>
     <w:rsid w:val="006378A7"/>
     <w:rsid w:val="00640914"/>
     <w:rsid w:val="00640E1F"/>
     <w:rsid w:val="00642603"/>
     <w:rsid w:val="006426C5"/>
     <w:rsid w:val="00642C23"/>
     <w:rsid w:val="00644093"/>
     <w:rsid w:val="0064452D"/>
     <w:rsid w:val="006446FC"/>
     <w:rsid w:val="0064525D"/>
     <w:rsid w:val="006452D6"/>
     <w:rsid w:val="006457D3"/>
     <w:rsid w:val="00645A1F"/>
     <w:rsid w:val="00645E7C"/>
     <w:rsid w:val="006466E1"/>
     <w:rsid w:val="006501D3"/>
     <w:rsid w:val="0065029D"/>
     <w:rsid w:val="00650563"/>
     <w:rsid w:val="00650E8D"/>
     <w:rsid w:val="00651EBD"/>
@@ -4202,51 +3616,50 @@
     <w:rsid w:val="00757AA9"/>
     <w:rsid w:val="00760BD7"/>
     <w:rsid w:val="007613C8"/>
     <w:rsid w:val="00761F07"/>
     <w:rsid w:val="00762055"/>
     <w:rsid w:val="007621A7"/>
     <w:rsid w:val="00764CA8"/>
     <w:rsid w:val="007662AA"/>
     <w:rsid w:val="007708C4"/>
     <w:rsid w:val="00771084"/>
     <w:rsid w:val="00771DF3"/>
     <w:rsid w:val="0077233A"/>
     <w:rsid w:val="0077233B"/>
     <w:rsid w:val="007736EE"/>
     <w:rsid w:val="00773FE7"/>
     <w:rsid w:val="007743A9"/>
     <w:rsid w:val="00774B45"/>
     <w:rsid w:val="007761EF"/>
     <w:rsid w:val="007764E8"/>
     <w:rsid w:val="00776899"/>
     <w:rsid w:val="007772F5"/>
     <w:rsid w:val="007816E6"/>
     <w:rsid w:val="00781C2A"/>
     <w:rsid w:val="007835ED"/>
     <w:rsid w:val="00783989"/>
-    <w:rsid w:val="007839A6"/>
     <w:rsid w:val="00783E5E"/>
     <w:rsid w:val="00783F43"/>
     <w:rsid w:val="00784158"/>
     <w:rsid w:val="007857E2"/>
     <w:rsid w:val="00785D13"/>
     <w:rsid w:val="00785E89"/>
     <w:rsid w:val="007863B2"/>
     <w:rsid w:val="00786513"/>
     <w:rsid w:val="007867B3"/>
     <w:rsid w:val="00786C99"/>
     <w:rsid w:val="0078798A"/>
     <w:rsid w:val="00791028"/>
     <w:rsid w:val="00791494"/>
     <w:rsid w:val="00791ECE"/>
     <w:rsid w:val="00791F14"/>
     <w:rsid w:val="00793341"/>
     <w:rsid w:val="007936B6"/>
     <w:rsid w:val="00793DF5"/>
     <w:rsid w:val="00794566"/>
     <w:rsid w:val="00794A59"/>
     <w:rsid w:val="007972A7"/>
     <w:rsid w:val="007977AC"/>
     <w:rsid w:val="007977FC"/>
     <w:rsid w:val="007A14A5"/>
     <w:rsid w:val="007A322D"/>
@@ -5427,50 +4840,51 @@
     <w:rsid w:val="00DC4BFD"/>
     <w:rsid w:val="00DC580A"/>
     <w:rsid w:val="00DC5896"/>
     <w:rsid w:val="00DC761A"/>
     <w:rsid w:val="00DC77A6"/>
     <w:rsid w:val="00DD051C"/>
     <w:rsid w:val="00DD065C"/>
     <w:rsid w:val="00DD06DD"/>
     <w:rsid w:val="00DD0BDD"/>
     <w:rsid w:val="00DD1F2E"/>
     <w:rsid w:val="00DD26FD"/>
     <w:rsid w:val="00DD30D6"/>
     <w:rsid w:val="00DD333F"/>
     <w:rsid w:val="00DD3DB9"/>
     <w:rsid w:val="00DD4128"/>
     <w:rsid w:val="00DD4634"/>
     <w:rsid w:val="00DD6CC1"/>
     <w:rsid w:val="00DD6D4A"/>
     <w:rsid w:val="00DD73A2"/>
     <w:rsid w:val="00DE12F4"/>
     <w:rsid w:val="00DE1325"/>
     <w:rsid w:val="00DE147A"/>
     <w:rsid w:val="00DE1934"/>
     <w:rsid w:val="00DE1C4D"/>
     <w:rsid w:val="00DE2EEF"/>
+    <w:rsid w:val="00DE2F3D"/>
     <w:rsid w:val="00DE3A48"/>
     <w:rsid w:val="00DE5830"/>
     <w:rsid w:val="00DE5C14"/>
     <w:rsid w:val="00DE6B9F"/>
     <w:rsid w:val="00DE7726"/>
     <w:rsid w:val="00DE791E"/>
     <w:rsid w:val="00DF0906"/>
     <w:rsid w:val="00DF1025"/>
     <w:rsid w:val="00DF252B"/>
     <w:rsid w:val="00DF297F"/>
     <w:rsid w:val="00DF3BFA"/>
     <w:rsid w:val="00DF46DB"/>
     <w:rsid w:val="00DF4AAE"/>
     <w:rsid w:val="00DF4ACA"/>
     <w:rsid w:val="00DF4B05"/>
     <w:rsid w:val="00DF4D71"/>
     <w:rsid w:val="00DF512B"/>
     <w:rsid w:val="00DF5523"/>
     <w:rsid w:val="00DF5696"/>
     <w:rsid w:val="00DF75AA"/>
     <w:rsid w:val="00DF7ECB"/>
     <w:rsid w:val="00E00966"/>
     <w:rsid w:val="00E02D8B"/>
     <w:rsid w:val="00E04166"/>
     <w:rsid w:val="00E04715"/>
@@ -6425,70 +5839,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>431</Words>
-  <Characters>2462</Characters>
+  <Words>455</Words>
+  <Characters>2600</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>21</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2888</CharactersWithSpaces>
+  <CharactersWithSpaces>3049</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Admin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>