--- v0 (2025-12-14)
+++ v1 (2026-03-06)
@@ -21,7191 +21,7372 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00674187">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="10620"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004D1579" w:rsidRPr="004D1579" w:rsidRDefault="004D1579" w:rsidP="00674187">
+    <w:p w:rsidR="008D6899" w:rsidRPr="00BA6720" w:rsidRDefault="00674187" w:rsidP="00674187">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="10620"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6720">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00674187" w:rsidRPr="00BA6720" w:rsidRDefault="00674187" w:rsidP="00674187">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="10620"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D1579">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="004D1579">
+      <w:r w:rsidRPr="00BA6720">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>№ ___________</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">бұйрыққа </w:t>
+        <w:t>к приказу № ___________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00524D0E" w:rsidRPr="004D1579" w:rsidRDefault="004D1579" w:rsidP="004D1579">
+    <w:p w:rsidR="00524D0E" w:rsidRPr="00BA6720" w:rsidRDefault="00674187" w:rsidP="00674187">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="10620"/>
         <w:rPr>
-          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D1579">
+      <w:r w:rsidRPr="00BA6720">
         <w:rPr>
-          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">1-қосымша </w:t>
+        <w:t>от ________________2020 г.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00524D0E" w:rsidRPr="004D1579" w:rsidRDefault="00524D0E" w:rsidP="00E816DD">
+    <w:p w:rsidR="00524D0E" w:rsidRDefault="00524D0E" w:rsidP="00E816DD">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:jc w:val="center"/>
-[...9 lines deleted...]
-      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004D1579">
-[...8 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="004D1579" w:rsidRDefault="004D1579" w:rsidP="004D1579">
+    <w:p w:rsidR="00E24708" w:rsidRDefault="001E4CBD" w:rsidP="00E816DD">
       <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>9-</w:t>
+        <w:t xml:space="preserve">План мероприятий </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D1579">
+    </w:p>
+    <w:p w:rsidR="00E24708" w:rsidRPr="001B5BB5" w:rsidRDefault="00E24708" w:rsidP="00E816DD">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>сынып оқушыларын</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="001B5BB5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по организации и </w:t>
+      </w:r>
+      <w:r w:rsidR="0023339F" w:rsidRPr="001B5BB5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>проведени</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B5BB5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidR="001C72E8" w:rsidRPr="001B5BB5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E816DD" w:rsidRPr="001B5BB5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">итоговой аттестации </w:t>
+      </w:r>
+      <w:r w:rsidR="001B5BB5" w:rsidRPr="001B5BB5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучающихся </w:t>
+      </w:r>
+      <w:r w:rsidR="001B5BB5" w:rsidRPr="001B5BB5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001C72E8" w:rsidRPr="001B5BB5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9-х класс</w:t>
+      </w:r>
+      <w:r w:rsidR="001B5BB5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ов</w:t>
+      </w:r>
+      <w:r w:rsidR="00E816DD" w:rsidRPr="001B5BB5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C72E8" w:rsidRPr="00E41B61" w:rsidRDefault="001B5BB5" w:rsidP="00E816DD">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidR="00E816DD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2019-2020 уч</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>ебном</w:t>
       </w:r>
-      <w:r w:rsidR="001A6DE9">
+      <w:r w:rsidR="00E816DD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">қорытынды аттестаттауды </w:t>
+        <w:t xml:space="preserve"> год</w:t>
       </w:r>
-      <w:r w:rsidRPr="004D1579">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ұйымдастыру және өткізу бойынша</w:t>
+        <w:t>у</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C72E8" w:rsidRDefault="004D1579" w:rsidP="004D1579">
+    <w:p w:rsidR="001C72E8" w:rsidRPr="00E41B61" w:rsidRDefault="001C72E8" w:rsidP="001C72E8">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...21 lines deleted...]
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="14058" w:type="dxa"/>
+        <w:tblW w:w="13745" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1271"/>
+        <w:gridCol w:w="958"/>
         <w:gridCol w:w="3981"/>
         <w:gridCol w:w="2699"/>
         <w:gridCol w:w="2560"/>
         <w:gridCol w:w="3547"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008B3C34" w:rsidRPr="00E41B61" w:rsidTr="00AE7DDC">
+      <w:tr w:rsidR="008B3C34" w:rsidRPr="00E41B61" w:rsidTr="008B3C34">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1271" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="008B3C34" w:rsidRPr="00E41B61" w:rsidRDefault="008B3C34" w:rsidP="004D1579">
+            <w:tcW w:w="958" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="00E41B61" w:rsidRDefault="008B3C34" w:rsidP="00E02818">
             <w:pPr>
               <w:spacing w:after="60" w:line="260" w:lineRule="exact"/>
               <w:ind w:left="340"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E41B61">
               <w:rPr>
                 <w:rStyle w:val="20"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B3C34" w:rsidRPr="004D1579" w:rsidRDefault="004D1579" w:rsidP="004D1579">
+          <w:p w:rsidR="008B3C34" w:rsidRPr="00E41B61" w:rsidRDefault="008B3C34" w:rsidP="00E02818">
             <w:pPr>
               <w:spacing w:before="60" w:line="260" w:lineRule="exact"/>
               <w:ind w:left="340"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...26 lines deleted...]
-            <w:r w:rsidRPr="004D1579">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41B61">
               <w:rPr>
                 <w:rStyle w:val="21"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Іс-шараның</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004D1579">
+              <w:t>п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3981" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="00E41B61" w:rsidRDefault="008B3C34" w:rsidP="00E02818">
+            <w:pPr>
+              <w:spacing w:line="260" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41B61">
               <w:rPr>
                 <w:rStyle w:val="21"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004D1579">
+              <w:t>Наименование мероприятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2699" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="00E41B61" w:rsidRDefault="008B3C34" w:rsidP="00E02818">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+              <w:ind w:left="340"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41B61">
               <w:rPr>
                 <w:rStyle w:val="21"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>атауы</w:t>
-[...9 lines deleted...]
-          <w:p w:rsidR="008B3C34" w:rsidRPr="00E41B61" w:rsidRDefault="004D1579" w:rsidP="004D1579">
+              <w:t>Ответственные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="00E41B61" w:rsidRDefault="008B3C34" w:rsidP="00E02818">
             <w:pPr>
               <w:spacing w:before="120" w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004D1579">
+            <w:r w:rsidRPr="00E41B61">
               <w:rPr>
                 <w:rStyle w:val="21"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Жауапты</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004D1579">
+              <w:t>исполнители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2560" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="00E41B61" w:rsidRDefault="008B3C34" w:rsidP="00E02818">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41B61">
               <w:rPr>
                 <w:rStyle w:val="21"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004D1579">
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="00E41B61" w:rsidRDefault="008B3C34" w:rsidP="00E02818">
+            <w:pPr>
+              <w:spacing w:before="120" w:line="260" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41B61">
               <w:rPr>
                 <w:rStyle w:val="21"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>орындаушылар</w:t>
-[...11 lines deleted...]
-              <w:spacing w:before="120" w:line="260" w:lineRule="exact"/>
+              <w:t>завершения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3547" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="00E41B61" w:rsidRDefault="008B3C34" w:rsidP="00E02818">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004D1579">
+            <w:r w:rsidRPr="00E41B61">
               <w:rPr>
                 <w:rStyle w:val="21"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Аяқтау</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004D1579">
+              <w:t>Срок</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="00E41B61" w:rsidRDefault="008B3C34" w:rsidP="00E02818">
+            <w:pPr>
+              <w:spacing w:before="120" w:line="260" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41B61">
               <w:rPr>
                 <w:rStyle w:val="21"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004D1579">
+              <w:t>исполнения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008B3C34" w:rsidRPr="00E41B61" w:rsidTr="008B3C34">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="958" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="00E41B61" w:rsidRDefault="008B3C34" w:rsidP="00E02818">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41B61">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3981" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="00E41B61" w:rsidRDefault="008B3C34" w:rsidP="00E02818">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41B61">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="00E41B61" w:rsidRDefault="008B3C34" w:rsidP="00E02818">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41B61">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="00E41B61" w:rsidRDefault="008B3C34" w:rsidP="00E02818">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41B61">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3547" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="00E41B61" w:rsidRDefault="008B3C34" w:rsidP="00E02818">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41B61">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008B3C34" w:rsidRPr="00E41B61" w:rsidTr="008B3C34">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13745" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="007F0D10" w:rsidRDefault="008B3C34" w:rsidP="007F0D10">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008B3C34" w:rsidRPr="00E41B61" w:rsidTr="008B3C34">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="958" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="00E41B61" w:rsidRDefault="008B3C34" w:rsidP="00E816DD">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12787" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="007F0D10" w:rsidRDefault="008B3C34" w:rsidP="007F0D10">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="21"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007F0D10">
               <w:rPr>
                 <w:rStyle w:val="21"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="004D1579">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Проведение информационно-разъяснительной работы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="007F0D10">
+            <w:pPr>
+              <w:spacing w:line="260" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="21"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="004D1579">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="21"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>по новому формату итоговой аттестации в 9 классах</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B3C34" w:rsidRPr="00E41B61" w:rsidTr="00AE7DDC">
+      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="008B3C34">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1271" w:type="dxa"/>
-[...17 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:tcW w:w="958" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00E816DD">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3981" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3C34" w:rsidRPr="00E41B61" w:rsidRDefault="008B3C34" w:rsidP="00E02818">
-[...18 lines deleted...]
-              <w:t>2</w:t>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00E816DD">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ч</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:t>р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>г</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>з</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ц</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>й</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>з</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>я</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:t xml:space="preserve"> нормативными и презентационными материалами по итоговой аттестации в 9 классах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2699" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3C34" w:rsidRPr="00E41B61" w:rsidRDefault="008B3C34" w:rsidP="00E02818">
-[...18 lines deleted...]
-              <w:t>3</w:t>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00524D0E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Управление образования, ИЦРО, отделы образования, методкабинеты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3C34" w:rsidRPr="00E41B61" w:rsidRDefault="008B3C34" w:rsidP="00E02818">
-[...18 lines deleted...]
-              <w:t>4</w:t>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="004F6287" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:spacing w:line="260" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Результаты выборочного опроса по школам</w:t>
+            </w:r>
+            <w:r>
+              <w:t>, информация В УО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3547" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3C34" w:rsidRPr="00E41B61" w:rsidRDefault="008B3C34" w:rsidP="00E02818">
-[...18 lines deleted...]
-              <w:t>5</w:t>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="008D6899">
+            <w:pPr>
+              <w:spacing w:line="260" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:rStyle w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Январь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B3C34" w:rsidRPr="00E41B61" w:rsidTr="00AE7DDC">
+      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="008B3C34">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="14058" w:type="dxa"/>
-[...13 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="958" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00E816DD">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3981" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00E816DD">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Проведение информационно-разъяснительной работы  в СМИ, социальных сетях, на сайтах УО, ИЦРО, отделов образования о новом формате проведения итоговой аттестации в 9 классах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00524D0E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Управление образования, ИЦРО, отделы образования, методкабинеты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00E816DD">
+            <w:pPr>
+              <w:spacing w:line="260" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Информация в СМИ, соцсетях, на сайте организации образования,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00E816DD">
+            <w:pPr>
+              <w:spacing w:line="260" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Результаты выборочного опроса по школам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3547" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="008D6899">
+            <w:pPr>
+              <w:spacing w:line="260" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:rStyle w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Январь-май</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B3C34" w:rsidRPr="004D1579" w:rsidTr="00AE7DDC">
+      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="008B3C34">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1271" w:type="dxa"/>
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:tcW w:w="958" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00E816DD">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3981" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="00556BC8" w:rsidRDefault="008B3C34" w:rsidP="00E816DD">
+            <w:r w:rsidRPr="00556BC8">
+              <w:t>Проведение вебинаров на темы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="00556BC8" w:rsidRDefault="008B3C34" w:rsidP="00E816DD">
+            <w:r w:rsidRPr="00556BC8">
+              <w:t>- «Новый формат итоговой аттестации 9 классов»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00E816DD">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00556BC8">
+              <w:t>- «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00556BC8">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>О порядке проведения итоговой аттестации обучающихся 9-классов в организациях среднего образования»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00524D0E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ИЦРО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00E816DD">
+            <w:pPr>
+              <w:spacing w:line="260" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Информация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3547" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="008D6899">
+            <w:pPr>
+              <w:spacing w:line="260" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Январь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="008D6899">
+            <w:pPr>
+              <w:spacing w:line="260" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="008D6899">
+            <w:pPr>
+              <w:spacing w:line="260" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="008D6899">
+            <w:pPr>
+              <w:spacing w:line="260" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="008D6899">
+            <w:pPr>
+              <w:spacing w:line="260" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Март</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="008B3C34">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="958" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00E816DD">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3981" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00E816DD">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение информационно-разъяснительной работы  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:t>с родителями и учащимися 9 классов по вопросам проведения итоговой аттестации в 9 классах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00524D0E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Отделы образования и рай/гор методкабинеты</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00524D0E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Администрация школ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00E816DD">
+            <w:pPr>
+              <w:spacing w:line="260" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Протоколы собраний, информация в соцсетях, на сайте школ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3547" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="002E3E28">
+            <w:pPr>
+              <w:spacing w:line="260" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:rStyle w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Январь-май</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="008B3C34">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="958" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3981" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Проведение информационно-разъяснительной работы  с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:t xml:space="preserve"> учителями-предметниками, ведущими занятиях в 9 классах  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00524D0E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Администрация школ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:spacing w:line="260" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Протоколы собраний, информация в соцсетях, на сайте школ </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:spacing w:line="260" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">График консультаций по подготовке к итоговой аттестации в 9 классах </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3547" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="002E3E28">
+            <w:pPr>
+              <w:spacing w:line="260" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:rStyle w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Январь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="008B3C34">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="958" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12787" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="004D1579" w:rsidRDefault="004D1579" w:rsidP="004D1579">
+          <w:p w:rsidR="008B3C34" w:rsidRPr="006876C6" w:rsidRDefault="008B3C34" w:rsidP="00524D0E">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rStyle w:val="21"/>
-[...1127 lines deleted...]
-              <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:bidi="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="002E3E28">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>9-сыныптарды</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> қорытынды аттестаттаудың дайындық кезеңін ұйымдастыру және өткізу</w:t>
+              <w:t>Организация и проведение подготовительного этапа итоговой аттесттации  9-х классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="00AE7DDC">
+      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="008B3C34">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1271" w:type="dxa"/>
-[...17 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="958" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3981" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3C34" w:rsidRDefault="00D60192" w:rsidP="00D60192">
-[...32 lines deleted...]
-              <w:t>пәндер бойынша алдын ала деректер жинау</w:t>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Предварительный сбор данных по предметам по выбору учащимися </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9 классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2699" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="00D60192" w:rsidP="00524D0E">
-[...12 lines deleted...]
-              <w:t>ББДИО</w:t>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00524D0E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ИЦРО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3C34" w:rsidRDefault="00D60192" w:rsidP="00FC2D7D">
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
             <w:pPr>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60192">
-[...3 lines deleted...]
-              <w:t>Сандық деректер</w:t>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Количественные данные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3547" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3C34" w:rsidRPr="00D60192" w:rsidRDefault="00D60192" w:rsidP="002E3E28">
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="002E3E28">
             <w:pPr>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Қаңтар</w:t>
+              </w:rPr>
+              <w:t>Январь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="00AE7DDC">
+      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="008B3C34">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1271" w:type="dxa"/>
-[...17 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="958" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3981" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="00D60192" w:rsidP="004F6287">
-[...18 lines deleted...]
-              <w:t>сынып оқушылары үшін қорытынды аттестаттаудың емтихан материалдарының жұмыс тәртібі мен әзірлеушілердің, сарапшылардың тізімін бекіту</w:t>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="004F6287">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Утверждение  режима работы и списков разработчиков, экспертов экзаменационных материалов итоговой аттестации для учащихся 9  классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2699" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3C34" w:rsidRPr="002E3E28" w:rsidRDefault="00D60192" w:rsidP="00524D0E">
-[...11 lines deleted...]
-              <w:t>Білім беру басқармасы, ББДИО</w:t>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="002E3E28" w:rsidRDefault="008B3C34" w:rsidP="00524D0E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Управление образования, ИЦРО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="00D60192" w:rsidP="00FC2D7D">
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
             <w:pPr>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ББ бұйрығы</w:t>
+              <w:t>Приказ УО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3547" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3C34" w:rsidRPr="00D60192" w:rsidRDefault="00D60192" w:rsidP="002E3E28">
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="002E3E28">
             <w:pPr>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Қаңтар</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Я</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:rStyle w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нварь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE7DDC" w:rsidRPr="00AE7DDC" w:rsidTr="00AE7DDC">
+      <w:tr w:rsidR="00933B29" w:rsidRPr="008D6899" w:rsidTr="008B3C34">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1271" w:type="dxa"/>
-[...17 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="958" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00933B29" w:rsidRDefault="00D26F68" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3981" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE7DDC" w:rsidRDefault="00AE7DDC" w:rsidP="004F6287">
-[...18 lines deleted...]
-              <w:t>лар үшін оқыту семинарын өткізу</w:t>
+          <w:p w:rsidR="00933B29" w:rsidRPr="00933B29" w:rsidRDefault="00933B29" w:rsidP="00933B29">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00933B29">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>обучающ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">его </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00933B29">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>семинар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00933B29">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26F68">
+              <w:rPr>
+                <w:bCs/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>для разработчиков материалов экзаменационных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00933B29">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> работ и экспертов.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2699" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE7DDC" w:rsidRDefault="00AE7DDC" w:rsidP="00524D0E">
-[...12 lines deleted...]
-              <w:t>ББДИО</w:t>
+          <w:p w:rsidR="00933B29" w:rsidRDefault="00933B29" w:rsidP="00524D0E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ИЦРО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE7DDC" w:rsidRDefault="00AE7DDC" w:rsidP="00FC2D7D">
+          <w:p w:rsidR="00933B29" w:rsidRDefault="00933B29" w:rsidP="00FC2D7D">
             <w:pPr>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:bCs/>
-[...8 lines deleted...]
-              <w:t>бұйрығы</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приказ ИЦРО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3547" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE7DDC" w:rsidRDefault="00AE7DDC" w:rsidP="002E3E28">
+          <w:p w:rsidR="00933B29" w:rsidRDefault="00933B29" w:rsidP="00556BC8">
             <w:pPr>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">22-24 қаңтар </w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">22-24 января </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="00AE7DDC">
+      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="008B3C34">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1271" w:type="dxa"/>
-[...17 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="958" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="00D26F68" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3981" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3C34" w:rsidRDefault="00D60192" w:rsidP="00AE7DDC">
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="007015DE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
-              <w:ind w:left="347" w:hanging="347"/>
-[...41 lines deleted...]
-          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00AE7DDC">
+              <w:ind w:left="66" w:firstLine="0"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007015DE">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Разработка </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="007015DE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
-              <w:ind w:left="347" w:hanging="347"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="00D60192" w:rsidP="00AE7DDC">
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="007015DE">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
-              <w:ind w:left="347" w:hanging="347"/>
-[...10 lines deleted...]
-              <w:t>және сараптау</w:t>
+              <w:ind w:left="66" w:firstLine="0"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и экспертиза </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007015DE">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>экзаменационных заданий</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">итоговой аттестации </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">для учащихся </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9х классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2699" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="00D60192" w:rsidP="00524D0E">
-[...12 lines deleted...]
-              <w:t>ББДИО</w:t>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00524D0E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ИЦРО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3C34" w:rsidRDefault="00D60192" w:rsidP="00FC2D7D">
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
             <w:pPr>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60192">
-[...9 lines deleted...]
-              <w:t xml:space="preserve">, </w:t>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Экзаменационные материалы по предметам, </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
             <w:pPr>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="00D60192" w:rsidP="00FC2D7D">
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
             <w:pPr>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60192">
-[...3 lines deleted...]
-              <w:t>сараптамалық қорытындылар</w:t>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>э</w:t>
+            </w:r>
+            <w:r>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ы</w:t>
+            </w:r>
+            <w:r>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>з</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:r>
+              <w:t>ю</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ч</w:t>
+            </w:r>
+            <w:r>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>я</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3547" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3C34" w:rsidRDefault="00AE7DDC" w:rsidP="00556BC8">
+          <w:p w:rsidR="008B3C34" w:rsidRPr="009B3021" w:rsidRDefault="008B3C34" w:rsidP="00556BC8">
             <w:pPr>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B3021">
               <w:rPr>
                 <w:rStyle w:val="20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B3021">
               <w:rPr>
                 <w:rStyle w:val="20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00933B29" w:rsidRPr="009B3021">
               <w:rPr>
                 <w:rStyle w:val="20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B3021">
               <w:rPr>
                 <w:rStyle w:val="20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B3021">
               <w:rPr>
                 <w:rStyle w:val="20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>я</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B3021">
               <w:rPr>
                 <w:rStyle w:val="20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>10-14 ақпан</w:t>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B3021">
+              <w:rPr>
+                <w:rStyle w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B3021">
+              <w:rPr>
+                <w:rStyle w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B3021">
+              <w:rPr>
+                <w:rStyle w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B3021">
+              <w:rPr>
+                <w:rStyle w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>я</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B3021">
+              <w:rPr>
+                <w:rStyle w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B3021">
+              <w:rPr>
+                <w:rStyle w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B3021">
+              <w:rPr>
+                <w:rStyle w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B3021">
+              <w:rPr>
+                <w:rStyle w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="009B3021" w:rsidRDefault="00933B29" w:rsidP="00556BC8">
+            <w:pPr>
+              <w:spacing w:line="260" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B3021">
+              <w:rPr>
+                <w:rStyle w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="008B3C34" w:rsidRPr="009B3021">
+              <w:rPr>
+                <w:rStyle w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008B3C34" w:rsidRPr="009B3021">
+              <w:rPr>
+                <w:rStyle w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>ф</w:t>
+            </w:r>
+            <w:r w:rsidR="008B3C34" w:rsidRPr="009B3021">
+              <w:rPr>
+                <w:rStyle w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidR="008B3C34" w:rsidRPr="009B3021">
+              <w:rPr>
+                <w:rStyle w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidR="008B3C34" w:rsidRPr="009B3021">
+              <w:rPr>
+                <w:rStyle w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r w:rsidR="008B3C34" w:rsidRPr="009B3021">
+              <w:rPr>
+                <w:rStyle w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidR="008B3C34" w:rsidRPr="009B3021">
+              <w:rPr>
+                <w:rStyle w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:r w:rsidR="008B3C34" w:rsidRPr="009B3021">
+              <w:rPr>
+                <w:rStyle w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>я</w:t>
+            </w:r>
+            <w:r w:rsidR="008B3C34" w:rsidRPr="009B3021">
+              <w:rPr>
+                <w:rStyle w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="009B3021" w:rsidRDefault="008B3C34" w:rsidP="00556BC8">
+            <w:pPr>
+              <w:spacing w:line="260" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="009B3021" w:rsidRDefault="008B3C34" w:rsidP="00556BC8">
+            <w:pPr>
+              <w:spacing w:line="260" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="00556BC8" w:rsidRDefault="008B3C34" w:rsidP="00556BC8">
+            <w:pPr>
+              <w:spacing w:line="260" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B3021">
+              <w:rPr>
+                <w:rStyle w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">с </w:t>
+            </w:r>
+            <w:r w:rsidR="00933B29" w:rsidRPr="009B3021">
+              <w:rPr>
+                <w:rStyle w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B3021">
+              <w:rPr>
+                <w:rStyle w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00933B29" w:rsidRPr="009B3021">
+              <w:rPr>
+                <w:rStyle w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B3021">
+              <w:rPr>
+                <w:rStyle w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> февраля</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="00AE7DDC">
+      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="008B3C34">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1271" w:type="dxa"/>
-[...17 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="958" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="00D26F68" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3981" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="00D60192" w:rsidP="00FC2D7D">
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> (жеке кесте бойынша) </w:t>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="00933B29" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Апробация </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>э</w:t>
+            </w:r>
+            <w:r>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>з</w:t>
+            </w:r>
+            <w:r>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:r>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ц</w:t>
+            </w:r>
+            <w:r>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r>
+              <w:t>ы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>х</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заданий итоговой аттестаци</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB6956">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> обучающихся </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">х классов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в школах области</w:t>
+            </w:r>
+            <w:r w:rsidR="00933B29">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00933B29">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(по отдельному графику)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2699" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D60192" w:rsidRDefault="00D60192" w:rsidP="00D60192">
-[...130 lines deleted...]
-          <w:p w:rsidR="00EF6F5C" w:rsidRPr="008D6899" w:rsidRDefault="00EF6F5C" w:rsidP="00D60192">
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="0017041F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Управление образования, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="0017041F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ИЦРО, отделы образования, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>рай/гор методкабинеты</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="0017041F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>администрация школ</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="00D60192" w:rsidP="006E461C">
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="006E461C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D60192">
-[...4 lines deleted...]
-              <w:t>Апробация нәтижелерін талдау</w:t>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Анализ результатов апробации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3547" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="00D60192" w:rsidP="00D60192">
-[...33 lines deleted...]
-              <w:t>наурыз</w:t>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="006E461C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ф</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>евраль -</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> м</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>арт</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="00AE7DDC">
+      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="008B3C34">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1271" w:type="dxa"/>
-[...17 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="958" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="006859A6">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D26F68">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3981" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3C34" w:rsidRDefault="00D60192" w:rsidP="006859A6">
-[...27 lines deleted...]
-              <w:t xml:space="preserve"> өткізу мәселелері бойынша облыстың қалалары мен аудандарында әдістемелік күн өткізу</w:t>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="006859A6">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Проведение методических дней в городах и районах области по вопросам проведения итоговой аттестации в 9 классах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2699" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3C34" w:rsidRDefault="00D60192" w:rsidP="00524D0E">
-[...26 lines deleted...]
-              <w:t>аудандық / қалалық әдістемелік кабинеттер</w:t>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00524D0E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>И</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Ц</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>О, городские/районные методкабинеты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3C34" w:rsidRDefault="00D60192" w:rsidP="006859A6">
-[...11 lines deleted...]
-              <w:t>Апробация нәтижелерін талдау</w:t>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="006859A6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Анализ результатов апробации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3547" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3C34" w:rsidRDefault="00D60192" w:rsidP="006859A6">
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> наурыз</w:t>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="006859A6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ф</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>евраль -</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> м</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>арт</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="00AE7DDC">
+      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="008B3C34">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1271" w:type="dxa"/>
-[...17 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="958" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D26F68">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3981" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="00D60192" w:rsidP="00FC2D7D">
-[...11 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>ир</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> э</w:t>
+            </w:r>
+            <w:r>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>з</w:t>
+            </w:r>
+            <w:r>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:r>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ц</w:t>
+            </w:r>
+            <w:r>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r>
+              <w:t>ы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>х</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> заданий </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>по результатам  экспертизы и апробации</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00276118" w:rsidRPr="008D6899" w:rsidRDefault="00276118" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2699" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="00B647B9" w:rsidP="00524D0E">
-[...12 lines deleted...]
-              <w:t>ББДИО</w:t>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00524D0E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>И</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Ц</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>О</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3C34" w:rsidRDefault="00B647B9" w:rsidP="006E461C">
-[...11 lines deleted...]
-              <w:t>Пәндер бойынша емтихан материалдары</w:t>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="006E461C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Экзаменационные материалы по предметам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3547" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00B647B9">
-[...19 lines deleted...]
-              <w:t>наурыз</w:t>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="006E461C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>с 26-</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB6956">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> марта</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B647B9" w:rsidRPr="008D6899" w:rsidTr="00AE7DDC">
+      <w:tr w:rsidR="00AB6956" w:rsidRPr="008D6899" w:rsidTr="008B3C34">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1271" w:type="dxa"/>
-[...17 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="958" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AB6956" w:rsidRDefault="009B3021" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>13</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3981" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B647B9" w:rsidRPr="008D6899" w:rsidRDefault="009B1B0C" w:rsidP="009B1B0C">
-[...48 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="00AB6956" w:rsidRPr="00AB6956" w:rsidRDefault="00AB6956" w:rsidP="00AB6956">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009B3021">
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Предоставление </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B3021">
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>э</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B3021">
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B3021">
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>з</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B3021">
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B3021">
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B3021">
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B3021">
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B3021">
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B3021">
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ц</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B3021">
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B3021">
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B3021">
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B3021">
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B3021">
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>ы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B3021">
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>х</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B3021">
+              <w:rPr>
+                <w:bCs/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заданий итоговой аттестации обучающихся  9-х классов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB6956">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>в УО</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB6956" w:rsidRPr="00AB6956" w:rsidRDefault="00AB6956" w:rsidP="00FC2D7D"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2699" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B647B9" w:rsidRPr="002E3E28" w:rsidRDefault="00B647B9" w:rsidP="00B647B9">
-[...11 lines deleted...]
-              <w:t>Білім беру басқармасы, ББДИО</w:t>
+          <w:p w:rsidR="00C63824" w:rsidRPr="00276118" w:rsidRDefault="00C63824" w:rsidP="00524D0E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C63824" w:rsidRDefault="00C63824" w:rsidP="00524D0E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>УО</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB6956" w:rsidRDefault="00AB6956" w:rsidP="00524D0E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ИЦРО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B647B9" w:rsidRPr="008D6899" w:rsidRDefault="006D6EF8" w:rsidP="00B647B9">
-[...11 lines deleted...]
-              <w:t>Пәндер бойынша емтихан материалдары</w:t>
+          <w:p w:rsidR="00AB6956" w:rsidRDefault="00AB6956" w:rsidP="006E461C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Экзаменационные материалы по предметам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3547" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B647B9" w:rsidRPr="008D6899" w:rsidRDefault="00AE7DDC" w:rsidP="00B647B9">
-[...12 lines deleted...]
-              <w:t>31 наурыз</w:t>
+          <w:p w:rsidR="00AB6956" w:rsidRDefault="00AB6956" w:rsidP="006E461C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B3021">
+              <w:rPr>
+                <w:bCs/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>31 марта</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00942D54" w:rsidRPr="008D6899" w:rsidTr="00AE7DDC">
+      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="008B3C34">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1271" w:type="dxa"/>
-[...17 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="958" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="009B3021">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3981" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00942D54" w:rsidRPr="008D6899" w:rsidRDefault="0056105A" w:rsidP="00B0237F">
-[...47 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сбор и свод информации по контингенту обучающихся</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 9 классов по утвержденной форме</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2699" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00942D54" w:rsidRPr="003E6771" w:rsidRDefault="00FF207C" w:rsidP="00B0237F">
-[...12 lines deleted...]
-              <w:t>Білім беру басқармасы, ББДИО</w:t>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00524D0E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Управление образования</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="003E6771" w:rsidRDefault="008B3C34" w:rsidP="00524D0E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>И</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ц</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>О</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00942D54" w:rsidRPr="008D6899" w:rsidRDefault="00A13EDF" w:rsidP="00B0237F">
-[...12 lines deleted...]
-              <w:t>Емтихан материалдарының саны бойынша өтінімдер</w:t>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="004833ED">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Заявки по количеству экзаменационного материала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3547" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00942D54" w:rsidRPr="008D6899" w:rsidRDefault="00FF207C" w:rsidP="00B0237F">
-[...12 lines deleted...]
-              <w:t>1 наурызға дейін</w:t>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="004833ED">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>До 1 м</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>арт</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B647B9" w:rsidRPr="008D6899" w:rsidTr="00AE7DDC">
+      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="008B3C34">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1271" w:type="dxa"/>
-[...17 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="958" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="009B3021">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3981" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B647B9" w:rsidRPr="00A82F02" w:rsidRDefault="00B647B9" w:rsidP="00B647B9">
-[...11 lines deleted...]
-              <w:t>Негізгі мектеп курсы үшін қорытынды аттестаттаудан босатылған оқушылардың деректер базасын құру және бұйрық шығару</w:t>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="00A82F02" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007235A2">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Создание базы данных учащихся, освобожденных от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007235A2">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>итоговой аттестации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007235A2">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> за курс основной школы и издание приказа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2699" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B647B9" w:rsidRPr="002E3E28" w:rsidRDefault="00FF207C" w:rsidP="00B647B9">
-[...18 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00524D0E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Управление образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B647B9" w:rsidRPr="00A82F02" w:rsidRDefault="00B647B9" w:rsidP="00B647B9">
-[...12 lines deleted...]
-              <w:t>Бұйрық</w:t>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="00A82F02" w:rsidRDefault="008B3C34" w:rsidP="004833ED">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приказ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3547" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B647B9" w:rsidRPr="008D6899" w:rsidRDefault="00B647B9" w:rsidP="00B647B9">
-[...12 lines deleted...]
-              <w:t>1 наурызға дейін</w:t>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="004833ED">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>До 1 м</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>арт</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>а</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B647B9" w:rsidRPr="008D6899" w:rsidTr="00AE7DDC">
+      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="008B3C34">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1271" w:type="dxa"/>
-[...17 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="958" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="009B3021">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3981" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B647B9" w:rsidRPr="00D60192" w:rsidRDefault="00B647B9" w:rsidP="00B647B9">
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> ақпаратты түзету</w:t>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="006859A6" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Корректировка информации по количеству обучающихся 9 классов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> школам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2699" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B647B9" w:rsidRPr="008D6899" w:rsidRDefault="00B647B9" w:rsidP="00B647B9">
-[...12 lines deleted...]
-              <w:t>ББДИО</w:t>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00524D0E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ИЦРО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B647B9" w:rsidRPr="008D6899" w:rsidRDefault="00B647B9" w:rsidP="00D8555B">
-[...40 lines deleted...]
-              <w:t>өтінімдер</w:t>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="006859A6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Заявки по количеству экзаменационного материала</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в разрезе предметов и школ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3547" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B647B9" w:rsidRPr="008D6899" w:rsidRDefault="00B647B9" w:rsidP="00B647B9">
-[...12 lines deleted...]
-              <w:t>1 сәуірге дейін</w:t>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="006859A6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>До 1 апреля</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B647B9" w:rsidRPr="008D6899" w:rsidTr="00AE7DDC">
+      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="008B3C34">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1271" w:type="dxa"/>
-[...17 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="958" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="009B3021">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3981" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B647B9" w:rsidRPr="00D60192" w:rsidRDefault="00B647B9" w:rsidP="00B647B9">
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> қорытынды аттестаттау тапсырмаларын тираждау (10% резервтік материалдарды есепке ала отырып))</w:t>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тиражирование заданий итоговой аттестации 9х классов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> п</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>о школам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="00A47CB0" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A47CB0">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47CB0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial"/>
+              </w:rPr>
+              <w:t>с учетом 10% резервных материалов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2699" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B647B9" w:rsidRPr="002E3E28" w:rsidRDefault="00B647B9" w:rsidP="00B647B9">
-[...11 lines deleted...]
-              <w:t>Білім беру басқармасы, АТО</w:t>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00524D0E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Управление образования</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ЦИТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B647B9" w:rsidRPr="008D6899" w:rsidRDefault="00B647B9" w:rsidP="00B647B9">
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00A47CB0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...25 lines deleted...]
-              <w:t xml:space="preserve"> қорытынды аттестаттау тапсырмаларының жинағы</w:t>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сборники заданий итоговой аттестации 9х классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3547" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B647B9" w:rsidRPr="008D6899" w:rsidRDefault="00B647B9" w:rsidP="00B647B9">
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Сәуір </w:t>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="006859A6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Апрель </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="00AE7DDC">
+      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="008B3C34">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1271" w:type="dxa"/>
-[...17 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="958" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="009B3021">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3981" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3C34" w:rsidRPr="00D60192" w:rsidRDefault="00D60192" w:rsidP="001E3AC7">
-[...68 lines deleted...]
-              <w:t>атериалдарды есепке ала отырып)</w:t>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Упаковка заданий итоговой аттестации 9х классов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">о школам </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="006859A6" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A47CB0">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47CB0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial"/>
+              </w:rPr>
+              <w:t>с учетом 10% резервных материалов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2699" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3C34" w:rsidRPr="006859A6" w:rsidRDefault="00B647B9" w:rsidP="00524D0E">
+          <w:p w:rsidR="008B3C34" w:rsidRPr="006859A6" w:rsidRDefault="008B3C34" w:rsidP="00524D0E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>Білім беру басқармасы, АТО, ББДИО</w:t>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Управление образования</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ЦИТ, ИЦРО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3C34" w:rsidRPr="00A47CB0" w:rsidRDefault="00FB4316" w:rsidP="00A47CB0">
-[...18 lines deleted...]
-              <w:t xml:space="preserve"> емтихан материалдары</w:t>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00A47CB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Запечатанные экзаменационные </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="00A47CB0" w:rsidRDefault="008B3C34" w:rsidP="00A47CB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A47CB0">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>материалы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3547" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="00B647B9" w:rsidP="00A47CB0">
-[...12 lines deleted...]
-              <w:t>Мамыр</w:t>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00A47CB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>М</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ай</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="00AE7DDC">
+      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="008B3C34">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1271" w:type="dxa"/>
-[...17 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="958" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="009B3021" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3981" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="00D60192" w:rsidP="001E3AC7">
-[...53 lines deleted...]
-              <w:t>іне тапсыру</w:t>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Передача экзаменационных материалов в запечатанном виде  в отделы образования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2699" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3C34" w:rsidRPr="00B647B9" w:rsidRDefault="00B647B9" w:rsidP="00B647B9">
+          <w:p w:rsidR="008B3C34" w:rsidRPr="003E6771" w:rsidRDefault="008B3C34" w:rsidP="00524D0E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...42 lines deleted...]
-              <w:t>ББДИО</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Управление образования, отделы образования</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>И</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>ЦРО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3C34" w:rsidRDefault="00B647B9" w:rsidP="008B3C34">
-[...40 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="003E6771">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Запечатанные экзаменационные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="008B3C34">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47CB0">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>атериалы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, акт приема передачи</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3547" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="00B647B9" w:rsidP="00A47CB0">
-[...12 lines deleted...]
-              <w:t>Мамыр</w:t>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00A47CB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>М</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ай</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B647B9" w:rsidRPr="008D6899" w:rsidTr="00AE7DDC">
+      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="008B3C34">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1271" w:type="dxa"/>
-[...17 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="958" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="009B3021" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3981" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B647B9" w:rsidRDefault="00B647B9" w:rsidP="00B647B9">
-[...67 lines deleted...]
-              <w:t>мектептерге тапсыруы</w:t>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Передача экзаменационных материалов  в запечатанном виде отделами образования в школы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2699" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B647B9" w:rsidRPr="008D6899" w:rsidRDefault="00B647B9" w:rsidP="00B647B9">
-[...33 lines deleted...]
-              <w:t>бөлімдері</w:t>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00524D0E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тделы образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B647B9" w:rsidRPr="008B3C34" w:rsidRDefault="00B647B9" w:rsidP="00B647B9">
-[...23 lines deleted...]
-              <w:t>қабылдау-тапсыру актісі</w:t>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00A47CB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Запечатанные экзаменационные </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00A47CB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A47CB0">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>атериал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, акт приема передачи</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3547" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B647B9" w:rsidRPr="008D6899" w:rsidRDefault="00B647B9" w:rsidP="00B647B9">
-[...12 lines deleted...]
-              <w:t>Мамыр</w:t>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00A47CB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>М</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ай</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B647B9" w:rsidRPr="008D6899" w:rsidTr="00AE7DDC">
+      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="008B3C34">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1271" w:type="dxa"/>
-[...17 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="958" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="00D26F68" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="009B3021">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3981" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B647B9" w:rsidRPr="00B647B9" w:rsidRDefault="00B647B9" w:rsidP="00B647B9">
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00E47B4B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
                 <w:tab w:val="left" w:pos="851"/>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...2386 lines deleted...]
-          <w:p w:rsidR="008B3C34" w:rsidRPr="009613DB" w:rsidRDefault="003F2D72" w:rsidP="005C4933">
+            </w:pPr>
+            <w:r w:rsidRPr="00E47B4B">
+              <w:t xml:space="preserve">Отправка в школы электронной формы ведомости экзаменационных и итоговых оценок </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00E47B4B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
                 <w:tab w:val="left" w:pos="851"/>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
-              <w:jc w:val="center"/>
-[...50 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E47B4B">
+              <w:t>прил</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E47B4B">
+              <w:t xml:space="preserve"> 4  Инструкции</w:t>
+            </w:r>
+            <w:r>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00524D0E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тделы образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00A47CB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E47B4B">
+              <w:t>едомости экзаменационных и итоговых оценок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3547" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="009613DB" w:rsidP="009613DB">
-[...26 lines deleted...]
-              <w:t>маусым</w:t>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00A47CB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Май</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="00AE7DDC">
+      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="008B3C34">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1271" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="008B3C34" w:rsidRPr="00AE7DDC" w:rsidRDefault="008B3C34" w:rsidP="00AE7DDC">
+            <w:tcW w:w="958" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="009B3021">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3981" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Создание при школах экзаменнационной, аттестационной и апелляционной комиссии</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00524D0E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Администрация школ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00A47CB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приказ У</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, отделов образования,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="00FA513D" w:rsidRDefault="008B3C34" w:rsidP="00A47CB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>директора школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3547" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00A47CB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">До 1 февраля </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="008B3C34">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13745" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00524D0E">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="10"/>
+                <w:numId w:val="4"/>
               </w:numPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Органиазция и п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00852BB8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>роведение итоговой аттестации</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="00852BB8" w:rsidRDefault="008B3C34" w:rsidP="00524D0E">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+        <w:bookmarkEnd w:id="0"/>
+      </w:tr>
+      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="008B3C34">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="958" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="009B3021">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3981" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="00852BB8" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Создание условий в школе для проведения итоговой аттестации </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(кабинеты, канцелярские товары, медпункт и др.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="00852BB8" w:rsidRDefault="008B3C34" w:rsidP="00524D0E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Администрация школ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00331A38">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Готовность аудитории для проведения экзаменов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3547" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00852BB8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>До начала экзаменов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="008B3C34">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="958" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="009B3021">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3981" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Создание особых  условий в школе для проведения итоговой аттестации для детей с ООП (при необходимости)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00524D0E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Администрация школ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00331A38">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Готовность аудитории, наличие чтеца и писаря</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3547" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00852BB8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>До начала экзаменов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="008B3C34">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="958" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="009B3021">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3981" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Проведение инструктажа с обучающимися 9 класса о правилах поведения на экзамене</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00524D0E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Администрация школ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00331A38">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ведомость инструктажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3547" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00852BB8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>До начала экзаменов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="008B3C34">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="958" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="009B3021">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3981" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Прием и хранение экзаменационных материалов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00524D0E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Председатель экзаменационной комиссии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00331A38">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3547" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00852BB8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>До начала экзаменов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="008B3C34">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="958" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="009B3021">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3981" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение инструктажа с членами экзменационной комиссии </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00524D0E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Председатель экзаменационной комиссии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="00294928" w:rsidP="00294928">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ведомость инструктажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3547" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00331A38">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>До проведения экзаменов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="008B3C34">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="958" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="009B3021">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3981" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Организация работы администратора и дежурного во время проведения экзаменов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00524D0E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Председатель экзаменационной комиссии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3547" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00331A38">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>В дни проведения экзаменов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="008B3C34">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="958" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="009B3021">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3981" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Выдача экзаменационных материалов дежурному в аудитории</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00524D0E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Председатель экзаменационной комиссии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3547" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00524D0E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>В дни проведения экзаменов, за 40 минут до начала экзамена</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="008B3C34">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="958" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="009B3021" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3981" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение экзамена </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00524D0E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Экзаменационные комиссии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3547" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00331A38">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>В дни проведения экзаменов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="008B3C34">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="958" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="009B3021" w:rsidP="002A53D1">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3981" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="002A53D1">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение инструктажа с членами аттестационной комиссии </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="007235A2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Председатель аттестационной комиссии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="00294928" w:rsidP="00294928">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ведомость инструктажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3547" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="002A53D1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>До проведения экзаменов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="008B3C34">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="958" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="009B3021">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3981" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="00331A38" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00331A38">
+              <w:t>Осуществление проверки экзаменационных работ обучающихся в соответствии со схемами выставления баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00524D0E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Аттестационная комиссия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00331A38">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Экзменационные ведомости</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3547" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00331A38">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>В дни проведения экзаменов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="008B3C34">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="958" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="009B3021">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3981" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="00331A38" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:r>
+              <w:t>Соблюдение правил проведения итоговой аттестации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00524D0E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Аттестационная комиссия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00331A38">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Аннулирование результатов в случае нарушения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3547" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00331A38">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>В дни проведения экзаменов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="008B3C34">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="958" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="002A53D1">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="009B3021">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3981" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="002A53D1">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение инструктажа с членами апелляционной комиссии </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00524D0E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Председатель апелляционной комиссии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="00294928" w:rsidP="00294928">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ведомость инструктажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3547" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="002A53D1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>До проведения апелляции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="008B3C34">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="958" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="002A53D1">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="009B3021">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3981" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="002A53D1">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Прием заявлений и аппеляция по вопросам итоговой аттестации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00524D0E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Аттестационная комиссия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="002A53D1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Протокол (в случае принятых заявлений)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3547" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="002B748C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Во время проведения апелляции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="008B3C34">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="958" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="002A53D1">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="009B3021">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3981" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="002A53D1">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Информирование о результатах экзаменов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00524D0E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Экзаменационная комиссии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="002A53D1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Результаты экзамена</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3547" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="007235A2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>После завершения работы аттестационной и апеляционной комиссии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="008B3C34">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="958" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="002A53D1">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="009B3021">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3981" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="002A53D1">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Выставление итоговых оценок за курс основного среднего образования по сдаваемым предметам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00524D0E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Аттестационная,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00524D0E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Экзаменационная</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00524D0E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>комиссия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="002A53D1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Итоговые оценки </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3547" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00524D0E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>После завершения работы аттестационной и апеляционной комиссии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="008B3C34">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="958" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00852BB8">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="009B3021">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3981" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00852BB8">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Инспекция до и во время проведения итоговой аттестации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> учащихся</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2699" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00524D0E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Управление образования,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00524D0E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>отделы образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRDefault="008B3C34" w:rsidP="00524D0E">
+            <w:pPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="738"/>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+                <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:bCs/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приказы УО,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="00524D0E" w:rsidRDefault="008B3C34" w:rsidP="00524D0E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="567"/>
+                <w:tab w:val="left" w:pos="851"/>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009207A0">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">нформация о </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009207A0">
+              <w:t>соответствии требованиям по безопасному хранению экзаменационных материалов, надлежащей организации и проведению итоговой аттестации обучающихся</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009207A0">
+              <w:t xml:space="preserve">рекомендации </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3547" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00592E50">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Май-июнь</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidTr="008B3C34">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="958" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="009B3021">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3981" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="003F2D72" w:rsidP="00FC2D7D">
-[...18 lines deleted...]
-              <w:t>сынып оқушыларын қорытынды аттестаттау нәтижелері бойынша ақпарат жинау және жинақтау</w:t>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00FC2D7D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сбор и свод информации по </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">результатам </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">итоговой аттестации </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учащихся </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9-х классов </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2699" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="003F2D72" w:rsidP="003F2D72">
-[...61 lines deleted...]
-              <w:t>ББДИО</w:t>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="00524D0E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Управление образования отделы образования</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, ИЦРО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="009613DB" w:rsidP="009207A0">
-[...12 lines deleted...]
-              <w:t>Аналитикалық анықтама</w:t>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="009207A0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D6899">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Аналитическая справка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3547" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="009613DB" w:rsidP="009207A0">
-[...12 lines deleted...]
-              <w:t>Маусым</w:t>
+          <w:p w:rsidR="008B3C34" w:rsidRPr="008D6899" w:rsidRDefault="008B3C34" w:rsidP="009207A0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Июнь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="001A666D" w:rsidRPr="008D6899" w:rsidRDefault="001A666D" w:rsidP="001A666D"/>
     <w:p w:rsidR="001A666D" w:rsidRPr="00E41B61" w:rsidRDefault="001A666D" w:rsidP="001A666D">
       <w:pPr>
         <w:framePr w:h="528" w:hSpace="5045" w:wrap="notBeside" w:vAnchor="text" w:hAnchor="text" w:x="8737" w:y="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001A666D" w:rsidRPr="00E94E41" w:rsidRDefault="001A666D" w:rsidP="001A666D">
+    <w:p w:rsidR="001A666D" w:rsidRPr="00E41B61" w:rsidRDefault="001A666D" w:rsidP="001A666D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:sectPr w:rsidR="001A666D" w:rsidRPr="00E94E41" w:rsidSect="00674187">
+        <w:sectPr w:rsidR="001A666D" w:rsidRPr="00E41B61" w:rsidSect="00674187">
           <w:pgSz w:w="16840" w:h="11900" w:orient="landscape"/>
           <w:pgMar w:top="426" w:right="837" w:bottom="158" w:left="1372" w:header="0" w:footer="3" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00ED7937" w:rsidRPr="00E41B61" w:rsidRDefault="00ED7937" w:rsidP="003F2D72">
+    <w:p w:rsidR="00ED7937" w:rsidRPr="00E41B61" w:rsidRDefault="00ED7937" w:rsidP="00E816DD">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00ED7937" w:rsidRPr="00E41B61" w:rsidSect="001C72E8">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1701" w:right="1134" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="001E2478" w:rsidRDefault="001E2478">
+    <w:p w:rsidR="003545E0" w:rsidRDefault="003545E0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="001E2478" w:rsidRDefault="001E2478">
+    <w:p w:rsidR="003545E0" w:rsidRDefault="003545E0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="001E2478" w:rsidRDefault="001E2478">
+    <w:p w:rsidR="003545E0" w:rsidRDefault="003545E0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="001E2478" w:rsidRDefault="001E2478">
+    <w:p w:rsidR="003545E0" w:rsidRDefault="003545E0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="001A666D" w:rsidRDefault="001A666D">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="001A666D" w:rsidRDefault="001A666D">
     <w:pPr>
@@ -7452,225 +7633,50 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="3C58498F"/>
-[...173 lines deleted...]
-  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="518B0142"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C0ACFCA8"/>
     <w:lvl w:ilvl="0" w:tplc="7B6086EA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -7717,137 +7723,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
-[...85 lines deleted...]
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="5C6C6563"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="49D8685A"/>
     <w:lvl w:ilvl="0" w:tplc="C374C8BC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1070" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="ru-RU"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -7897,51 +7817,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="5E621583"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E062D3C2"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -7986,154 +7906,66 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="6">
     <w:nsid w:val="61F5321B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="0234C858"/>
-    <w:lvl w:ilvl="0" w:tplc="7B1C4226">
+    <w:tmpl w:val="40CAE5C6"/>
+    <w:lvl w:ilvl="0" w:tplc="32E60A0E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="000000"/>
-        <w:sz w:val="28"/>
-        <w:szCs w:val="28"/>
       </w:rPr>
-    </w:lvl>
-[...84 lines deleted...]
-      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8171,234 +8003,173 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="8"/>
-[...11 lines deleted...]
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00263161"/>
     <w:rsid w:val="000111F7"/>
-    <w:rsid w:val="00011B21"/>
     <w:rsid w:val="00037FEF"/>
     <w:rsid w:val="00074D84"/>
     <w:rsid w:val="000D43AA"/>
     <w:rsid w:val="00136C3D"/>
+    <w:rsid w:val="001468ED"/>
     <w:rsid w:val="0017041F"/>
     <w:rsid w:val="001A666D"/>
-    <w:rsid w:val="001A6DE9"/>
     <w:rsid w:val="001B5BB5"/>
     <w:rsid w:val="001C72E8"/>
-    <w:rsid w:val="001E2478"/>
-    <w:rsid w:val="001E3AC7"/>
     <w:rsid w:val="001E4CBD"/>
     <w:rsid w:val="001F40AC"/>
     <w:rsid w:val="001F7F53"/>
     <w:rsid w:val="00200DF4"/>
-    <w:rsid w:val="002104FC"/>
     <w:rsid w:val="0021440B"/>
     <w:rsid w:val="002153EB"/>
     <w:rsid w:val="0021754F"/>
     <w:rsid w:val="0023339F"/>
+    <w:rsid w:val="00254477"/>
     <w:rsid w:val="00263161"/>
-    <w:rsid w:val="00283F3C"/>
+    <w:rsid w:val="00276118"/>
     <w:rsid w:val="00294928"/>
     <w:rsid w:val="002A53D1"/>
     <w:rsid w:val="002B055E"/>
     <w:rsid w:val="002B748C"/>
     <w:rsid w:val="002E3E28"/>
     <w:rsid w:val="00331A38"/>
-    <w:rsid w:val="003803AE"/>
+    <w:rsid w:val="003545E0"/>
     <w:rsid w:val="003C5B4D"/>
     <w:rsid w:val="003C7C47"/>
     <w:rsid w:val="003E6771"/>
-    <w:rsid w:val="003F2D72"/>
     <w:rsid w:val="00412E19"/>
-    <w:rsid w:val="00435AB6"/>
     <w:rsid w:val="004570C6"/>
     <w:rsid w:val="00476D97"/>
-    <w:rsid w:val="0047774F"/>
     <w:rsid w:val="004833ED"/>
-    <w:rsid w:val="004A00AA"/>
-[...2 lines deleted...]
-    <w:rsid w:val="004E6C35"/>
     <w:rsid w:val="004F6287"/>
     <w:rsid w:val="00512979"/>
     <w:rsid w:val="00524D0E"/>
-    <w:rsid w:val="00550CDE"/>
     <w:rsid w:val="00556BC8"/>
-    <w:rsid w:val="0056105A"/>
-[...2 lines deleted...]
-    <w:rsid w:val="0059048F"/>
     <w:rsid w:val="00592E50"/>
-    <w:rsid w:val="005B62DF"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006650CF"/>
     <w:rsid w:val="00674187"/>
     <w:rsid w:val="006859A6"/>
     <w:rsid w:val="006876C6"/>
     <w:rsid w:val="006B5233"/>
-    <w:rsid w:val="006D6EF8"/>
     <w:rsid w:val="006E461C"/>
     <w:rsid w:val="006E7134"/>
     <w:rsid w:val="006F34B3"/>
     <w:rsid w:val="007015DE"/>
     <w:rsid w:val="00710D85"/>
     <w:rsid w:val="007235A2"/>
     <w:rsid w:val="007F0D10"/>
-    <w:rsid w:val="007F6DF9"/>
-    <w:rsid w:val="00826392"/>
     <w:rsid w:val="00832504"/>
     <w:rsid w:val="00852BB8"/>
     <w:rsid w:val="00880617"/>
-    <w:rsid w:val="00893A7C"/>
-    <w:rsid w:val="008B2430"/>
     <w:rsid w:val="008B3C34"/>
-    <w:rsid w:val="008C4450"/>
     <w:rsid w:val="008D6899"/>
-    <w:rsid w:val="008E1859"/>
-    <w:rsid w:val="008F79B0"/>
+    <w:rsid w:val="008F40D7"/>
     <w:rsid w:val="009207A0"/>
-    <w:rsid w:val="00942D54"/>
+    <w:rsid w:val="00933B29"/>
     <w:rsid w:val="00954EF4"/>
-    <w:rsid w:val="009613DB"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00A31E4D"/>
+    <w:rsid w:val="009B3021"/>
     <w:rsid w:val="00A47CB0"/>
     <w:rsid w:val="00A53EED"/>
     <w:rsid w:val="00A82F02"/>
-    <w:rsid w:val="00AA7800"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00AE7DDC"/>
+    <w:rsid w:val="00AB6956"/>
     <w:rsid w:val="00AF1433"/>
     <w:rsid w:val="00AF2D76"/>
-    <w:rsid w:val="00B41741"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00B81271"/>
     <w:rsid w:val="00BA6720"/>
-    <w:rsid w:val="00BD420E"/>
-    <w:rsid w:val="00C32363"/>
+    <w:rsid w:val="00C63824"/>
     <w:rsid w:val="00C65824"/>
     <w:rsid w:val="00C82EB9"/>
-    <w:rsid w:val="00C83E74"/>
-    <w:rsid w:val="00CA5F82"/>
     <w:rsid w:val="00CA6693"/>
     <w:rsid w:val="00CC282D"/>
-    <w:rsid w:val="00D60192"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00D8555B"/>
+    <w:rsid w:val="00D26F68"/>
     <w:rsid w:val="00E02818"/>
     <w:rsid w:val="00E24708"/>
     <w:rsid w:val="00E41B61"/>
     <w:rsid w:val="00E47B4B"/>
-    <w:rsid w:val="00E604E3"/>
     <w:rsid w:val="00E816DD"/>
-    <w:rsid w:val="00E94E41"/>
     <w:rsid w:val="00ED7937"/>
-    <w:rsid w:val="00EF6F5C"/>
     <w:rsid w:val="00F3691B"/>
     <w:rsid w:val="00FA513D"/>
-    <w:rsid w:val="00FB4316"/>
     <w:rsid w:val="00FC2D7D"/>
-    <w:rsid w:val="00FC73A5"/>
     <w:rsid w:val="00FE10E7"/>
-    <w:rsid w:val="00FF207C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -8903,104 +8674,50 @@
     <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0017041F"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0017041F"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="aa">
-[...52 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -9481,104 +9198,50 @@
     <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0017041F"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0017041F"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="aa">
-[...52 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="681127568">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1512257381">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -9833,81 +9496,81 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1177</Words>
-  <Characters>6709</Characters>
+  <Words>1136</Words>
+  <Characters>6480</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>55</Lines>
+  <Lines>54</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7871</CharactersWithSpaces>
+  <CharactersWithSpaces>7601</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>ИЦРО</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>