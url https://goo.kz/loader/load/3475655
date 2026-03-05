--- v0 (2025-12-13)
+++ v1 (2026-03-05)
@@ -1,83 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w:rsidR="00EF090F" w:rsidRPr="00D84A3A" w:rsidRDefault="00EF090F" w:rsidP="00881330">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00D84A3A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>«Қауіпсіз мектеп автобусы»</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EF090F" w:rsidRPr="00D84A3A" w:rsidRDefault="00EF090F" w:rsidP="00881330">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
@@ -1506,54 +1509,1646 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> телефонына хабарласуларыңызды сұраймыз: </w:t>
       </w:r>
       <w:r w:rsidRPr="003D5F5E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>8 (7172) 742528</w:t>
       </w:r>
       <w:r w:rsidRPr="003D5F5E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00EF090F" w:rsidSect="00444119">
+    <w:p w:rsidR="00CF75A2" w:rsidRPr="00CF75A2" w:rsidRDefault="00525DEA" w:rsidP="00CF75A2">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF75A2" w:rsidRPr="00CF75A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еспубликанск</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ая акция</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF75A2" w:rsidRPr="00CF75A2" w:rsidRDefault="00CF75A2" w:rsidP="00CF75A2">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF75A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Безопасный школьный </w:t>
+      </w:r>
+      <w:r w:rsidR="00C21FFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>автобус</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF75A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF75A2" w:rsidRPr="00CF75A2" w:rsidRDefault="00CF75A2" w:rsidP="00CF75A2">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CF75A2" w:rsidRPr="00525DEA" w:rsidRDefault="00452506" w:rsidP="00CF75A2">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidR="0031628C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> января 2020</w:t>
+      </w:r>
+      <w:r w:rsidR="003D5F5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года</w:t>
+      </w:r>
+      <w:r w:rsidR="00525DEA" w:rsidRPr="00525DEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по всей стране старт</w:t>
+      </w:r>
+      <w:r w:rsidR="0031628C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ует</w:t>
+      </w:r>
+      <w:r w:rsidR="00525DEA" w:rsidRPr="00525DEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> республиканская акция </w:t>
+      </w:r>
+      <w:r w:rsidR="00525DEA" w:rsidRPr="00525DEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Безопасный школьный автобус»</w:t>
+      </w:r>
+      <w:r w:rsidR="00525DEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F512B" w:rsidRPr="00CF75A2" w:rsidRDefault="003F512B" w:rsidP="00CF75A2">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF75A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Цель</w:t>
+      </w:r>
+      <w:r w:rsidR="0031628C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00274C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF75A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кции</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF75A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: обеспечение безопасности дорожного движения при организации подвоза учащихся к местам обучения</w:t>
+      </w:r>
+      <w:r w:rsidR="008853F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF75A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>профилактика дорожно-транспортных происшествий при осуществлении перевозок детей школьными автобусами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F512B" w:rsidRPr="00CF75A2" w:rsidRDefault="003F512B" w:rsidP="00CF75A2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF75A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Место и период проведения Акции: </w:t>
+      </w:r>
+      <w:r w:rsidR="00A07C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>регионы республики, с</w:t>
+      </w:r>
+      <w:r w:rsidR="00452506">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00452506">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidR="00A13C01">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> января</w:t>
+      </w:r>
+      <w:r w:rsidR="00A07C25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00452506">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>по 15</w:t>
+      </w:r>
+      <w:r w:rsidR="00A13C01">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> февраля</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF75A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00A13C01">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF75A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F512B" w:rsidRPr="00CF75A2" w:rsidRDefault="003F512B" w:rsidP="00CF75A2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF75A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Качественный состав участников: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF75A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дети дошкольного и школьного возраста, представители заинтересованных государственных органов, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF75A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>комисси</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00131C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF75A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по делам несовершеннолетних и защите их прав, родительской  общественности, учреждений, трудовых коллективов, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF75A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>неправительственны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00131C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF75A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF75A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организаци</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00131C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF75A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="007A3C64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>средств массовой информации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF75A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="007A3C64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>местных полицейских служб</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF75A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и др.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F512B" w:rsidRPr="00CF75A2" w:rsidRDefault="003F512B" w:rsidP="00CF75A2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF75A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Содержание и формат Акции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F512B" w:rsidRPr="007A3C64" w:rsidRDefault="007A3C64" w:rsidP="00CF75A2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Лозунг </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D6134">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="003F512B" w:rsidRPr="005D6134">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>За безопасный школьный автобус»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00525DEA" w:rsidRPr="00CF75A2" w:rsidRDefault="00525DEA" w:rsidP="00CF75A2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В рамках акции запланировано:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F512B" w:rsidRPr="00CF75A2" w:rsidRDefault="00A13C01" w:rsidP="00A13C01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A13C01">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="007A3C64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Изучение деятельности </w:t>
+      </w:r>
+      <w:r w:rsidR="008853F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">местных исполнительных органов </w:t>
+      </w:r>
+      <w:r w:rsidR="007A3C64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r w:rsidR="008853F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организации школьного подвоза</w:t>
+      </w:r>
+      <w:r w:rsidR="007A3C64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F512B" w:rsidRPr="005D6134" w:rsidRDefault="008853F2" w:rsidP="00CF75A2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="003F512B" w:rsidRPr="007A3C64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>состояни</w:t>
+      </w:r>
+      <w:r w:rsidR="003E6E4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="005D6134">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> автотраспорта</w:t>
+      </w:r>
+      <w:r w:rsidR="003A5C2B" w:rsidRPr="003A5C2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003A5C2B" w:rsidRPr="003A5C2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на соответствие </w:t>
+      </w:r>
+      <w:r w:rsidR="003A5C2B" w:rsidRPr="003A5C2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>техническим требованиям к автотранспорту</w:t>
+      </w:r>
+      <w:r w:rsidR="003F512B" w:rsidRPr="007A3C64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, сведения о прохождении технического осмотра </w:t>
+      </w:r>
+      <w:r w:rsidR="005D6134">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">автотранспорта, </w:t>
+      </w:r>
+      <w:r w:rsidR="003F512B" w:rsidRPr="007A3C64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>водительском состав</w:t>
+      </w:r>
+      <w:r w:rsidR="005D6134">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е </w:t>
+      </w:r>
+      <w:r w:rsidR="005D6134" w:rsidRPr="0000150C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="003F512B" w:rsidRPr="0000150C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">наличие </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00274C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>соответствующ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005D6134" w:rsidRPr="0000150C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>их</w:t>
+      </w:r>
+      <w:r w:rsidR="003F512B" w:rsidRPr="0000150C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003F512B" w:rsidRPr="0000150C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>категори</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00274C79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r w:rsidR="003F512B" w:rsidRPr="0000150C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003F512B" w:rsidRPr="0000150C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>водительск</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005D6134" w:rsidRPr="0000150C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ий</w:t>
+      </w:r>
+      <w:r w:rsidR="003F512B" w:rsidRPr="0000150C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> стаж</w:t>
+      </w:r>
+      <w:r w:rsidR="005D6134" w:rsidRPr="0000150C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="003F512B" w:rsidRPr="0000150C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003F512B" w:rsidRPr="0000150C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дисциплинированност</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005D6134" w:rsidRPr="0000150C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r w:rsidR="003F512B" w:rsidRPr="0000150C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за рулем</w:t>
+      </w:r>
+      <w:r w:rsidR="005D6134" w:rsidRPr="0000150C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>),</w:t>
+      </w:r>
+      <w:r w:rsidR="005D6134">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D6134" w:rsidRPr="005D6134">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>наличие сх</w:t>
+      </w:r>
+      <w:r w:rsidR="005D6134">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="005D6134" w:rsidRPr="005D6134">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мы маршрута</w:t>
+      </w:r>
+      <w:r w:rsidR="003F512B" w:rsidRPr="005D6134">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F512B" w:rsidRPr="00277F2D" w:rsidRDefault="0000150C" w:rsidP="00CF75A2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003F512B" w:rsidRPr="007A3C64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>безопасност</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003E6E4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r w:rsidR="003F512B" w:rsidRPr="007A3C64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подъездных путей</w:t>
+      </w:r>
+      <w:r w:rsidR="003F512B" w:rsidRPr="007A3C64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к школе (освещение территории, пешеходных переходов</w:t>
+      </w:r>
+      <w:r w:rsidR="003F512B" w:rsidRPr="00277F2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277F2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>наличие знака «Дети»,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277F2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003F512B" w:rsidRPr="00277F2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>создание искусственных дорожных неровностей «лежащие полицейские» и т.д.);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A07C25" w:rsidRPr="00277F2D" w:rsidRDefault="0000150C" w:rsidP="00CF75A2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00277F2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00A07C25" w:rsidRPr="00277F2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>наличи</w:t>
+      </w:r>
+      <w:r w:rsidR="003E6E4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="00A07C25" w:rsidRPr="00277F2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> специальных световых (проблесковых маячков) и звуковых сигналов</w:t>
+      </w:r>
+      <w:r w:rsidR="00A07C25" w:rsidRPr="00277F2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на транспортном средстве (автобус), перевозящ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277F2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ем</w:t>
+      </w:r>
+      <w:r w:rsidR="00A07C25" w:rsidRPr="00277F2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F512B" w:rsidRPr="00277F2D" w:rsidRDefault="0000150C" w:rsidP="00CF75A2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00277F2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003F512B" w:rsidRPr="00277F2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>наличи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003E6E4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="003F512B" w:rsidRPr="00277F2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003F512B" w:rsidRPr="00277F2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>действующих камер</w:t>
+      </w:r>
+      <w:r w:rsidR="003F512B" w:rsidRPr="00277F2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> видеонаблюдения к подъездным путям к школе, пешеходным переходам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031628C" w:rsidRDefault="00315083" w:rsidP="0031628C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00277F2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00525DEA" w:rsidRPr="00525DEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проведение</w:t>
+      </w:r>
+      <w:r w:rsidR="003F512B" w:rsidRPr="00525DEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003F512B" w:rsidRPr="00277F2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>инструктаж</w:t>
+      </w:r>
+      <w:r w:rsidR="00525DEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="003F512B" w:rsidRPr="00277F2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с водителями школьных автобусов на тему обеспечения безопасности дорожного движения и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277F2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> недопустимости нарушений ПДД</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277F2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="003F512B" w:rsidRPr="00277F2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277F2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> также</w:t>
+      </w:r>
+      <w:r w:rsidR="003F512B" w:rsidRPr="00277F2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обязательно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277F2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>го</w:t>
+      </w:r>
+      <w:r w:rsidR="003F512B" w:rsidRPr="00277F2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003F512B" w:rsidRPr="00277F2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>применени</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00277F2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidR="003F512B" w:rsidRPr="00277F2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аварийной сигнализац</w:t>
+      </w:r>
+      <w:r w:rsidR="0031628C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ии при посадке и высадке детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A5C2B" w:rsidRDefault="003A5C2B" w:rsidP="0031628C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Призываем всех принять активное участие в данной акции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF75A2" w:rsidRPr="00CF75A2" w:rsidRDefault="003A5C2B" w:rsidP="0031628C">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При наличии фактов нарушения прав и законных интересов детей,                        в том числе на обеспечение безопасного подвоза к школам и обратно домой просим обращаться на телефон «доверия» Комитета по охране прав детей Министерства образования и науки Республики Казахстан: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A5C2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8 (7172) 742528</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00CF75A2" w:rsidRPr="00CF75A2" w:rsidSect="00444119">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="851" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1565,55 +3160,54 @@
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Sans Unicode">
     <w:panose1 w:val="020B0602030504020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="044F0977"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D03C1C3A"/>
     <w:lvl w:ilvl="0" w:tplc="F2F8D57E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
@@ -1892,70 +3486,71 @@
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6687" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
+  <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:savePreviewPicture/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004E76B7"/>
     <w:rsid w:val="0000150C"/>
     <w:rsid w:val="00090976"/>
     <w:rsid w:val="000F3865"/>
     <w:rsid w:val="00131C2A"/>
     <w:rsid w:val="0020671F"/>
     <w:rsid w:val="00274C79"/>
     <w:rsid w:val="00277F2D"/>
     <w:rsid w:val="002E4CBE"/>
-    <w:rsid w:val="00310250"/>
     <w:rsid w:val="00315083"/>
     <w:rsid w:val="0031628C"/>
     <w:rsid w:val="003A5C2B"/>
     <w:rsid w:val="003B269A"/>
     <w:rsid w:val="003D5F5E"/>
     <w:rsid w:val="003E6E4B"/>
     <w:rsid w:val="003F512B"/>
     <w:rsid w:val="00444119"/>
     <w:rsid w:val="00452506"/>
     <w:rsid w:val="004E76B7"/>
     <w:rsid w:val="00525DEA"/>
     <w:rsid w:val="005D5D06"/>
     <w:rsid w:val="005D6134"/>
     <w:rsid w:val="00672B92"/>
     <w:rsid w:val="006B15E7"/>
     <w:rsid w:val="006C7610"/>
     <w:rsid w:val="0075100C"/>
     <w:rsid w:val="007A3C64"/>
     <w:rsid w:val="008625EB"/>
     <w:rsid w:val="00881330"/>
     <w:rsid w:val="008853F2"/>
     <w:rsid w:val="00930BE7"/>
     <w:rsid w:val="0096725A"/>
     <w:rsid w:val="00A07C25"/>
     <w:rsid w:val="00A13C01"/>
@@ -3827,78 +5422,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AA5BA3C5-157B-41A1-ACCD-C78D6FC2706C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{775DB7D2-6DE1-4185-BD64-4F319B37BF99}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>2134</Characters>
+  <Pages>2</Pages>
+  <Words>709</Words>
+  <Characters>4047</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>33</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2503</CharactersWithSpaces>
+  <CharactersWithSpaces>4747</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Азель Амирбаева</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>