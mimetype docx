--- v0 (2025-12-12)
+++ v1 (2026-03-06)
@@ -1,10357 +1,1496 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="0060651F" w:rsidRPr="0089463D" w:rsidRDefault="0089463D" w:rsidP="0060651F">
+    <w:p w:rsidR="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:b/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://mrshvor.edumsko.ru/uploads/2000/1342/section/77779/%D0%98%D0%BD%D1%81%D1%82%D1%80%D1%83%D0%BA%D1%86%D0%B8%D1%8F-%D0%BF%D0%BE-%D0%A2%D0%91-%D0%BF%D1%80%D0%B8-%D0%BF%D0%B5%D1%80%D0%B5%D0%B2%D0%BE%D0%B7%D0%BA%D0%B0%D1%85-%D0%BD%D0%B0-%D0%B0%D0%B2%D1%82%D0%BE%D0%B1%D1%83%D1%81%D0%B5.doc" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="800000"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Инструкция</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="800000"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="800000"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="800000"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающизся</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="800000"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по технике безопасности и правилам поведения при поездках в школьном автобусе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Общие требования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1.1. Соблюдение данной инструкции обязательно для всех обучающихся, пользующихся автобусными перевозками.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1.2. К поездкам допускаются обучающиеся, прошедшие инструктаж по технике безопасности и включенные в утвержденные директором списки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1.3. Обучающиеся обязаны неукоснительно выполнять требования сопровождающих лиц и водителя по соблюдению порядка и правил проезда в школьном автобусе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1.4. Обучающиеся обязаны бережно относиться к школьному автобусу, не сорить в нем, не портить сидения и иное оборудование, не делать надписей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0A0033"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Требования безопасности перед началом поездки и во время посадки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2.1. Обучающиеся обязаны знать и соблюдать расписание движения автобуса, находиться на установленной остановке школьного автобуса в указанное в графике время.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2.2. Ожидать подхода автобуса следует в определенном месте сбора, не выходя на проезжую часть дороги. До отъезда из школы обучающиеся обязаны находиться в здании школы, при хорошей погоде – на территории школьного двора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2.2. Перед началом поездки обучающиеся обязаны:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- в установленном порядке пройти инструктаж по технике безопасности при поездках;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- спокойно, не торопясь, соблюдая дисциплину и порядок, собраться у места посадки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- по распоряжению сопровождающего лица пройти проверку наличия участников поездки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- не выходить навстречу приближающемуся автобусу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- после полной остановки автобуса по команде сопровождающего спокойно, не торопясь</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и не толкаясь, войти в салон, занять место для сидения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Требования безопасности во время поездки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1. Во время поездки школьники обязаны соблюдать дисциплину и порядок. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> всех недостатках, отмеченных во время поездки, они должны сообщать сопровождающему.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.2. Число пассажиров должно соответствовать числу посадочных мест. При движении автобуса все обязаны находиться на посадочных местах. Стоять и ходить в автобусе </w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:proofErr w:type="spellStart"/>
-[...147 lines deleted...]
-        <w:t>жү</w:t>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>строго запрещено.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3.3. Обучающимся ЗАПРЕЩАЕТСЯ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- шуметь; отвлекать водителя разговорами, криком или иным способом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- загромождать проходы сумками, портфелями и другими вещами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- вставать со своего места, переходить с одного места на другое;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- садиться на сидения больше положенной нормы человек;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- пользоваться сигнальной кнопкой без необходимости;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- создавать ложную панику;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- проносить в автобус напитки в открытых емкостях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0089463D">
-[...6 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>есть</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0089463D">
-[...433 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и пить во время движения автобуса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>- открывать окна и вентиляционные люки; высовываться в открытые окна, выставлять в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0A0033"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>окно руки или какие-либо предметы, выбрасывать что-либо из автобуса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3.3. Не рекомендуется во время движения автобуса читать. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Требования безопасности в аварийных или иных опасных ситуациях</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.1. </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0089463D">
-[...7 lines deleted...]
-        <w:t>бас</w:t>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Обучающиеся</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0089463D">
-[...132 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обязаны знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- расположение в автобусе аварийных выходов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- местонахождение и правила пользования кнопкой сигнала водителю;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- правила поведения во время возгорания автобуса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- правила поведения при захвате автобуса террористами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4.2. Во избежание травм при резком торможении автобуса пассажирам следует упираться ногами в пол кузова и руками держаться за поручень или спинку впереди расположенного сидения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.5. При плохом самочувствии, внезапном заболевании или в случае травматизма </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающийся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обязан сообщить об этом сопровождающему лицу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.2. При возникновении аварийных или чрезвычайных ситуаций во время перевозок (ДТП, технической неисправности, пожара и т.п.) после остановки </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>автобуса</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающиеся должны под руководством сопровождающего лица быстро и без паники покинуть автобус и удалиться на безопасное расстояние, не выходя при этом на проезжую часть дороги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.3. В случае захвата автобуса террористами </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающимся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> необходимо соблюдать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0A0033"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-    </w:p>
-[...9495 lines deleted...]
-    <w:sectPr w:rsidR="00A5273C" w:rsidRPr="0089463D" w:rsidSect="0060651F">
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>спокойствие, без паники выполнять все указания сопровождающих лиц и требования террористов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5. Требования безопасности по окончании поездки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5.1. Выходить из автобуса следует только с разрешения сопровождающего лица в сторону тротуара или обочины дороги. Запрещается выходить на проезжую часть и перебегать дорогу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5.2. По окончании поездки обучающиеся обязаны:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- после полной остановки автобуса и с разрешения сопровождающего лица спокойно, не торопясь выйти из транспортного средства. При этом первыми выходят школьники, занимающие места у выхода из салона;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0060651F" w:rsidRPr="0060651F" w:rsidRDefault="0060651F" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0060651F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- при необходимости по распоряжению сопровождающего пройти проверку наличия участников поездки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A5273C" w:rsidRPr="0060651F" w:rsidRDefault="00A5273C" w:rsidP="0060651F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00A5273C" w:rsidRPr="0060651F" w:rsidSect="0060651F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:savePreviewPicture/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009D08B1"/>
     <w:rsid w:val="0060651F"/>
-    <w:rsid w:val="0089463D"/>
     <w:rsid w:val="009D08B1"/>
     <w:rsid w:val="00A5273C"/>
     <w:rsid w:val="00D55E46"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -11052,67 +2191,67 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3439</Characters>
+  <Pages>1</Pages>
+  <Words>692</Words>
+  <Characters>3947</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>28</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>32</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4034</CharactersWithSpaces>
+  <CharactersWithSpaces>4630</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>ЗДВР</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>